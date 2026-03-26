--- v0 (2026-01-31)
+++ v1 (2026-03-26)
@@ -10,89 +10,134 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1681" uniqueCount="953">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1709" uniqueCount="968">
   <si>
     <t>id_zaznamu</t>
   </si>
   <si>
     <t>id_zpravy</t>
   </si>
   <si>
     <t>nazev</t>
   </si>
   <si>
     <t>publikovano</t>
   </si>
   <si>
     <t>ucinnost_od</t>
   </si>
   <si>
     <t>ucinnost_do</t>
   </si>
   <si>
     <t>publikujici</t>
   </si>
   <si>
     <t>url_zaznamu</t>
   </si>
   <si>
+    <t>1669678117</t>
+  </si>
+  <si>
+    <t>TELEKOMUNIKAČNÍ VĚSTNÍK, částka 2/2026</t>
+  </si>
+  <si>
+    <t>25.03.2026</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Český telekomunikační úřad</t>
+  </si>
+  <si>
+    <t>http://portal.gov.cz/vestniky/a9qaats/1669678117</t>
+  </si>
+  <si>
+    <t>1669584994</t>
+  </si>
+  <si>
+    <t>POŠTOVNÍ VĚSTNÍK, částka 4/2026</t>
+  </si>
+  <si>
+    <t>http://portal.gov.cz/vestniky/a9qaats/1669584994</t>
+  </si>
+  <si>
+    <t>1663174558</t>
+  </si>
+  <si>
+    <t>POŠTOVNÍ VĚSTNÍK, částka 3/2026</t>
+  </si>
+  <si>
+    <t>12.03.2026</t>
+  </si>
+  <si>
+    <t>http://portal.gov.cz/vestniky/a9qaats/1663174558</t>
+  </si>
+  <si>
+    <t>1652562536</t>
+  </si>
+  <si>
+    <t>TELEKOMUNIKAČNÍ VĚSTNÍK, částka 1/2026</t>
+  </si>
+  <si>
+    <t>19.02.2026</t>
+  </si>
+  <si>
+    <t>http://portal.gov.cz/vestniky/a9qaats/1652562536</t>
+  </si>
+  <si>
     <t>1642375143</t>
   </si>
   <si>
     <t>POŠTOVNÍ VĚSTNÍK, částka 2/2026</t>
   </si>
   <si>
     <t>29.01.2026</t>
-  </si>
-[...4 lines deleted...]
-    <t>Český telekomunikační úřad</t>
   </si>
   <si>
     <t>http://portal.gov.cz/vestniky/a9qaats/1642375143</t>
   </si>
   <si>
     <t>1634442333</t>
   </si>
   <si>
     <t>POŠTOVNÍ VĚSTNÍK, částka 1/2026</t>
   </si>
   <si>
     <t>15.01.2026</t>
   </si>
   <si>
     <t>http://portal.gov.cz/vestniky/a9qaats/1634442333</t>
   </si>
   <si>
     <t>1624035473</t>
   </si>
   <si>
     <t>TELEKOMUNIKAČNÍ VĚSTNÍK, částka 13/2025</t>
   </si>
   <si>
     <t>19.12.2025</t>
   </si>
@@ -3216,6310 +3261,6414 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1642375143" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1634442333" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1624035473" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1615375538" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1610470103" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1606978175" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1601090056" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1591432132" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1587787950" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1585833158" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1570538551" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1567706462" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1559066812" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1538096414" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1537627725" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1531028547" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1519306875" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1509116117" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1507209923" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1499410025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1493556884" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1485396439" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1477382842" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1474955080" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1464945913" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1453146467" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1452932338" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1440617666" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1437131731" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1430155138" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1421835604" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1416889989" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1409806863" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1406210649" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1404570437" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1399101889" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1378971406" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1369074832" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1368478488" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1362782751" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1352272255" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/P:1714481858" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1351218240" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1340572636" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1325954850" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1325277845" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1319322345" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1312574620" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1301311286" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1301264958" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1287638605" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1269313845" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1262979575" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1254555194" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1247125343" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1235526978" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1232374304" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1228807602" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1222856001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1220731589" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1209224690" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1199718844" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1186899007" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1167646975" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1166125722" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1157719208" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1141409347" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1137379834" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1128765204" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1119735203" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1113155662" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1104627031" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1102090856" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1092001643" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1077393151" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1076906357" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1074209771" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1067915819" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1065976054" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1065882011" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1056838061" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1054865668" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1051102182" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1046082966" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1037552680" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1034987908" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1020667047" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1015887468" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1012091226" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1010313088" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1010078661" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1005047091" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1001949963" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/996331766" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/988465092" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/978371430" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/971169062" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/967099241" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/964486026" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/964379322" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/957605024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/954707426" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/953746126" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/950841637" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/944357166" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/930673382" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/920234498" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/917125501" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/915010760" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/906825632" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/904253647" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/896287414" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/892472261" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/888242921" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/885140092" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/880438963" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/869089635" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/867384806" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/862691330" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/855175397" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/851616817" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/845949395" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/841815383" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/832324366" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/832227861" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/828230606" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/818174895" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/814337373" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/810587795" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/799675394" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/798337284" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/790889790" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/790890096" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/788474528" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/781028216" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/776318598" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/775919561" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/775388429" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/760341341" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/759967013" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/749611159" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/745296835" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/742944348" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/736988099" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/731883067" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/730781057" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/P:1574854144" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/725917980" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/721265475" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/713978865" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/706298367" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/703340848" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/688335856" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/P:1561377986" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/678422047" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/676790529" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/668398655" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/662613796" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/657863005" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/656421809" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/654124657" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/652788950" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/648146850" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/641922615" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/640742190" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/633603016" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/628372944" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/628373536" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/623377685" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/622972966" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/616604313" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/612954814" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/608835575" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/604026431" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/592904819" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/592906574" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/589475398" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/589476475" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/583944126" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/583944440" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/576409982" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/572772957" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/571427645" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/563696567" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/558498650" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/554074513" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/549128490" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/549128496" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/544692595" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/539773174" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/538648885" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/himport2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/himport1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/22135" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/22120" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/22113" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/22115" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/22038" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/22019" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21991" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21851" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21835" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21714" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21596" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21598" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21538" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21514" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21454" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21428" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21426" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21386" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21384" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21331" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21315" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21313" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21263" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21132" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21035" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21037" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20995" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20956" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20782" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20641" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20639" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20579" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20436" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20359" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20335" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20312" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20256" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20217" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20155" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20094" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20011" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/19908" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/13851" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/12451" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/11339" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/10422" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1669678117" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1669584994" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1663174558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1652562536" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1642375143" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1634442333" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1624035473" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1615375538" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1610470103" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1606978175" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1601090056" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1591432132" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1587787950" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1585833158" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1570538551" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1567706462" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1559066812" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1538096414" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1537627725" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1531028547" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1519306875" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1509116117" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1507209923" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1499410025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1493556884" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1485396439" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1477382842" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1474955080" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1464945913" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1453146467" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1452932338" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1440617666" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1437131731" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1430155138" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1421835604" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1416889989" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1409806863" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1406210649" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1404570437" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1399101889" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1378971406" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1369074832" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1368478488" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1362782751" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1352272255" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/P:1714481858" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1351218240" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1340572636" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1325954850" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1325277845" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1319322345" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1312574620" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1301311286" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1301264958" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1287638605" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1269313845" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1262979575" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1254555194" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1247125343" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1235526978" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1232374304" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1228807602" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1222856001" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1220731589" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1209224690" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1199718844" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1186899007" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1167646975" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1166125722" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1157719208" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1141409347" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1137379834" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1128765204" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1119735203" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1113155662" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1104627031" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1102090856" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1092001643" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1077393151" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1076906357" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1074209771" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1067915819" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1065976054" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1065882011" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1056838061" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1054865668" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1051102182" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1046082966" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1037552680" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1034987908" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1020667047" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1015887468" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1012091226" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1010313088" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1010078661" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1005047091" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/1001949963" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/996331766" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/988465092" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/978371430" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/971169062" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/967099241" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/964486026" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/964379322" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/957605024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/954707426" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/953746126" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/950841637" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/944357166" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/930673382" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/920234498" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/917125501" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/915010760" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/906825632" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/904253647" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/896287414" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/892472261" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/888242921" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/885140092" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/880438963" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/869089635" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/867384806" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/862691330" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/855175397" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/851616817" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/845949395" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/841815383" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/832324366" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/832227861" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/828230606" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/818174895" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/814337373" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/810587795" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/799675394" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/798337284" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/790889790" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/790890096" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/788474528" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/781028216" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/776318598" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/775919561" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/775388429" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/760341341" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/759967013" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/749611159" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/745296835" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/742944348" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/736988099" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/731883067" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/730781057" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/P:1574854144" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/725917980" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/721265475" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/713978865" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/706298367" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/703340848" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/688335856" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/P:1561377986" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/678422047" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/676790529" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/668398655" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/662613796" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/657863005" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/656421809" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/654124657" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/652788950" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/648146850" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/641922615" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/640742190" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/633603016" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/628372944" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/628373536" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/623377685" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/622972966" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/616604313" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/612954814" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/608835575" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/604026431" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/592904819" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/592906574" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/589475398" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/589476475" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/583944126" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/583944440" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/576409982" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/572772957" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/571427645" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/563696567" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/558498650" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/554074513" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/549128490" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/549128496" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/544692595" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/539773174" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/538648885" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/himport2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/himport1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/22135" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/22120" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/22113" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/22115" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/22038" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/22019" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21991" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21851" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21835" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21714" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21596" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21598" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21538" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21514" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21454" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21428" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21426" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21386" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21384" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21331" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21315" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21313" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21263" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21132" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21035" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/21037" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20995" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20956" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20782" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20641" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20639" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20579" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20436" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20359" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20335" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20312" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20256" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20217" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20155" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20094" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/20011" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/19908" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/13851" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/12451" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/11339" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/vestniky/a9qaats/10422" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H240"/>
+  <dimension ref="A1:H244"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="14.7109375" customWidth="1"/>
     <col min="3" max="3" width="43.7109375" customWidth="1"/>
     <col min="4" max="6" width="13.7109375" customWidth="1"/>
     <col min="7" max="7" width="28.7109375" customWidth="1"/>
     <col min="8" max="8" width="52.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
-        <v>106843</v>
+        <v>107852</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
-        <v>106596</v>
+        <v>107847</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H3" s="1" t="s">
         <v>16</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
-        <v>106120</v>
+        <v>107677</v>
       </c>
       <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" s="1" t="s">
         <v>20</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
-        <v>106016</v>
+        <v>107293</v>
       </c>
       <c r="B5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C5" t="s">
         <v>22</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>23</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>24</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>105977</v>
+        <v>106843</v>
       </c>
       <c r="B6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" t="s">
         <v>26</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>27</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
-        <v>105957</v>
+        <v>106596</v>
       </c>
       <c r="B7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" t="s">
         <v>30</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>31</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>32</v>
-      </c>
-[...10 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
-        <v>105906</v>
+        <v>106120</v>
       </c>
       <c r="B8" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" t="s">
         <v>34</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>35</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>12</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>36</v>
-      </c>
-[...10 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
-        <v>105723</v>
+        <v>106016</v>
       </c>
       <c r="B9" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" t="s">
         <v>38</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>39</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>12</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>40</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
-        <v>105656</v>
+        <v>105977</v>
       </c>
       <c r="B10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" t="s">
         <v>42</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>43</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>12</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>44</v>
-      </c>
-[...10 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
-        <v>105577</v>
+        <v>105957</v>
       </c>
       <c r="B11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" t="s">
         <v>46</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>47</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>12</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
-        <v>105321</v>
+        <v>105906</v>
       </c>
       <c r="B12" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" t="s">
         <v>50</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>51</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>12</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>52</v>
-      </c>
-[...10 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
-        <v>105293</v>
+        <v>105723</v>
       </c>
       <c r="B13" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" t="s">
         <v>54</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>55</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" t="s">
+        <v>12</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>56</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
-        <v>105198</v>
+        <v>105656</v>
       </c>
       <c r="B14" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" t="s">
         <v>58</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>59</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>12</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>60</v>
-      </c>
-[...10 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
-        <v>104922</v>
+        <v>105577</v>
       </c>
       <c r="B15" t="s">
+        <v>61</v>
+      </c>
+      <c r="C15" t="s">
         <v>62</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>63</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>12</v>
+      </c>
+      <c r="H15" s="1" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
-        <v>104919</v>
+        <v>105321</v>
       </c>
       <c r="B16" t="s">
+        <v>65</v>
+      </c>
+      <c r="C16" t="s">
         <v>66</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>67</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
+        <v>67</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>12</v>
+      </c>
+      <c r="H16" s="1" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
-        <v>104857</v>
+        <v>105293</v>
       </c>
       <c r="B17" t="s">
+        <v>69</v>
+      </c>
+      <c r="C17" t="s">
         <v>70</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>71</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
+        <v>71</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H17" s="1" t="s">
         <v>72</v>
-      </c>
-[...10 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
-        <v>104732</v>
+        <v>105198</v>
       </c>
       <c r="B18" t="s">
+        <v>73</v>
+      </c>
+      <c r="C18" t="s">
         <v>74</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>75</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
+        <v>75</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>12</v>
+      </c>
+      <c r="H18" s="1" t="s">
         <v>76</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
-        <v>104624</v>
+        <v>104922</v>
       </c>
       <c r="B19" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" t="s">
         <v>78</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>79</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
+        <v>79</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>12</v>
+      </c>
+      <c r="H19" s="1" t="s">
         <v>80</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
-        <v>104598</v>
+        <v>104919</v>
       </c>
       <c r="B20" t="s">
+        <v>81</v>
+      </c>
+      <c r="C20" t="s">
         <v>82</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>83</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
+        <v>83</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>12</v>
+      </c>
+      <c r="H20" s="1" t="s">
         <v>84</v>
-      </c>
-[...10 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
-        <v>104452</v>
+        <v>104857</v>
       </c>
       <c r="B21" t="s">
+        <v>85</v>
+      </c>
+      <c r="C21" t="s">
         <v>86</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>87</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
+        <v>87</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>12</v>
+      </c>
+      <c r="H21" s="1" t="s">
         <v>88</v>
-      </c>
-[...10 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
-        <v>104352</v>
+        <v>104732</v>
       </c>
       <c r="B22" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" t="s">
         <v>90</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>91</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
+        <v>91</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>12</v>
+      </c>
+      <c r="H22" s="1" t="s">
         <v>92</v>
-      </c>
-[...10 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
-        <v>104072</v>
+        <v>104624</v>
       </c>
       <c r="B23" t="s">
+        <v>93</v>
+      </c>
+      <c r="C23" t="s">
         <v>94</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>95</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
+        <v>95</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>12</v>
+      </c>
+      <c r="H23" s="1" t="s">
         <v>96</v>
-      </c>
-[...10 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
-        <v>103729</v>
+        <v>104598</v>
       </c>
       <c r="B24" t="s">
+        <v>97</v>
+      </c>
+      <c r="C24" t="s">
         <v>98</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>99</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
+        <v>99</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>12</v>
+      </c>
+      <c r="H24" s="1" t="s">
         <v>100</v>
-      </c>
-[...10 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
-        <v>103627</v>
+        <v>104452</v>
       </c>
       <c r="B25" t="s">
+        <v>101</v>
+      </c>
+      <c r="C25" t="s">
         <v>102</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>103</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
+        <v>103</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>12</v>
+      </c>
+      <c r="H25" s="1" t="s">
         <v>104</v>
-      </c>
-[...10 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
-        <v>103298</v>
+        <v>104352</v>
       </c>
       <c r="B26" t="s">
+        <v>105</v>
+      </c>
+      <c r="C26" t="s">
         <v>106</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>107</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
+        <v>107</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>12</v>
+      </c>
+      <c r="H26" s="1" t="s">
         <v>108</v>
-      </c>
-[...10 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
-        <v>103035</v>
+        <v>104072</v>
       </c>
       <c r="B27" t="s">
+        <v>109</v>
+      </c>
+      <c r="C27" t="s">
         <v>110</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>111</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
+        <v>111</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>12</v>
+      </c>
+      <c r="H27" s="1" t="s">
         <v>112</v>
-      </c>
-[...10 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
-        <v>103033</v>
+        <v>103729</v>
       </c>
       <c r="B28" t="s">
+        <v>113</v>
+      </c>
+      <c r="C28" t="s">
         <v>114</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>115</v>
       </c>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
         <v>12</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
-        <v>102950</v>
+        <v>103627</v>
       </c>
       <c r="B29" t="s">
         <v>117</v>
       </c>
       <c r="C29" t="s">
         <v>118</v>
       </c>
       <c r="D29" t="s">
         <v>119</v>
       </c>
       <c r="E29" t="s">
         <v>119</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
         <v>12</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
-        <v>102912</v>
+        <v>103298</v>
       </c>
       <c r="B30" t="s">
         <v>121</v>
       </c>
       <c r="C30" t="s">
         <v>122</v>
       </c>
       <c r="D30" t="s">
         <v>123</v>
       </c>
       <c r="E30" t="s">
         <v>123</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
         <v>12</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
-        <v>102832</v>
+        <v>103035</v>
       </c>
       <c r="B31" t="s">
         <v>125</v>
       </c>
       <c r="C31" t="s">
         <v>126</v>
       </c>
       <c r="D31" t="s">
         <v>127</v>
       </c>
       <c r="E31" t="s">
         <v>127</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
         <v>12</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
-        <v>102688</v>
+        <v>103033</v>
       </c>
       <c r="B32" t="s">
         <v>129</v>
       </c>
       <c r="C32" t="s">
         <v>130</v>
       </c>
       <c r="D32" t="s">
+        <v>127</v>
+      </c>
+      <c r="E32" t="s">
+        <v>127</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>12</v>
+      </c>
+      <c r="H32" s="1" t="s">
         <v>131</v>
-      </c>
-[...10 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
-        <v>102629</v>
+        <v>102950</v>
       </c>
       <c r="B33" t="s">
+        <v>132</v>
+      </c>
+      <c r="C33" t="s">
         <v>133</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>134</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
+        <v>134</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>12</v>
+      </c>
+      <c r="H33" s="1" t="s">
         <v>135</v>
-      </c>
-[...10 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
-        <v>102567</v>
+        <v>102912</v>
       </c>
       <c r="B34" t="s">
+        <v>136</v>
+      </c>
+      <c r="C34" t="s">
         <v>137</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>138</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" t="s">
+        <v>138</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>12</v>
+      </c>
+      <c r="H34" s="1" t="s">
         <v>139</v>
-      </c>
-[...10 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
-        <v>102520</v>
+        <v>102832</v>
       </c>
       <c r="B35" t="s">
+        <v>140</v>
+      </c>
+      <c r="C35" t="s">
         <v>141</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>142</v>
       </c>
-      <c r="D35" t="s">
+      <c r="E35" t="s">
+        <v>142</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>12</v>
+      </c>
+      <c r="H35" s="1" t="s">
         <v>143</v>
-      </c>
-[...10 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
-        <v>102496</v>
+        <v>102688</v>
       </c>
       <c r="B36" t="s">
+        <v>144</v>
+      </c>
+      <c r="C36" t="s">
         <v>145</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>146</v>
       </c>
-      <c r="D36" t="s">
+      <c r="E36" t="s">
+        <v>146</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>12</v>
+      </c>
+      <c r="H36" s="1" t="s">
         <v>147</v>
-      </c>
-[...10 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
-        <v>102400</v>
+        <v>102629</v>
       </c>
       <c r="B37" t="s">
+        <v>148</v>
+      </c>
+      <c r="C37" t="s">
         <v>149</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>150</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
+        <v>150</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>12</v>
+      </c>
+      <c r="H37" s="1" t="s">
         <v>151</v>
-      </c>
-[...10 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
-        <v>102158</v>
+        <v>102567</v>
       </c>
       <c r="B38" t="s">
+        <v>152</v>
+      </c>
+      <c r="C38" t="s">
         <v>153</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>154</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E38" t="s">
+        <v>154</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>12</v>
+      </c>
+      <c r="H38" s="1" t="s">
         <v>155</v>
-      </c>
-[...10 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
-        <v>102028</v>
+        <v>102520</v>
       </c>
       <c r="B39" t="s">
+        <v>156</v>
+      </c>
+      <c r="C39" t="s">
         <v>157</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>158</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
+        <v>158</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>12</v>
+      </c>
+      <c r="H39" s="1" t="s">
         <v>159</v>
-      </c>
-[...10 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
-        <v>102019</v>
+        <v>102496</v>
       </c>
       <c r="B40" t="s">
+        <v>160</v>
+      </c>
+      <c r="C40" t="s">
         <v>161</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>162</v>
       </c>
-      <c r="D40" t="s">
+      <c r="E40" t="s">
+        <v>162</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>12</v>
+      </c>
+      <c r="H40" s="1" t="s">
         <v>163</v>
-      </c>
-[...10 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
-        <v>101875</v>
+        <v>102400</v>
       </c>
       <c r="B41" t="s">
+        <v>164</v>
+      </c>
+      <c r="C41" t="s">
         <v>165</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>166</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
+        <v>166</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>12</v>
+      </c>
+      <c r="H41" s="1" t="s">
         <v>167</v>
-      </c>
-[...10 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
-        <v>101785</v>
+        <v>102158</v>
       </c>
       <c r="B42" t="s">
+        <v>168</v>
+      </c>
+      <c r="C42" t="s">
         <v>169</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>170</v>
       </c>
-      <c r="D42" t="s">
+      <c r="E42" t="s">
+        <v>170</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>12</v>
+      </c>
+      <c r="H42" s="1" t="s">
         <v>171</v>
-      </c>
-[...10 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
-        <v>101784</v>
+        <v>102028</v>
       </c>
       <c r="B43" t="s">
+        <v>172</v>
+      </c>
+      <c r="C43" t="s">
         <v>173</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>174</v>
       </c>
-      <c r="D43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" t="s">
+        <v>174</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>12</v>
+      </c>
+      <c r="H43" s="1" t="s">
         <v>175</v>
-      </c>
-[...7 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
-        <v>101775</v>
+        <v>102019</v>
       </c>
       <c r="B44" t="s">
+        <v>176</v>
+      </c>
+      <c r="C44" t="s">
         <v>177</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>178</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
+        <v>178</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>12</v>
+      </c>
+      <c r="H44" s="1" t="s">
         <v>179</v>
-      </c>
-[...10 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
-        <v>101618</v>
+        <v>101875</v>
       </c>
       <c r="B45" t="s">
+        <v>180</v>
+      </c>
+      <c r="C45" t="s">
         <v>181</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>182</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45" t="s">
+        <v>182</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>12</v>
+      </c>
+      <c r="H45" s="1" t="s">
         <v>183</v>
-      </c>
-[...10 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
-        <v>101469</v>
+        <v>101785</v>
       </c>
       <c r="B46" t="s">
+        <v>184</v>
+      </c>
+      <c r="C46" t="s">
         <v>185</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>186</v>
       </c>
-      <c r="D46" t="s">
+      <c r="E46" t="s">
+        <v>186</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>12</v>
+      </c>
+      <c r="H46" s="1" t="s">
         <v>187</v>
-      </c>
-[...10 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
-        <v>101460</v>
+        <v>101784</v>
       </c>
       <c r="B47" t="s">
+        <v>188</v>
+      </c>
+      <c r="C47" t="s">
         <v>189</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>186</v>
+      </c>
+      <c r="E47" t="s">
         <v>190</v>
       </c>
-      <c r="D47" t="s">
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>12</v>
+      </c>
+      <c r="H47" s="1" t="s">
         <v>191</v>
-      </c>
-[...10 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
-        <v>101221</v>
+        <v>101775</v>
       </c>
       <c r="B48" t="s">
+        <v>192</v>
+      </c>
+      <c r="C48" t="s">
         <v>193</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>194</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48" t="s">
+        <v>194</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>12</v>
+      </c>
+      <c r="H48" s="1" t="s">
         <v>195</v>
-      </c>
-[...10 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
-        <v>100986</v>
+        <v>101618</v>
       </c>
       <c r="B49" t="s">
+        <v>196</v>
+      </c>
+      <c r="C49" t="s">
         <v>197</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>198</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
+        <v>198</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>12</v>
+      </c>
+      <c r="H49" s="1" t="s">
         <v>199</v>
-      </c>
-[...10 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
-        <v>100685</v>
+        <v>101469</v>
       </c>
       <c r="B50" t="s">
+        <v>200</v>
+      </c>
+      <c r="C50" t="s">
         <v>201</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>202</v>
       </c>
-      <c r="D50" t="s">
+      <c r="E50" t="s">
+        <v>202</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>12</v>
+      </c>
+      <c r="H50" s="1" t="s">
         <v>203</v>
-      </c>
-[...10 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
-        <v>100681</v>
+        <v>101460</v>
       </c>
       <c r="B51" t="s">
+        <v>204</v>
+      </c>
+      <c r="C51" t="s">
         <v>205</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>206</v>
       </c>
-      <c r="D51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
         <v>12</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
-        <v>100365</v>
+        <v>101221</v>
       </c>
       <c r="B52" t="s">
         <v>208</v>
       </c>
       <c r="C52" t="s">
         <v>209</v>
       </c>
       <c r="D52" t="s">
         <v>210</v>
       </c>
       <c r="E52" t="s">
         <v>210</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
         <v>12</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
-        <v>100063</v>
+        <v>100986</v>
       </c>
       <c r="B53" t="s">
         <v>212</v>
       </c>
       <c r="C53" t="s">
         <v>213</v>
       </c>
       <c r="D53" t="s">
         <v>214</v>
       </c>
       <c r="E53" t="s">
         <v>214</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
         <v>12</v>
       </c>
       <c r="H53" s="1" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
-        <v>99998</v>
+        <v>100685</v>
       </c>
       <c r="B54" t="s">
         <v>216</v>
       </c>
       <c r="C54" t="s">
         <v>217</v>
       </c>
       <c r="D54" t="s">
         <v>218</v>
       </c>
       <c r="E54" t="s">
         <v>218</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
         <v>12</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
-        <v>99890</v>
+        <v>100681</v>
       </c>
       <c r="B55" t="s">
         <v>220</v>
       </c>
       <c r="C55" t="s">
         <v>221</v>
       </c>
       <c r="D55" t="s">
+        <v>218</v>
+      </c>
+      <c r="E55" t="s">
+        <v>218</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>12</v>
+      </c>
+      <c r="H55" s="1" t="s">
         <v>222</v>
-      </c>
-[...10 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
-        <v>99723</v>
+        <v>100365</v>
       </c>
       <c r="B56" t="s">
+        <v>223</v>
+      </c>
+      <c r="C56" t="s">
         <v>224</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>225</v>
       </c>
-      <c r="D56" t="s">
+      <c r="E56" t="s">
+        <v>225</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>12</v>
+      </c>
+      <c r="H56" s="1" t="s">
         <v>226</v>
-      </c>
-[...10 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
-        <v>98439</v>
+        <v>100063</v>
       </c>
       <c r="B57" t="s">
+        <v>227</v>
+      </c>
+      <c r="C57" t="s">
         <v>228</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>229</v>
       </c>
-      <c r="D57" t="s">
+      <c r="E57" t="s">
+        <v>229</v>
+      </c>
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
+        <v>12</v>
+      </c>
+      <c r="H57" s="1" t="s">
         <v>230</v>
-      </c>
-[...10 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
-        <v>98385</v>
+        <v>99998</v>
       </c>
       <c r="B58" t="s">
+        <v>231</v>
+      </c>
+      <c r="C58" t="s">
         <v>232</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>233</v>
       </c>
-      <c r="D58" t="s">
+      <c r="E58" t="s">
+        <v>233</v>
+      </c>
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
+        <v>12</v>
+      </c>
+      <c r="H58" s="1" t="s">
         <v>234</v>
-      </c>
-[...10 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
-        <v>98342</v>
+        <v>99890</v>
       </c>
       <c r="B59" t="s">
+        <v>235</v>
+      </c>
+      <c r="C59" t="s">
         <v>236</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>237</v>
       </c>
-      <c r="D59" t="s">
+      <c r="E59" t="s">
+        <v>237</v>
+      </c>
+      <c r="F59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
+        <v>12</v>
+      </c>
+      <c r="H59" s="1" t="s">
         <v>238</v>
-      </c>
-[...10 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
-        <v>98274</v>
+        <v>99723</v>
       </c>
       <c r="B60" t="s">
+        <v>239</v>
+      </c>
+      <c r="C60" t="s">
         <v>240</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>241</v>
       </c>
-      <c r="D60" t="s">
+      <c r="E60" t="s">
+        <v>241</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
+        <v>12</v>
+      </c>
+      <c r="H60" s="1" t="s">
         <v>242</v>
-      </c>
-[...10 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
-        <v>98224</v>
+        <v>98439</v>
       </c>
       <c r="B61" t="s">
+        <v>243</v>
+      </c>
+      <c r="C61" t="s">
         <v>244</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>245</v>
       </c>
-      <c r="D61" t="s">
+      <c r="E61" t="s">
+        <v>245</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
+        <v>12</v>
+      </c>
+      <c r="H61" s="1" t="s">
         <v>246</v>
-      </c>
-[...10 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
-        <v>98126</v>
+        <v>98385</v>
       </c>
       <c r="B62" t="s">
+        <v>247</v>
+      </c>
+      <c r="C62" t="s">
         <v>248</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>249</v>
       </c>
-      <c r="D62" t="s">
+      <c r="E62" t="s">
+        <v>249</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>12</v>
+      </c>
+      <c r="H62" s="1" t="s">
         <v>250</v>
-      </c>
-[...10 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
-        <v>97998</v>
+        <v>98342</v>
       </c>
       <c r="B63" t="s">
+        <v>251</v>
+      </c>
+      <c r="C63" t="s">
         <v>252</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>253</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63" t="s">
+        <v>253</v>
+      </c>
+      <c r="F63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" t="s">
+        <v>12</v>
+      </c>
+      <c r="H63" s="1" t="s">
         <v>254</v>
-      </c>
-[...10 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
-        <v>97855</v>
+        <v>98274</v>
       </c>
       <c r="B64" t="s">
+        <v>255</v>
+      </c>
+      <c r="C64" t="s">
         <v>256</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>257</v>
       </c>
-      <c r="D64" t="s">
+      <c r="E64" t="s">
+        <v>257</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
+        <v>12</v>
+      </c>
+      <c r="H64" s="1" t="s">
         <v>258</v>
-      </c>
-[...10 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
-        <v>97696</v>
+        <v>98224</v>
       </c>
       <c r="B65" t="s">
+        <v>259</v>
+      </c>
+      <c r="C65" t="s">
         <v>260</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>261</v>
       </c>
-      <c r="D65" t="s">
+      <c r="E65" t="s">
+        <v>261</v>
+      </c>
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
+        <v>12</v>
+      </c>
+      <c r="H65" s="1" t="s">
         <v>262</v>
-      </c>
-[...10 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
-        <v>97681</v>
+        <v>98126</v>
       </c>
       <c r="B66" t="s">
+        <v>263</v>
+      </c>
+      <c r="C66" t="s">
         <v>264</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>265</v>
       </c>
-      <c r="D66" t="s">
+      <c r="E66" t="s">
+        <v>265</v>
+      </c>
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
+        <v>12</v>
+      </c>
+      <c r="H66" s="1" t="s">
         <v>266</v>
-      </c>
-[...10 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
-        <v>97616</v>
+        <v>97998</v>
       </c>
       <c r="B67" t="s">
+        <v>267</v>
+      </c>
+      <c r="C67" t="s">
         <v>268</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>269</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
+        <v>269</v>
+      </c>
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
+        <v>12</v>
+      </c>
+      <c r="H67" s="1" t="s">
         <v>270</v>
-      </c>
-[...10 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
-        <v>97494</v>
+        <v>97855</v>
       </c>
       <c r="B68" t="s">
+        <v>271</v>
+      </c>
+      <c r="C68" t="s">
         <v>272</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>273</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68" t="s">
+        <v>273</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
+        <v>12</v>
+      </c>
+      <c r="H68" s="1" t="s">
         <v>274</v>
-      </c>
-[...10 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
-        <v>97462</v>
+        <v>97696</v>
       </c>
       <c r="B69" t="s">
+        <v>275</v>
+      </c>
+      <c r="C69" t="s">
         <v>276</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>277</v>
       </c>
-      <c r="D69" t="s">
+      <c r="E69" t="s">
+        <v>277</v>
+      </c>
+      <c r="F69" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" t="s">
+        <v>12</v>
+      </c>
+      <c r="H69" s="1" t="s">
         <v>278</v>
-      </c>
-[...10 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
-        <v>97395</v>
+        <v>97681</v>
       </c>
       <c r="B70" t="s">
+        <v>279</v>
+      </c>
+      <c r="C70" t="s">
         <v>280</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>281</v>
       </c>
-      <c r="D70" t="s">
+      <c r="E70" t="s">
+        <v>281</v>
+      </c>
+      <c r="F70" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" t="s">
+        <v>12</v>
+      </c>
+      <c r="H70" s="1" t="s">
         <v>282</v>
-      </c>
-[...10 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
-        <v>97352</v>
+        <v>97616</v>
       </c>
       <c r="B71" t="s">
+        <v>283</v>
+      </c>
+      <c r="C71" t="s">
         <v>284</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>285</v>
       </c>
-      <c r="D71" t="s">
+      <c r="E71" t="s">
+        <v>285</v>
+      </c>
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" t="s">
+        <v>12</v>
+      </c>
+      <c r="H71" s="1" t="s">
         <v>286</v>
-      </c>
-[...10 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
-        <v>97303</v>
+        <v>97494</v>
       </c>
       <c r="B72" t="s">
+        <v>287</v>
+      </c>
+      <c r="C72" t="s">
         <v>288</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>289</v>
       </c>
-      <c r="D72" t="s">
+      <c r="E72" t="s">
+        <v>289</v>
+      </c>
+      <c r="F72" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" t="s">
+        <v>12</v>
+      </c>
+      <c r="H72" s="1" t="s">
         <v>290</v>
-      </c>
-[...10 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
-        <v>97221</v>
+        <v>97462</v>
       </c>
       <c r="B73" t="s">
+        <v>291</v>
+      </c>
+      <c r="C73" t="s">
         <v>292</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>293</v>
       </c>
-      <c r="D73" t="s">
+      <c r="E73" t="s">
+        <v>293</v>
+      </c>
+      <c r="F73" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" t="s">
+        <v>12</v>
+      </c>
+      <c r="H73" s="1" t="s">
         <v>294</v>
-      </c>
-[...10 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
-        <v>97188</v>
+        <v>97395</v>
       </c>
       <c r="B74" t="s">
+        <v>295</v>
+      </c>
+      <c r="C74" t="s">
         <v>296</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>297</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74" t="s">
+        <v>297</v>
+      </c>
+      <c r="F74" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" t="s">
+        <v>12</v>
+      </c>
+      <c r="H74" s="1" t="s">
         <v>298</v>
-      </c>
-[...10 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
-        <v>97057</v>
+        <v>97352</v>
       </c>
       <c r="B75" t="s">
+        <v>299</v>
+      </c>
+      <c r="C75" t="s">
         <v>300</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>301</v>
       </c>
-      <c r="D75" t="s">
+      <c r="E75" t="s">
+        <v>301</v>
+      </c>
+      <c r="F75" t="s">
+        <v>11</v>
+      </c>
+      <c r="G75" t="s">
+        <v>12</v>
+      </c>
+      <c r="H75" s="1" t="s">
         <v>302</v>
-      </c>
-[...10 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
-        <v>96904</v>
+        <v>97303</v>
       </c>
       <c r="B76" t="s">
+        <v>303</v>
+      </c>
+      <c r="C76" t="s">
         <v>304</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>305</v>
       </c>
-      <c r="D76" t="s">
+      <c r="E76" t="s">
+        <v>305</v>
+      </c>
+      <c r="F76" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" t="s">
+        <v>12</v>
+      </c>
+      <c r="H76" s="1" t="s">
         <v>306</v>
-      </c>
-[...10 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
-        <v>96883</v>
+        <v>97221</v>
       </c>
       <c r="B77" t="s">
+        <v>307</v>
+      </c>
+      <c r="C77" t="s">
         <v>308</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>309</v>
       </c>
-      <c r="D77" t="s">
+      <c r="E77" t="s">
+        <v>309</v>
+      </c>
+      <c r="F77" t="s">
+        <v>11</v>
+      </c>
+      <c r="G77" t="s">
+        <v>12</v>
+      </c>
+      <c r="H77" s="1" t="s">
         <v>310</v>
-      </c>
-[...10 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
-        <v>96841</v>
+        <v>97188</v>
       </c>
       <c r="B78" t="s">
+        <v>311</v>
+      </c>
+      <c r="C78" t="s">
         <v>312</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>313</v>
       </c>
-      <c r="D78" t="s">
+      <c r="E78" t="s">
+        <v>313</v>
+      </c>
+      <c r="F78" t="s">
+        <v>11</v>
+      </c>
+      <c r="G78" t="s">
+        <v>12</v>
+      </c>
+      <c r="H78" s="1" t="s">
         <v>314</v>
-      </c>
-[...10 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
-        <v>96796</v>
+        <v>97057</v>
       </c>
       <c r="B79" t="s">
+        <v>315</v>
+      </c>
+      <c r="C79" t="s">
         <v>316</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>317</v>
       </c>
-      <c r="D79" t="s">
+      <c r="E79" t="s">
+        <v>317</v>
+      </c>
+      <c r="F79" t="s">
+        <v>11</v>
+      </c>
+      <c r="G79" t="s">
+        <v>12</v>
+      </c>
+      <c r="H79" s="1" t="s">
         <v>318</v>
-      </c>
-[...10 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
-        <v>96774</v>
+        <v>96904</v>
       </c>
       <c r="B80" t="s">
+        <v>319</v>
+      </c>
+      <c r="C80" t="s">
         <v>320</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>321</v>
       </c>
-      <c r="D80" t="s">
+      <c r="E80" t="s">
+        <v>321</v>
+      </c>
+      <c r="F80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H80" s="1" t="s">
         <v>322</v>
-      </c>
-[...10 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
-        <v>96773</v>
+        <v>96883</v>
       </c>
       <c r="B81" t="s">
+        <v>323</v>
+      </c>
+      <c r="C81" t="s">
         <v>324</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>325</v>
       </c>
-      <c r="D81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
         <v>12</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
-        <v>96702</v>
+        <v>96841</v>
       </c>
       <c r="B82" t="s">
         <v>327</v>
       </c>
       <c r="C82" t="s">
         <v>328</v>
       </c>
       <c r="D82" t="s">
         <v>329</v>
       </c>
       <c r="E82" t="s">
         <v>329</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
         <v>12</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
-        <v>96688</v>
+        <v>96796</v>
       </c>
       <c r="B83" t="s">
         <v>331</v>
       </c>
       <c r="C83" t="s">
         <v>332</v>
       </c>
       <c r="D83" t="s">
         <v>333</v>
       </c>
       <c r="E83" t="s">
         <v>333</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
         <v>12</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
-        <v>96640</v>
+        <v>96774</v>
       </c>
       <c r="B84" t="s">
         <v>335</v>
       </c>
       <c r="C84" t="s">
         <v>336</v>
       </c>
       <c r="D84" t="s">
         <v>337</v>
       </c>
       <c r="E84" t="s">
         <v>337</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
         <v>12</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
-        <v>96578</v>
+        <v>96773</v>
       </c>
       <c r="B85" t="s">
         <v>339</v>
       </c>
       <c r="C85" t="s">
         <v>340</v>
       </c>
       <c r="D85" t="s">
+        <v>337</v>
+      </c>
+      <c r="E85" t="s">
+        <v>337</v>
+      </c>
+      <c r="F85" t="s">
+        <v>11</v>
+      </c>
+      <c r="G85" t="s">
+        <v>12</v>
+      </c>
+      <c r="H85" s="1" t="s">
         <v>341</v>
-      </c>
-[...10 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
-        <v>96486</v>
+        <v>96702</v>
       </c>
       <c r="B86" t="s">
+        <v>342</v>
+      </c>
+      <c r="C86" t="s">
         <v>343</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>344</v>
       </c>
-      <c r="D86" t="s">
+      <c r="E86" t="s">
+        <v>344</v>
+      </c>
+      <c r="F86" t="s">
+        <v>11</v>
+      </c>
+      <c r="G86" t="s">
+        <v>12</v>
+      </c>
+      <c r="H86" s="1" t="s">
         <v>345</v>
-      </c>
-[...10 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
-        <v>96460</v>
+        <v>96688</v>
       </c>
       <c r="B87" t="s">
+        <v>346</v>
+      </c>
+      <c r="C87" t="s">
         <v>347</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>348</v>
       </c>
-      <c r="D87" t="s">
+      <c r="E87" t="s">
+        <v>348</v>
+      </c>
+      <c r="F87" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87" t="s">
+        <v>12</v>
+      </c>
+      <c r="H87" s="1" t="s">
         <v>349</v>
-      </c>
-[...10 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
-        <v>96330</v>
+        <v>96640</v>
       </c>
       <c r="B88" t="s">
+        <v>350</v>
+      </c>
+      <c r="C88" t="s">
         <v>351</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>352</v>
       </c>
-      <c r="D88" t="s">
+      <c r="E88" t="s">
+        <v>352</v>
+      </c>
+      <c r="F88" t="s">
+        <v>11</v>
+      </c>
+      <c r="G88" t="s">
+        <v>12</v>
+      </c>
+      <c r="H88" s="1" t="s">
         <v>353</v>
-      </c>
-[...10 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
-        <v>96277</v>
+        <v>96578</v>
       </c>
       <c r="B89" t="s">
+        <v>354</v>
+      </c>
+      <c r="C89" t="s">
         <v>355</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>356</v>
       </c>
-      <c r="D89" t="s">
+      <c r="E89" t="s">
+        <v>356</v>
+      </c>
+      <c r="F89" t="s">
+        <v>11</v>
+      </c>
+      <c r="G89" t="s">
+        <v>12</v>
+      </c>
+      <c r="H89" s="1" t="s">
         <v>357</v>
-      </c>
-[...10 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
-        <v>96243</v>
+        <v>96486</v>
       </c>
       <c r="B90" t="s">
+        <v>358</v>
+      </c>
+      <c r="C90" t="s">
         <v>359</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>360</v>
       </c>
-      <c r="D90" t="s">
+      <c r="E90" t="s">
+        <v>360</v>
+      </c>
+      <c r="F90" t="s">
+        <v>11</v>
+      </c>
+      <c r="G90" t="s">
+        <v>12</v>
+      </c>
+      <c r="H90" s="1" t="s">
         <v>361</v>
-      </c>
-[...10 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
-        <v>96235</v>
+        <v>96460</v>
       </c>
       <c r="B91" t="s">
+        <v>362</v>
+      </c>
+      <c r="C91" t="s">
         <v>363</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
         <v>364</v>
       </c>
-      <c r="D91" t="s">
+      <c r="E91" t="s">
+        <v>364</v>
+      </c>
+      <c r="F91" t="s">
+        <v>11</v>
+      </c>
+      <c r="G91" t="s">
+        <v>12</v>
+      </c>
+      <c r="H91" s="1" t="s">
         <v>365</v>
-      </c>
-[...10 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
-        <v>96225</v>
+        <v>96330</v>
       </c>
       <c r="B92" t="s">
+        <v>366</v>
+      </c>
+      <c r="C92" t="s">
         <v>367</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
         <v>368</v>
       </c>
-      <c r="D92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E92" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
         <v>12</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
-        <v>96180</v>
+        <v>96277</v>
       </c>
       <c r="B93" t="s">
         <v>370</v>
       </c>
       <c r="C93" t="s">
         <v>371</v>
       </c>
       <c r="D93" t="s">
         <v>372</v>
       </c>
       <c r="E93" t="s">
         <v>372</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
         <v>12</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
-        <v>96159</v>
+        <v>96243</v>
       </c>
       <c r="B94" t="s">
         <v>374</v>
       </c>
       <c r="C94" t="s">
         <v>375</v>
       </c>
       <c r="D94" t="s">
         <v>376</v>
       </c>
       <c r="E94" t="s">
         <v>376</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
         <v>12</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
-        <v>96110</v>
+        <v>96235</v>
       </c>
       <c r="B95" t="s">
         <v>378</v>
       </c>
       <c r="C95" t="s">
         <v>379</v>
       </c>
       <c r="D95" t="s">
         <v>380</v>
       </c>
       <c r="E95" t="s">
         <v>380</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
         <v>12</v>
       </c>
       <c r="H95" s="1" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
-        <v>96066</v>
+        <v>96225</v>
       </c>
       <c r="B96" t="s">
         <v>382</v>
       </c>
       <c r="C96" t="s">
         <v>383</v>
       </c>
       <c r="D96" t="s">
+        <v>380</v>
+      </c>
+      <c r="E96" t="s">
+        <v>380</v>
+      </c>
+      <c r="F96" t="s">
+        <v>11</v>
+      </c>
+      <c r="G96" t="s">
+        <v>12</v>
+      </c>
+      <c r="H96" s="1" t="s">
         <v>384</v>
-      </c>
-[...10 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
-        <v>95834</v>
+        <v>96180</v>
       </c>
       <c r="B97" t="s">
+        <v>385</v>
+      </c>
+      <c r="C97" t="s">
         <v>386</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
         <v>387</v>
       </c>
-      <c r="D97" t="s">
+      <c r="E97" t="s">
+        <v>387</v>
+      </c>
+      <c r="F97" t="s">
+        <v>11</v>
+      </c>
+      <c r="G97" t="s">
+        <v>12</v>
+      </c>
+      <c r="H97" s="1" t="s">
         <v>388</v>
-      </c>
-[...10 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
-        <v>95734</v>
+        <v>96159</v>
       </c>
       <c r="B98" t="s">
+        <v>389</v>
+      </c>
+      <c r="C98" t="s">
         <v>390</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
         <v>391</v>
       </c>
-      <c r="D98" t="s">
+      <c r="E98" t="s">
+        <v>391</v>
+      </c>
+      <c r="F98" t="s">
+        <v>11</v>
+      </c>
+      <c r="G98" t="s">
+        <v>12</v>
+      </c>
+      <c r="H98" s="1" t="s">
         <v>392</v>
-      </c>
-[...10 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
-        <v>95694</v>
+        <v>96110</v>
       </c>
       <c r="B99" t="s">
+        <v>393</v>
+      </c>
+      <c r="C99" t="s">
         <v>394</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
         <v>395</v>
       </c>
-      <c r="D99" t="s">
+      <c r="E99" t="s">
+        <v>395</v>
+      </c>
+      <c r="F99" t="s">
+        <v>11</v>
+      </c>
+      <c r="G99" t="s">
+        <v>12</v>
+      </c>
+      <c r="H99" s="1" t="s">
         <v>396</v>
-      </c>
-[...10 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
-        <v>95658</v>
+        <v>96066</v>
       </c>
       <c r="B100" t="s">
+        <v>397</v>
+      </c>
+      <c r="C100" t="s">
         <v>398</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
         <v>399</v>
       </c>
-      <c r="D100" t="s">
+      <c r="E100" t="s">
+        <v>399</v>
+      </c>
+      <c r="F100" t="s">
+        <v>11</v>
+      </c>
+      <c r="G100" t="s">
+        <v>12</v>
+      </c>
+      <c r="H100" s="1" t="s">
         <v>400</v>
-      </c>
-[...10 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
-        <v>95654</v>
+        <v>95834</v>
       </c>
       <c r="B101" t="s">
+        <v>401</v>
+      </c>
+      <c r="C101" t="s">
         <v>402</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
         <v>403</v>
       </c>
-      <c r="D101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
         <v>12</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
-        <v>95560</v>
+        <v>95734</v>
       </c>
       <c r="B102" t="s">
         <v>405</v>
       </c>
       <c r="C102" t="s">
         <v>406</v>
       </c>
       <c r="D102" t="s">
         <v>407</v>
       </c>
       <c r="E102" t="s">
         <v>407</v>
       </c>
       <c r="F102" t="s">
         <v>11</v>
       </c>
       <c r="G102" t="s">
         <v>12</v>
       </c>
       <c r="H102" s="1" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
-        <v>95522</v>
+        <v>95694</v>
       </c>
       <c r="B103" t="s">
         <v>409</v>
       </c>
       <c r="C103" t="s">
         <v>410</v>
       </c>
       <c r="D103" t="s">
         <v>411</v>
       </c>
       <c r="E103" t="s">
         <v>411</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
         <v>12</v>
       </c>
       <c r="H103" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
-        <v>95508</v>
+        <v>95658</v>
       </c>
       <c r="B104" t="s">
         <v>413</v>
       </c>
       <c r="C104" t="s">
         <v>414</v>
       </c>
       <c r="D104" t="s">
         <v>415</v>
       </c>
       <c r="E104" t="s">
         <v>415</v>
       </c>
       <c r="F104" t="s">
         <v>11</v>
       </c>
       <c r="G104" t="s">
         <v>12</v>
       </c>
       <c r="H104" s="1" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
-        <v>95487</v>
+        <v>95654</v>
       </c>
       <c r="B105" t="s">
         <v>417</v>
       </c>
       <c r="C105" t="s">
         <v>418</v>
       </c>
       <c r="D105" t="s">
+        <v>415</v>
+      </c>
+      <c r="E105" t="s">
+        <v>415</v>
+      </c>
+      <c r="F105" t="s">
+        <v>11</v>
+      </c>
+      <c r="G105" t="s">
+        <v>12</v>
+      </c>
+      <c r="H105" s="1" t="s">
         <v>419</v>
-      </c>
-[...10 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
-        <v>95391</v>
+        <v>95560</v>
       </c>
       <c r="B106" t="s">
+        <v>420</v>
+      </c>
+      <c r="C106" t="s">
         <v>421</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
         <v>422</v>
       </c>
-      <c r="D106" t="s">
+      <c r="E106" t="s">
+        <v>422</v>
+      </c>
+      <c r="F106" t="s">
+        <v>11</v>
+      </c>
+      <c r="G106" t="s">
+        <v>12</v>
+      </c>
+      <c r="H106" s="1" t="s">
         <v>423</v>
-      </c>
-[...10 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
-        <v>95217</v>
+        <v>95522</v>
       </c>
       <c r="B107" t="s">
+        <v>424</v>
+      </c>
+      <c r="C107" t="s">
         <v>425</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
         <v>426</v>
       </c>
-      <c r="D107" t="s">
+      <c r="E107" t="s">
+        <v>426</v>
+      </c>
+      <c r="F107" t="s">
+        <v>11</v>
+      </c>
+      <c r="G107" t="s">
+        <v>12</v>
+      </c>
+      <c r="H107" s="1" t="s">
         <v>427</v>
-      </c>
-[...10 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
-        <v>95100</v>
+        <v>95508</v>
       </c>
       <c r="B108" t="s">
+        <v>428</v>
+      </c>
+      <c r="C108" t="s">
         <v>429</v>
       </c>
-      <c r="C108" t="s">
+      <c r="D108" t="s">
         <v>430</v>
       </c>
-      <c r="D108" t="s">
+      <c r="E108" t="s">
+        <v>430</v>
+      </c>
+      <c r="F108" t="s">
+        <v>11</v>
+      </c>
+      <c r="G108" t="s">
+        <v>12</v>
+      </c>
+      <c r="H108" s="1" t="s">
         <v>431</v>
-      </c>
-[...10 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
-        <v>95062</v>
+        <v>95487</v>
       </c>
       <c r="B109" t="s">
+        <v>432</v>
+      </c>
+      <c r="C109" t="s">
         <v>433</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
         <v>434</v>
       </c>
-      <c r="D109" t="s">
+      <c r="E109" t="s">
+        <v>434</v>
+      </c>
+      <c r="F109" t="s">
+        <v>11</v>
+      </c>
+      <c r="G109" t="s">
+        <v>12</v>
+      </c>
+      <c r="H109" s="1" t="s">
         <v>435</v>
-      </c>
-[...10 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
-        <v>95024</v>
+        <v>95391</v>
       </c>
       <c r="B110" t="s">
+        <v>436</v>
+      </c>
+      <c r="C110" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="D110" t="s">
         <v>438</v>
       </c>
       <c r="E110" t="s">
         <v>438</v>
       </c>
       <c r="F110" t="s">
         <v>11</v>
       </c>
       <c r="G110" t="s">
         <v>12</v>
       </c>
       <c r="H110" s="1" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
-        <v>94926</v>
+        <v>95217</v>
       </c>
       <c r="B111" t="s">
         <v>440</v>
       </c>
       <c r="C111" t="s">
         <v>441</v>
       </c>
       <c r="D111" t="s">
         <v>442</v>
       </c>
       <c r="E111" t="s">
         <v>442</v>
       </c>
       <c r="F111" t="s">
         <v>11</v>
       </c>
       <c r="G111" t="s">
         <v>12</v>
       </c>
       <c r="H111" s="1" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
-        <v>94899</v>
+        <v>95100</v>
       </c>
       <c r="B112" t="s">
         <v>444</v>
       </c>
       <c r="C112" t="s">
         <v>445</v>
       </c>
       <c r="D112" t="s">
         <v>446</v>
       </c>
       <c r="E112" t="s">
         <v>446</v>
       </c>
       <c r="F112" t="s">
         <v>11</v>
       </c>
       <c r="G112" t="s">
         <v>12</v>
       </c>
       <c r="H112" s="1" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
-        <v>94852</v>
+        <v>95062</v>
       </c>
       <c r="B113" t="s">
         <v>448</v>
       </c>
       <c r="C113" t="s">
         <v>449</v>
       </c>
       <c r="D113" t="s">
         <v>450</v>
       </c>
       <c r="E113" t="s">
         <v>450</v>
       </c>
       <c r="F113" t="s">
         <v>11</v>
       </c>
       <c r="G113" t="s">
         <v>12</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
-        <v>94820</v>
+        <v>95024</v>
       </c>
       <c r="B114" t="s">
         <v>452</v>
       </c>
       <c r="C114" t="s">
+        <v>367</v>
+      </c>
+      <c r="D114" t="s">
         <v>453</v>
       </c>
-      <c r="D114" t="s">
+      <c r="E114" t="s">
+        <v>453</v>
+      </c>
+      <c r="F114" t="s">
+        <v>11</v>
+      </c>
+      <c r="G114" t="s">
+        <v>12</v>
+      </c>
+      <c r="H114" s="1" t="s">
         <v>454</v>
-      </c>
-[...10 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
-        <v>94786</v>
+        <v>94926</v>
       </c>
       <c r="B115" t="s">
+        <v>455</v>
+      </c>
+      <c r="C115" t="s">
         <v>456</v>
       </c>
-      <c r="C115" t="s">
+      <c r="D115" t="s">
         <v>457</v>
       </c>
-      <c r="D115" t="s">
+      <c r="E115" t="s">
+        <v>457</v>
+      </c>
+      <c r="F115" t="s">
+        <v>11</v>
+      </c>
+      <c r="G115" t="s">
+        <v>12</v>
+      </c>
+      <c r="H115" s="1" t="s">
         <v>458</v>
-      </c>
-[...10 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
-        <v>94733</v>
+        <v>94899</v>
       </c>
       <c r="B116" t="s">
+        <v>459</v>
+      </c>
+      <c r="C116" t="s">
         <v>460</v>
       </c>
-      <c r="C116" t="s">
+      <c r="D116" t="s">
         <v>461</v>
       </c>
-      <c r="D116" t="s">
+      <c r="E116" t="s">
+        <v>461</v>
+      </c>
+      <c r="F116" t="s">
+        <v>11</v>
+      </c>
+      <c r="G116" t="s">
+        <v>12</v>
+      </c>
+      <c r="H116" s="1" t="s">
         <v>462</v>
-      </c>
-[...10 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
-        <v>94677</v>
+        <v>94852</v>
       </c>
       <c r="B117" t="s">
+        <v>463</v>
+      </c>
+      <c r="C117" t="s">
         <v>464</v>
       </c>
-      <c r="C117" t="s">
+      <c r="D117" t="s">
         <v>465</v>
       </c>
-      <c r="D117" t="s">
+      <c r="E117" t="s">
+        <v>465</v>
+      </c>
+      <c r="F117" t="s">
+        <v>11</v>
+      </c>
+      <c r="G117" t="s">
+        <v>12</v>
+      </c>
+      <c r="H117" s="1" t="s">
         <v>466</v>
-      </c>
-[...10 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
-        <v>94557</v>
+        <v>94820</v>
       </c>
       <c r="B118" t="s">
+        <v>467</v>
+      </c>
+      <c r="C118" t="s">
         <v>468</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
         <v>469</v>
       </c>
-      <c r="D118" t="s">
+      <c r="E118" t="s">
+        <v>469</v>
+      </c>
+      <c r="F118" t="s">
+        <v>11</v>
+      </c>
+      <c r="G118" t="s">
+        <v>12</v>
+      </c>
+      <c r="H118" s="1" t="s">
         <v>470</v>
-      </c>
-[...10 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
-        <v>94486</v>
+        <v>94786</v>
       </c>
       <c r="B119" t="s">
+        <v>471</v>
+      </c>
+      <c r="C119" t="s">
         <v>472</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119" t="s">
         <v>473</v>
       </c>
-      <c r="D119" t="s">
+      <c r="E119" t="s">
+        <v>473</v>
+      </c>
+      <c r="F119" t="s">
+        <v>11</v>
+      </c>
+      <c r="G119" t="s">
+        <v>12</v>
+      </c>
+      <c r="H119" s="1" t="s">
         <v>474</v>
-      </c>
-[...10 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
-        <v>94406</v>
+        <v>94733</v>
       </c>
       <c r="B120" t="s">
+        <v>475</v>
+      </c>
+      <c r="C120" t="s">
         <v>476</v>
       </c>
-      <c r="C120" t="s">
+      <c r="D120" t="s">
         <v>477</v>
       </c>
-      <c r="D120" t="s">
+      <c r="E120" t="s">
+        <v>477</v>
+      </c>
+      <c r="F120" t="s">
+        <v>11</v>
+      </c>
+      <c r="G120" t="s">
+        <v>12</v>
+      </c>
+      <c r="H120" s="1" t="s">
         <v>478</v>
-      </c>
-[...10 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
-        <v>94291</v>
+        <v>94677</v>
       </c>
       <c r="B121" t="s">
+        <v>479</v>
+      </c>
+      <c r="C121" t="s">
         <v>480</v>
       </c>
-      <c r="C121" t="s">
+      <c r="D121" t="s">
         <v>481</v>
       </c>
-      <c r="D121" t="s">
+      <c r="E121" t="s">
+        <v>481</v>
+      </c>
+      <c r="F121" t="s">
+        <v>11</v>
+      </c>
+      <c r="G121" t="s">
+        <v>12</v>
+      </c>
+      <c r="H121" s="1" t="s">
         <v>482</v>
-      </c>
-[...10 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
-        <v>94230</v>
+        <v>94557</v>
       </c>
       <c r="B122" t="s">
+        <v>483</v>
+      </c>
+      <c r="C122" t="s">
         <v>484</v>
       </c>
-      <c r="C122" t="s">
+      <c r="D122" t="s">
         <v>485</v>
       </c>
-      <c r="D122" t="s">
+      <c r="E122" t="s">
+        <v>485</v>
+      </c>
+      <c r="F122" t="s">
+        <v>11</v>
+      </c>
+      <c r="G122" t="s">
+        <v>12</v>
+      </c>
+      <c r="H122" s="1" t="s">
         <v>486</v>
-      </c>
-[...10 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
-        <v>94124</v>
+        <v>94486</v>
       </c>
       <c r="B123" t="s">
+        <v>487</v>
+      </c>
+      <c r="C123" t="s">
         <v>488</v>
       </c>
-      <c r="C123" t="s">
+      <c r="D123" t="s">
         <v>489</v>
       </c>
-      <c r="D123" t="s">
+      <c r="E123" t="s">
+        <v>489</v>
+      </c>
+      <c r="F123" t="s">
+        <v>11</v>
+      </c>
+      <c r="G123" t="s">
+        <v>12</v>
+      </c>
+      <c r="H123" s="1" t="s">
         <v>490</v>
-      </c>
-[...10 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
-        <v>94021</v>
+        <v>94406</v>
       </c>
       <c r="B124" t="s">
+        <v>491</v>
+      </c>
+      <c r="C124" t="s">
         <v>492</v>
       </c>
-      <c r="C124" t="s">
+      <c r="D124" t="s">
         <v>493</v>
       </c>
-      <c r="D124" t="s">
+      <c r="E124" t="s">
+        <v>493</v>
+      </c>
+      <c r="F124" t="s">
+        <v>11</v>
+      </c>
+      <c r="G124" t="s">
+        <v>12</v>
+      </c>
+      <c r="H124" s="1" t="s">
         <v>494</v>
-      </c>
-[...10 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
-        <v>93833</v>
+        <v>94291</v>
       </c>
       <c r="B125" t="s">
+        <v>495</v>
+      </c>
+      <c r="C125" t="s">
         <v>496</v>
       </c>
-      <c r="C125" t="s">
+      <c r="D125" t="s">
         <v>497</v>
       </c>
-      <c r="D125" t="s">
+      <c r="E125" t="s">
+        <v>497</v>
+      </c>
+      <c r="F125" t="s">
+        <v>11</v>
+      </c>
+      <c r="G125" t="s">
+        <v>12</v>
+      </c>
+      <c r="H125" s="1" t="s">
         <v>498</v>
-      </c>
-[...10 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
-        <v>93829</v>
+        <v>94230</v>
       </c>
       <c r="B126" t="s">
+        <v>499</v>
+      </c>
+      <c r="C126" t="s">
         <v>500</v>
       </c>
-      <c r="C126" t="s">
+      <c r="D126" t="s">
         <v>501</v>
       </c>
-      <c r="D126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E126" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F126" t="s">
         <v>11</v>
       </c>
       <c r="G126" t="s">
         <v>12</v>
       </c>
       <c r="H126" s="1" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
-        <v>93757</v>
+        <v>94124</v>
       </c>
       <c r="B127" t="s">
         <v>503</v>
       </c>
       <c r="C127" t="s">
         <v>504</v>
       </c>
       <c r="D127" t="s">
         <v>505</v>
       </c>
       <c r="E127" t="s">
+        <v>505</v>
+      </c>
+      <c r="F127" t="s">
+        <v>11</v>
+      </c>
+      <c r="G127" t="s">
+        <v>12</v>
+      </c>
+      <c r="H127" s="1" t="s">
         <v>506</v>
-      </c>
-[...7 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
-        <v>93545</v>
+        <v>94021</v>
       </c>
       <c r="B128" t="s">
+        <v>507</v>
+      </c>
+      <c r="C128" t="s">
         <v>508</v>
       </c>
-      <c r="C128" t="s">
+      <c r="D128" t="s">
         <v>509</v>
       </c>
-      <c r="D128" t="s">
+      <c r="E128" t="s">
+        <v>509</v>
+      </c>
+      <c r="F128" t="s">
+        <v>11</v>
+      </c>
+      <c r="G128" t="s">
+        <v>12</v>
+      </c>
+      <c r="H128" s="1" t="s">
         <v>510</v>
-      </c>
-[...10 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
-        <v>93493</v>
+        <v>93833</v>
       </c>
       <c r="B129" t="s">
+        <v>511</v>
+      </c>
+      <c r="C129" t="s">
         <v>512</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D129" t="s">
         <v>513</v>
       </c>
-      <c r="D129" t="s">
+      <c r="E129" t="s">
+        <v>513</v>
+      </c>
+      <c r="F129" t="s">
+        <v>11</v>
+      </c>
+      <c r="G129" t="s">
+        <v>12</v>
+      </c>
+      <c r="H129" s="1" t="s">
         <v>514</v>
-      </c>
-[...10 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
-        <v>93457</v>
+        <v>93829</v>
       </c>
       <c r="B130" t="s">
+        <v>515</v>
+      </c>
+      <c r="C130" t="s">
         <v>516</v>
       </c>
-      <c r="C130" t="s">
+      <c r="D130" t="s">
+        <v>513</v>
+      </c>
+      <c r="E130" t="s">
+        <v>513</v>
+      </c>
+      <c r="F130" t="s">
+        <v>11</v>
+      </c>
+      <c r="G130" t="s">
+        <v>12</v>
+      </c>
+      <c r="H130" s="1" t="s">
         <v>517</v>
-      </c>
-[...13 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
-        <v>93319</v>
+        <v>93757</v>
       </c>
       <c r="B131" t="s">
+        <v>518</v>
+      </c>
+      <c r="C131" t="s">
+        <v>519</v>
+      </c>
+      <c r="D131" t="s">
         <v>520</v>
       </c>
-      <c r="C131" t="s">
+      <c r="E131" t="s">
         <v>521</v>
       </c>
-      <c r="D131" t="s">
+      <c r="F131" t="s">
+        <v>11</v>
+      </c>
+      <c r="G131" t="s">
+        <v>12</v>
+      </c>
+      <c r="H131" s="1" t="s">
         <v>522</v>
-      </c>
-[...10 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
-        <v>93308</v>
+        <v>93545</v>
       </c>
       <c r="B132" t="s">
+        <v>523</v>
+      </c>
+      <c r="C132" t="s">
         <v>524</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>525</v>
       </c>
-      <c r="D132" t="s">
+      <c r="E132" t="s">
+        <v>525</v>
+      </c>
+      <c r="F132" t="s">
+        <v>11</v>
+      </c>
+      <c r="G132" t="s">
+        <v>12</v>
+      </c>
+      <c r="H132" s="1" t="s">
         <v>526</v>
-      </c>
-[...10 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
-        <v>93220</v>
+        <v>93493</v>
       </c>
       <c r="B133" t="s">
+        <v>527</v>
+      </c>
+      <c r="C133" t="s">
         <v>528</v>
       </c>
-      <c r="C133" t="s">
+      <c r="D133" t="s">
         <v>529</v>
       </c>
-      <c r="D133" t="s">
+      <c r="E133" t="s">
+        <v>529</v>
+      </c>
+      <c r="F133" t="s">
+        <v>11</v>
+      </c>
+      <c r="G133" t="s">
+        <v>12</v>
+      </c>
+      <c r="H133" s="1" t="s">
         <v>530</v>
-      </c>
-[...10 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
-        <v>93219</v>
+        <v>93457</v>
       </c>
       <c r="B134" t="s">
+        <v>531</v>
+      </c>
+      <c r="C134" t="s">
         <v>532</v>
       </c>
-      <c r="C134" t="s">
+      <c r="D134" t="s">
         <v>533</v>
       </c>
-      <c r="D134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E134" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="F134" t="s">
         <v>11</v>
       </c>
       <c r="G134" t="s">
         <v>12</v>
       </c>
       <c r="H134" s="1" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
-        <v>93064</v>
+        <v>93319</v>
       </c>
       <c r="B135" t="s">
         <v>535</v>
       </c>
       <c r="C135" t="s">
         <v>536</v>
       </c>
       <c r="D135" t="s">
         <v>537</v>
       </c>
       <c r="E135" t="s">
+        <v>537</v>
+      </c>
+      <c r="F135" t="s">
+        <v>11</v>
+      </c>
+      <c r="G135" t="s">
+        <v>12</v>
+      </c>
+      <c r="H135" s="1" t="s">
         <v>538</v>
-      </c>
-[...7 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
-        <v>92470</v>
+        <v>93308</v>
       </c>
       <c r="B136" t="s">
+        <v>539</v>
+      </c>
+      <c r="C136" t="s">
         <v>540</v>
       </c>
-      <c r="C136" t="s">
+      <c r="D136" t="s">
         <v>541</v>
       </c>
-      <c r="D136" t="s">
+      <c r="E136" t="s">
+        <v>541</v>
+      </c>
+      <c r="F136" t="s">
+        <v>11</v>
+      </c>
+      <c r="G136" t="s">
+        <v>12</v>
+      </c>
+      <c r="H136" s="1" t="s">
         <v>542</v>
-      </c>
-[...10 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
-        <v>92422</v>
+        <v>93220</v>
       </c>
       <c r="B137" t="s">
+        <v>543</v>
+      </c>
+      <c r="C137" t="s">
         <v>544</v>
       </c>
-      <c r="C137" t="s">
+      <c r="D137" t="s">
         <v>545</v>
       </c>
-      <c r="D137" t="s">
+      <c r="E137" t="s">
+        <v>545</v>
+      </c>
+      <c r="F137" t="s">
+        <v>11</v>
+      </c>
+      <c r="G137" t="s">
+        <v>12</v>
+      </c>
+      <c r="H137" s="1" t="s">
         <v>546</v>
-      </c>
-[...10 lines deleted...]
-        <v>547</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
-        <v>92418</v>
+        <v>93219</v>
       </c>
       <c r="B138" t="s">
+        <v>547</v>
+      </c>
+      <c r="C138" t="s">
         <v>548</v>
       </c>
-      <c r="C138" t="s">
+      <c r="D138" t="s">
+        <v>545</v>
+      </c>
+      <c r="E138" t="s">
+        <v>545</v>
+      </c>
+      <c r="F138" t="s">
+        <v>11</v>
+      </c>
+      <c r="G138" t="s">
+        <v>12</v>
+      </c>
+      <c r="H138" s="1" t="s">
         <v>549</v>
-      </c>
-[...13 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
-        <v>92410</v>
+        <v>93064</v>
       </c>
       <c r="B139" t="s">
+        <v>550</v>
+      </c>
+      <c r="C139" t="s">
+        <v>551</v>
+      </c>
+      <c r="D139" t="s">
         <v>552</v>
       </c>
-      <c r="C139" t="s">
+      <c r="E139" t="s">
         <v>553</v>
       </c>
-      <c r="D139" t="s">
+      <c r="F139" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" t="s">
+        <v>12</v>
+      </c>
+      <c r="H139" s="1" t="s">
         <v>554</v>
-      </c>
-[...10 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
-        <v>92283</v>
+        <v>92470</v>
       </c>
       <c r="B140" t="s">
+        <v>555</v>
+      </c>
+      <c r="C140" t="s">
         <v>556</v>
       </c>
-      <c r="C140" t="s">
+      <c r="D140" t="s">
         <v>557</v>
       </c>
-      <c r="D140" t="s">
+      <c r="E140" t="s">
+        <v>557</v>
+      </c>
+      <c r="F140" t="s">
+        <v>11</v>
+      </c>
+      <c r="G140" t="s">
+        <v>12</v>
+      </c>
+      <c r="H140" s="1" t="s">
         <v>558</v>
-      </c>
-[...10 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
-        <v>92280</v>
+        <v>92422</v>
       </c>
       <c r="B141" t="s">
+        <v>559</v>
+      </c>
+      <c r="C141" t="s">
         <v>560</v>
       </c>
-      <c r="C141" t="s">
+      <c r="D141" t="s">
         <v>561</v>
       </c>
-      <c r="D141" t="s">
+      <c r="E141" t="s">
+        <v>561</v>
+      </c>
+      <c r="F141" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" t="s">
+        <v>12</v>
+      </c>
+      <c r="H141" s="1" t="s">
         <v>562</v>
-      </c>
-[...10 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
-        <v>91813</v>
+        <v>92418</v>
       </c>
       <c r="B142" t="s">
+        <v>563</v>
+      </c>
+      <c r="C142" t="s">
         <v>564</v>
       </c>
-      <c r="C142" t="s">
+      <c r="D142" t="s">
         <v>565</v>
       </c>
-      <c r="D142" t="s">
+      <c r="E142" t="s">
+        <v>565</v>
+      </c>
+      <c r="F142" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" t="s">
+        <v>12</v>
+      </c>
+      <c r="H142" s="1" t="s">
         <v>566</v>
-      </c>
-[...10 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
-        <v>91573</v>
+        <v>92410</v>
       </c>
       <c r="B143" t="s">
+        <v>567</v>
+      </c>
+      <c r="C143" t="s">
         <v>568</v>
       </c>
-      <c r="C143" t="s">
+      <c r="D143" t="s">
         <v>569</v>
       </c>
-      <c r="D143" t="s">
+      <c r="E143" t="s">
+        <v>569</v>
+      </c>
+      <c r="F143" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" t="s">
+        <v>12</v>
+      </c>
+      <c r="H143" s="1" t="s">
         <v>570</v>
-      </c>
-[...10 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
-        <v>91444</v>
+        <v>92283</v>
       </c>
       <c r="B144" t="s">
+        <v>571</v>
+      </c>
+      <c r="C144" t="s">
         <v>572</v>
       </c>
-      <c r="C144" t="s">
+      <c r="D144" t="s">
         <v>573</v>
       </c>
-      <c r="D144" t="s">
+      <c r="E144" t="s">
+        <v>573</v>
+      </c>
+      <c r="F144" t="s">
+        <v>11</v>
+      </c>
+      <c r="G144" t="s">
+        <v>12</v>
+      </c>
+      <c r="H144" s="1" t="s">
         <v>574</v>
-      </c>
-[...10 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
-        <v>90971</v>
+        <v>92280</v>
       </c>
       <c r="B145" t="s">
+        <v>575</v>
+      </c>
+      <c r="C145" t="s">
         <v>576</v>
       </c>
-      <c r="C145" t="s">
+      <c r="D145" t="s">
         <v>577</v>
       </c>
-      <c r="D145" t="s">
+      <c r="E145" t="s">
+        <v>577</v>
+      </c>
+      <c r="F145" t="s">
+        <v>11</v>
+      </c>
+      <c r="G145" t="s">
+        <v>12</v>
+      </c>
+      <c r="H145" s="1" t="s">
         <v>578</v>
-      </c>
-[...10 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
-        <v>90679</v>
+        <v>91813</v>
       </c>
       <c r="B146" t="s">
+        <v>579</v>
+      </c>
+      <c r="C146" t="s">
         <v>580</v>
       </c>
-      <c r="C146" t="s">
+      <c r="D146" t="s">
         <v>581</v>
       </c>
-      <c r="D146" t="s">
+      <c r="E146" t="s">
+        <v>581</v>
+      </c>
+      <c r="F146" t="s">
+        <v>11</v>
+      </c>
+      <c r="G146" t="s">
+        <v>12</v>
+      </c>
+      <c r="H146" s="1" t="s">
         <v>582</v>
-      </c>
-[...10 lines deleted...]
-        <v>583</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
-        <v>90603</v>
+        <v>91573</v>
       </c>
       <c r="B147" t="s">
+        <v>583</v>
+      </c>
+      <c r="C147" t="s">
         <v>584</v>
       </c>
-      <c r="C147" t="s">
+      <c r="D147" t="s">
         <v>585</v>
       </c>
-      <c r="D147" t="s">
+      <c r="E147" t="s">
+        <v>585</v>
+      </c>
+      <c r="F147" t="s">
+        <v>11</v>
+      </c>
+      <c r="G147" t="s">
+        <v>12</v>
+      </c>
+      <c r="H147" s="1" t="s">
         <v>586</v>
-      </c>
-[...10 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
-        <v>90544</v>
+        <v>91444</v>
       </c>
       <c r="B148" t="s">
+        <v>587</v>
+      </c>
+      <c r="C148" t="s">
         <v>588</v>
       </c>
-      <c r="C148" t="s">
+      <c r="D148" t="s">
         <v>589</v>
       </c>
-      <c r="D148" t="s">
+      <c r="E148" t="s">
+        <v>589</v>
+      </c>
+      <c r="F148" t="s">
+        <v>11</v>
+      </c>
+      <c r="G148" t="s">
+        <v>12</v>
+      </c>
+      <c r="H148" s="1" t="s">
         <v>590</v>
-      </c>
-[...10 lines deleted...]
-        <v>592</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
-        <v>90278</v>
+        <v>90971</v>
       </c>
       <c r="B149" t="s">
+        <v>591</v>
+      </c>
+      <c r="C149" t="s">
+        <v>592</v>
+      </c>
+      <c r="D149" t="s">
         <v>593</v>
       </c>
-      <c r="C149" t="s">
+      <c r="E149" t="s">
+        <v>593</v>
+      </c>
+      <c r="F149" t="s">
+        <v>11</v>
+      </c>
+      <c r="G149" t="s">
+        <v>12</v>
+      </c>
+      <c r="H149" s="1" t="s">
         <v>594</v>
-      </c>
-[...13 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
-        <v>89900</v>
+        <v>90679</v>
       </c>
       <c r="B150" t="s">
+        <v>595</v>
+      </c>
+      <c r="C150" t="s">
+        <v>596</v>
+      </c>
+      <c r="D150" t="s">
         <v>597</v>
       </c>
-      <c r="C150" t="s">
+      <c r="E150" t="s">
+        <v>597</v>
+      </c>
+      <c r="F150" t="s">
+        <v>11</v>
+      </c>
+      <c r="G150" t="s">
+        <v>12</v>
+      </c>
+      <c r="H150" s="1" t="s">
         <v>598</v>
-      </c>
-[...13 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
-        <v>89407</v>
+        <v>90603</v>
       </c>
       <c r="B151" t="s">
+        <v>599</v>
+      </c>
+      <c r="C151" t="s">
+        <v>600</v>
+      </c>
+      <c r="D151" t="s">
         <v>601</v>
       </c>
-      <c r="C151" t="s">
+      <c r="E151" t="s">
+        <v>601</v>
+      </c>
+      <c r="F151" t="s">
+        <v>11</v>
+      </c>
+      <c r="G151" t="s">
+        <v>12</v>
+      </c>
+      <c r="H151" s="1" t="s">
         <v>602</v>
-      </c>
-[...13 lines deleted...]
-        <v>604</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
-        <v>89178</v>
+        <v>90544</v>
       </c>
       <c r="B152" t="s">
+        <v>603</v>
+      </c>
+      <c r="C152" t="s">
+        <v>604</v>
+      </c>
+      <c r="D152" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="E152" t="s">
         <v>606</v>
       </c>
       <c r="F152" t="s">
         <v>11</v>
       </c>
       <c r="G152" t="s">
         <v>12</v>
       </c>
       <c r="H152" s="1" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
-        <v>89135</v>
+        <v>90278</v>
       </c>
       <c r="B153" t="s">
         <v>608</v>
       </c>
       <c r="C153" t="s">
         <v>609</v>
       </c>
       <c r="D153" t="s">
         <v>610</v>
       </c>
       <c r="E153" t="s">
         <v>610</v>
       </c>
       <c r="F153" t="s">
         <v>11</v>
       </c>
       <c r="G153" t="s">
         <v>12</v>
       </c>
       <c r="H153" s="1" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
-        <v>88668</v>
+        <v>89900</v>
       </c>
       <c r="B154" t="s">
         <v>612</v>
       </c>
       <c r="C154" t="s">
         <v>613</v>
       </c>
       <c r="D154" t="s">
         <v>614</v>
       </c>
       <c r="E154" t="s">
         <v>614</v>
       </c>
       <c r="F154" t="s">
         <v>11</v>
       </c>
       <c r="G154" t="s">
         <v>12</v>
       </c>
       <c r="H154" s="1" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
-        <v>88638</v>
+        <v>89407</v>
       </c>
       <c r="B155" t="s">
         <v>616</v>
       </c>
       <c r="C155" t="s">
         <v>617</v>
       </c>
       <c r="D155" t="s">
         <v>618</v>
       </c>
       <c r="E155" t="s">
+        <v>618</v>
+      </c>
+      <c r="F155" t="s">
+        <v>11</v>
+      </c>
+      <c r="G155" t="s">
+        <v>12</v>
+      </c>
+      <c r="H155" s="1" t="s">
         <v>619</v>
-      </c>
-[...7 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
-        <v>88069</v>
+        <v>89178</v>
       </c>
       <c r="B156" t="s">
+        <v>620</v>
+      </c>
+      <c r="C156" t="s">
+        <v>617</v>
+      </c>
+      <c r="D156" t="s">
         <v>621</v>
       </c>
-      <c r="C156" t="s">
+      <c r="E156" t="s">
+        <v>621</v>
+      </c>
+      <c r="F156" t="s">
+        <v>11</v>
+      </c>
+      <c r="G156" t="s">
+        <v>12</v>
+      </c>
+      <c r="H156" s="1" t="s">
         <v>622</v>
-      </c>
-[...13 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
-        <v>87950</v>
+        <v>89135</v>
       </c>
       <c r="B157" t="s">
+        <v>623</v>
+      </c>
+      <c r="C157" t="s">
+        <v>624</v>
+      </c>
+      <c r="D157" t="s">
         <v>625</v>
       </c>
-      <c r="C157" t="s">
+      <c r="E157" t="s">
+        <v>625</v>
+      </c>
+      <c r="F157" t="s">
+        <v>11</v>
+      </c>
+      <c r="G157" t="s">
+        <v>12</v>
+      </c>
+      <c r="H157" s="1" t="s">
         <v>626</v>
-      </c>
-[...13 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
-        <v>87559</v>
+        <v>88668</v>
       </c>
       <c r="B158" t="s">
+        <v>627</v>
+      </c>
+      <c r="C158" t="s">
+        <v>628</v>
+      </c>
+      <c r="D158" t="s">
         <v>629</v>
       </c>
-      <c r="C158" t="s">
+      <c r="E158" t="s">
+        <v>629</v>
+      </c>
+      <c r="F158" t="s">
+        <v>11</v>
+      </c>
+      <c r="G158" t="s">
+        <v>12</v>
+      </c>
+      <c r="H158" s="1" t="s">
         <v>630</v>
-      </c>
-[...13 lines deleted...]
-        <v>632</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
-        <v>87489</v>
+        <v>88638</v>
       </c>
       <c r="B159" t="s">
+        <v>631</v>
+      </c>
+      <c r="C159" t="s">
+        <v>632</v>
+      </c>
+      <c r="D159" t="s">
         <v>633</v>
       </c>
-      <c r="C159" t="s">
+      <c r="E159" t="s">
         <v>634</v>
       </c>
-      <c r="D159" t="s">
+      <c r="F159" t="s">
+        <v>11</v>
+      </c>
+      <c r="G159" t="s">
+        <v>12</v>
+      </c>
+      <c r="H159" s="1" t="s">
         <v>635</v>
-      </c>
-[...10 lines deleted...]
-        <v>636</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
-        <v>87405</v>
+        <v>88069</v>
       </c>
       <c r="B160" t="s">
+        <v>636</v>
+      </c>
+      <c r="C160" t="s">
         <v>637</v>
       </c>
-      <c r="C160" t="s">
+      <c r="D160" t="s">
         <v>638</v>
       </c>
-      <c r="D160" t="s">
+      <c r="E160" t="s">
+        <v>638</v>
+      </c>
+      <c r="F160" t="s">
+        <v>11</v>
+      </c>
+      <c r="G160" t="s">
+        <v>12</v>
+      </c>
+      <c r="H160" s="1" t="s">
         <v>639</v>
-      </c>
-[...10 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
-        <v>87376</v>
+        <v>87950</v>
       </c>
       <c r="B161" t="s">
+        <v>640</v>
+      </c>
+      <c r="C161" t="s">
         <v>641</v>
       </c>
-      <c r="C161" t="s">
+      <c r="D161" t="s">
         <v>642</v>
       </c>
-      <c r="D161" t="s">
+      <c r="E161" t="s">
+        <v>642</v>
+      </c>
+      <c r="F161" t="s">
+        <v>11</v>
+      </c>
+      <c r="G161" t="s">
+        <v>12</v>
+      </c>
+      <c r="H161" s="1" t="s">
         <v>643</v>
-      </c>
-[...10 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
-        <v>87363</v>
+        <v>87559</v>
       </c>
       <c r="B162" t="s">
+        <v>644</v>
+      </c>
+      <c r="C162" t="s">
+        <v>645</v>
+      </c>
+      <c r="D162" t="s">
         <v>646</v>
       </c>
-      <c r="C162" t="s">
+      <c r="E162" t="s">
+        <v>646</v>
+      </c>
+      <c r="F162" t="s">
+        <v>11</v>
+      </c>
+      <c r="G162" t="s">
+        <v>12</v>
+      </c>
+      <c r="H162" s="1" t="s">
         <v>647</v>
-      </c>
-[...13 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
-        <v>87352</v>
+        <v>87489</v>
       </c>
       <c r="B163" t="s">
+        <v>648</v>
+      </c>
+      <c r="C163" t="s">
+        <v>649</v>
+      </c>
+      <c r="D163" t="s">
         <v>650</v>
       </c>
-      <c r="C163" t="s">
+      <c r="E163" t="s">
+        <v>650</v>
+      </c>
+      <c r="F163" t="s">
+        <v>11</v>
+      </c>
+      <c r="G163" t="s">
+        <v>12</v>
+      </c>
+      <c r="H163" s="1" t="s">
         <v>651</v>
-      </c>
-[...13 lines deleted...]
-        <v>653</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
-        <v>87312</v>
+        <v>87405</v>
       </c>
       <c r="B164" t="s">
+        <v>652</v>
+      </c>
+      <c r="C164" t="s">
+        <v>653</v>
+      </c>
+      <c r="D164" t="s">
         <v>654</v>
       </c>
-      <c r="C164" t="s">
+      <c r="E164" t="s">
+        <v>654</v>
+      </c>
+      <c r="F164" t="s">
+        <v>11</v>
+      </c>
+      <c r="G164" t="s">
+        <v>12</v>
+      </c>
+      <c r="H164" s="1" t="s">
         <v>655</v>
-      </c>
-[...13 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
-        <v>87205</v>
+        <v>87376</v>
       </c>
       <c r="B165" t="s">
+        <v>656</v>
+      </c>
+      <c r="C165" t="s">
+        <v>657</v>
+      </c>
+      <c r="D165" t="s">
         <v>658</v>
       </c>
-      <c r="C165" t="s">
+      <c r="E165" t="s">
         <v>659</v>
       </c>
-      <c r="D165" t="s">
+      <c r="F165" t="s">
+        <v>11</v>
+      </c>
+      <c r="G165" t="s">
+        <v>12</v>
+      </c>
+      <c r="H165" s="1" t="s">
         <v>660</v>
-      </c>
-[...10 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
-        <v>87122</v>
+        <v>87363</v>
       </c>
       <c r="B166" t="s">
+        <v>661</v>
+      </c>
+      <c r="C166" t="s">
         <v>662</v>
       </c>
-      <c r="C166" t="s">
+      <c r="D166" t="s">
         <v>663</v>
       </c>
-      <c r="D166" t="s">
+      <c r="E166" t="s">
+        <v>663</v>
+      </c>
+      <c r="F166" t="s">
+        <v>11</v>
+      </c>
+      <c r="G166" t="s">
+        <v>12</v>
+      </c>
+      <c r="H166" s="1" t="s">
         <v>664</v>
-      </c>
-[...10 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
-        <v>86637</v>
+        <v>87352</v>
       </c>
       <c r="B167" t="s">
+        <v>665</v>
+      </c>
+      <c r="C167" t="s">
         <v>666</v>
       </c>
-      <c r="C167" t="s">
+      <c r="D167" t="s">
         <v>667</v>
       </c>
-      <c r="D167" t="s">
+      <c r="E167" t="s">
+        <v>667</v>
+      </c>
+      <c r="F167" t="s">
+        <v>11</v>
+      </c>
+      <c r="G167" t="s">
+        <v>12</v>
+      </c>
+      <c r="H167" s="1" t="s">
         <v>668</v>
-      </c>
-[...10 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
-        <v>86317</v>
+        <v>87312</v>
       </c>
       <c r="B168" t="s">
+        <v>669</v>
+      </c>
+      <c r="C168" t="s">
         <v>670</v>
       </c>
-      <c r="C168" t="s">
+      <c r="D168" t="s">
         <v>671</v>
       </c>
-      <c r="D168" t="s">
+      <c r="E168" t="s">
+        <v>671</v>
+      </c>
+      <c r="F168" t="s">
+        <v>11</v>
+      </c>
+      <c r="G168" t="s">
+        <v>12</v>
+      </c>
+      <c r="H168" s="1" t="s">
         <v>672</v>
-      </c>
-[...10 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
-        <v>86316</v>
+        <v>87205</v>
       </c>
       <c r="B169" t="s">
+        <v>673</v>
+      </c>
+      <c r="C169" t="s">
         <v>674</v>
       </c>
-      <c r="C169" t="s">
+      <c r="D169" t="s">
         <v>675</v>
       </c>
-      <c r="D169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E169" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="F169" t="s">
         <v>11</v>
       </c>
       <c r="G169" t="s">
         <v>12</v>
       </c>
       <c r="H169" s="1" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
-        <v>86015</v>
+        <v>87122</v>
       </c>
       <c r="B170" t="s">
         <v>677</v>
       </c>
       <c r="C170" t="s">
         <v>678</v>
       </c>
       <c r="D170" t="s">
         <v>679</v>
       </c>
       <c r="E170" t="s">
         <v>679</v>
       </c>
       <c r="F170" t="s">
         <v>11</v>
       </c>
       <c r="G170" t="s">
         <v>12</v>
       </c>
       <c r="H170" s="1" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
-        <v>85981</v>
+        <v>86637</v>
       </c>
       <c r="B171" t="s">
         <v>681</v>
       </c>
       <c r="C171" t="s">
         <v>682</v>
       </c>
       <c r="D171" t="s">
         <v>683</v>
       </c>
       <c r="E171" t="s">
         <v>683</v>
       </c>
       <c r="F171" t="s">
         <v>11</v>
       </c>
       <c r="G171" t="s">
         <v>12</v>
       </c>
       <c r="H171" s="1" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
-        <v>85591</v>
+        <v>86317</v>
       </c>
       <c r="B172" t="s">
         <v>685</v>
       </c>
       <c r="C172" t="s">
         <v>686</v>
       </c>
       <c r="D172" t="s">
         <v>687</v>
       </c>
       <c r="E172" t="s">
         <v>687</v>
       </c>
       <c r="F172" t="s">
         <v>11</v>
       </c>
       <c r="G172" t="s">
         <v>12</v>
       </c>
       <c r="H172" s="1" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
-        <v>85348</v>
+        <v>86316</v>
       </c>
       <c r="B173" t="s">
         <v>689</v>
       </c>
       <c r="C173" t="s">
         <v>690</v>
       </c>
       <c r="D173" t="s">
+        <v>687</v>
+      </c>
+      <c r="E173" t="s">
+        <v>687</v>
+      </c>
+      <c r="F173" t="s">
+        <v>11</v>
+      </c>
+      <c r="G173" t="s">
+        <v>12</v>
+      </c>
+      <c r="H173" s="1" t="s">
         <v>691</v>
-      </c>
-[...10 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
-        <v>85291</v>
+        <v>86015</v>
       </c>
       <c r="B174" t="s">
+        <v>692</v>
+      </c>
+      <c r="C174" t="s">
         <v>693</v>
       </c>
-      <c r="C174" t="s">
+      <c r="D174" t="s">
         <v>694</v>
       </c>
-      <c r="D174" t="s">
+      <c r="E174" t="s">
+        <v>694</v>
+      </c>
+      <c r="F174" t="s">
+        <v>11</v>
+      </c>
+      <c r="G174" t="s">
+        <v>12</v>
+      </c>
+      <c r="H174" s="1" t="s">
         <v>695</v>
-      </c>
-[...10 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
-        <v>85219</v>
+        <v>85981</v>
       </c>
       <c r="B175" t="s">
+        <v>696</v>
+      </c>
+      <c r="C175" t="s">
         <v>697</v>
       </c>
-      <c r="C175" t="s">
+      <c r="D175" t="s">
         <v>698</v>
       </c>
-      <c r="D175" t="s">
+      <c r="E175" t="s">
+        <v>698</v>
+      </c>
+      <c r="F175" t="s">
+        <v>11</v>
+      </c>
+      <c r="G175" t="s">
+        <v>12</v>
+      </c>
+      <c r="H175" s="1" t="s">
         <v>699</v>
-      </c>
-[...10 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
-        <v>85037</v>
+        <v>85591</v>
       </c>
       <c r="B176" t="s">
+        <v>700</v>
+      </c>
+      <c r="C176" t="s">
         <v>701</v>
       </c>
-      <c r="C176" t="s">
+      <c r="D176" t="s">
         <v>702</v>
       </c>
-      <c r="D176" t="s">
+      <c r="E176" t="s">
+        <v>702</v>
+      </c>
+      <c r="F176" t="s">
+        <v>11</v>
+      </c>
+      <c r="G176" t="s">
+        <v>12</v>
+      </c>
+      <c r="H176" s="1" t="s">
         <v>703</v>
-      </c>
-[...10 lines deleted...]
-        <v>704</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
-        <v>85036</v>
+        <v>85348</v>
       </c>
       <c r="B177" t="s">
+        <v>704</v>
+      </c>
+      <c r="C177" t="s">
         <v>705</v>
       </c>
-      <c r="C177" t="s">
+      <c r="D177" t="s">
         <v>706</v>
       </c>
-      <c r="D177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E177" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="F177" t="s">
         <v>11</v>
       </c>
       <c r="G177" t="s">
         <v>12</v>
       </c>
       <c r="H177" s="1" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
-        <v>84995</v>
+        <v>85291</v>
       </c>
       <c r="B178" t="s">
         <v>708</v>
       </c>
       <c r="C178" t="s">
         <v>709</v>
       </c>
       <c r="D178" t="s">
         <v>710</v>
       </c>
       <c r="E178" t="s">
         <v>710</v>
       </c>
       <c r="F178" t="s">
         <v>11</v>
       </c>
       <c r="G178" t="s">
         <v>12</v>
       </c>
       <c r="H178" s="1" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
-        <v>84994</v>
+        <v>85219</v>
       </c>
       <c r="B179" t="s">
         <v>712</v>
       </c>
       <c r="C179" t="s">
         <v>713</v>
       </c>
       <c r="D179" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="E179" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="F179" t="s">
         <v>11</v>
       </c>
       <c r="G179" t="s">
         <v>12</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
-        <v>84913</v>
+        <v>85037</v>
       </c>
       <c r="B180" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C180" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D180" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="E180" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="F180" t="s">
         <v>11</v>
       </c>
       <c r="G180" t="s">
         <v>12</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
-        <v>84912</v>
+        <v>85036</v>
       </c>
       <c r="B181" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C181" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D181" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="E181" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="F181" t="s">
         <v>11</v>
       </c>
       <c r="G181" t="s">
         <v>12</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
-        <v>84535</v>
+        <v>84995</v>
       </c>
       <c r="B182" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C182" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D182" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="E182" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="F182" t="s">
         <v>11</v>
       </c>
       <c r="G182" t="s">
         <v>12</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
-        <v>84484</v>
+        <v>84994</v>
       </c>
       <c r="B183" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C183" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="D183" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="E183" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="F183" t="s">
         <v>11</v>
       </c>
       <c r="G183" t="s">
         <v>12</v>
       </c>
       <c r="H183" s="1" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
-        <v>84473</v>
+        <v>84913</v>
       </c>
       <c r="B184" t="s">
         <v>730</v>
       </c>
       <c r="C184" t="s">
         <v>731</v>
       </c>
       <c r="D184" t="s">
         <v>732</v>
       </c>
       <c r="E184" t="s">
         <v>732</v>
       </c>
       <c r="F184" t="s">
         <v>11</v>
       </c>
       <c r="G184" t="s">
         <v>12</v>
       </c>
       <c r="H184" s="1" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
-        <v>84366</v>
+        <v>84912</v>
       </c>
       <c r="B185" t="s">
         <v>734</v>
       </c>
       <c r="C185" t="s">
         <v>735</v>
       </c>
       <c r="D185" t="s">
+        <v>732</v>
+      </c>
+      <c r="E185" t="s">
+        <v>732</v>
+      </c>
+      <c r="F185" t="s">
+        <v>11</v>
+      </c>
+      <c r="G185" t="s">
+        <v>12</v>
+      </c>
+      <c r="H185" s="1" t="s">
         <v>736</v>
-      </c>
-[...10 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
-        <v>84297</v>
+        <v>84535</v>
       </c>
       <c r="B186" t="s">
+        <v>737</v>
+      </c>
+      <c r="C186" t="s">
         <v>738</v>
       </c>
-      <c r="C186" t="s">
+      <c r="D186" t="s">
         <v>739</v>
       </c>
-      <c r="D186" t="s">
+      <c r="E186" t="s">
+        <v>739</v>
+      </c>
+      <c r="F186" t="s">
+        <v>11</v>
+      </c>
+      <c r="G186" t="s">
+        <v>12</v>
+      </c>
+      <c r="H186" s="1" t="s">
         <v>740</v>
-      </c>
-[...10 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
-        <v>84262</v>
+        <v>84484</v>
       </c>
       <c r="B187" t="s">
+        <v>741</v>
+      </c>
+      <c r="C187" t="s">
         <v>742</v>
       </c>
-      <c r="C187" t="s">
+      <c r="D187" t="s">
         <v>743</v>
       </c>
-      <c r="D187" t="s">
+      <c r="E187" t="s">
+        <v>743</v>
+      </c>
+      <c r="F187" t="s">
+        <v>11</v>
+      </c>
+      <c r="G187" t="s">
+        <v>12</v>
+      </c>
+      <c r="H187" s="1" t="s">
         <v>744</v>
-      </c>
-[...10 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
-        <v>84185</v>
+        <v>84473</v>
       </c>
       <c r="B188" t="s">
+        <v>745</v>
+      </c>
+      <c r="C188" t="s">
         <v>746</v>
       </c>
-      <c r="C188" t="s">
+      <c r="D188" t="s">
         <v>747</v>
       </c>
-      <c r="D188" t="s">
+      <c r="E188" t="s">
+        <v>747</v>
+      </c>
+      <c r="F188" t="s">
+        <v>11</v>
+      </c>
+      <c r="G188" t="s">
+        <v>12</v>
+      </c>
+      <c r="H188" s="1" t="s">
         <v>748</v>
-      </c>
-[...10 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
-        <v>84184</v>
+        <v>84366</v>
       </c>
       <c r="B189" t="s">
+        <v>749</v>
+      </c>
+      <c r="C189" t="s">
         <v>750</v>
       </c>
-      <c r="C189" t="s">
+      <c r="D189" t="s">
         <v>751</v>
       </c>
-      <c r="D189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E189" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="F189" t="s">
         <v>11</v>
       </c>
       <c r="G189" t="s">
         <v>12</v>
       </c>
       <c r="H189" s="1" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
-        <v>84126</v>
+        <v>84297</v>
       </c>
       <c r="B190" t="s">
         <v>753</v>
       </c>
       <c r="C190" t="s">
         <v>754</v>
       </c>
       <c r="D190" t="s">
         <v>755</v>
       </c>
       <c r="E190" t="s">
+        <v>755</v>
+      </c>
+      <c r="F190" t="s">
+        <v>11</v>
+      </c>
+      <c r="G190" t="s">
+        <v>12</v>
+      </c>
+      <c r="H190" s="1" t="s">
         <v>756</v>
-      </c>
-[...7 lines deleted...]
-        <v>757</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
-        <v>84081</v>
+        <v>84262</v>
       </c>
       <c r="B191" t="s">
+        <v>757</v>
+      </c>
+      <c r="C191" t="s">
         <v>758</v>
       </c>
-      <c r="C191" t="s">
+      <c r="D191" t="s">
         <v>759</v>
       </c>
-      <c r="D191" t="s">
+      <c r="E191" t="s">
+        <v>759</v>
+      </c>
+      <c r="F191" t="s">
+        <v>11</v>
+      </c>
+      <c r="G191" t="s">
+        <v>12</v>
+      </c>
+      <c r="H191" s="1" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>761</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
-        <v>84064</v>
+        <v>84185</v>
       </c>
       <c r="B192" t="s">
+        <v>761</v>
+      </c>
+      <c r="C192" t="s">
         <v>762</v>
       </c>
-      <c r="C192" t="s">
+      <c r="D192" t="s">
         <v>763</v>
       </c>
-      <c r="D192" t="s">
+      <c r="E192" t="s">
+        <v>763</v>
+      </c>
+      <c r="F192" t="s">
+        <v>11</v>
+      </c>
+      <c r="G192" t="s">
+        <v>12</v>
+      </c>
+      <c r="H192" s="1" t="s">
         <v>764</v>
-      </c>
-[...10 lines deleted...]
-        <v>765</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
-        <v>66410</v>
+        <v>84184</v>
       </c>
       <c r="B193" t="s">
+        <v>765</v>
+      </c>
+      <c r="C193" t="s">
         <v>766</v>
       </c>
-      <c r="C193" t="s">
+      <c r="D193" t="s">
+        <v>763</v>
+      </c>
+      <c r="E193" t="s">
+        <v>763</v>
+      </c>
+      <c r="F193" t="s">
+        <v>11</v>
+      </c>
+      <c r="G193" t="s">
+        <v>12</v>
+      </c>
+      <c r="H193" s="1" t="s">
         <v>767</v>
-      </c>
-[...13 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
-        <v>66409</v>
+        <v>84126</v>
       </c>
       <c r="B194" t="s">
+        <v>768</v>
+      </c>
+      <c r="C194" t="s">
+        <v>769</v>
+      </c>
+      <c r="D194" t="s">
         <v>770</v>
       </c>
-      <c r="C194" t="s">
+      <c r="E194" t="s">
         <v>771</v>
       </c>
-      <c r="D194" t="s">
+      <c r="F194" t="s">
+        <v>11</v>
+      </c>
+      <c r="G194" t="s">
+        <v>12</v>
+      </c>
+      <c r="H194" s="1" t="s">
         <v>772</v>
-      </c>
-[...10 lines deleted...]
-        <v>773</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
-        <v>7539</v>
+        <v>84081</v>
       </c>
       <c r="B195" t="s">
+        <v>773</v>
+      </c>
+      <c r="C195" t="s">
         <v>774</v>
       </c>
-      <c r="C195" t="s">
+      <c r="D195" t="s">
         <v>775</v>
       </c>
-      <c r="D195" t="s">
+      <c r="E195" t="s">
+        <v>775</v>
+      </c>
+      <c r="F195" t="s">
+        <v>11</v>
+      </c>
+      <c r="G195" t="s">
+        <v>12</v>
+      </c>
+      <c r="H195" s="1" t="s">
         <v>776</v>
-      </c>
-[...10 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
-        <v>7449</v>
+        <v>84064</v>
       </c>
       <c r="B196" t="s">
+        <v>777</v>
+      </c>
+      <c r="C196" t="s">
         <v>778</v>
       </c>
-      <c r="C196" t="s">
+      <c r="D196" t="s">
         <v>779</v>
       </c>
-      <c r="D196" t="s">
+      <c r="E196" t="s">
+        <v>779</v>
+      </c>
+      <c r="F196" t="s">
+        <v>779</v>
+      </c>
+      <c r="G196" t="s">
+        <v>12</v>
+      </c>
+      <c r="H196" s="1" t="s">
         <v>780</v>
-      </c>
-[...10 lines deleted...]
-        <v>781</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
-        <v>7544</v>
+        <v>66410</v>
       </c>
       <c r="B197" t="s">
+        <v>781</v>
+      </c>
+      <c r="C197" t="s">
         <v>782</v>
       </c>
-      <c r="C197" t="s">
+      <c r="D197" t="s">
         <v>783</v>
       </c>
-      <c r="D197" t="s">
+      <c r="E197" t="s">
+        <v>11</v>
+      </c>
+      <c r="F197" t="s">
+        <v>11</v>
+      </c>
+      <c r="G197" t="s">
+        <v>12</v>
+      </c>
+      <c r="H197" s="1" t="s">
         <v>784</v>
-      </c>
-[...10 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
-        <v>7543</v>
+        <v>66409</v>
       </c>
       <c r="B198" t="s">
+        <v>785</v>
+      </c>
+      <c r="C198" t="s">
         <v>786</v>
       </c>
-      <c r="C198" t="s">
+      <c r="D198" t="s">
         <v>787</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" t="s">
         <v>11</v>
       </c>
       <c r="G198" t="s">
         <v>12</v>
       </c>
       <c r="H198" s="1" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
-        <v>7551</v>
+        <v>7539</v>
       </c>
       <c r="B199" t="s">
         <v>789</v>
       </c>
       <c r="C199" t="s">
         <v>790</v>
       </c>
       <c r="D199" t="s">
         <v>791</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" t="s">
         <v>11</v>
       </c>
       <c r="G199" t="s">
         <v>12</v>
       </c>
       <c r="H199" s="1" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
-        <v>7552</v>
+        <v>7449</v>
       </c>
       <c r="B200" t="s">
         <v>793</v>
       </c>
       <c r="C200" t="s">
         <v>794</v>
       </c>
       <c r="D200" t="s">
         <v>795</v>
       </c>
       <c r="E200" t="s">
         <v>11</v>
       </c>
       <c r="F200" t="s">
         <v>11</v>
       </c>
       <c r="G200" t="s">
         <v>12</v>
       </c>
       <c r="H200" s="1" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
-        <v>7553</v>
+        <v>7544</v>
       </c>
       <c r="B201" t="s">
         <v>797</v>
       </c>
       <c r="C201" t="s">
         <v>798</v>
       </c>
       <c r="D201" t="s">
         <v>799</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201" t="s">
         <v>11</v>
       </c>
       <c r="G201" t="s">
         <v>12</v>
       </c>
       <c r="H201" s="1" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
-        <v>7559</v>
+        <v>7543</v>
       </c>
       <c r="B202" t="s">
         <v>801</v>
       </c>
       <c r="C202" t="s">
         <v>802</v>
       </c>
       <c r="D202" t="s">
+        <v>799</v>
+      </c>
+      <c r="E202" t="s">
+        <v>11</v>
+      </c>
+      <c r="F202" t="s">
+        <v>11</v>
+      </c>
+      <c r="G202" t="s">
+        <v>12</v>
+      </c>
+      <c r="H202" s="1" t="s">
         <v>803</v>
-      </c>
-[...10 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
-        <v>7560</v>
+        <v>7551</v>
       </c>
       <c r="B203" t="s">
+        <v>804</v>
+      </c>
+      <c r="C203" t="s">
         <v>805</v>
       </c>
-      <c r="C203" t="s">
+      <c r="D203" t="s">
         <v>806</v>
       </c>
-      <c r="D203" t="s">
+      <c r="E203" t="s">
+        <v>11</v>
+      </c>
+      <c r="F203" t="s">
+        <v>11</v>
+      </c>
+      <c r="G203" t="s">
+        <v>12</v>
+      </c>
+      <c r="H203" s="1" t="s">
         <v>807</v>
-      </c>
-[...10 lines deleted...]
-        <v>808</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
-        <v>7562</v>
+        <v>7552</v>
       </c>
       <c r="B204" t="s">
+        <v>808</v>
+      </c>
+      <c r="C204" t="s">
         <v>809</v>
       </c>
-      <c r="C204" t="s">
+      <c r="D204" t="s">
         <v>810</v>
       </c>
-      <c r="D204" t="s">
+      <c r="E204" t="s">
+        <v>11</v>
+      </c>
+      <c r="F204" t="s">
+        <v>11</v>
+      </c>
+      <c r="G204" t="s">
+        <v>12</v>
+      </c>
+      <c r="H204" s="1" t="s">
         <v>811</v>
-      </c>
-[...10 lines deleted...]
-        <v>812</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
-        <v>7565</v>
+        <v>7553</v>
       </c>
       <c r="B205" t="s">
+        <v>812</v>
+      </c>
+      <c r="C205" t="s">
         <v>813</v>
       </c>
-      <c r="C205" t="s">
+      <c r="D205" t="s">
         <v>814</v>
       </c>
-      <c r="D205" t="s">
+      <c r="E205" t="s">
+        <v>11</v>
+      </c>
+      <c r="F205" t="s">
+        <v>11</v>
+      </c>
+      <c r="G205" t="s">
+        <v>12</v>
+      </c>
+      <c r="H205" s="1" t="s">
         <v>815</v>
-      </c>
-[...10 lines deleted...]
-        <v>816</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
-        <v>7564</v>
+        <v>7559</v>
       </c>
       <c r="B206" t="s">
+        <v>816</v>
+      </c>
+      <c r="C206" t="s">
         <v>817</v>
       </c>
-      <c r="C206" t="s">
+      <c r="D206" t="s">
         <v>818</v>
-      </c>
-[...1 lines deleted...]
-        <v>815</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" t="s">
         <v>11</v>
       </c>
       <c r="G206" t="s">
         <v>12</v>
       </c>
       <c r="H206" s="1" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
-        <v>7568</v>
+        <v>7560</v>
       </c>
       <c r="B207" t="s">
         <v>820</v>
       </c>
       <c r="C207" t="s">
         <v>821</v>
       </c>
       <c r="D207" t="s">
         <v>822</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" t="s">
         <v>11</v>
       </c>
       <c r="G207" t="s">
         <v>12</v>
       </c>
       <c r="H207" s="1" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
-        <v>7570</v>
+        <v>7562</v>
       </c>
       <c r="B208" t="s">
         <v>824</v>
       </c>
       <c r="C208" t="s">
         <v>825</v>
       </c>
       <c r="D208" t="s">
         <v>826</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" t="s">
         <v>11</v>
       </c>
       <c r="G208" t="s">
         <v>12</v>
       </c>
       <c r="H208" s="1" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
-        <v>7573</v>
+        <v>7565</v>
       </c>
       <c r="B209" t="s">
         <v>828</v>
       </c>
       <c r="C209" t="s">
         <v>829</v>
       </c>
       <c r="D209" t="s">
         <v>830</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" t="s">
         <v>11</v>
       </c>
       <c r="G209" t="s">
         <v>12</v>
       </c>
       <c r="H209" s="1" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
-        <v>7576</v>
+        <v>7564</v>
       </c>
       <c r="B210" t="s">
         <v>832</v>
       </c>
       <c r="C210" t="s">
         <v>833</v>
       </c>
       <c r="D210" t="s">
+        <v>830</v>
+      </c>
+      <c r="E210" t="s">
+        <v>11</v>
+      </c>
+      <c r="F210" t="s">
+        <v>11</v>
+      </c>
+      <c r="G210" t="s">
+        <v>12</v>
+      </c>
+      <c r="H210" s="1" t="s">
         <v>834</v>
-      </c>
-[...10 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
-        <v>7575</v>
+        <v>7568</v>
       </c>
       <c r="B211" t="s">
+        <v>835</v>
+      </c>
+      <c r="C211" t="s">
         <v>836</v>
       </c>
-      <c r="C211" t="s">
+      <c r="D211" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>834</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" t="s">
         <v>11</v>
       </c>
       <c r="G211" t="s">
         <v>12</v>
       </c>
       <c r="H211" s="1" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
-        <v>7577</v>
+        <v>7570</v>
       </c>
       <c r="B212" t="s">
         <v>839</v>
       </c>
       <c r="C212" t="s">
         <v>840</v>
       </c>
       <c r="D212" t="s">
         <v>841</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" t="s">
         <v>11</v>
       </c>
       <c r="G212" t="s">
         <v>12</v>
       </c>
       <c r="H212" s="1" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
-        <v>7578</v>
+        <v>7573</v>
       </c>
       <c r="B213" t="s">
         <v>843</v>
       </c>
       <c r="C213" t="s">
         <v>844</v>
       </c>
       <c r="D213" t="s">
         <v>845</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" t="s">
         <v>11</v>
       </c>
       <c r="G213" t="s">
         <v>12</v>
       </c>
       <c r="H213" s="1" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
-        <v>7581</v>
+        <v>7576</v>
       </c>
       <c r="B214" t="s">
         <v>847</v>
       </c>
       <c r="C214" t="s">
         <v>848</v>
       </c>
       <c r="D214" t="s">
         <v>849</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" t="s">
         <v>11</v>
       </c>
       <c r="G214" t="s">
         <v>12</v>
       </c>
       <c r="H214" s="1" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
-        <v>7584</v>
+        <v>7575</v>
       </c>
       <c r="B215" t="s">
         <v>851</v>
       </c>
       <c r="C215" t="s">
         <v>852</v>
       </c>
       <c r="D215" t="s">
+        <v>849</v>
+      </c>
+      <c r="E215" t="s">
+        <v>11</v>
+      </c>
+      <c r="F215" t="s">
+        <v>11</v>
+      </c>
+      <c r="G215" t="s">
+        <v>12</v>
+      </c>
+      <c r="H215" s="1" t="s">
         <v>853</v>
-      </c>
-[...10 lines deleted...]
-        <v>854</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
-        <v>7585</v>
+        <v>7577</v>
       </c>
       <c r="B216" t="s">
+        <v>854</v>
+      </c>
+      <c r="C216" t="s">
         <v>855</v>
       </c>
-      <c r="C216" t="s">
+      <c r="D216" t="s">
         <v>856</v>
       </c>
-      <c r="D216" t="s">
+      <c r="E216" t="s">
+        <v>11</v>
+      </c>
+      <c r="F216" t="s">
+        <v>11</v>
+      </c>
+      <c r="G216" t="s">
+        <v>12</v>
+      </c>
+      <c r="H216" s="1" t="s">
         <v>857</v>
-      </c>
-[...10 lines deleted...]
-        <v>858</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
-        <v>7588</v>
+        <v>7578</v>
       </c>
       <c r="B217" t="s">
+        <v>858</v>
+      </c>
+      <c r="C217" t="s">
         <v>859</v>
       </c>
-      <c r="C217" t="s">
+      <c r="D217" t="s">
         <v>860</v>
       </c>
-      <c r="D217" t="s">
+      <c r="E217" t="s">
+        <v>11</v>
+      </c>
+      <c r="F217" t="s">
+        <v>11</v>
+      </c>
+      <c r="G217" t="s">
+        <v>12</v>
+      </c>
+      <c r="H217" s="1" t="s">
         <v>861</v>
-      </c>
-[...10 lines deleted...]
-        <v>862</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
-        <v>7592</v>
+        <v>7581</v>
       </c>
       <c r="B218" t="s">
+        <v>862</v>
+      </c>
+      <c r="C218" t="s">
         <v>863</v>
       </c>
-      <c r="C218" t="s">
+      <c r="D218" t="s">
         <v>864</v>
       </c>
-      <c r="D218" t="s">
+      <c r="E218" t="s">
+        <v>11</v>
+      </c>
+      <c r="F218" t="s">
+        <v>11</v>
+      </c>
+      <c r="G218" t="s">
+        <v>12</v>
+      </c>
+      <c r="H218" s="1" t="s">
         <v>865</v>
-      </c>
-[...10 lines deleted...]
-        <v>866</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
-        <v>7601</v>
+        <v>7584</v>
       </c>
       <c r="B219" t="s">
+        <v>866</v>
+      </c>
+      <c r="C219" t="s">
         <v>867</v>
       </c>
-      <c r="C219" t="s">
+      <c r="D219" t="s">
         <v>868</v>
       </c>
-      <c r="D219" t="s">
+      <c r="E219" t="s">
+        <v>11</v>
+      </c>
+      <c r="F219" t="s">
+        <v>11</v>
+      </c>
+      <c r="G219" t="s">
+        <v>12</v>
+      </c>
+      <c r="H219" s="1" t="s">
         <v>869</v>
-      </c>
-[...10 lines deleted...]
-        <v>870</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
-        <v>7598</v>
+        <v>7585</v>
       </c>
       <c r="B220" t="s">
+        <v>870</v>
+      </c>
+      <c r="C220" t="s">
         <v>871</v>
       </c>
-      <c r="C220" t="s">
+      <c r="D220" t="s">
         <v>872</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" t="s">
         <v>11</v>
       </c>
       <c r="G220" t="s">
         <v>12</v>
       </c>
       <c r="H220" s="1" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
-        <v>7602</v>
+        <v>7588</v>
       </c>
       <c r="B221" t="s">
         <v>874</v>
       </c>
       <c r="C221" t="s">
         <v>875</v>
       </c>
       <c r="D221" t="s">
         <v>876</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" t="s">
         <v>11</v>
       </c>
       <c r="G221" t="s">
         <v>12</v>
       </c>
       <c r="H221" s="1" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
-        <v>7603</v>
+        <v>7592</v>
       </c>
       <c r="B222" t="s">
         <v>878</v>
       </c>
       <c r="C222" t="s">
         <v>879</v>
       </c>
       <c r="D222" t="s">
         <v>880</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" t="s">
         <v>11</v>
       </c>
       <c r="G222" t="s">
         <v>12</v>
       </c>
       <c r="H222" s="1" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
-        <v>7605</v>
+        <v>7601</v>
       </c>
       <c r="B223" t="s">
         <v>882</v>
       </c>
       <c r="C223" t="s">
         <v>883</v>
       </c>
       <c r="D223" t="s">
         <v>884</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" t="s">
         <v>11</v>
       </c>
       <c r="G223" t="s">
         <v>12</v>
       </c>
       <c r="H223" s="1" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
-        <v>7609</v>
+        <v>7598</v>
       </c>
       <c r="B224" t="s">
         <v>886</v>
       </c>
       <c r="C224" t="s">
         <v>887</v>
       </c>
       <c r="D224" t="s">
+        <v>884</v>
+      </c>
+      <c r="E224" t="s">
+        <v>11</v>
+      </c>
+      <c r="F224" t="s">
+        <v>11</v>
+      </c>
+      <c r="G224" t="s">
+        <v>12</v>
+      </c>
+      <c r="H224" s="1" t="s">
         <v>888</v>
-      </c>
-[...10 lines deleted...]
-        <v>889</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
-        <v>7608</v>
+        <v>7602</v>
       </c>
       <c r="B225" t="s">
+        <v>889</v>
+      </c>
+      <c r="C225" t="s">
         <v>890</v>
       </c>
-      <c r="C225" t="s">
+      <c r="D225" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>888</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" t="s">
         <v>11</v>
       </c>
       <c r="G225" t="s">
         <v>12</v>
       </c>
       <c r="H225" s="1" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
-        <v>7613</v>
+        <v>7603</v>
       </c>
       <c r="B226" t="s">
         <v>893</v>
       </c>
       <c r="C226" t="s">
         <v>894</v>
       </c>
       <c r="D226" t="s">
         <v>895</v>
       </c>
       <c r="E226" t="s">
         <v>11</v>
       </c>
       <c r="F226" t="s">
         <v>11</v>
       </c>
       <c r="G226" t="s">
         <v>12</v>
       </c>
       <c r="H226" s="1" t="s">
         <v>896</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
-        <v>7615</v>
+        <v>7605</v>
       </c>
       <c r="B227" t="s">
         <v>897</v>
       </c>
       <c r="C227" t="s">
         <v>898</v>
       </c>
       <c r="D227" t="s">
         <v>899</v>
       </c>
       <c r="E227" t="s">
         <v>11</v>
       </c>
       <c r="F227" t="s">
         <v>11</v>
       </c>
       <c r="G227" t="s">
         <v>12</v>
       </c>
       <c r="H227" s="1" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
-        <v>7621</v>
+        <v>7609</v>
       </c>
       <c r="B228" t="s">
         <v>901</v>
       </c>
       <c r="C228" t="s">
         <v>902</v>
       </c>
       <c r="D228" t="s">
         <v>903</v>
       </c>
       <c r="E228" t="s">
         <v>11</v>
       </c>
       <c r="F228" t="s">
         <v>11</v>
       </c>
       <c r="G228" t="s">
         <v>12</v>
       </c>
       <c r="H228" s="1" t="s">
         <v>904</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
-        <v>7623</v>
+        <v>7608</v>
       </c>
       <c r="B229" t="s">
         <v>905</v>
       </c>
       <c r="C229" t="s">
         <v>906</v>
       </c>
       <c r="D229" t="s">
+        <v>903</v>
+      </c>
+      <c r="E229" t="s">
+        <v>11</v>
+      </c>
+      <c r="F229" t="s">
+        <v>11</v>
+      </c>
+      <c r="G229" t="s">
+        <v>12</v>
+      </c>
+      <c r="H229" s="1" t="s">
         <v>907</v>
-      </c>
-[...10 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
-        <v>7624</v>
+        <v>7613</v>
       </c>
       <c r="B230" t="s">
+        <v>908</v>
+      </c>
+      <c r="C230" t="s">
         <v>909</v>
       </c>
-      <c r="C230" t="s">
+      <c r="D230" t="s">
         <v>910</v>
       </c>
-      <c r="D230" t="s">
+      <c r="E230" t="s">
+        <v>11</v>
+      </c>
+      <c r="F230" t="s">
+        <v>11</v>
+      </c>
+      <c r="G230" t="s">
+        <v>12</v>
+      </c>
+      <c r="H230" s="1" t="s">
         <v>911</v>
-      </c>
-[...10 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
-        <v>7626</v>
+        <v>7615</v>
       </c>
       <c r="B231" t="s">
+        <v>912</v>
+      </c>
+      <c r="C231" t="s">
         <v>913</v>
       </c>
-      <c r="C231" t="s">
+      <c r="D231" t="s">
         <v>914</v>
       </c>
-      <c r="D231" t="s">
+      <c r="E231" t="s">
+        <v>11</v>
+      </c>
+      <c r="F231" t="s">
+        <v>11</v>
+      </c>
+      <c r="G231" t="s">
+        <v>12</v>
+      </c>
+      <c r="H231" s="1" t="s">
         <v>915</v>
-      </c>
-[...10 lines deleted...]
-        <v>916</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
-        <v>7627</v>
+        <v>7621</v>
       </c>
       <c r="B232" t="s">
+        <v>916</v>
+      </c>
+      <c r="C232" t="s">
         <v>917</v>
       </c>
-      <c r="C232" t="s">
+      <c r="D232" t="s">
         <v>918</v>
       </c>
-      <c r="D232" t="s">
+      <c r="E232" t="s">
+        <v>11</v>
+      </c>
+      <c r="F232" t="s">
+        <v>11</v>
+      </c>
+      <c r="G232" t="s">
+        <v>12</v>
+      </c>
+      <c r="H232" s="1" t="s">
         <v>919</v>
-      </c>
-[...10 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
-        <v>7632</v>
+        <v>7623</v>
       </c>
       <c r="B233" t="s">
+        <v>920</v>
+      </c>
+      <c r="C233" t="s">
         <v>921</v>
       </c>
-      <c r="C233" t="s">
+      <c r="D233" t="s">
         <v>922</v>
       </c>
-      <c r="D233" t="s">
+      <c r="E233" t="s">
+        <v>11</v>
+      </c>
+      <c r="F233" t="s">
+        <v>11</v>
+      </c>
+      <c r="G233" t="s">
+        <v>12</v>
+      </c>
+      <c r="H233" s="1" t="s">
         <v>923</v>
-      </c>
-[...10 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
-        <v>7633</v>
+        <v>7624</v>
       </c>
       <c r="B234" t="s">
+        <v>924</v>
+      </c>
+      <c r="C234" t="s">
         <v>925</v>
       </c>
-      <c r="C234" t="s">
+      <c r="D234" t="s">
         <v>926</v>
       </c>
-      <c r="D234" t="s">
+      <c r="E234" t="s">
+        <v>11</v>
+      </c>
+      <c r="F234" t="s">
+        <v>11</v>
+      </c>
+      <c r="G234" t="s">
+        <v>12</v>
+      </c>
+      <c r="H234" s="1" t="s">
         <v>927</v>
-      </c>
-[...10 lines deleted...]
-        <v>928</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
-        <v>7634</v>
+        <v>7626</v>
       </c>
       <c r="B235" t="s">
+        <v>928</v>
+      </c>
+      <c r="C235" t="s">
         <v>929</v>
       </c>
-      <c r="C235" t="s">
+      <c r="D235" t="s">
         <v>930</v>
       </c>
-      <c r="D235" t="s">
+      <c r="E235" t="s">
+        <v>11</v>
+      </c>
+      <c r="F235" t="s">
+        <v>11</v>
+      </c>
+      <c r="G235" t="s">
+        <v>12</v>
+      </c>
+      <c r="H235" s="1" t="s">
         <v>931</v>
-      </c>
-[...10 lines deleted...]
-        <v>932</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
-        <v>7640</v>
+        <v>7627</v>
       </c>
       <c r="B236" t="s">
+        <v>932</v>
+      </c>
+      <c r="C236" t="s">
         <v>933</v>
       </c>
-      <c r="C236" t="s">
+      <c r="D236" t="s">
         <v>934</v>
       </c>
-      <c r="D236" t="s">
+      <c r="E236" t="s">
+        <v>11</v>
+      </c>
+      <c r="F236" t="s">
+        <v>11</v>
+      </c>
+      <c r="G236" t="s">
+        <v>12</v>
+      </c>
+      <c r="H236" s="1" t="s">
         <v>935</v>
-      </c>
-[...10 lines deleted...]
-        <v>936</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
-        <v>7643</v>
+        <v>7632</v>
       </c>
       <c r="B237" t="s">
+        <v>936</v>
+      </c>
+      <c r="C237" t="s">
         <v>937</v>
       </c>
-      <c r="C237" t="s">
+      <c r="D237" t="s">
         <v>938</v>
       </c>
-      <c r="D237" t="s">
+      <c r="E237" t="s">
+        <v>11</v>
+      </c>
+      <c r="F237" t="s">
+        <v>11</v>
+      </c>
+      <c r="G237" t="s">
+        <v>12</v>
+      </c>
+      <c r="H237" s="1" t="s">
         <v>939</v>
-      </c>
-[...10 lines deleted...]
-        <v>940</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
-        <v>7644</v>
+        <v>7633</v>
       </c>
       <c r="B238" t="s">
+        <v>940</v>
+      </c>
+      <c r="C238" t="s">
         <v>941</v>
       </c>
-      <c r="C238" t="s">
+      <c r="D238" t="s">
         <v>942</v>
       </c>
-      <c r="D238" t="s">
+      <c r="E238" t="s">
+        <v>11</v>
+      </c>
+      <c r="F238" t="s">
+        <v>11</v>
+      </c>
+      <c r="G238" t="s">
+        <v>12</v>
+      </c>
+      <c r="H238" s="1" t="s">
         <v>943</v>
-      </c>
-[...10 lines deleted...]
-        <v>944</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
-        <v>7645</v>
+        <v>7634</v>
       </c>
       <c r="B239" t="s">
+        <v>944</v>
+      </c>
+      <c r="C239" t="s">
         <v>945</v>
       </c>
-      <c r="C239" t="s">
+      <c r="D239" t="s">
         <v>946</v>
       </c>
-      <c r="D239" t="s">
+      <c r="E239" t="s">
+        <v>11</v>
+      </c>
+      <c r="F239" t="s">
+        <v>11</v>
+      </c>
+      <c r="G239" t="s">
+        <v>12</v>
+      </c>
+      <c r="H239" s="1" t="s">
         <v>947</v>
-      </c>
-[...10 lines deleted...]
-        <v>948</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
+        <v>7640</v>
+      </c>
+      <c r="B240" t="s">
+        <v>948</v>
+      </c>
+      <c r="C240" t="s">
+        <v>949</v>
+      </c>
+      <c r="D240" t="s">
+        <v>950</v>
+      </c>
+      <c r="E240" t="s">
+        <v>11</v>
+      </c>
+      <c r="F240" t="s">
+        <v>11</v>
+      </c>
+      <c r="G240" t="s">
+        <v>12</v>
+      </c>
+      <c r="H240" s="1" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241">
+        <v>7643</v>
+      </c>
+      <c r="B241" t="s">
+        <v>952</v>
+      </c>
+      <c r="C241" t="s">
+        <v>953</v>
+      </c>
+      <c r="D241" t="s">
+        <v>954</v>
+      </c>
+      <c r="E241" t="s">
+        <v>11</v>
+      </c>
+      <c r="F241" t="s">
+        <v>11</v>
+      </c>
+      <c r="G241" t="s">
+        <v>12</v>
+      </c>
+      <c r="H241" s="1" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242">
+        <v>7644</v>
+      </c>
+      <c r="B242" t="s">
+        <v>956</v>
+      </c>
+      <c r="C242" t="s">
+        <v>957</v>
+      </c>
+      <c r="D242" t="s">
+        <v>958</v>
+      </c>
+      <c r="E242" t="s">
+        <v>11</v>
+      </c>
+      <c r="F242" t="s">
+        <v>11</v>
+      </c>
+      <c r="G242" t="s">
+        <v>12</v>
+      </c>
+      <c r="H242" s="1" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243">
+        <v>7645</v>
+      </c>
+      <c r="B243" t="s">
+        <v>960</v>
+      </c>
+      <c r="C243" t="s">
+        <v>961</v>
+      </c>
+      <c r="D243" t="s">
+        <v>962</v>
+      </c>
+      <c r="E243" t="s">
+        <v>11</v>
+      </c>
+      <c r="F243" t="s">
+        <v>11</v>
+      </c>
+      <c r="G243" t="s">
+        <v>12</v>
+      </c>
+      <c r="H243" s="1" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244">
         <v>7647</v>
       </c>
-      <c r="B240" t="s">
-[...18 lines deleted...]
-        <v>952</v>
+      <c r="B244" t="s">
+        <v>964</v>
+      </c>
+      <c r="C244" t="s">
+        <v>965</v>
+      </c>
+      <c r="D244" t="s">
+        <v>966</v>
+      </c>
+      <c r="E244" t="s">
+        <v>11</v>
+      </c>
+      <c r="F244" t="s">
+        <v>11</v>
+      </c>
+      <c r="G244" t="s">
+        <v>12</v>
+      </c>
+      <c r="H244" s="1" t="s">
+        <v>967</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="H2" r:id="rId1"/>
     <hyperlink ref="H3" r:id="rId2"/>
     <hyperlink ref="H4" r:id="rId3"/>
     <hyperlink ref="H5" r:id="rId4"/>
     <hyperlink ref="H6" r:id="rId5"/>
     <hyperlink ref="H7" r:id="rId6"/>
     <hyperlink ref="H8" r:id="rId7"/>
     <hyperlink ref="H9" r:id="rId8"/>
     <hyperlink ref="H10" r:id="rId9"/>
     <hyperlink ref="H11" r:id="rId10"/>
     <hyperlink ref="H12" r:id="rId11"/>
     <hyperlink ref="H13" r:id="rId12"/>
     <hyperlink ref="H14" r:id="rId13"/>
     <hyperlink ref="H15" r:id="rId14"/>
     <hyperlink ref="H16" r:id="rId15"/>
     <hyperlink ref="H17" r:id="rId16"/>
     <hyperlink ref="H18" r:id="rId17"/>
     <hyperlink ref="H19" r:id="rId18"/>
     <hyperlink ref="H20" r:id="rId19"/>
     <hyperlink ref="H21" r:id="rId20"/>
     <hyperlink ref="H22" r:id="rId21"/>
@@ -9719,50 +9868,54 @@
     <hyperlink ref="H216" r:id="rId215"/>
     <hyperlink ref="H217" r:id="rId216"/>
     <hyperlink ref="H218" r:id="rId217"/>
     <hyperlink ref="H219" r:id="rId218"/>
     <hyperlink ref="H220" r:id="rId219"/>
     <hyperlink ref="H221" r:id="rId220"/>
     <hyperlink ref="H222" r:id="rId221"/>
     <hyperlink ref="H223" r:id="rId222"/>
     <hyperlink ref="H224" r:id="rId223"/>
     <hyperlink ref="H225" r:id="rId224"/>
     <hyperlink ref="H226" r:id="rId225"/>
     <hyperlink ref="H227" r:id="rId226"/>
     <hyperlink ref="H228" r:id="rId227"/>
     <hyperlink ref="H229" r:id="rId228"/>
     <hyperlink ref="H230" r:id="rId229"/>
     <hyperlink ref="H231" r:id="rId230"/>
     <hyperlink ref="H232" r:id="rId231"/>
     <hyperlink ref="H233" r:id="rId232"/>
     <hyperlink ref="H234" r:id="rId233"/>
     <hyperlink ref="H235" r:id="rId234"/>
     <hyperlink ref="H236" r:id="rId235"/>
     <hyperlink ref="H237" r:id="rId236"/>
     <hyperlink ref="H238" r:id="rId237"/>
     <hyperlink ref="H239" r:id="rId238"/>
     <hyperlink ref="H240" r:id="rId239"/>
+    <hyperlink ref="H241" r:id="rId240"/>
+    <hyperlink ref="H242" r:id="rId241"/>
+    <hyperlink ref="H243" r:id="rId242"/>
+    <hyperlink ref="H244" r:id="rId243"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>