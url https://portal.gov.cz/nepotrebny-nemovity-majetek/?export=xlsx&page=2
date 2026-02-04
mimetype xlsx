--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1353" uniqueCount="591">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2057" uniqueCount="723">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -219,1614 +219,2010 @@
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
-    <t>Ředitelství silnic a dálnic s. p.</t>
-[...2 lines deleted...]
-    <t>zjq4rhz</t>
+    <t>Správa železnic, státní organizace</t>
+  </si>
+  <si>
+    <t>uccchjm</t>
   </si>
   <si>
     <t>Ministerstvo dopravy</t>
   </si>
   <si>
-    <t xml:space="preserve">Rodinný dům Svojkovice č.p. 163 s pozemky ve funkčním celku </t>
-[...20 lines deleted...]
-    <t>st.p.č. 261, p.p.č. 58/15</t>
+    <t>Prodej pozemku st.p.č. 3357 a p.č. 6778/11 v k.ú. Kraslice</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>kropacova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Kropáčová</t>
+  </si>
+  <si>
+    <t>SŽF</t>
+  </si>
+  <si>
+    <t>Kraslice, Kraslice, okres Sokolov</t>
+  </si>
+  <si>
+    <t>3357, 6778/11</t>
   </si>
   <si>
     <t>ano</t>
   </si>
   <si>
     <t>ne</t>
   </si>
   <si>
-    <t>163</t>
-[...5 lines deleted...]
-    <t>5500000</t>
+    <t>184000</t>
+  </si>
+  <si>
+    <t>DIAMO, státní podnik</t>
+  </si>
+  <si>
+    <t>sjfywke</t>
+  </si>
+  <si>
+    <t>MPO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek p.č. 243/15 v k.ú.Šumná u Litvínova  </t>
+  </si>
+  <si>
+    <t>720882550</t>
+  </si>
+  <si>
+    <t>nerglova@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Radomíra Nerglová</t>
+  </si>
+  <si>
+    <t>OSM</t>
+  </si>
+  <si>
+    <t>Šumná u Litvínova, Litvínov, okres Most</t>
+  </si>
+  <si>
+    <t>243/15</t>
+  </si>
+  <si>
+    <t>Pozemek p.č.243/15, ostatní plocha, jiná plocha, o výměře 19 m2, v k.ú.Šumná u Litvínova</t>
+  </si>
+  <si>
+    <t>21000</t>
+  </si>
+  <si>
+    <t>Pozemek dle GP č. 606/23 o výměře 516 m2, ostatní plocha, manipulační plocha v k.ú.Louka u Litvínova</t>
+  </si>
+  <si>
+    <t>Louka u Litvínova, Louka u Litvínova, okres Most</t>
+  </si>
+  <si>
+    <t>606/23</t>
+  </si>
+  <si>
+    <t>Pozemek p.č.606/23 o výměře  516 m2 byl oddělen z pozemku p.č.606/18 v k.ú.Louka u Litvínova.</t>
+  </si>
+  <si>
+    <t>90000</t>
+  </si>
+  <si>
+    <t>Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>kr7cdry</t>
+  </si>
+  <si>
+    <t>Ministerstvo vnitra ČR</t>
+  </si>
+  <si>
+    <t>Jednotka vymezená podle zákona o vlastnictví bytů č. j. 390/19, nebytový prostor, nacházející se v bytovém domě č.p. 390 na pozemku parc. č. 339, o výměře 556 m2 ,  zastavěná plocha a nádvoří, podíl na společných částech: 13820/168981, k.ú. Drahovice, obec Karlovy Vary, LV č. 4092, Katastrální úřad pro Karlovarský kraj, Katastrální pracoviště Karlovy Vary. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>954302327</t>
+  </si>
+  <si>
+    <t>reality.prodej@cpost.cz</t>
+  </si>
+  <si>
+    <t>Věra Kochová</t>
+  </si>
+  <si>
+    <t>Správa realit</t>
+  </si>
+  <si>
+    <t>Karlovy Vary, Karlovy Vary, okres Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Prodej bude probíhat formou VŘ</t>
+  </si>
+  <si>
+    <t>2400000</t>
+  </si>
+  <si>
+    <t>Budova s č.p.  260, stavba občanského vybavení, zapsaná v LV č.364, k.ú. Dřísy, stojí na pozemku (jiného vlastníka -  p.č.  st. 324 o výměře 256 m2,  k. ú. Dřísy, obec Dřísy, LV č. 10001), KÚ pro Středočeský kraj, Katastrálního pracoviště Praha-východ. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Denisa Janderková</t>
+  </si>
+  <si>
+    <t>Dřísy, Dřísy, okres Praha-východ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej je podmíněn zachováním služebnosti formou pošty Partner </t>
+  </si>
+  <si>
+    <t>3877613</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 6510 o výměře 926 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 4263 – stavba pro administrativu, k. ú. Jablonec nad Nisou, obec Jablonec nad Nisou, LV č. 1540, KÚ pro Liberecký kraj, Katastrálního pracoviště Jablonec nad Nisou. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Jablonec nad Nisou, Jablonec nad Nisou, okres Jablonec nad Nisou</t>
+  </si>
+  <si>
+    <t>přímý prodej městu za 110%</t>
+  </si>
+  <si>
+    <t>4500000</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 11102/43 o výměře 278 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 967/24, č. jed 967/24, jiný nebytový prostor, k. ú. Plzeň, obec Plzeň, LV č. 33152, KÚ pro Katastrální úřad pro Plzeňský kraj, Katastrální pracoviště Plzeň. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Plzeň, Plzeň, okres Plzeň-město</t>
+  </si>
+  <si>
+    <t>3900000</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 720 o výměře 625 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 575 objekt občanské vybavenosti, pozemek parc. č. 414/15 o výměře 1 497 m2, ostatní plocha, k. ú. Jablonné nad Orlicí, obec Jablonné nad Orlicí, LV č. 360, KÚ pro Pardubický kraj, Katastrálního pracoviště Ústí nad Orlicí. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Jablonné nad Orlicí, Jablonné nad Orlicí, okres Ústí nad Orlicí</t>
+  </si>
+  <si>
+    <t>14600000</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. 67, o výměře 749 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 81, stavba občanského vybavení, k. ú. Velká Bíteš, obec Velká Bíteš, LV č. 435, KÚ pro Vysočinu, Katastrální pracoviště Velké Meziříčí. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Velká Bíteš, Velká Bíteš, okres Žďár nad Sázavou</t>
+  </si>
+  <si>
+    <t>Prodej je podmíněn zachováním služebnosti formou pošty Partner</t>
+  </si>
+  <si>
+    <t>30000000</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 157 o výměře 148 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 40 – rod. dům; pozemek parc. č. 1470 o výměře 16 m2, ostatní plocha, jiná plocha, k. ú. Česká Kubice, obec Česká Kubice, LV č. 107, KÚ pro Plzeňský kraj, Katastrální pracoviště Domažlice. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Česká Kubice, Česká Kubice, okres Domažlice</t>
+  </si>
+  <si>
+    <t>5100000</t>
+  </si>
+  <si>
+    <t>Jednotka č. 508/102, jednotka vymezená podle zákona o vlastnictví bytů, způsob využití dílna nebo provozovna, v budově s č. p. 506, 507, 508, k .ú. Slaný, obec Slaný, LV č. 7107, KÚ pro Středočeský kraj, Katastrální pracoviště  Slaný. Podíl v rozsahu 902/21695 na pozemku parc. č. st. 2906 o výměře 755 m2, zastavěná plocha a nádvoří, podíl v rozsahu 902/21695 na  stavbě č. p. 506, 507, 508, bytový dům, který je součástí tohoto pozemku, k. ú. Slaný, obec Slaný, LV č. 6210, KÚ pro Středočeský kraj, Katastrálního pracoviště Slaný. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Slaný, Slaný, okres Kladno</t>
+  </si>
+  <si>
+    <t>4223130</t>
+  </si>
+  <si>
+    <t>MD ČR</t>
+  </si>
+  <si>
+    <t>Bezúplatný převod pozemku p.č. st. 41 včetně stavby č.p. 42 a pozemku p.č. 982/5 v k.ú Teplička</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>braunova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Věra Braunová</t>
+  </si>
+  <si>
+    <t>Teplička, Teplička, okres Karlovy Vary</t>
+  </si>
+  <si>
+    <t>st. 41; 982/5</t>
+  </si>
+  <si>
+    <t>42</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
+    <t>Ministerstvo zemědělství ČR</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 2034, 2040/8, 488/28, 2486/5 a 2442/3 k.ú. Kounické Předměstí</t>
+  </si>
+  <si>
+    <t>725257511</t>
+  </si>
+  <si>
+    <t>veronika.sedlackova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Sedláčková</t>
+  </si>
+  <si>
+    <t>LZ Židlochovice</t>
+  </si>
+  <si>
+    <t>Kounické Předměstí, Ivančice, okres Brno-venkov</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 488/28 – lesní pozemek o výměře 58 m2, p.č. 2034 – lesní pozemek o výměře 1592 m2, p.č. 2040/8 – lesní pozemek o výměře 61 m2, p.č. 2442/3 – ostatní plocha o výměře 1006 m2, p.č. 2486/5 – lesní pozemek o výměře 701 m2, vše dosud zapsáno v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Brno-venkov, na LV č. 2781, pro k.ú. Kounické Předměstí, obec Ivančice. Výše uvedené pozemky na sebe nenavazují, jsou roztroušeny v katastru Kounické Předměstí. Jejich celková výměra činí 3 418 m2. Pozemky p.č. 488/28, 2034, 2040/8 a 2486/5 jsou v územním plánu vedeny v ploše LE – plochy lesní, pozemek p.č. 2442/3 v ploše MNp – plochy smíšené nezastavěného území – přírodní priority. Na pozemcích 488/28 a 2040/8 je evidováno bezlesí, na pozemku p.č. 2034 (834F07), a na p.č. 2486/5 (834E07) se nachází akátový porost ve věku cca 69 let, na pozemku p.č. 2442/3 se nachází porost akátu a jasanu ve věku 15 let, cca 120 m2 tvoří polní cesta.</t>
+  </si>
+  <si>
+    <t>59370</t>
+  </si>
+  <si>
+    <t>Mze</t>
+  </si>
+  <si>
+    <t>Prodej pozemku pod stavbou cizích vlastníků</t>
+  </si>
+  <si>
+    <t>725257373</t>
+  </si>
+  <si>
+    <t>marcela.kacetlova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Marcela Kacetlová</t>
+  </si>
+  <si>
+    <t>LS Lužná</t>
+  </si>
+  <si>
+    <t>Lužná u Rakovníka, Lužná, okres Rakovník</t>
+  </si>
+  <si>
+    <t>2263/4</t>
+  </si>
+  <si>
+    <t>Celková výměra pozemku 5 m2 pod nemovitostí cizích vlastníků</t>
+  </si>
+  <si>
+    <t>5560</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/48 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>Dubňany, Dubňany, okres Hodonín</t>
+  </si>
+  <si>
+    <t>1058/48</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/48 o výměře 124 m2, zastavěná plocha a nádvoří, dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany, obec Dubňany. Pozemek se nachází v okrajové části města Dubňany. V platném územním plánu je vedenyv ploše OS – plochy občanského vybavení. Na pozemku se nachází stavba ve vlastnictví třetí osoby.</t>
+  </si>
+  <si>
+    <t>116290</t>
+  </si>
+  <si>
     <t>MZE</t>
   </si>
   <si>
-    <t>S 110/21/122 p.č. 1818/1, 2055 k.ú. Karlovice ve Slezsku</t>
+    <t>S 747/24/125 pozemek p.č. 2832/2 k.ú. Nový Malín</t>
   </si>
   <si>
     <t>724524091</t>
   </si>
   <si>
     <t>jana.trojakova@lesycr.cz</t>
   </si>
   <si>
     <t>Ing. Jana Trojáková</t>
   </si>
   <si>
     <t>OŘ severní Morava</t>
   </si>
   <si>
-    <t>Karlovice ve Slezsku, Karlovice, okres Bruntál</t>
-[...80 lines deleted...]
-    <t>p.č. 6994/11 ostatní plocha o výměře 44 m2</t>
+    <t>Nový Malín, Nový Malín, okres Šumperk</t>
+  </si>
+  <si>
+    <t>2832/2</t>
+  </si>
+  <si>
+    <t>p.č. 2832/2 - ostatní plocha o výměře 148 m2</t>
+  </si>
+  <si>
+    <t>103600</t>
+  </si>
+  <si>
+    <t>S 704/23/125 pozemek p.č. 559/4 k.ú. Štědrákova Lhota</t>
+  </si>
+  <si>
+    <t>Štědrákova Lhota, Ruda nad Moravou, okres Šumperk</t>
+  </si>
+  <si>
+    <t>559/4</t>
+  </si>
+  <si>
+    <t>p.č. 559/4 - ostatní plocha o výměře 263 m2</t>
+  </si>
+  <si>
+    <t>92050</t>
+  </si>
+  <si>
+    <t>Povodí Labe, státní podnik</t>
+  </si>
+  <si>
+    <t>dbyt8g2</t>
+  </si>
+  <si>
+    <t>Ministerstvo zemědělství</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/113 v katastrálním území Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>495088871</t>
+  </si>
+  <si>
+    <t>lodrovam@pla.cz</t>
+  </si>
+  <si>
+    <t>Martina Lodrová</t>
+  </si>
+  <si>
+    <t>majetkový odbor</t>
+  </si>
+  <si>
+    <t>Týniště nad Orlicí, Týniště nad Orlicí, okres Rychnov nad Kněžnou</t>
+  </si>
+  <si>
+    <t>2290/113</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/113 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>58750</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/112 v katastrálním území Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>2290/112</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/112 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>25250</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/111 v katastrálním území Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>2026-03-01</t>
+  </si>
+  <si>
+    <t>2290/111</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/111 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>23500</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/106 v katastrálním území Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>2290/106</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/106 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>24500</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 911/15 a p.č. 911/16 v k.ú. Unčín u Krupky</t>
+  </si>
+  <si>
+    <t>Unčín u Krupky, Krupka, okres Teplice</t>
+  </si>
+  <si>
+    <t>911/15 a 911/16</t>
+  </si>
+  <si>
+    <t>217000</t>
+  </si>
+  <si>
+    <t>Povodí Vltavy, státní podnik</t>
+  </si>
+  <si>
+    <t>gg4t8hf</t>
+  </si>
+  <si>
+    <t>MZe</t>
+  </si>
+  <si>
+    <t>Pozemek v k. ú. Dolní Věžnice</t>
+  </si>
+  <si>
+    <t>257099230</t>
+  </si>
+  <si>
+    <t>katerina.trnkova@pvl.cz</t>
+  </si>
+  <si>
+    <t>Ing. Kateřina Trnková</t>
+  </si>
+  <si>
+    <t>PS 1 ZDV</t>
+  </si>
+  <si>
+    <t>Dolní Věžnice, Věžnice, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t>st. 57/4</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 57/4, výměra 23 m2, druh pozemku zastavěná plocha a nádvoří</t>
+  </si>
+  <si>
+    <t>15870</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/107 v katastrálním území Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>2290/107</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/107 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>26000</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/108 v katastrálním území Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>2290/108</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/108 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>18500</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/109 v katastrálním území Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>2290/109</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/109 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>28750</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek - parcela č. 2290/11 v katastrálním území Týniště nad Orlicí </t>
+  </si>
+  <si>
+    <t>2290/110</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/110 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměření od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>26250</t>
+  </si>
+  <si>
+    <t>Pozemek k. ú. Svépravice</t>
+  </si>
+  <si>
+    <t>Svépravice, Svépravice, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>st.112</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 112, výměra 41 m2, druh pozemku zastavěná plocha a nádvoří</t>
+  </si>
+  <si>
+    <t>48380</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. st. 105 včetně budovy bez č.p. a pozemku p.č. 1502 v k.ú. Veletice</t>
+  </si>
+  <si>
+    <t>verabraunova@seznam.cz</t>
+  </si>
+  <si>
+    <t>Veletice, Holedeč, okres Louny</t>
+  </si>
+  <si>
+    <t>st. 105, 1502</t>
+  </si>
+  <si>
+    <t>Veletice žel. zastávka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">bez č.p./č.e  </t>
+  </si>
+  <si>
+    <t>436000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Nový Rychnov</t>
+  </si>
+  <si>
+    <t>724623774</t>
+  </si>
+  <si>
+    <t>svetlana.pechova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Pechová Světlana</t>
+  </si>
+  <si>
+    <t>Lesní správa Pelhřimov</t>
+  </si>
+  <si>
+    <t>Nový Rychnov, Nový Rychnov, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>1533/2,1687,1690,1774/2,1779,2050/5,2087/1</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků k.ú. Nový Rychnov</t>
+  </si>
+  <si>
+    <t>262180</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Rovná u Hořepníku</t>
+  </si>
+  <si>
+    <t>Rovná u Hořepníku, Rovná, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>258/6</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku k.ú. Rovná u Hořepníku</t>
+  </si>
+  <si>
+    <t>46240</t>
+  </si>
+  <si>
+    <t>Prodej tavby bez č.p./č.e. na pozemku p.č. st. 709 (majetek ČD), k.ú. Stříbro</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>702263859</t>
+  </si>
+  <si>
+    <t>MoravekJa@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jan Morávek</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace, SŽ Facility, Odbor nakládání s nemovitým majetkem, Oddělení přípravy pozbytí Sídlo: Dlážděná 1003/7, 110 00 Praha 1, pracoviště: Ke Štvanici 656/3, 186 00 Praha 8</t>
+  </si>
+  <si>
+    <t>Stříbro, Stříbro, okres Tachov</t>
+  </si>
+  <si>
+    <t>Stříbro</t>
+  </si>
+  <si>
+    <t>bez č.p./č.e.</t>
+  </si>
+  <si>
+    <t>Nemovitost cca 500 m od žst. Plešnice v ochranném pásmu dráhy Plzeň hlavní nádraží - Cheb. Jedná se o budovu bývalé vodárny o zastavěné ploše 81 m2 a obestavěném prostoru 1176 m3, ležící na pozemku ve vlastnictvi spol. České dráhy,a.s.  která s jejím prodejem souhlasí a neuplatňuje své předkupní právo. Stavba je ve zhoršeném technickém stavu. Daná nemovitost bude prodána včetně kabelové skříně KS07 a cca 210 m dlouhé kabelové trasy vedoucí z kabelové skříně KS 06 na okolním objektu Správy železnic. Budoucí nabyvatel se bude muset zavázat, že umožní z dané kabelové skříně KS07 odběr elektrické energie z lokální distribuční soustavy Správy železnic majitelům sousedních rekreačních objektů, jež jsou k dané kabelové skříni připojeni kabelovým vedením v jejich vlastnictví. Ppřímý přístup k budově z veřejné komunikace není možný. K budově je možné přistupovat z pozemku p.č. 3031/4 vedeném jako ostatní komunikace v majetku České republiky přes pozemek p.č. 3258/26 v majetku spol. České dráhy, a.s. vedený jako ostatní ploha - jiná plocha. Případné smluvní zajištění přístupu si musí nový nabyvatel zajistit sám po prodeji. V blízkosti budovy je vedení elektronických komunikací ve správě společnosti CETIN, a.s. které je uloženo pod povrchem a vede v těsné blízkosti budovy až k jejímu obvodu. Spolu s kupní smlouvou bude zřízena služebnost spočívající v povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy. Dále bude v rámci kupní smlouvy zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Z hlediska územního plánu se nemovitost nachází v plochách dopravní infrastruktury - drážní doprava.</t>
+  </si>
+  <si>
+    <t>398000</t>
+  </si>
+  <si>
+    <t>Pozemky p.č.1058/58, 1058/57, 1058/59 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>1058/58, 1058/57, 1058/59</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/58 o výměře 15 m2, zastavěná plocha a nádvoří, p.č. 1058/57 o výměře 21 m2, ostatní plocha, vznik z pozemku p.č. 1058/44 na základě GP č. 2438-41/2013 a p.č. 1058/59 o výměře 18 m2, ostatní plocha, vznik z pozemku p.č. 1058/44 na základě GP č. 2438-41/2013. Pozemek p.č. 1058/44 je dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany. Pozemky se nachází v okrajové části města Dubňany. V platném územním plánu jsou vedeny v ploše OS – plochy občanského vybavení. Na pozemku p.č. 1058/58 je stavba bez č.p./ č.ev. (sklad), která je ve vlastnictví třetí osoby. Oddělená část pozemku 1058/44 označená jako p.č. 1058/57 je pozemek pod balkonem, který je součástí bytové jednotky ve vlastnictví třetí osoby, část pozemku 1058/44 označená jako p.č. 1058/59 je pozemek pod pergolou.</t>
+  </si>
+  <si>
+    <t>50650</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/56 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>1058/56</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/56 o výměře 68 m2, ostatní plocha, vznik z pozemku p.č. 1058/44 na základě GP č. 2438-41/2013. Pozemek p.č. 1058/44 je dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany. Pozemek se nachází v okrajové části města Dubňany. V platném územním plánu je veden v ploše OS – plochy občanského vybavení. Je užíván na základě nájemní smlouvy jako dvůr, navazuje na nebytovou jednotku.</t>
+  </si>
+  <si>
+    <t>63770</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/47 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>1058/47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek p.č. 1058/47 o výměře 23 m2, zastavěná plocha a nádvoří, dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany. Leží v okrajové části města Dubňany. V platném územním plánu je veden v ploše OS – plochy občanského vybavení. Na pozemku se nachází obytná místnost ve vlastnictví třetí osoby, nad kterou je balkon, který navazuje na bytovou jednotku ve vlastnictví třetí osoby.  </t>
+  </si>
+  <si>
+    <t>21570</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/44 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t xml:space="preserve">pozemek se nachází v okrajové části města Dubňany. V platném územním plánu je veden v ploše OS – plochy občanského vybavení. Jedná se o společný dvůr vlastníků jednotek bytového domu č.p. 1643 </t>
+  </si>
+  <si>
+    <t>100350</t>
+  </si>
+  <si>
+    <t>Pozemky TTP v k.ú. Rudov</t>
+  </si>
+  <si>
+    <t>956157115</t>
+  </si>
+  <si>
+    <t>dana.stastna@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Dana Šťastná</t>
+  </si>
+  <si>
+    <t>LS Nasavrky</t>
+  </si>
+  <si>
+    <t>Rudov, Míčov-Sušice, okres Chrudim</t>
+  </si>
+  <si>
+    <t>134/11, 134/12</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemky navazující na stavbu pro rodinnou rekreaci a jsou využívané jako zahrada. Náklady související s prodejem činí 4900 Kč (nejsou součástí ceny), pozemky jsou v zastavěné území obce a podléhají DPH.H.</t>
+  </si>
+  <si>
+    <t>104000</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 738/12</t>
+  </si>
+  <si>
+    <t>Ostrovačice, Ostrovačice, okres Brno-venkov</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek p. č. 738/12 se nachází při okraji lesního porostu vlevo od komunikace ze Žebětína do Ostrovačic, u zástavby rodinných domů na ulici Na Šípu v blízkosti rodinného domu č.p. 257, cca 300 m západně od areálu Autodromu Brno - Masarykova okruhu. Na pozemku protáhlého tvaru protáhlého obdélníku přibližně o délce 46 m a šířce 2,50 m je postaveno podél delší strany oplocení v podobě podélné zdi z gabionů přerušované sloupky z betonových tvárnic, na straně blíže k uvedené komunikaci je na pozemku část vedlejší zděné stavby se sedlovou střechou, zbývající plocha pozemku je zpevněna zámkovou dlažbou - vše ve vlastnictví třetí osoby. </t>
+  </si>
+  <si>
+    <t>182000</t>
+  </si>
+  <si>
+    <t>Pozemek k. ú. Hulice</t>
+  </si>
+  <si>
+    <t>Hulice, Hulice, okres Benešov</t>
+  </si>
+  <si>
+    <t>956/1</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. 956/1, výměra 2607 m2, druh pozemku orná půda</t>
+  </si>
+  <si>
+    <t>101670</t>
+  </si>
+  <si>
+    <t>Prodej pozemků k.ú. Nový Rychnov</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>1739, 1762, 1765</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v k.ú. Nový Rychnov</t>
+  </si>
+  <si>
+    <t>252960</t>
+  </si>
+  <si>
+    <t>Prodej pozemků k.ú. Otín u Stonařova</t>
+  </si>
+  <si>
+    <t>Otín u Stonařova, Otín, okres Jihlava</t>
+  </si>
+  <si>
+    <t>517/2, 522/1, 524/1</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v k.ú. Otín u Stonařova</t>
+  </si>
+  <si>
+    <t>16580</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Otín u Stonařova</t>
+  </si>
+  <si>
+    <t>536/2, 538/2</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků k.ú. Otín u Stonařova</t>
+  </si>
+  <si>
+    <t>4260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ministerstvo dopravy </t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 4455/1 a p.č. 3072/4 v k.ú. Valašské Klobouky</t>
+  </si>
+  <si>
+    <t>724961676</t>
+  </si>
+  <si>
+    <t>petr.najvarek@atlas.cz</t>
+  </si>
+  <si>
+    <t>Ing. Petr Najvárek</t>
+  </si>
+  <si>
+    <t>Valašské Klobouky, Valašské Klobouky, okres Zlín</t>
+  </si>
+  <si>
+    <t>4455/1, 3072/7</t>
+  </si>
+  <si>
+    <t>12000</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1072/7 k.ú. Třebovice ve Slezsku</t>
+  </si>
+  <si>
+    <t>Třebovice ve Slezsku, Ostrava, okres Ostrava-město</t>
+  </si>
+  <si>
+    <t>1072/7</t>
+  </si>
+  <si>
+    <t>295000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku k.ú. Zahrádka u Pošné</t>
+  </si>
+  <si>
+    <t>Zahrádka u Pošné, Pošná, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>288/1</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku k.ú. Zahrádka u Pošné</t>
+  </si>
+  <si>
+    <t>159680</t>
+  </si>
+  <si>
+    <t>155/2</t>
+  </si>
+  <si>
+    <t>50900</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/45 a 1058/55 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>1505/45 a 1058/55</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/45 o výměře 18 m2, zastavěná plocha a nádvoří, p.č. 1058/55 o výměře 61 m2, ostatní plocha, vznik z pozemku p.č. 1058/44 na základě GP č. 2438-41/2013. Pozemek p.č. 1058/44 je dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany, obec Dubňany. Pozemky se nachází v okrajové části města Dubňany. V platném územním plánu jsou vedeny v ploše OS – plochy občanského vybavení. Na pozemku p.č. 1058/45 je stavba bez č.p./ č.ev. garáž, která je ve vlastnictví třetí osoby. Oddělená část pozemku 1058/44 označená jako p.č. 1058/55 navazuje na bytovou jednotku a je užívána jako předzahrádka. Na oba pozemky je uzavřená nájemní smlouva.</t>
+  </si>
+  <si>
+    <t>74090</t>
+  </si>
+  <si>
+    <t>Ministerstvo průmyslu a obchodu</t>
+  </si>
+  <si>
+    <t>Stavba č. p. 1756, stavba občanského vybavení, včetně přilehlých pozemků, součástí a příslušenství, vše v k. ú. Petřvald u Karviné, obec Petřvald</t>
+  </si>
+  <si>
+    <t>606146618</t>
+  </si>
+  <si>
+    <t>roman@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Kamil Roman</t>
+  </si>
+  <si>
+    <t>Oddělení majetku</t>
+  </si>
+  <si>
+    <t>Petřvald u Karviné, Petřvald, okres Karviná</t>
+  </si>
+  <si>
+    <t>5076/4</t>
+  </si>
+  <si>
+    <t>Klimšova</t>
+  </si>
+  <si>
+    <t>1756</t>
+  </si>
+  <si>
+    <t>Předmětem převodu jsou pozemky p. č. 5076/3 – ostatní plocha, jiná plocha o výměře 1 402 m², p. č. 5076/4 – zastavěná plocha a nádvoří o výměře 496 m², jehož součástí je stavba č. p. 1756, stavba občanského vybavení a p. č. 5076/5 – ostatní plocha, ostatní komunikace o výměře 523 m² zapsané u Katastrálního úřadu pro Moravskoslezský kraj, katastrální pracoviště Karviná na LV č. 2989 pro k. ú. Petřvald u Karviné, obec Petřvald. Stavba č. p. 1756 na pozemku p. č. 5076/4 v k. ú. Petřvald u Karviné, obec Petřvald původně sloužila jako zdravotní středisko s jednotlivými ambulantními pracovišti. Nyní je v budově provozována zubní ordinace, ordinace praktického lékaře a zbylé prostory jsou pronajaty pro komerční účely. Jedná se o dvoupodlažní, nepodsklepený objekt. Zastřešení je řešeno plochou střechou, krytinu tvoří asfaltové pásy. Součástí budovy je plynová kotelna se dvěma kotly Buderus Logano G 234 - 60 r. v 2012 o výkonu 2 x 60 kW, sloužící k vytápění daného objektu. Součástí převodu je ohřívač vody el. zásobník 20 l, 2,2 kW, smíšené zpevněné plochy o celkové výměře 194 m2, oplocení o délce cca 86 bm na p. p. č. 5076/3, přípojka kanalizační splašková trasa „L“ včetně šachtic Š1-Š5, 2 přípojky dešťové kanalizace, přípojka trasa „N“ včetně revizní šachtice Sa a přípojka trasa „O“ včetně revizní šachtice Sb, vodovodní přípojka k objektu včetně vodoměrné šachtice, elektrická přípojka NN AYKY-J 4x75, vše v k. ú. Petřvald u Karviné, obec Petřvald. Vzhledem ke stavu kabelu, který je na hraně životnosti a k omezené volné kapacitě LDS v této části areálu, bude ponechán pro napájení objektu elektřinou maximálně stávající příkon, který nebude možné navýšit. Části předmětu převodu, a to konkrétně vodovodní a kanalizační přípojky se nacházejí mj. v části pozemku p. č. 6399, ul. Klimšova, ve vlastnictví Města Petřvald. A dále elektrická přípojka NN, která se nachází mj. v části pozemku p. č. 5084, p. č. 5091, p. č. 5092, p. č. 5099/3, ul. Závodní a p. č. 4921/94, vše v k. ú. Petřvald u Karviné, obec Petřvald. K částem výše popsaných přípojek, nacházejících se na pozemcích jiných vlastníků nejsou historicky zřízena věcná břemena zapsána do katastru nemovitostí, není tedy řešeno v tomto rozsahu užívání těchto částí pozemků. Převáděné pozemky včetně všech součástí a příslušenství spolu s objektem č. p. 1756 tvoří jednotný funkční celek nacházející se vně areálu bývalého Dolu Pokrok. Nemovitosti jsou volně přístupné po veřejné komunikaci ul. Klimšova. Části převáděných pozemků jsou zatíženy věcnými břemeny – služebnostmi, které jsou v katastru nemovitostí zapsané na listu vlastnictví č. 2989 (v části C) pro k. ú. Petřvald u Karviné, obec Petřvald. K převáděným pozemkům se vážou, příp. mohou vázat práva třetích osob spočívající v oprávnění odpovídajícímu věcnému břemeni nezapsanému v katastru nemovitostí. Části budovy č. p. 1756 jsou pronajaty na základě nájemních smluv, které budou v případě převodu postoupeny na budoucího vlastníka nebo zaniknou. Spolu s převodem majetku v rámci Kupní smlouvy a smlouvy o zřízení služebností budou uzavřeny služebnosti, a to: 1) splaškové kanalizační přípojky k tíži části pozemku p. č. 5076/5 v k. ú. Petřvald u Karviné, obec Petřvald v rozsahu dle GP č. 5511-16/2021, ve prospěch vlastníka pozemku p. č. 5078, jehož součástí je stavba, a to budova s č. p. 750, víceúčelová stavba v celkové výši 500,00 Kč bez DPH, hradí DIAMO, s. p. 2) podzemní elektrické přípojky NN k tíži částí pozemků p. č. 5079, p. č. 5076/2, p. č. 5076/10 a p. č. 5076/20, vše v k. ú. Petřvald u Karviné, obec Petřvald v rozsahu dle GP č. 5512-17/2021, ve prospěch (budoucího) vlastníka pozemku p. č. 5076/4, jehož součástí je stavba č. p. 1756, stavba občanského vybavení. Náhrada za zřízení služebnosti (liniová stavba podzemní) bude ve výši 440,00 Kč/m2 „in rem“, což při výměře 147 m2 činí celkem 64 680,00 Kč bez DPH, hradí (budoucí) nabyvatel, resp. kupující. K této částce bude připočtena daň z přidané hodnoty (DPH) ve výši a sazbě dle obecně závazných právních předpisů České republiky platných a účinných v okamžiku zdanitelného plnění. V souvislosti s průběžně probíhající VSNN – budova č. p. 750, víceúčelová stavba, včetně přilehlých pozemků, součástí a příslušenství, vše v k. ú. Petřvald u Karviné, obec Petřvald může dojít k úpravě zřizovaných služebností popsaných viz výše. Převáděné pozemky se nachází v ploše původně stanoveného dobývacího prostoru „Petřvald I“, stanoveném pro dobývání černého uhlí, který byl rozhodnutím Obvodního báňského úřadu v Ostravě zmenšen, ve zvláštním dobývacím prostoru „Petřvald II“, stanoveném obchodní společnosti Green Gas DPB, a.s. pro dobývání vyhrazeného nerostu hořlavý zemní plyn vázaný na uhelné sloje na výhradním ložisku s názvem „Rychvald“, v území plochy „M“ chráněného ložiskového území (CHLÚ) české části Hornoslezské pánve pro výhradní ložisko černého uhlí (plocha „M“ nevyžaduje stanovení podmínek zajištění stavby proti účinkům poddolování), v CHLÚ Rychvald pro výhradní ložiska hořlavého zemního plynu vázaného na uhelné sloje v CHLÚ Rychvald, a dále v území kategorizovaném jako území s možnými nahodilými výstupy metanu na povrch. Níže uvedená požadovaná cena je uvedena bez DPH. Daň z přidané hodnoty (DPH) bude fakturována ve výši a sazbě dle obecně závazných právních předpisů České republiky platných a účinných v okamžiku zdanitelného plnění.</t>
+  </si>
+  <si>
+    <t>15120000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Cerekvička</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>Cerekvička, Cerekvička-Rosice, okres Jihlava</t>
+  </si>
+  <si>
+    <t>999/8, 1008/1</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků k.ú. Cerekvička</t>
+  </si>
+  <si>
+    <t>69940</t>
+  </si>
+  <si>
+    <t>MZe - S 239/25</t>
+  </si>
+  <si>
+    <t>Prodej pozemku</t>
+  </si>
+  <si>
+    <t>956239112</t>
+  </si>
+  <si>
+    <t>katerina.jerabkova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Kateřina Jeřábková</t>
+  </si>
+  <si>
+    <t>LS Česká Lípa</t>
+  </si>
+  <si>
+    <t>Velký Valtinov, Velký Valtinov, okres Česká Lípa</t>
+  </si>
+  <si>
+    <t>1132/3</t>
+  </si>
+  <si>
+    <t>Poz. p.č. 1132/3 o výměře 2254 m2, pruh pozemku vedený a užívaný jako orná půda, vklíněn mezi pozemky jiných vlastníků.</t>
+  </si>
+  <si>
+    <t>155000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Spálené Poříčí</t>
+  </si>
+  <si>
+    <t>956212106</t>
+  </si>
+  <si>
+    <t>jiri.stach@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jiří Stach</t>
+  </si>
+  <si>
+    <t>LS Přeštice</t>
+  </si>
+  <si>
+    <t>Spálené Poříčí, Spálené Poříčí, okres Plzeň-jih</t>
+  </si>
+  <si>
+    <t>31/13</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 31/13 ostatní plocha o výměře 102 m2 v k.ú. Spálené Poříčí.</t>
+  </si>
+  <si>
+    <t>209909</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Otín u Stonařova</t>
+  </si>
+  <si>
+    <t>498/1, 503/10</t>
+  </si>
+  <si>
+    <t>18560</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 636/6 v k.ú. Podskalí</t>
+  </si>
+  <si>
+    <t>956197112</t>
+  </si>
+  <si>
+    <t>olga.rybova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Rybová Olga</t>
+  </si>
+  <si>
+    <t>LS Tábor</t>
+  </si>
+  <si>
+    <t>Podskalí, Klučenice, okres Příbram</t>
+  </si>
+  <si>
+    <t>636/6</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 636/6 o výměře 124 m2 s druhem pozemku ostatní plocha v k.ú. Podskalí</t>
+  </si>
+  <si>
+    <t>23312</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 5863/10 v k.ú. Chomutov I</t>
+  </si>
+  <si>
+    <t>Chomutov I, Chomutov, okres Chomutov</t>
+  </si>
+  <si>
+    <t>5863/10</t>
+  </si>
+  <si>
+    <t>185000</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 645/1 k.ú. Medlov</t>
+  </si>
+  <si>
+    <t>Medlov, Medlov, okres Brno-venkov</t>
+  </si>
+  <si>
+    <t>645/1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek leží mimo zastavěné území, v platném územním plánu obce Medlov je pozemek veden v ploše NS – plochy smíšené nezastavěného území. </t>
+  </si>
+  <si>
+    <t>4500</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 1370/6, k. ú. Veveří</t>
+  </si>
+  <si>
+    <t>2026-02-22</t>
+  </si>
+  <si>
+    <t>Pejsarova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Daniela Pejsarová</t>
+  </si>
+  <si>
+    <t>Správa železnic, s.o., SŽ Facility, Odbor pozbývání majetku</t>
+  </si>
+  <si>
+    <t>Veveří, Brno, okres Brno-město</t>
+  </si>
+  <si>
+    <t>p. č. 1370/6</t>
+  </si>
+  <si>
+    <t>Pozemek o výměře 113 m2, druh pozemku - ostatní plocha, způsob využití - jiná plocha</t>
+  </si>
+  <si>
+    <t>806000</t>
+  </si>
+  <si>
+    <t>Prodej p. č. 1578/4 v k. ú. Vinařice u Kladna</t>
+  </si>
+  <si>
+    <t>725553303</t>
+  </si>
+  <si>
+    <t>videticova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Markéta Videtičová</t>
+  </si>
+  <si>
+    <t>Vinařice u Kladna, Vinařice, okres Kladno</t>
+  </si>
+  <si>
+    <t>1578/4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek parc.č. 1578/4 o výměře 8822 m2 , v katastru nemovitostí vedený jako ostatní plocha/dráha.  Na pozemku se nachází pozůstatky (torza) staveb po bývalém čedičovém lomu, tj. kamenné opěrné  zdi a zídky, pozůstatky betonových obloukových podpěr bývalého mostu vlečky, kamenné  hektometrovníky a železné a dřevěné sloupky, vše zmiňované nebude součástí prodeje, není  předmětem ocenění.  Mezi podpěrami bývalého mostu se nachází žlutá zábrana ve vlastnictví obce Vinařice, zábrana  nebude součástí prodeje, není předmětem ocenění.  Na pozemku se dále nachází travní porost, stromy a náletové dřeviny, které jsou součástí pozemku a  budou součástí prodeje. Jedná se o výlučně náletový neudržovaný porost.  Při místním šetření zjištěny na pozemku 2 propustky, oba nepřístupné ze strany od Vinařic - zasypané  zeminou, pravděpodobně v důsledku sesuvu zeminy a skutečnosti, že jsou tyto trvale neudržované.  Omezený přístup je i z druhé strany, kde je přístup omezen polomem neudržovaných porostů a  nepřístupným neudržovaným terénem.  Stáří propustků nebylo zjištěno, lze předpokládat původní stáří z doby zřízení vlečky.  Materiálové složení je v kombinaci kámen - cihla. Část propustků zaměřena, nepřístupná část pak  dopočtena odborným odhadem znalce.  Trvalý porost je náletový, neudržovaný, neprostupný, část popadaný polom. Porost ve svažitém  terénu, ohledání na místě samém bylo možné pouze z cesty. Trvalý porost započten odhadem. Stáří  porostu lze předpokládat po zrušení trati, kde byl ukončen provoz v roce 1982 a dle dostupných  informací byla konstrukce bezprostředně po ukončení provozu snesena. </t>
+  </si>
+  <si>
+    <t>761000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 597/3 o výměře 990 m2 v k.ú. Dolní Poustevna</t>
+  </si>
+  <si>
+    <t>725889647</t>
+  </si>
+  <si>
+    <t>mickoval@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Lenka Micková</t>
+  </si>
+  <si>
+    <t>Dolní Poustevna, Dolní Poustevna, okres Děčín</t>
+  </si>
+  <si>
+    <t>597/3</t>
+  </si>
+  <si>
+    <t>284000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ministerstvo zemědělství </t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Kounice nad Sázavou S 55/17</t>
+  </si>
+  <si>
+    <t>956155106</t>
+  </si>
+  <si>
+    <t>josef.kovar@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Josef Kovář</t>
+  </si>
+  <si>
+    <t>Lesní správa Ledeč nad Sázavou</t>
+  </si>
+  <si>
+    <t>Kounice nad Sázavou, Vlastějovice, okres Kutná Hora</t>
+  </si>
+  <si>
+    <t>796</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej ostatní plochy p.č. 796 v k.ú. Kounice nad Sázavou</t>
+  </si>
+  <si>
+    <t>87500</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1177/13 v k.ú. Velké Hoštice</t>
+  </si>
+  <si>
+    <t>Velké Hoštice, Velké Hoštice, okres Opava</t>
+  </si>
+  <si>
+    <t>1177/13</t>
+  </si>
+  <si>
+    <t>639000</t>
+  </si>
+  <si>
+    <t>prodej pozemků p.č. 37/4 a p.č. 37/5 v k.ú. Srní u České Lípy</t>
+  </si>
+  <si>
+    <t>2026-02-21</t>
+  </si>
+  <si>
+    <t>Srní u České Lípy, Provodín, okres Česká Lípa</t>
+  </si>
+  <si>
+    <t>p.č. 37/4 a p.č. 37/5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemků p.č. 37/4 a p.č. 37/5 v k.ú. Srní u České Lípy. Kupní cena bude určena na základě znaleckého posudku. </t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Popelištná a k.ú. Zmišovice</t>
+  </si>
+  <si>
+    <t>Popelištná, Červená Řečice, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>61/10</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků k.ú. Popelištná</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>Zmišovice, Červená Řečice, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>3420</t>
+  </si>
+  <si>
+    <t>129/6</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k.ú. Zmišovice</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 17, 758 a 434/4, v k.ú. Špičák</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>Špičák, Železná Ruda, okres Klatovy</t>
+  </si>
+  <si>
+    <t>17, 758 a 434/4</t>
+  </si>
+  <si>
+    <t>Pozemky v ochranném pásmu dráhy trati Klatovy – Železná Ruda-Alžbětín. Pozemky jsou na 2 místech daného katastrálního území. Pozemky nejsou přístupné z veřejné komunikace a jsou na nich trvalé porosty. O pozemky za daných cenových podmínek neprojevili zájem majitelé sousedních pozemků, ani Město Železná Ruda. Převáděné pozemky jsou zatíženy služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemky p.č. 17 a 758 dle územního plánu leží mimo zastavěné území v ploše "Zemědělská půda – louky. Pozemek p.č. 434/4 dle územního plánu leží mimo zastavěné území v ploše "Lesní půda“.</t>
+  </si>
+  <si>
+    <t>464000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 1363, 41/2, 41/5, v k.ú. Špičák</t>
+  </si>
+  <si>
+    <t>1363, 41/2, 41/5</t>
+  </si>
+  <si>
+    <t>98000</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 22/4, 22/6 a 22/8 k.ú. Podivín</t>
+  </si>
+  <si>
+    <t>Podivín, Podivín, okres Břeclav</t>
+  </si>
+  <si>
+    <t>22/4, 22/6 a 22/8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Drobné lesní pozemky, které jsou součástí větrolamu, který již neplní svoji funkci. Sousedí s oploceným areálem bývalého státního statku v Podivíně. V platném územním plánu jsou vedeny v ploše VZ – plochy výroby a skladování. </t>
+  </si>
+  <si>
+    <t>65826</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 22/10 a 22/11 k.ú. Podivín</t>
+  </si>
+  <si>
+    <t>22/10 a 22/11</t>
+  </si>
+  <si>
+    <t>50715</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 22/21, 22/22 a 22/24 k.ú. Podivín</t>
+  </si>
+  <si>
+    <t>22/21, 22/22, 22/24</t>
+  </si>
+  <si>
+    <t>63342</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1116/2 k. ú. Lhota u Dobřan</t>
+  </si>
+  <si>
+    <t>Lhota u Dobřan, Plzeň, okres Plzeň-město</t>
+  </si>
+  <si>
+    <t>1116/2</t>
+  </si>
+  <si>
+    <t>Pozemek v chatové osadě na jižním předměstí města Plzně v ochranném pásmu dráhy trati Plzeň hlavní nádraží – Klatovy. Prodej pozemku p.č. 1116/2 je projednáván z důvod scelení, protože tvoří jeden celek s pozemky p.č. 1100/1, 877 a 990 ve vlastnictví nabyvatele. Majetek je přístupný z pozemků nabyvatele. Prodávaný pozemek je nabyvatelem využíván pro účely rekreace a je s ním za tímto účelem uzavřena příslušná nájemní smlouva. Na pozemku se nachází trvalé porosty ve vlastnictví nabyvatele. Pozemek je zatížen v katastru věcným břemenem strpět na všech služebných pozemcích v celém jejich rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelka vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. V případě, že v průběhu projednání dojde k prodeji majetku nabyvatele souvisejícího s prodávaným pozemkem, bude prodej pozbývaného majetku projednáván do majetku nového majitele majetku současného nabyvatele. Podle územního plánu se zájmový majetek nachází v zastavěném území v ploše s rozdílným způsobem využití "Plochy rekreace"</t>
+  </si>
+  <si>
+    <t>109000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Černošín</t>
+  </si>
+  <si>
+    <t>956217106</t>
+  </si>
+  <si>
+    <t>renata.ciglerova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Renata Cíglerová</t>
+  </si>
+  <si>
+    <t>LS Stříbro</t>
+  </si>
+  <si>
+    <t>Černošín, Černošín, okres Tachov</t>
+  </si>
+  <si>
+    <t>st. 342, 5113/15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemku st. 342 a podílu 1/2 na pozemku 5113/15 v k.ú. Černošín o celkové výměře 349 m2. Na stavebním pozemku se nachází rekreační stavba ev. č. 2 cizího vlastníka. </t>
+  </si>
+  <si>
+    <t>88650</t>
+  </si>
+  <si>
+    <t>st. 609, 5113/15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemku st. 609 a podílu 1/2 na pozemku 5113/15 v k.ú. Černošín o celkové výměře 327 m2. Na stavebním pozemku se nachází rekreační stavba ev. č. 3 cizího vlastníka. </t>
+  </si>
+  <si>
+    <t>66050</t>
+  </si>
+  <si>
+    <t>Pozemek 8347 k.ú. Bojkovice</t>
+  </si>
+  <si>
+    <t>2026-02-15</t>
+  </si>
+  <si>
+    <t>Bojkovice, Bojkovice, okres Uherské Hradiště</t>
+  </si>
+  <si>
+    <t>8347</t>
+  </si>
+  <si>
+    <t>Pozemek 8347 v k.ú. Bojkovice</t>
+  </si>
+  <si>
+    <t>134000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 17 a 758, v k.ú. Špičák</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>17 a 758</t>
+  </si>
+  <si>
+    <t>Pozemky v ochranném pásmu dráhy trati Klatovy – Železná Ruda-Alžbětín. Pozemky nejsou přístupné z veřejné komunikace a jsou na něm trvalé porosty. O pozemky za daných cenových podmínek neprojevili zájem majitelé sousedních pozemků, ani Město Železná Ruda. Převáděné pozemky jsou zatíženy služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemky leží mimo zastavěné území v ploše "Zemědělská půda – louky, pastviny“.</t>
+  </si>
+  <si>
+    <t>434000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Velké Meziříčí S 1296/24</t>
+  </si>
+  <si>
+    <t>724524192</t>
+  </si>
+  <si>
+    <t>zdenek.jaros@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Zdeněk Jaroš</t>
+  </si>
+  <si>
+    <t>Lesní správa Nové Město na Moravě</t>
+  </si>
+  <si>
+    <t>Velké Meziříčí, Velké Meziříčí, okres Žďár nad Sázavou</t>
+  </si>
+  <si>
+    <t>3476/2, 3484/2</t>
+  </si>
+  <si>
+    <t>pozemky druhu pozemku vodní plocha, způsobu využití rybník č. parc. 3476/2, 3484/2 k.ú. Velké Meziříčí</t>
+  </si>
+  <si>
+    <t>16650</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Popelištná</t>
+  </si>
+  <si>
+    <t>285/5</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k.ú. Popelištná</t>
+  </si>
+  <si>
+    <t>9240</t>
+  </si>
+  <si>
+    <t>526/9</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku k.ú. Popelištná</t>
+  </si>
+  <si>
+    <t>3000</t>
+  </si>
+  <si>
+    <t>106/5</t>
+  </si>
+  <si>
+    <t>1600</t>
+  </si>
+  <si>
+    <t>prodej pozemků p.č.1114/2, p.č. 1115, p.č. 1116/1 v k.ú. Holice v Čechách</t>
+  </si>
+  <si>
+    <t>Holice v Čechách, Holice, okres Pardubice</t>
+  </si>
+  <si>
+    <t>p. č. 1114/2, p.č. 1115, p.č. 1116/1</t>
+  </si>
+  <si>
+    <t>prodej pozemků p.č.1114/2 o výměře 155 m2, p.č. 1115 o výměře 2263 m2, p.č. 1116/1 o výměře 4224 m2, vše v k.ú. Holice v Čechách</t>
+  </si>
+  <si>
+    <t>1030000</t>
+  </si>
+  <si>
+    <t>370/8</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku kú. Popelilštná</t>
+  </si>
+  <si>
+    <t>4280</t>
+  </si>
+  <si>
+    <t>526/8</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Zmišovice a Milotičky</t>
+  </si>
+  <si>
+    <t>380/1,380/2,384/38,384/39,384/40.384/41</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků k.ú. Zmišovice</t>
+  </si>
+  <si>
+    <t>19580</t>
+  </si>
+  <si>
+    <t>Milotičky, Červená Řečice, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>200/26</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k.ú. Milotičky</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Čakovice u Pelhřimova</t>
+  </si>
+  <si>
+    <t>Čakovice u Pelhřimova, Pelhřimov, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>776</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemku k.ú. Čakovice u Pelhřimova</t>
+  </si>
+  <si>
+    <t>365950</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Stanovice u Nové Cerekve</t>
+  </si>
+  <si>
+    <t>Stanovice u Nové Cerekve, Nová Cerekev, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>1172, 1177, 1191</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v k.ú. Stanovice u Nové Cerekve</t>
+  </si>
+  <si>
+    <t>39340</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Zmišovice</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>384/35,384/36</t>
+  </si>
+  <si>
+    <t>4740</t>
+  </si>
+  <si>
+    <t>384/25, 384/26</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v k.ú. Zmišovice</t>
+  </si>
+  <si>
+    <t>21260</t>
+  </si>
+  <si>
+    <t>285/6</t>
+  </si>
+  <si>
+    <t>1920</t>
+  </si>
+  <si>
+    <t>618/9</t>
+  </si>
+  <si>
+    <t>14880</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Zmišovice</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>280/2</t>
+  </si>
+  <si>
+    <t>prodej lesních pozemku k.ú. Zmišovice</t>
+  </si>
+  <si>
+    <t>2080</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 573/2 v k.ú. Vilémov u Kadaně</t>
+  </si>
+  <si>
+    <t>720858655</t>
+  </si>
+  <si>
+    <t>zelenkovaa@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Andrea Zelenková</t>
+  </si>
+  <si>
+    <t>Vilémov u Kadaně, Vilémov, okres Chomutov</t>
+  </si>
+  <si>
+    <t>573/2</t>
+  </si>
+  <si>
+    <t>290/5, 290/6</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemků k.ú. Zmišovice</t>
+  </si>
+  <si>
+    <t>6520</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 3465/15 v k. ú. Střelice u Brna</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>Střelice u Brna, Střelice, okres Brno-venkov</t>
+  </si>
+  <si>
+    <t>p. č. 3465/15</t>
+  </si>
+  <si>
+    <t>Pozemek o výměře 24 m2, druh pozemku - ostatní plocha, způsob využití - jiná plocha</t>
+  </si>
+  <si>
+    <t>20000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ministerstvo dopravy </t>
+  </si>
+  <si>
+    <t>Převod pozemků p. č. 2691 a p. č. 811/15 v k. ú. Jablonec nad Jizerou</t>
+  </si>
+  <si>
+    <t>722951732</t>
+  </si>
+  <si>
+    <t>BuriankovaK@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Buriánková Kateřina</t>
+  </si>
+  <si>
+    <t>Oddělení přípravy pozbytí</t>
+  </si>
+  <si>
+    <t>Jablonec nad Jizerou, Jablonec nad Jizerou, okres Semily</t>
+  </si>
+  <si>
+    <t>2691, 811/15</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 2691 o výměře 54m2 zapsán na LV 300, jiná plocha/ostatní plocha, pozemek p. č. 811/15 o výměře 887m2 zapsán na LV 300, dráha/ostatní plocha vše v k. ú. Jablonec nad Jizerou. Na pozemcích se nachází bývalá stáčírna mazutu.</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. st. 255, jehož součástí je stavba budova č. p. 72,  pozemek p. č. st. 443, jehož součástí je stavba bez č. p./ č. e., pozemek p. č. 1067/5,  pozemek p. č. 1067/26 a pozemek p. č. 1067/27, vše v k. ú. Štarnov</t>
+  </si>
+  <si>
+    <t>najvarek@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Štarnov, Štarnov, okres Olomouc</t>
+  </si>
+  <si>
+    <t>p. č. st. 255,  pozemek p. č. st. 443, p. č. 1067/5,  p. č. 1067/26 a p. č. 1067/27</t>
+  </si>
+  <si>
+    <t>č.p. 72, stavba bez č.p./č.e.</t>
+  </si>
+  <si>
+    <t>1640000</t>
+  </si>
+  <si>
+    <t>S 1078/25/122 p.č. 1869/46 k.ú. Jeseník</t>
+  </si>
+  <si>
+    <t>2026-02-08</t>
+  </si>
+  <si>
+    <t>Jeseník, Jeseník, okres Jeseník</t>
+  </si>
+  <si>
+    <t>1869/46</t>
+  </si>
+  <si>
+    <t>p.č. 1869/46  zahrada o výměře 15 m2</t>
+  </si>
+  <si>
+    <t>S 1105/19/122 p.č. 539/1 dle GP k.ú. Česká Ves</t>
+  </si>
+  <si>
+    <t>Česká Ves, Česká Ves, okres Jeseník</t>
+  </si>
+  <si>
+    <t>539/1 dle GP</t>
+  </si>
+  <si>
+    <t>p.č. 539/1 dle GP - zastavěná plocha o výměře 763 m2</t>
+  </si>
+  <si>
+    <t>394000</t>
+  </si>
+  <si>
+    <t>prodej pozemku p.č. 906 v k.ú. Úsobrno</t>
+  </si>
+  <si>
+    <t>724524911</t>
+  </si>
+  <si>
+    <t>renata.kofronova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Kofroňová Renata</t>
+  </si>
+  <si>
+    <t>Oblastní ředitelství jižní Morava</t>
+  </si>
+  <si>
+    <t>Úsobrno, Úsobrno, okres Blansko</t>
+  </si>
+  <si>
+    <t>906</t>
+  </si>
+  <si>
+    <t>Pozemek lichoběžníkového tvaru, tvořící funkční celek s pozemkem p.č.st. 95/1 a 905. Pozemek je zatravněn.</t>
+  </si>
+  <si>
+    <t>16720</t>
+  </si>
+  <si>
+    <t>prodej pozemku p.č. 2528/3 Jablonec nad Nisou</t>
+  </si>
+  <si>
+    <t>2528/3</t>
+  </si>
+  <si>
+    <t>41000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p. č. 3419/29 a p. č. 3441/60 v k. ú. Střelice u Brna</t>
+  </si>
+  <si>
+    <t>JenikovaA@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>A. Jeníková</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace, SŽ Facility, Odbor pozbývání majetku, Oddělení přípravy pozbytí Sídlo: Dlážděná 1003/7, 110 00 Praha 1, pracoviště: Ke Štvanici 656/3, 186 00 Praha 8</t>
+  </si>
+  <si>
+    <t>p. č. 3441/60, p. č. 3419/29</t>
+  </si>
+  <si>
+    <t>859000</t>
+  </si>
+  <si>
+    <t>pozemky v k.ú. Slezská Ostrava</t>
+  </si>
+  <si>
+    <t>956911111</t>
+  </si>
+  <si>
+    <t>jan.mavrev@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ján Mavrev</t>
+  </si>
+  <si>
+    <t>Lesy České republiky, s.p., OŘ severní Morava</t>
+  </si>
+  <si>
+    <t>Slezská Ostrava, Ostrava, okres Ostrava-město</t>
+  </si>
+  <si>
+    <t>3633/7,5982/3, GP 5982/4</t>
+  </si>
+  <si>
+    <t>pozemky p.č. 3633/7 o výměře 563 m2, p.č. 5982/3 o výměře 297 m2, nově vzniklý dle GP 5982/4 o výměře 964 m2 vše ostatní plocha, vše v k.ú. Slezská Ostrava</t>
+  </si>
+  <si>
+    <t>1234729</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 1046/13 v k. ú. Rokytnice v Orlických horách</t>
+  </si>
+  <si>
+    <t>Rokytnice v Orlických horách, Rokytnice v Orlických horách, okres Rychnov nad Kněžnou</t>
+  </si>
+  <si>
+    <t>1046/13</t>
+  </si>
+  <si>
+    <t>prodej pozemku p. č. 1046/13 v k. ú. Rokytnice v Orlických horách o výměře 468m2, zapsán na LV 1073 - jiná plocha ostatní plocha. Pozemek je rovinný.</t>
+  </si>
+  <si>
+    <t>162000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p. č. 1046/2, p. č.st. 326, p. č. st. 236 vše v k. ú. Rokytnice v Orlických horách</t>
+  </si>
+  <si>
+    <t>1046/2,326,236</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 1046/2 o výměře 620m2 zapsán na LV 1073, způsob využití manipulační plocha o výměře 96m2 zapsán na LV 1073   ostatní plocha/ostatní plocha, pozemek p. č. 326 o výměře 96m2 zapsán na LV 1073 zastavěná plocha a nádvoří, zde se nachází stavba s čp. 165, pozemek p. č. st. 236 o výměře 7m2 zapsán na LV 1073, zastavěná plocha a nádvoří, zde se nachází malá stavba bez čp.všechny pozemky se nacházejí v k. ú. Rokytnice v Orlických horách</t>
+  </si>
+  <si>
+    <t>248000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Smilov u Štoků S 831/25</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>Smilov u Štoků, Štoky, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t>412/3, 433/14, 729/4, 429/5</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesních pozemků a ostatních ploch v katastrálním území Smilov u Štoků</t>
+  </si>
+  <si>
+    <t>138820</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Termesivy S 929/25</t>
+  </si>
+  <si>
+    <t>Termesivy, Havlíčkův Brod, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesního pozemku formou VŘ</t>
+  </si>
+  <si>
+    <t>59470</t>
+  </si>
+  <si>
+    <t>S 997/24/122 Prodej p.č. 255/6, 255/7 k.ú. Česká Ves</t>
+  </si>
+  <si>
+    <t>255/6, 255/7</t>
+  </si>
+  <si>
+    <t>p.č. 255/6 ostatní plocha o výměře 456 m2m p.č. 255/7 ostatní plocha o výměře 264 m2</t>
+  </si>
+  <si>
+    <t>S 1012/24/122 prodej p.č. 255/8 k.ú. Česká Ves</t>
+  </si>
+  <si>
+    <t>255/8</t>
+  </si>
+  <si>
+    <t>p.č. 255/8 zahrada o výměře 44 m2</t>
+  </si>
+  <si>
+    <t>23000</t>
+  </si>
+  <si>
+    <t>412/3, 433/14, 729/4, 729/5</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesních pozemků a ostatních ploch v k.ú. Smilov u Štoků</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 5020</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>Sudoměřice, Sudoměřice, okres Hodonín</t>
+  </si>
+  <si>
+    <t>5020</t>
+  </si>
+  <si>
+    <t>Pozemek o výměře 6316 m2, druh pozemku - ostatní plocha, způsob využití - jiná plocha</t>
+  </si>
+  <si>
+    <t>1022000</t>
+  </si>
+  <si>
+    <t>Povodí Odry, státní podnik</t>
+  </si>
+  <si>
+    <t>wwit8gq</t>
+  </si>
+  <si>
+    <t>Převod pozemku, veřejně prospěšná stavba "RS 1 ŽST Ostrava-Svinov"</t>
+  </si>
+  <si>
+    <t>596657304</t>
+  </si>
+  <si>
+    <t>jana.kohutkova@pod.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jana Kohutková</t>
+  </si>
+  <si>
+    <t>Svinov, Ostrava, okres Ostrava-město</t>
+  </si>
+  <si>
+    <t>3106/6</t>
+  </si>
+  <si>
+    <t>Převod části pozemku p.č. 3106/1 (nově odměřený 3106/6), pozemek bude zastavěn veřejně prospěšnou stavbou "RS 1 ŽST Ostrava-Svinov"</t>
+  </si>
+  <si>
+    <t>80520</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 2190/10 k.ú. Velké Albrechtice</t>
+  </si>
+  <si>
+    <t>Velké Albrechtice, Velké Albrechtice, okres Nový Jičín</t>
+  </si>
+  <si>
+    <t>2190/10</t>
+  </si>
+  <si>
+    <t>39000</t>
+  </si>
+  <si>
+    <t>Pozemek parc.č.st. 369 o výměře 134 m2 - zastavěná plocha a nádvoří, součástí je stavba č.p. 326 objekt občanské vybavenosti, parc.č. 98/2 o výměře 183 m2 – zahrada; parc.č. 98/3 o výměře 123 m2 – trvalý travní porost; k. ú. Horní Branná, obec Horní Branná, LV č. 567, KÚ pro Liberecký kraj, Katastrální pracoviště Semily. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Jaroslav Černík</t>
+  </si>
+  <si>
+    <t>Horní Branná, Horní Branná, okres Semily</t>
+  </si>
+  <si>
+    <t>3980000</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Pozemek parc. č. st. 282 o výměře 155 m2 zastavěná plocha a nádvoří, jehož součástí je stavba č.p. 50 stavba občanského vybavení, k.ú. Úsobí, obec Úsobí, LV č. 147, KÚ pro Kraj Vysočina, Katastrálního pracoviště Havlíčkův Brod. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Úsobí, Úsobí, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej bude probíhat formou VŘ </t>
+  </si>
+  <si>
+    <t>2260000</t>
+  </si>
+  <si>
+    <t>Pozemek parc.  č. st. 72 o výměře 235 m2, zastavěná plocha a nádvoří, jehož součástí je stavba č.p. 53 - stavba technického vybavení. k.ú. Herálec, obec Herálec,  LV č. 226, KÚ  pro Kraj Vysočinu, Katastrálního pracoviště Havlíčkův Brod. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Herálec, Herálec, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t>1450000</t>
+  </si>
+  <si>
+    <t>Ministerstvo dopravy ČR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek p.č. 805/1 k.ú. Čekanice u Tábora </t>
+  </si>
+  <si>
+    <t>RihovaD@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Dana Říhová</t>
+  </si>
+  <si>
+    <t>Odbor nakládání s nemovitým majetkem</t>
+  </si>
+  <si>
+    <t>Čekanice u Tábora, Tábor, okres Tábor</t>
+  </si>
+  <si>
+    <t>805/1</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 805/1 v kat.území Čekanice u Tábora, se nachází v severní části obce , v bezprostřední blízkosti vlakové trati cca 4,5 km od centra Tábora. Na pozemku se nachází zbytek starého oplocení v majetku Správy železnic, které je předmětem ocenění. Na pozemku se nachází majetek společnosti Akcenta , který není předmětem ocenění. Jedná se o příslušenství k hale, společnosti Akcenta ( přípojka vody, odpadní jímka, rampa, tepelná čerpadla, uskladněný materiál ). Na pozemku se nacházejí dvě stavební buňky v majetku Správy železnic, které budou demontovány a odstraněny a nebudou předmětem ocenění. „citace textu objednávky” Dřeviny umístněné na pozemku jsou v majetku společnosti Akcenta.</t>
+  </si>
+  <si>
+    <t>825000</t>
+  </si>
+  <si>
+    <t>Pozemek v k.ú. Čekanice u Tábora</t>
+  </si>
+  <si>
+    <t>806/1</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 806/1 v kat.území Čekanice u Tábora. , je dle výpisu z KN dle LV č. 5281, evidován jako ostatní plocha - manipulační plocha. Pozemek je velmi svažitý a z 50 % zarostlý náletovými dřevinami. Dle platného územního plánu se pozemek nachází území - DD DOPRAVA DRÁŽNÍ</t>
+  </si>
+  <si>
+    <t>523000</t>
+  </si>
+  <si>
+    <t>Pozemky p. č. 754 a p. č. 753/1</t>
+  </si>
+  <si>
+    <t>Radostice u Brna, Radostice, okres Brno-venkov</t>
+  </si>
+  <si>
+    <t>754 a 753/1</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 754 o výměře 2015 m2 - ostatní plocha, pozemek p. č. 753/1 o výměře 50 m2 - trvalý travní porost</t>
   </si>
   <si>
     <t>24000</t>
   </si>
   <si>
-    <t>S 1322/19/122 p.č. 6994/7 k.ú. Domašov u Jes</t>
-[...1403 lines deleted...]
-    <t>280000</t>
+    <t>Prodej p. č. 141/12 a p. č. 1038/3 v k. ú. Červené Záhoří</t>
+  </si>
+  <si>
+    <t>725 553 303</t>
+  </si>
+  <si>
+    <t>Červené Záhoří, Chotoviny, okres Tábor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek p. č. 141/12, k. ú. Červené Záhoří o výměře 5046 m2 , v katastru nemovitostí vedený  jako orná půda, v ÚP vymezen jako plochy přestavby z plochy dopravy železniční na veřejnou zeleň.  Pozemek v nezastavěné  části obce, navazuje na souvislou zástavbu obce. Na pozemku se nacházejí 2  listnaté keře, odhadem cca 10 roků stáří. Ostatní bezcenný nálet. Pozemek cca z poloviny v ochranném pásmu dráhy. Složené dřevo a materiál, lavička a další drobné terénní/venkovní úpravy  jiného vlastníka.  Pozemek p. č. 1038/3, k. ú.  Červené Záhoří o výměře 89 m2 , v katastru nemovitostí vedený jako  orná půda, v ÚP vymezen jako plochy zemědělské. Pozemek v nezastavěné  části obce. Směrem k žel.  trati, podél protihlukové stěny bezcenný křovinatý náletový porost. Pozemek v ochranném pásmu  dráhy. Pozemek zcela v ochranném pásmu dráhu. </t>
+  </si>
+  <si>
+    <t>1873000</t>
+  </si>
+  <si>
+    <t>pozemky p. č. 5022, 5011, 5076/2, 5169/2, 5169/3, propustky a mosty na daných pozemcích vše v k. ú. Damníkov, pozemek p. č. 1903/18 a propustek v k. ú. Třebovice</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>Damníkov, Damníkov, okres Ústí nad Orlicí</t>
+  </si>
+  <si>
+    <t>5022,5011,5076/2,5169/2,5169/3,1903/18</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemky po snesené dráze. pozemky jsou travnaté a na některých se nachází trvalé porosty. Součástí pozemků jsou 4 želez. propustky a 3 železniční mosty.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2122,127 +2518,126 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ74"/>
+  <dimension ref="A1:BQ119"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="36.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
-    <col min="8" max="8" width="34.7109375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11" max="11" width="36.7109375" customWidth="1"/>
+    <col min="8" max="8" width="33.7109375" customWidth="1"/>
+    <col min="9" max="9" width="587.7109375" customWidth="1"/>
+    <col min="10" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="31.7109375" customWidth="1"/>
     <col min="13" max="13" width="24.7109375" customWidth="1"/>
     <col min="14" max="14" width="200.7109375" customWidth="1"/>
-    <col min="15" max="15" width="69.7109375" customWidth="1"/>
-    <col min="16" max="16" width="123.7109375" customWidth="1"/>
+    <col min="15" max="15" width="87.7109375" customWidth="1"/>
+    <col min="16" max="16" width="85.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
-    <col min="21" max="21" width="7.7109375" customWidth="1"/>
-    <col min="22" max="22" width="37.7109375" customWidth="1"/>
+    <col min="21" max="21" width="24.7109375" customWidth="1"/>
+    <col min="22" max="22" width="31.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="1913.7109375" customWidth="1"/>
+    <col min="24" max="24" width="5363.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
-    <col min="26" max="26" width="47.7109375" customWidth="1"/>
+    <col min="26" max="26" width="44.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
-    <col min="36" max="36" width="241.7109375" customWidth="1"/>
-    <col min="37" max="37" width="47.7109375" customWidth="1"/>
+    <col min="36" max="36" width="41.7109375" customWidth="1"/>
+    <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
-    <col min="47" max="47" width="241.7109375" customWidth="1"/>
-    <col min="48" max="48" width="47.7109375" customWidth="1"/>
+    <col min="47" max="47" width="17.7109375" customWidth="1"/>
+    <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
     <col min="50" max="50" width="18.7109375" customWidth="1"/>
     <col min="51" max="51" width="15.7109375" customWidth="1"/>
     <col min="52" max="52" width="14.7109375" customWidth="1"/>
     <col min="53" max="53" width="16.7109375" customWidth="1"/>
     <col min="54" max="54" width="12.7109375" customWidth="1"/>
     <col min="55" max="55" width="9.7109375" customWidth="1"/>
     <col min="56" max="56" width="10.7109375" customWidth="1"/>
     <col min="57" max="57" width="13.7109375" customWidth="1"/>
-    <col min="58" max="58" width="253.7109375" customWidth="1"/>
-    <col min="59" max="59" width="47.7109375" customWidth="1"/>
+    <col min="58" max="58" width="17.7109375" customWidth="1"/>
+    <col min="59" max="59" width="21.7109375" customWidth="1"/>
     <col min="60" max="60" width="18.7109375" customWidth="1"/>
     <col min="61" max="61" width="19.7109375" customWidth="1"/>
     <col min="62" max="62" width="15.7109375" customWidth="1"/>
     <col min="63" max="63" width="14.7109375" customWidth="1"/>
     <col min="64" max="64" width="16.7109375" customWidth="1"/>
     <col min="65" max="65" width="12.7109375" customWidth="1"/>
     <col min="66" max="66" width="9.7109375" customWidth="1"/>
     <col min="67" max="67" width="10.7109375" customWidth="1"/>
     <col min="68" max="68" width="13.7109375" customWidth="1"/>
-    <col min="69" max="69" width="241.7109375" customWidth="1"/>
+    <col min="69" max="69" width="17.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:69">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2412,4482 +2807,6954 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>106068</v>
+        <v>106928</v>
       </c>
       <c r="B2" s="1">
-        <v>46003</v>
+        <v>46056</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>74</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>75</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>76</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>77</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>78</v>
       </c>
-      <c r="P2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R2" t="s">
         <v>80</v>
       </c>
       <c r="S2" t="s">
+        <v>80</v>
+      </c>
+      <c r="T2" t="s">
+        <v>80</v>
+      </c>
+      <c r="X2" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y2" t="s">
         <v>81</v>
-      </c>
-[...10 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>106067</v>
+        <v>106926</v>
       </c>
       <c r="B3" s="1">
-        <v>46003</v>
+        <v>46056</v>
       </c>
       <c r="C3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D3" t="s">
+        <v>83</v>
+      </c>
+      <c r="H3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I3" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
       <c r="J3" t="s">
         <v>73</v>
       </c>
       <c r="K3" t="s">
+        <v>86</v>
+      </c>
+      <c r="L3" t="s">
+        <v>87</v>
+      </c>
+      <c r="M3" t="s">
+        <v>88</v>
+      </c>
+      <c r="N3" t="s">
         <v>89</v>
       </c>
-      <c r="L3" t="s">
+      <c r="O3" t="s">
         <v>90</v>
       </c>
-      <c r="M3" t="s">
+      <c r="P3" t="s">
         <v>91</v>
       </c>
-      <c r="N3" t="s">
+      <c r="Q3" t="s">
+        <v>79</v>
+      </c>
+      <c r="R3" t="s">
+        <v>80</v>
+      </c>
+      <c r="S3" t="s">
+        <v>80</v>
+      </c>
+      <c r="T3" t="s">
+        <v>80</v>
+      </c>
+      <c r="X3" t="s">
         <v>92</v>
       </c>
-      <c r="O3" t="s">
+      <c r="Y3" t="s">
         <v>93</v>
-      </c>
-[...19 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>106065</v>
+        <v>106925</v>
       </c>
       <c r="B4" s="1">
-        <v>46003</v>
+        <v>46056</v>
       </c>
       <c r="C4" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D4" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="H4" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="I4" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="J4" t="s">
         <v>73</v>
       </c>
       <c r="K4" t="s">
+        <v>86</v>
+      </c>
+      <c r="L4" t="s">
+        <v>87</v>
+      </c>
+      <c r="M4" t="s">
+        <v>88</v>
+      </c>
+      <c r="N4" t="s">
         <v>89</v>
       </c>
-      <c r="L4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O4" t="s">
+        <v>95</v>
+      </c>
+      <c r="P4" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>79</v>
+      </c>
+      <c r="R4" t="s">
+        <v>80</v>
+      </c>
+      <c r="S4" t="s">
+        <v>80</v>
+      </c>
+      <c r="T4" t="s">
+        <v>80</v>
+      </c>
+      <c r="X4" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y4" t="s">
         <v>98</v>
-      </c>
-[...19 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>106064</v>
+        <v>106921</v>
       </c>
       <c r="B5" s="1">
-        <v>46003</v>
+        <v>46056</v>
       </c>
       <c r="C5" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="D5" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="H5" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="I5" t="s">
         <v>102</v>
       </c>
       <c r="J5" t="s">
         <v>73</v>
       </c>
       <c r="K5" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="L5" t="s">
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="M5" t="s">
-        <v>91</v>
+        <v>105</v>
       </c>
       <c r="N5" t="s">
-        <v>92</v>
+        <v>106</v>
       </c>
       <c r="O5" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="Q5" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X5" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="Y5" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>106063</v>
+        <v>106920</v>
       </c>
       <c r="B6" s="1">
-        <v>46003</v>
+        <v>46056</v>
       </c>
       <c r="C6" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="D6" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="H6" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="I6" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="J6" t="s">
         <v>73</v>
       </c>
       <c r="K6" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="L6" t="s">
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="M6" t="s">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="N6" t="s">
-        <v>92</v>
+        <v>106</v>
       </c>
       <c r="O6" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="S6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X6" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="Y6" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>106062</v>
+        <v>106919</v>
       </c>
       <c r="B7" s="1">
-        <v>46003</v>
+        <v>46056</v>
       </c>
       <c r="C7" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="D7" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="H7" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="I7" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="J7" t="s">
         <v>73</v>
       </c>
       <c r="K7" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="L7" t="s">
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="M7" t="s">
-        <v>91</v>
+        <v>105</v>
       </c>
       <c r="N7" t="s">
-        <v>92</v>
+        <v>106</v>
       </c>
       <c r="O7" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="Q7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R7" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="S7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X7" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="Y7" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>106061</v>
+        <v>106918</v>
       </c>
       <c r="B8" s="1">
-        <v>46003</v>
+        <v>46056</v>
       </c>
       <c r="C8" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="D8" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="H8" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="I8" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="J8" t="s">
         <v>73</v>
       </c>
       <c r="K8" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="L8" t="s">
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="M8" t="s">
-        <v>91</v>
+        <v>105</v>
       </c>
       <c r="N8" t="s">
-        <v>92</v>
+        <v>106</v>
       </c>
       <c r="O8" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="Q8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S8" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="T8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X8" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="Y8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>106060</v>
+        <v>106917</v>
       </c>
       <c r="B9" s="1">
-        <v>46003</v>
+        <v>46056</v>
       </c>
       <c r="C9" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="D9" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="H9" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="I9" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="J9" t="s">
         <v>73</v>
       </c>
       <c r="K9" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="L9" t="s">
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="M9" t="s">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="N9" t="s">
-        <v>92</v>
+        <v>106</v>
       </c>
       <c r="O9" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="Q9" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R9" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S9" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T9" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X9" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="Y9" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>106059</v>
+        <v>106916</v>
       </c>
       <c r="B10" s="1">
-        <v>46003</v>
+        <v>46056</v>
       </c>
       <c r="C10" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="D10" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="H10" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="I10" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="J10" t="s">
         <v>73</v>
       </c>
       <c r="K10" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="L10" t="s">
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="M10" t="s">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="N10" t="s">
-        <v>92</v>
+        <v>106</v>
       </c>
       <c r="O10" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="Q10" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R10" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S10" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T10" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X10" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="Y10" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>106058</v>
+        <v>106915</v>
       </c>
       <c r="B11" s="1">
-        <v>46003</v>
+        <v>46056</v>
       </c>
       <c r="C11" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="D11" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="H11" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="I11" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="J11" t="s">
         <v>73</v>
       </c>
       <c r="K11" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="L11" t="s">
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="M11" t="s">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="N11" t="s">
-        <v>92</v>
+        <v>106</v>
       </c>
       <c r="O11" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="Q11" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R11" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S11" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T11" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X11" t="s">
-        <v>128</v>
+        <v>108</v>
       </c>
       <c r="Y11" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>106057</v>
+        <v>106914</v>
       </c>
       <c r="B12" s="1">
-        <v>46003</v>
+        <v>46056</v>
       </c>
       <c r="C12" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="D12" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="H12" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="I12" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="J12" t="s">
         <v>73</v>
       </c>
       <c r="K12" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="L12" t="s">
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="M12" t="s">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="N12" t="s">
-        <v>92</v>
+        <v>106</v>
       </c>
       <c r="O12" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="Q12" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S12" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="T12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X12" t="s">
-        <v>132</v>
+        <v>108</v>
       </c>
       <c r="Y12" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>106056</v>
+        <v>106907</v>
       </c>
       <c r="B13" s="1">
-        <v>46003</v>
+        <v>46056</v>
       </c>
       <c r="C13" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="D13" t="s">
-        <v>86</v>
+        <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>87</v>
+        <v>135</v>
       </c>
       <c r="I13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="J13" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>137</v>
       </c>
       <c r="L13" t="s">
-        <v>90</v>
+        <v>138</v>
       </c>
       <c r="M13" t="s">
-        <v>91</v>
+        <v>139</v>
       </c>
       <c r="N13" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="O13" t="s">
-        <v>98</v>
+        <v>140</v>
       </c>
       <c r="P13" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>79</v>
+      </c>
+      <c r="R13" t="s">
+        <v>79</v>
+      </c>
+      <c r="S13" t="s">
+        <v>80</v>
+      </c>
+      <c r="T13" t="s">
+        <v>80</v>
+      </c>
+      <c r="V13" t="s">
+        <v>142</v>
+      </c>
+      <c r="X13" t="s">
         <v>136</v>
-      </c>
-[...16 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>106054</v>
+        <v>106890</v>
       </c>
       <c r="B14" s="1">
-        <v>46002</v>
+        <v>46055</v>
       </c>
       <c r="C14" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D14" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H14" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="I14" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="J14" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="K14" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="L14" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="M14" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="N14" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="O14" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="Q14" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R14" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S14" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T14" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X14" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="Y14" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>106053</v>
+        <v>106887</v>
       </c>
       <c r="B15" s="1">
-        <v>46002</v>
+        <v>46055</v>
       </c>
       <c r="C15" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="D15" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="H15" t="s">
-        <v>87</v>
+        <v>154</v>
       </c>
       <c r="I15" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="J15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="K15" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="L15" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="M15" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="N15" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="O15" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="P15" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="Q15" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X15" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="Y15" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
-        <v>106051</v>
+        <v>106875</v>
       </c>
       <c r="B16" s="1">
-        <v>46002</v>
+        <v>46052</v>
       </c>
       <c r="C16" t="s">
-        <v>85</v>
+        <v>143</v>
       </c>
       <c r="D16" t="s">
-        <v>86</v>
+        <v>144</v>
       </c>
       <c r="H16" t="s">
-        <v>87</v>
+        <v>145</v>
       </c>
       <c r="I16" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="J16" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
       <c r="K16" t="s">
-        <v>89</v>
+        <v>147</v>
       </c>
       <c r="L16" t="s">
-        <v>90</v>
+        <v>148</v>
       </c>
       <c r="M16" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="N16" t="s">
-        <v>92</v>
+        <v>150</v>
       </c>
       <c r="O16" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="P16" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="Q16" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R16" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S16" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T16" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X16" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="Y16" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25">
+      <c r="A17">
+        <v>106870</v>
+      </c>
+      <c r="B17" s="1">
+        <v>46052</v>
+      </c>
+      <c r="C17" t="s">
+        <v>143</v>
+      </c>
+      <c r="D17" t="s">
+        <v>144</v>
+      </c>
+      <c r="H17" t="s">
+        <v>170</v>
+      </c>
+      <c r="I17" t="s">
+        <v>171</v>
+      </c>
+      <c r="J17" t="s">
         <v>165</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <v>135</v>
+      <c r="K17" t="s">
+        <v>172</v>
       </c>
       <c r="L17" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="M17" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="N17" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="O17" t="s">
+        <v>176</v>
+      </c>
+      <c r="P17" t="s">
+        <v>177</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>79</v>
+      </c>
+      <c r="R17" t="s">
+        <v>80</v>
+      </c>
+      <c r="S17" t="s">
+        <v>80</v>
+      </c>
+      <c r="T17" t="s">
+        <v>80</v>
+      </c>
+      <c r="X17" t="s">
+        <v>178</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25">
+      <c r="A18">
+        <v>106867</v>
+      </c>
+      <c r="B18" s="1">
+        <v>46052</v>
+      </c>
+      <c r="C18" t="s">
+        <v>143</v>
+      </c>
+      <c r="D18" t="s">
+        <v>144</v>
+      </c>
+      <c r="H18" t="s">
         <v>170</v>
       </c>
-      <c r="P17" t="s">
-[...14 lines deleted...]
-      <c r="X17" t="s">
+      <c r="I18" t="s">
+        <v>180</v>
+      </c>
+      <c r="J18" t="s">
+        <v>165</v>
+      </c>
+      <c r="K18" t="s">
         <v>172</v>
       </c>
-      <c r="Y17" t="s">
+      <c r="L18" t="s">
         <v>173</v>
       </c>
-    </row>
-[...27 lines deleted...]
-      </c>
       <c r="M18" t="s">
-        <v>91</v>
+        <v>174</v>
       </c>
       <c r="N18" t="s">
-        <v>92</v>
+        <v>175</v>
       </c>
       <c r="O18" t="s">
-        <v>162</v>
+        <v>181</v>
       </c>
       <c r="P18" t="s">
-        <v>163</v>
+        <v>182</v>
       </c>
       <c r="Q18" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R18" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S18" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T18" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X18" t="s">
-        <v>164</v>
+        <v>183</v>
       </c>
       <c r="Y18" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25">
+      <c r="A19">
+        <v>106865</v>
+      </c>
+      <c r="B19" s="1">
+        <v>46052</v>
+      </c>
+      <c r="C19" t="s">
+        <v>185</v>
+      </c>
+      <c r="D19" t="s">
+        <v>186</v>
+      </c>
+      <c r="H19" t="s">
+        <v>187</v>
+      </c>
+      <c r="I19" t="s">
+        <v>188</v>
+      </c>
+      <c r="J19" t="s">
         <v>165</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <v>135</v>
+      <c r="K19" t="s">
+        <v>189</v>
       </c>
       <c r="L19" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
       <c r="M19" t="s">
-        <v>176</v>
+        <v>191</v>
       </c>
       <c r="N19" t="s">
-        <v>177</v>
+        <v>192</v>
       </c>
       <c r="O19" t="s">
-        <v>178</v>
+        <v>193</v>
       </c>
       <c r="P19" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="Q19" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X19" t="s">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="Y19" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:69">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="20" spans="1:25">
       <c r="A20">
-        <v>106046</v>
+        <v>106864</v>
       </c>
       <c r="B20" s="1">
-        <v>46001</v>
+        <v>46052</v>
       </c>
       <c r="C20" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D20" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="H20" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="I20" t="s">
+        <v>197</v>
+      </c>
+      <c r="J20" t="s">
+        <v>165</v>
+      </c>
+      <c r="K20" t="s">
+        <v>189</v>
+      </c>
+      <c r="L20" t="s">
+        <v>190</v>
+      </c>
+      <c r="M20" t="s">
+        <v>191</v>
+      </c>
+      <c r="N20" t="s">
+        <v>192</v>
+      </c>
+      <c r="O20" t="s">
+        <v>193</v>
+      </c>
+      <c r="P20" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>79</v>
+      </c>
+      <c r="R20" t="s">
+        <v>80</v>
+      </c>
+      <c r="S20" t="s">
+        <v>80</v>
+      </c>
+      <c r="T20" t="s">
+        <v>80</v>
+      </c>
+      <c r="X20" t="s">
+        <v>199</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="21" spans="1:25">
+      <c r="A21">
+        <v>106862</v>
+      </c>
+      <c r="B21" s="1">
+        <v>46052</v>
+      </c>
+      <c r="C21" t="s">
         <v>185</v>
       </c>
-      <c r="J20" t="s">
+      <c r="D21" t="s">
         <v>186</v>
       </c>
-      <c r="K20" t="s">
+      <c r="H21" t="s">
         <v>187</v>
       </c>
-      <c r="L20" t="s">
-[...2 lines deleted...]
-      <c r="M20" t="s">
+      <c r="I21" t="s">
+        <v>201</v>
+      </c>
+      <c r="J21" t="s">
+        <v>202</v>
+      </c>
+      <c r="K21" t="s">
         <v>189</v>
       </c>
-      <c r="N20" t="s">
+      <c r="L21" t="s">
         <v>190</v>
       </c>
-      <c r="O20" t="s">
+      <c r="M21" t="s">
         <v>191</v>
       </c>
-      <c r="P20" t="s">
+      <c r="N21" t="s">
         <v>192</v>
       </c>
-      <c r="Q20" t="s">
-[...11 lines deleted...]
-      <c r="X20" t="s">
+      <c r="O21" t="s">
         <v>193</v>
       </c>
-      <c r="Y20" t="s">
-[...22 lines deleted...]
-      <c r="J21" t="s">
+      <c r="P21" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>79</v>
+      </c>
+      <c r="R21" t="s">
+        <v>80</v>
+      </c>
+      <c r="S21" t="s">
+        <v>80</v>
+      </c>
+      <c r="T21" t="s">
+        <v>80</v>
+      </c>
+      <c r="X21" t="s">
+        <v>204</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="22" spans="1:25">
+      <c r="A22">
+        <v>106861</v>
+      </c>
+      <c r="B22" s="1">
+        <v>46052</v>
+      </c>
+      <c r="C22" t="s">
+        <v>185</v>
+      </c>
+      <c r="D22" t="s">
         <v>186</v>
       </c>
-      <c r="L21" t="s">
-[...26 lines deleted...]
-      <c r="X21" t="s">
+      <c r="H22" t="s">
+        <v>187</v>
+      </c>
+      <c r="I22" t="s">
+        <v>206</v>
+      </c>
+      <c r="J22" t="s">
         <v>202</v>
       </c>
-      <c r="Y21" t="s">
-[...19 lines deleted...]
-      <c r="I22" t="s">
+      <c r="K22" t="s">
+        <v>189</v>
+      </c>
+      <c r="L22" t="s">
+        <v>190</v>
+      </c>
+      <c r="M22" t="s">
+        <v>191</v>
+      </c>
+      <c r="N22" t="s">
+        <v>192</v>
+      </c>
+      <c r="O22" t="s">
+        <v>193</v>
+      </c>
+      <c r="P22" t="s">
         <v>207</v>
       </c>
-      <c r="J22" t="s">
-[...2 lines deleted...]
-      <c r="K22" t="s">
+      <c r="Q22" t="s">
+        <v>79</v>
+      </c>
+      <c r="R22" t="s">
+        <v>80</v>
+      </c>
+      <c r="S22" t="s">
+        <v>80</v>
+      </c>
+      <c r="T22" t="s">
+        <v>80</v>
+      </c>
+      <c r="X22" t="s">
         <v>208</v>
       </c>
-      <c r="L22" t="s">
+      <c r="Y22" t="s">
         <v>209</v>
       </c>
-      <c r="M22" t="s">
-[...30 lines deleted...]
-    <row r="23" spans="1:69">
+    </row>
+    <row r="23" spans="1:25">
       <c r="A23">
-        <v>106042</v>
+        <v>106860</v>
       </c>
       <c r="B23" s="1">
-        <v>46000</v>
+        <v>46052</v>
       </c>
       <c r="C23" t="s">
         <v>69</v>
       </c>
       <c r="D23" t="s">
         <v>70</v>
       </c>
       <c r="H23" t="s">
-        <v>195</v>
+        <v>135</v>
       </c>
       <c r="I23" t="s">
+        <v>210</v>
+      </c>
+      <c r="J23" t="s">
+        <v>202</v>
+      </c>
+      <c r="L23" t="s">
+        <v>138</v>
+      </c>
+      <c r="M23" t="s">
+        <v>139</v>
+      </c>
+      <c r="N23" t="s">
+        <v>76</v>
+      </c>
+      <c r="O23" t="s">
+        <v>211</v>
+      </c>
+      <c r="P23" t="s">
+        <v>212</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>79</v>
+      </c>
+      <c r="R23" t="s">
+        <v>80</v>
+      </c>
+      <c r="S23" t="s">
+        <v>80</v>
+      </c>
+      <c r="T23" t="s">
+        <v>80</v>
+      </c>
+      <c r="X23" t="s">
+        <v>210</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="24" spans="1:25">
+      <c r="A24">
+        <v>106859</v>
+      </c>
+      <c r="B24" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C24" t="s">
+        <v>214</v>
+      </c>
+      <c r="D24" t="s">
         <v>215</v>
       </c>
-      <c r="J23" t="s">
+      <c r="H24" t="s">
         <v>216</v>
       </c>
-      <c r="K23" t="s">
+      <c r="I24" t="s">
         <v>217</v>
       </c>
-      <c r="L23" t="s">
+      <c r="J24" t="s">
+        <v>202</v>
+      </c>
+      <c r="K24" t="s">
         <v>218</v>
       </c>
-      <c r="M23" t="s">
+      <c r="L24" t="s">
         <v>219</v>
       </c>
-      <c r="N23" t="s">
+      <c r="M24" t="s">
         <v>220</v>
       </c>
-      <c r="O23" t="s">
+      <c r="N24" t="s">
         <v>221</v>
       </c>
-      <c r="P23" t="s">
+      <c r="O24" t="s">
         <v>222</v>
       </c>
-      <c r="Q23" t="s">
-[...11 lines deleted...]
-      <c r="X23" t="s">
+      <c r="P24" t="s">
         <v>223</v>
       </c>
-      <c r="Y23" t="s">
+      <c r="Q24" t="s">
+        <v>79</v>
+      </c>
+      <c r="R24" t="s">
+        <v>80</v>
+      </c>
+      <c r="S24" t="s">
+        <v>80</v>
+      </c>
+      <c r="T24" t="s">
+        <v>80</v>
+      </c>
+      <c r="X24" t="s">
         <v>224</v>
       </c>
-      <c r="Z23" t="s">
+      <c r="Y24" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="25" spans="1:25">
+      <c r="A25">
+        <v>106857</v>
+      </c>
+      <c r="B25" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C25" t="s">
+        <v>185</v>
+      </c>
+      <c r="D25" t="s">
+        <v>186</v>
+      </c>
+      <c r="H25" t="s">
+        <v>187</v>
+      </c>
+      <c r="I25" t="s">
+        <v>226</v>
+      </c>
+      <c r="J25" t="s">
+        <v>202</v>
+      </c>
+      <c r="K25" t="s">
+        <v>189</v>
+      </c>
+      <c r="L25" t="s">
+        <v>190</v>
+      </c>
+      <c r="M25" t="s">
+        <v>191</v>
+      </c>
+      <c r="N25" t="s">
+        <v>192</v>
+      </c>
+      <c r="O25" t="s">
+        <v>193</v>
+      </c>
+      <c r="P25" t="s">
+        <v>227</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>79</v>
+      </c>
+      <c r="R25" t="s">
+        <v>80</v>
+      </c>
+      <c r="S25" t="s">
+        <v>80</v>
+      </c>
+      <c r="T25" t="s">
+        <v>80</v>
+      </c>
+      <c r="X25" t="s">
+        <v>228</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="26" spans="1:25">
+      <c r="A26">
+        <v>106856</v>
+      </c>
+      <c r="B26" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C26" t="s">
+        <v>185</v>
+      </c>
+      <c r="D26" t="s">
+        <v>186</v>
+      </c>
+      <c r="H26" t="s">
+        <v>187</v>
+      </c>
+      <c r="I26" t="s">
+        <v>230</v>
+      </c>
+      <c r="J26" t="s">
+        <v>202</v>
+      </c>
+      <c r="K26" t="s">
+        <v>189</v>
+      </c>
+      <c r="L26" t="s">
+        <v>190</v>
+      </c>
+      <c r="M26" t="s">
+        <v>191</v>
+      </c>
+      <c r="N26" t="s">
+        <v>192</v>
+      </c>
+      <c r="O26" t="s">
+        <v>193</v>
+      </c>
+      <c r="P26" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>79</v>
+      </c>
+      <c r="R26" t="s">
+        <v>80</v>
+      </c>
+      <c r="S26" t="s">
+        <v>80</v>
+      </c>
+      <c r="T26" t="s">
+        <v>80</v>
+      </c>
+      <c r="X26" t="s">
+        <v>232</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="27" spans="1:25">
+      <c r="A27">
+        <v>106855</v>
+      </c>
+      <c r="B27" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C27" t="s">
+        <v>185</v>
+      </c>
+      <c r="D27" t="s">
+        <v>186</v>
+      </c>
+      <c r="H27" t="s">
+        <v>187</v>
+      </c>
+      <c r="I27" t="s">
+        <v>234</v>
+      </c>
+      <c r="J27" t="s">
+        <v>202</v>
+      </c>
+      <c r="K27" t="s">
+        <v>189</v>
+      </c>
+      <c r="L27" t="s">
+        <v>190</v>
+      </c>
+      <c r="M27" t="s">
+        <v>191</v>
+      </c>
+      <c r="N27" t="s">
+        <v>192</v>
+      </c>
+      <c r="O27" t="s">
+        <v>193</v>
+      </c>
+      <c r="P27" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>79</v>
+      </c>
+      <c r="R27" t="s">
+        <v>80</v>
+      </c>
+      <c r="S27" t="s">
+        <v>80</v>
+      </c>
+      <c r="T27" t="s">
+        <v>80</v>
+      </c>
+      <c r="X27" t="s">
+        <v>236</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="28" spans="1:25">
+      <c r="A28">
+        <v>106854</v>
+      </c>
+      <c r="B28" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C28" t="s">
+        <v>185</v>
+      </c>
+      <c r="D28" t="s">
+        <v>186</v>
+      </c>
+      <c r="H28" t="s">
+        <v>187</v>
+      </c>
+      <c r="I28" t="s">
+        <v>238</v>
+      </c>
+      <c r="J28" t="s">
+        <v>202</v>
+      </c>
+      <c r="K28" t="s">
+        <v>189</v>
+      </c>
+      <c r="L28" t="s">
+        <v>190</v>
+      </c>
+      <c r="M28" t="s">
+        <v>191</v>
+      </c>
+      <c r="N28" t="s">
+        <v>192</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>239</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>79</v>
+      </c>
+      <c r="R28" t="s">
+        <v>80</v>
+      </c>
+      <c r="S28" t="s">
+        <v>80</v>
+      </c>
+      <c r="T28" t="s">
+        <v>80</v>
+      </c>
+      <c r="X28" t="s">
+        <v>240</v>
+      </c>
+      <c r="Y28" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="29" spans="1:25">
+      <c r="A29">
+        <v>106846</v>
+      </c>
+      <c r="B29" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C29" t="s">
+        <v>214</v>
+      </c>
+      <c r="D29" t="s">
+        <v>215</v>
+      </c>
+      <c r="H29" t="s">
+        <v>216</v>
+      </c>
+      <c r="I29" t="s">
+        <v>242</v>
+      </c>
+      <c r="J29" t="s">
+        <v>202</v>
+      </c>
+      <c r="K29" t="s">
+        <v>218</v>
+      </c>
+      <c r="L29" t="s">
+        <v>219</v>
+      </c>
+      <c r="M29" t="s">
+        <v>220</v>
+      </c>
+      <c r="N29" t="s">
         <v>221</v>
       </c>
-      <c r="AA23" t="s">
-[...115 lines deleted...]
-      <c r="K24" t="s">
+      <c r="O29" t="s">
+        <v>243</v>
+      </c>
+      <c r="P29" t="s">
+        <v>244</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>79</v>
+      </c>
+      <c r="R29" t="s">
+        <v>80</v>
+      </c>
+      <c r="S29" t="s">
+        <v>80</v>
+      </c>
+      <c r="T29" t="s">
+        <v>80</v>
+      </c>
+      <c r="X29" t="s">
+        <v>245</v>
+      </c>
+      <c r="Y29" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="30" spans="1:25">
+      <c r="A30">
+        <v>106839</v>
+      </c>
+      <c r="B30" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C30" t="s">
+        <v>69</v>
+      </c>
+      <c r="D30" t="s">
+        <v>70</v>
+      </c>
+      <c r="H30" t="s">
+        <v>135</v>
+      </c>
+      <c r="I30" t="s">
+        <v>247</v>
+      </c>
+      <c r="J30" t="s">
+        <v>202</v>
+      </c>
+      <c r="L30" t="s">
+        <v>248</v>
+      </c>
+      <c r="M30" t="s">
+        <v>139</v>
+      </c>
+      <c r="N30" t="s">
+        <v>76</v>
+      </c>
+      <c r="O30" t="s">
+        <v>249</v>
+      </c>
+      <c r="P30" t="s">
+        <v>250</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>79</v>
+      </c>
+      <c r="R30" t="s">
+        <v>79</v>
+      </c>
+      <c r="S30" t="s">
+        <v>80</v>
+      </c>
+      <c r="T30" t="s">
+        <v>80</v>
+      </c>
+      <c r="U30" t="s">
+        <v>251</v>
+      </c>
+      <c r="V30" t="s">
+        <v>252</v>
+      </c>
+      <c r="X30" t="s">
+        <v>247</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="31" spans="1:25">
+      <c r="A31">
+        <v>106838</v>
+      </c>
+      <c r="B31" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C31" t="s">
+        <v>143</v>
+      </c>
+      <c r="D31" t="s">
+        <v>144</v>
+      </c>
+      <c r="H31" t="s">
         <v>187</v>
       </c>
-      <c r="L24" t="s">
-[...200 lines deleted...]
-      <c r="Y27" t="s">
+      <c r="I31" t="s">
         <v>254</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C28" t="s">
+      <c r="J31" t="s">
+        <v>202</v>
+      </c>
+      <c r="K31" t="s">
         <v>255</v>
       </c>
-      <c r="D28" t="s">
+      <c r="L31" t="s">
         <v>256</v>
       </c>
-      <c r="H28" t="s">
-[...2 lines deleted...]
-      <c r="I28" t="s">
+      <c r="M31" t="s">
         <v>257</v>
       </c>
-      <c r="J28" t="s">
+      <c r="N31" t="s">
         <v>258</v>
       </c>
-      <c r="K28" t="s">
+      <c r="O31" t="s">
         <v>259</v>
       </c>
-      <c r="L28" t="s">
+      <c r="P31" t="s">
         <v>260</v>
       </c>
-      <c r="M28" t="s">
+      <c r="Q31" t="s">
+        <v>79</v>
+      </c>
+      <c r="R31" t="s">
+        <v>80</v>
+      </c>
+      <c r="S31" t="s">
+        <v>80</v>
+      </c>
+      <c r="T31" t="s">
+        <v>80</v>
+      </c>
+      <c r="X31" t="s">
         <v>261</v>
       </c>
-      <c r="N28" t="s">
+      <c r="Y31" t="s">
         <v>262</v>
       </c>
-      <c r="O28" t="s">
+    </row>
+    <row r="32" spans="1:25">
+      <c r="A32">
+        <v>106832</v>
+      </c>
+      <c r="B32" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C32" t="s">
+        <v>143</v>
+      </c>
+      <c r="D32" t="s">
+        <v>144</v>
+      </c>
+      <c r="H32" t="s">
+        <v>187</v>
+      </c>
+      <c r="I32" t="s">
         <v>263</v>
       </c>
-      <c r="P28" t="s">
+      <c r="J32" t="s">
+        <v>202</v>
+      </c>
+      <c r="K32" t="s">
+        <v>255</v>
+      </c>
+      <c r="L32" t="s">
+        <v>256</v>
+      </c>
+      <c r="M32" t="s">
+        <v>257</v>
+      </c>
+      <c r="N32" t="s">
+        <v>258</v>
+      </c>
+      <c r="O32" t="s">
         <v>264</v>
       </c>
-      <c r="Q28" t="s">
-[...11 lines deleted...]
-      <c r="X28" t="s">
+      <c r="P32" t="s">
         <v>265</v>
       </c>
-      <c r="Y28" t="s">
+      <c r="Q32" t="s">
+        <v>79</v>
+      </c>
+      <c r="R32" t="s">
+        <v>80</v>
+      </c>
+      <c r="S32" t="s">
+        <v>80</v>
+      </c>
+      <c r="T32" t="s">
+        <v>80</v>
+      </c>
+      <c r="X32" t="s">
         <v>266</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="H29" t="s">
+      <c r="Y32" t="s">
         <v>267</v>
-      </c>
-[...217 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33">
-        <v>106017</v>
+        <v>106806</v>
       </c>
       <c r="B33" s="1">
-        <v>45995</v>
+        <v>46050</v>
       </c>
       <c r="C33" t="s">
-        <v>139</v>
+        <v>69</v>
       </c>
       <c r="D33" t="s">
-        <v>140</v>
+        <v>70</v>
       </c>
       <c r="H33" t="s">
         <v>71</v>
       </c>
       <c r="I33" t="s">
-        <v>295</v>
+        <v>268</v>
       </c>
       <c r="J33" t="s">
-        <v>258</v>
+        <v>269</v>
+      </c>
+      <c r="K33" t="s">
+        <v>270</v>
       </c>
       <c r="L33" t="s">
-        <v>296</v>
+        <v>271</v>
       </c>
       <c r="M33" t="s">
-        <v>297</v>
+        <v>272</v>
       </c>
       <c r="N33" t="s">
-        <v>298</v>
+        <v>273</v>
       </c>
       <c r="O33" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>274</v>
       </c>
       <c r="Q33" t="s">
         <v>80</v>
       </c>
       <c r="R33" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="S33" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T33" t="s">
-        <v>81</v>
+        <v>80</v>
+      </c>
+      <c r="U33" t="s">
+        <v>275</v>
+      </c>
+      <c r="V33" t="s">
+        <v>276</v>
       </c>
       <c r="X33" t="s">
-        <v>295</v>
+        <v>277</v>
       </c>
       <c r="Y33" t="s">
-        <v>301</v>
+        <v>278</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34">
-        <v>106014</v>
+        <v>106807</v>
       </c>
       <c r="B34" s="1">
-        <v>45994</v>
+        <v>46050</v>
       </c>
       <c r="C34" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D34" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H34" t="s">
-        <v>71</v>
+        <v>145</v>
       </c>
       <c r="I34" t="s">
-        <v>302</v>
+        <v>279</v>
       </c>
       <c r="J34" t="s">
-        <v>303</v>
+        <v>269</v>
+      </c>
+      <c r="K34" t="s">
+        <v>147</v>
       </c>
       <c r="L34" t="s">
-        <v>304</v>
+        <v>148</v>
       </c>
       <c r="M34" t="s">
-        <v>305</v>
+        <v>149</v>
       </c>
       <c r="N34" t="s">
-        <v>306</v>
+        <v>150</v>
       </c>
       <c r="O34" t="s">
-        <v>307</v>
+        <v>166</v>
       </c>
       <c r="P34" t="s">
-        <v>308</v>
+        <v>280</v>
       </c>
       <c r="Q34" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R34" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S34" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T34" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X34" t="s">
-        <v>302</v>
+        <v>281</v>
       </c>
       <c r="Y34" t="s">
-        <v>309</v>
+        <v>282</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35">
-        <v>106013</v>
+        <v>106811</v>
       </c>
       <c r="B35" s="1">
-        <v>45994</v>
+        <v>46050</v>
       </c>
       <c r="C35" t="s">
-        <v>310</v>
+        <v>143</v>
       </c>
       <c r="D35" t="s">
-        <v>311</v>
+        <v>144</v>
       </c>
       <c r="H35" t="s">
-        <v>312</v>
+        <v>145</v>
       </c>
       <c r="I35" t="s">
-        <v>313</v>
+        <v>283</v>
       </c>
       <c r="J35" t="s">
-        <v>303</v>
+        <v>269</v>
       </c>
       <c r="K35" t="s">
-        <v>314</v>
+        <v>147</v>
       </c>
       <c r="L35" t="s">
-        <v>315</v>
+        <v>148</v>
       </c>
       <c r="M35" t="s">
-        <v>316</v>
+        <v>149</v>
       </c>
       <c r="N35" t="s">
-        <v>317</v>
+        <v>150</v>
       </c>
       <c r="O35" t="s">
-        <v>318</v>
+        <v>166</v>
+      </c>
+      <c r="P35" t="s">
+        <v>284</v>
       </c>
       <c r="Q35" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R35" t="s">
         <v>80</v>
       </c>
       <c r="S35" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T35" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X35" t="s">
-        <v>319</v>
+        <v>285</v>
       </c>
       <c r="Y35" t="s">
-        <v>320</v>
+        <v>286</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36">
-        <v>106012</v>
+        <v>106815</v>
       </c>
       <c r="B36" s="1">
-        <v>45994</v>
+        <v>46050</v>
       </c>
       <c r="C36" t="s">
-        <v>310</v>
+        <v>143</v>
       </c>
       <c r="D36" t="s">
-        <v>311</v>
+        <v>144</v>
       </c>
       <c r="H36" t="s">
-        <v>312</v>
+        <v>145</v>
       </c>
       <c r="I36" t="s">
-        <v>321</v>
+        <v>287</v>
       </c>
       <c r="J36" t="s">
-        <v>303</v>
+        <v>269</v>
       </c>
       <c r="K36" t="s">
-        <v>314</v>
+        <v>147</v>
       </c>
       <c r="L36" t="s">
-        <v>315</v>
+        <v>148</v>
       </c>
       <c r="M36" t="s">
-        <v>316</v>
+        <v>149</v>
       </c>
       <c r="N36" t="s">
-        <v>317</v>
+        <v>150</v>
       </c>
       <c r="O36" t="s">
-        <v>322</v>
+        <v>166</v>
+      </c>
+      <c r="P36" t="s">
+        <v>288</v>
       </c>
       <c r="Q36" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R36" t="s">
         <v>80</v>
       </c>
       <c r="S36" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T36" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X36" t="s">
-        <v>323</v>
+        <v>289</v>
       </c>
       <c r="Y36" t="s">
-        <v>324</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:25">
       <c r="A37">
-        <v>106011</v>
+        <v>106818</v>
       </c>
       <c r="B37" s="1">
-        <v>45994</v>
+        <v>46050</v>
       </c>
       <c r="C37" t="s">
-        <v>310</v>
+        <v>143</v>
       </c>
       <c r="D37" t="s">
-        <v>311</v>
+        <v>144</v>
       </c>
       <c r="H37" t="s">
-        <v>312</v>
+        <v>145</v>
       </c>
       <c r="I37" t="s">
-        <v>325</v>
+        <v>291</v>
       </c>
       <c r="J37" t="s">
-        <v>303</v>
+        <v>269</v>
       </c>
       <c r="K37" t="s">
-        <v>314</v>
+        <v>147</v>
       </c>
       <c r="L37" t="s">
-        <v>315</v>
+        <v>148</v>
       </c>
       <c r="M37" t="s">
-        <v>316</v>
+        <v>149</v>
       </c>
       <c r="N37" t="s">
-        <v>317</v>
+        <v>150</v>
       </c>
       <c r="O37" t="s">
-        <v>326</v>
+        <v>166</v>
       </c>
       <c r="Q37" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R37" t="s">
         <v>80</v>
       </c>
       <c r="S37" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T37" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X37" t="s">
-        <v>319</v>
+        <v>292</v>
       </c>
       <c r="Y37" t="s">
-        <v>327</v>
+        <v>293</v>
       </c>
     </row>
     <row r="38" spans="1:25">
       <c r="A38">
-        <v>106009</v>
+        <v>106819</v>
       </c>
       <c r="B38" s="1">
-        <v>45993</v>
+        <v>46050</v>
       </c>
       <c r="C38" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D38" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H38" t="s">
-        <v>71</v>
+        <v>143</v>
       </c>
       <c r="I38" t="s">
-        <v>328</v>
+        <v>294</v>
       </c>
       <c r="J38" t="s">
-        <v>329</v>
+        <v>269</v>
+      </c>
+      <c r="K38" t="s">
+        <v>295</v>
       </c>
       <c r="L38" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="M38" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="N38" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
       <c r="O38" t="s">
-        <v>330</v>
+        <v>299</v>
       </c>
       <c r="P38" t="s">
-        <v>331</v>
+        <v>300</v>
       </c>
       <c r="Q38" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R38" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S38" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T38" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X38" t="s">
-        <v>328</v>
+        <v>301</v>
       </c>
       <c r="Y38" t="s">
-        <v>332</v>
+        <v>302</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39">
-        <v>106008</v>
+        <v>106822</v>
       </c>
       <c r="B39" s="1">
-        <v>45993</v>
+        <v>46050</v>
       </c>
       <c r="C39" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D39" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H39" t="s">
-        <v>195</v>
+        <v>145</v>
       </c>
       <c r="I39" t="s">
-        <v>333</v>
+        <v>303</v>
       </c>
       <c r="J39" t="s">
-        <v>329</v>
+        <v>269</v>
+      </c>
+      <c r="K39" t="s">
+        <v>147</v>
       </c>
       <c r="L39" t="s">
-        <v>197</v>
+        <v>148</v>
       </c>
       <c r="M39" t="s">
-        <v>198</v>
+        <v>149</v>
       </c>
       <c r="N39" t="s">
-        <v>199</v>
+        <v>150</v>
       </c>
       <c r="O39" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>304</v>
       </c>
       <c r="Q39" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R39" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S39" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T39" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X39" t="s">
-        <v>336</v>
+        <v>305</v>
       </c>
       <c r="Y39" t="s">
-        <v>337</v>
+        <v>306</v>
       </c>
     </row>
     <row r="40" spans="1:25">
       <c r="A40">
-        <v>106007</v>
+        <v>106826</v>
       </c>
       <c r="B40" s="1">
-        <v>45992</v>
+        <v>46050</v>
       </c>
       <c r="C40" t="s">
-        <v>255</v>
+        <v>214</v>
       </c>
       <c r="D40" t="s">
-        <v>256</v>
+        <v>215</v>
       </c>
       <c r="H40" t="s">
-        <v>338</v>
+        <v>216</v>
       </c>
       <c r="I40" t="s">
-        <v>339</v>
+        <v>307</v>
       </c>
       <c r="J40" t="s">
-        <v>340</v>
+        <v>269</v>
       </c>
       <c r="K40" t="s">
-        <v>341</v>
+        <v>218</v>
       </c>
       <c r="L40" t="s">
-        <v>342</v>
+        <v>219</v>
       </c>
       <c r="M40" t="s">
-        <v>343</v>
+        <v>220</v>
       </c>
       <c r="N40" t="s">
-        <v>344</v>
+        <v>221</v>
       </c>
       <c r="O40" t="s">
-        <v>345</v>
+        <v>308</v>
+      </c>
+      <c r="P40" t="s">
+        <v>309</v>
       </c>
       <c r="Q40" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R40" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S40" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T40" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X40" t="s">
-        <v>346</v>
+        <v>310</v>
       </c>
       <c r="Y40" t="s">
-        <v>347</v>
+        <v>311</v>
       </c>
     </row>
     <row r="41" spans="1:25">
       <c r="A41">
-        <v>106006</v>
+        <v>106769</v>
       </c>
       <c r="B41" s="1">
-        <v>45992</v>
+        <v>46049</v>
       </c>
       <c r="C41" t="s">
-        <v>69</v>
+        <v>143</v>
       </c>
       <c r="D41" t="s">
-        <v>70</v>
+        <v>144</v>
       </c>
       <c r="H41" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="I41" t="s">
-        <v>348</v>
+        <v>312</v>
       </c>
       <c r="J41" t="s">
-        <v>340</v>
+        <v>313</v>
       </c>
       <c r="K41" t="s">
-        <v>349</v>
+        <v>255</v>
       </c>
       <c r="L41" t="s">
-        <v>350</v>
+        <v>256</v>
       </c>
       <c r="M41" t="s">
-        <v>351</v>
+        <v>257</v>
       </c>
       <c r="N41" t="s">
-        <v>352</v>
+        <v>258</v>
       </c>
       <c r="O41" t="s">
-        <v>353</v>
+        <v>259</v>
       </c>
       <c r="P41" t="s">
-        <v>354</v>
+        <v>314</v>
       </c>
       <c r="Q41" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R41" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S41" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T41" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X41" t="s">
-        <v>355</v>
+        <v>315</v>
       </c>
       <c r="Y41" t="s">
-        <v>356</v>
+        <v>316</v>
       </c>
     </row>
     <row r="42" spans="1:25">
       <c r="A42">
-        <v>106005</v>
+        <v>106771</v>
       </c>
       <c r="B42" s="1">
-        <v>45992</v>
+        <v>46049</v>
       </c>
       <c r="C42" t="s">
-        <v>357</v>
+        <v>143</v>
       </c>
       <c r="D42" t="s">
-        <v>358</v>
+        <v>144</v>
       </c>
       <c r="H42" t="s">
-        <v>359</v>
+        <v>187</v>
       </c>
       <c r="I42" t="s">
-        <v>360</v>
+        <v>317</v>
       </c>
       <c r="J42" t="s">
-        <v>361</v>
+        <v>313</v>
       </c>
       <c r="K42" t="s">
-        <v>362</v>
+        <v>255</v>
       </c>
       <c r="L42" t="s">
-        <v>363</v>
+        <v>256</v>
       </c>
       <c r="M42" t="s">
-        <v>364</v>
+        <v>257</v>
       </c>
       <c r="N42" t="s">
-        <v>365</v>
+        <v>258</v>
       </c>
       <c r="O42" t="s">
-        <v>366</v>
+        <v>318</v>
       </c>
       <c r="P42" t="s">
-        <v>367</v>
+        <v>319</v>
       </c>
       <c r="Q42" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R42" t="s">
         <v>80</v>
       </c>
       <c r="S42" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T42" t="s">
         <v>80</v>
       </c>
-      <c r="V42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X42" t="s">
-        <v>369</v>
+        <v>320</v>
       </c>
       <c r="Y42" t="s">
-        <v>370</v>
+        <v>321</v>
       </c>
     </row>
     <row r="43" spans="1:25">
       <c r="A43">
-        <v>106004</v>
+        <v>106774</v>
       </c>
       <c r="B43" s="1">
-        <v>45992</v>
+        <v>46049</v>
       </c>
       <c r="C43" t="s">
-        <v>69</v>
+        <v>143</v>
       </c>
       <c r="D43" t="s">
-        <v>70</v>
+        <v>144</v>
       </c>
       <c r="H43" t="s">
-        <v>71</v>
+        <v>187</v>
       </c>
       <c r="I43" t="s">
-        <v>371</v>
+        <v>322</v>
       </c>
       <c r="J43" t="s">
-        <v>361</v>
+        <v>313</v>
       </c>
       <c r="K43" t="s">
-        <v>372</v>
+        <v>255</v>
       </c>
       <c r="L43" t="s">
-        <v>373</v>
+        <v>256</v>
       </c>
       <c r="M43" t="s">
-        <v>374</v>
+        <v>257</v>
       </c>
       <c r="N43" t="s">
-        <v>177</v>
+        <v>258</v>
       </c>
       <c r="O43" t="s">
-        <v>375</v>
+        <v>318</v>
       </c>
       <c r="P43" t="s">
-        <v>376</v>
+        <v>323</v>
       </c>
       <c r="Q43" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R43" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S43" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T43" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X43" t="s">
-        <v>377</v>
+        <v>324</v>
       </c>
       <c r="Y43" t="s">
-        <v>378</v>
+        <v>325</v>
       </c>
     </row>
     <row r="44" spans="1:25">
       <c r="A44">
-        <v>106003</v>
+        <v>106781</v>
       </c>
       <c r="B44" s="1">
-        <v>45992</v>
+        <v>46049</v>
       </c>
       <c r="C44" t="s">
-        <v>139</v>
+        <v>69</v>
       </c>
       <c r="D44" t="s">
-        <v>140</v>
+        <v>70</v>
       </c>
       <c r="H44" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="I44" t="s">
-        <v>379</v>
+        <v>327</v>
       </c>
       <c r="J44" t="s">
-        <v>340</v>
+        <v>313</v>
+      </c>
+      <c r="K44" t="s">
+        <v>328</v>
       </c>
       <c r="L44" t="s">
-        <v>197</v>
+        <v>329</v>
       </c>
       <c r="M44" t="s">
-        <v>198</v>
+        <v>330</v>
       </c>
       <c r="N44" t="s">
-        <v>199</v>
+        <v>76</v>
       </c>
       <c r="O44" t="s">
-        <v>380</v>
+        <v>331</v>
       </c>
       <c r="P44" t="s">
-        <v>381</v>
+        <v>332</v>
       </c>
       <c r="Q44" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R44" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S44" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T44" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X44" t="s">
-        <v>382</v>
+        <v>327</v>
       </c>
       <c r="Y44" t="s">
-        <v>383</v>
+        <v>333</v>
       </c>
     </row>
     <row r="45" spans="1:25">
       <c r="A45">
-        <v>105996</v>
+        <v>106782</v>
       </c>
       <c r="B45" s="1">
-        <v>45988</v>
+        <v>46049</v>
       </c>
       <c r="C45" t="s">
-        <v>139</v>
+        <v>69</v>
       </c>
       <c r="D45" t="s">
-        <v>140</v>
+        <v>70</v>
+      </c>
+      <c r="H45" t="s">
+        <v>326</v>
       </c>
       <c r="I45" t="s">
-        <v>384</v>
+        <v>334</v>
       </c>
       <c r="J45" t="s">
-        <v>385</v>
+        <v>313</v>
       </c>
       <c r="K45" t="s">
-        <v>386</v>
+        <v>328</v>
       </c>
       <c r="L45" t="s">
-        <v>387</v>
+        <v>329</v>
       </c>
       <c r="M45" t="s">
-        <v>388</v>
+        <v>330</v>
       </c>
       <c r="N45" t="s">
-        <v>306</v>
+        <v>76</v>
       </c>
       <c r="O45" t="s">
-        <v>389</v>
+        <v>335</v>
       </c>
       <c r="P45" t="s">
-        <v>390</v>
+        <v>336</v>
       </c>
       <c r="Q45" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R45" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S45" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T45" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X45" t="s">
-        <v>384</v>
+        <v>334</v>
       </c>
       <c r="Y45" t="s">
-        <v>391</v>
+        <v>337</v>
       </c>
     </row>
     <row r="46" spans="1:25">
       <c r="A46">
-        <v>105995</v>
+        <v>106788</v>
       </c>
       <c r="B46" s="1">
-        <v>45988</v>
+        <v>46049</v>
       </c>
       <c r="C46" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D46" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H46" t="s">
-        <v>71</v>
+        <v>187</v>
       </c>
       <c r="I46" t="s">
-        <v>392</v>
+        <v>338</v>
       </c>
       <c r="J46" t="s">
-        <v>385</v>
+        <v>313</v>
+      </c>
+      <c r="K46" t="s">
+        <v>255</v>
       </c>
       <c r="L46" t="s">
-        <v>304</v>
+        <v>256</v>
       </c>
       <c r="M46" t="s">
-        <v>305</v>
+        <v>257</v>
       </c>
       <c r="N46" t="s">
-        <v>306</v>
+        <v>258</v>
       </c>
       <c r="O46" t="s">
-        <v>393</v>
+        <v>339</v>
       </c>
       <c r="P46" t="s">
-        <v>394</v>
+        <v>340</v>
       </c>
       <c r="Q46" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R46" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S46" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T46" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X46" t="s">
-        <v>392</v>
+        <v>341</v>
       </c>
       <c r="Y46" t="s">
-        <v>101</v>
+        <v>342</v>
       </c>
     </row>
     <row r="47" spans="1:25">
       <c r="A47">
-        <v>105994</v>
+        <v>106790</v>
       </c>
       <c r="B47" s="1">
-        <v>45988</v>
+        <v>46049</v>
       </c>
       <c r="C47" t="s">
-        <v>85</v>
+        <v>143</v>
       </c>
       <c r="D47" t="s">
-        <v>86</v>
+        <v>144</v>
       </c>
       <c r="H47" t="s">
-        <v>85</v>
+        <v>187</v>
       </c>
       <c r="I47" t="s">
-        <v>395</v>
+        <v>338</v>
       </c>
       <c r="J47" t="s">
-        <v>385</v>
+        <v>313</v>
       </c>
       <c r="K47" t="s">
-        <v>396</v>
+        <v>255</v>
       </c>
       <c r="L47" t="s">
-        <v>397</v>
+        <v>256</v>
       </c>
       <c r="M47" t="s">
-        <v>398</v>
+        <v>257</v>
       </c>
       <c r="N47" t="s">
-        <v>399</v>
+        <v>258</v>
       </c>
       <c r="O47" t="s">
-        <v>400</v>
+        <v>339</v>
       </c>
       <c r="P47" t="s">
-        <v>401</v>
+        <v>343</v>
       </c>
       <c r="Q47" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R47" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S47" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T47" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X47" t="s">
-        <v>402</v>
+        <v>341</v>
       </c>
       <c r="Y47" t="s">
-        <v>403</v>
+        <v>344</v>
       </c>
     </row>
     <row r="48" spans="1:25">
       <c r="A48">
-        <v>105993</v>
+        <v>106797</v>
       </c>
       <c r="B48" s="1">
-        <v>45988</v>
+        <v>46049</v>
       </c>
       <c r="C48" t="s">
-        <v>85</v>
+        <v>143</v>
       </c>
       <c r="D48" t="s">
-        <v>86</v>
+        <v>144</v>
       </c>
       <c r="H48" t="s">
-        <v>85</v>
+        <v>145</v>
       </c>
       <c r="I48" t="s">
+        <v>345</v>
+      </c>
+      <c r="J48" t="s">
+        <v>313</v>
+      </c>
+      <c r="K48" t="s">
+        <v>147</v>
+      </c>
+      <c r="L48" t="s">
+        <v>148</v>
+      </c>
+      <c r="M48" t="s">
+        <v>149</v>
+      </c>
+      <c r="N48" t="s">
+        <v>150</v>
+      </c>
+      <c r="O48" t="s">
+        <v>166</v>
+      </c>
+      <c r="P48" t="s">
+        <v>346</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>79</v>
+      </c>
+      <c r="R48" t="s">
+        <v>80</v>
+      </c>
+      <c r="S48" t="s">
+        <v>80</v>
+      </c>
+      <c r="T48" t="s">
+        <v>80</v>
+      </c>
+      <c r="X48" t="s">
+        <v>347</v>
+      </c>
+      <c r="Y48" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="49" spans="1:36">
+      <c r="A49">
+        <v>106724</v>
+      </c>
+      <c r="B49" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C49" t="s">
+        <v>82</v>
+      </c>
+      <c r="D49" t="s">
+        <v>83</v>
+      </c>
+      <c r="H49" t="s">
+        <v>349</v>
+      </c>
+      <c r="I49" t="s">
+        <v>350</v>
+      </c>
+      <c r="J49" t="s">
+        <v>269</v>
+      </c>
+      <c r="K49" t="s">
+        <v>351</v>
+      </c>
+      <c r="L49" t="s">
+        <v>352</v>
+      </c>
+      <c r="M49" t="s">
+        <v>353</v>
+      </c>
+      <c r="N49" t="s">
+        <v>354</v>
+      </c>
+      <c r="O49" t="s">
+        <v>355</v>
+      </c>
+      <c r="P49" t="s">
+        <v>356</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>79</v>
+      </c>
+      <c r="R49" t="s">
+        <v>79</v>
+      </c>
+      <c r="S49" t="s">
+        <v>80</v>
+      </c>
+      <c r="T49" t="s">
+        <v>80</v>
+      </c>
+      <c r="U49" t="s">
+        <v>357</v>
+      </c>
+      <c r="V49" t="s">
+        <v>358</v>
+      </c>
+      <c r="X49" t="s">
+        <v>359</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="50" spans="1:36">
+      <c r="A50">
+        <v>106743</v>
+      </c>
+      <c r="B50" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C50" t="s">
+        <v>143</v>
+      </c>
+      <c r="D50" t="s">
+        <v>144</v>
+      </c>
+      <c r="H50" t="s">
+        <v>187</v>
+      </c>
+      <c r="I50" t="s">
+        <v>361</v>
+      </c>
+      <c r="J50" t="s">
+        <v>362</v>
+      </c>
+      <c r="K50" t="s">
+        <v>255</v>
+      </c>
+      <c r="L50" t="s">
+        <v>256</v>
+      </c>
+      <c r="M50" t="s">
+        <v>257</v>
+      </c>
+      <c r="N50" t="s">
+        <v>258</v>
+      </c>
+      <c r="O50" t="s">
+        <v>363</v>
+      </c>
+      <c r="P50" t="s">
+        <v>364</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>79</v>
+      </c>
+      <c r="R50" t="s">
+        <v>80</v>
+      </c>
+      <c r="S50" t="s">
+        <v>80</v>
+      </c>
+      <c r="T50" t="s">
+        <v>80</v>
+      </c>
+      <c r="X50" t="s">
+        <v>365</v>
+      </c>
+      <c r="Y50" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="51" spans="1:36">
+      <c r="A51">
+        <v>106747</v>
+      </c>
+      <c r="B51" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C51" t="s">
+        <v>143</v>
+      </c>
+      <c r="D51" t="s">
+        <v>144</v>
+      </c>
+      <c r="H51" t="s">
+        <v>367</v>
+      </c>
+      <c r="I51" t="s">
+        <v>368</v>
+      </c>
+      <c r="J51" t="s">
+        <v>362</v>
+      </c>
+      <c r="K51" t="s">
+        <v>369</v>
+      </c>
+      <c r="L51" t="s">
+        <v>370</v>
+      </c>
+      <c r="M51" t="s">
+        <v>371</v>
+      </c>
+      <c r="N51" t="s">
+        <v>372</v>
+      </c>
+      <c r="O51" t="s">
+        <v>373</v>
+      </c>
+      <c r="P51" t="s">
+        <v>374</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>79</v>
+      </c>
+      <c r="R51" t="s">
+        <v>80</v>
+      </c>
+      <c r="S51" t="s">
+        <v>80</v>
+      </c>
+      <c r="T51" t="s">
+        <v>80</v>
+      </c>
+      <c r="X51" t="s">
+        <v>375</v>
+      </c>
+      <c r="Y51" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="52" spans="1:36">
+      <c r="A52">
+        <v>106754</v>
+      </c>
+      <c r="B52" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C52" t="s">
+        <v>143</v>
+      </c>
+      <c r="D52" t="s">
+        <v>144</v>
+      </c>
+      <c r="H52" t="s">
+        <v>216</v>
+      </c>
+      <c r="I52" t="s">
+        <v>377</v>
+      </c>
+      <c r="J52" t="s">
+        <v>362</v>
+      </c>
+      <c r="K52" t="s">
+        <v>378</v>
+      </c>
+      <c r="L52" t="s">
+        <v>379</v>
+      </c>
+      <c r="M52" t="s">
+        <v>380</v>
+      </c>
+      <c r="N52" t="s">
+        <v>381</v>
+      </c>
+      <c r="O52" t="s">
+        <v>382</v>
+      </c>
+      <c r="P52" t="s">
+        <v>383</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>79</v>
+      </c>
+      <c r="R52" t="s">
+        <v>80</v>
+      </c>
+      <c r="S52" t="s">
+        <v>80</v>
+      </c>
+      <c r="T52" t="s">
+        <v>80</v>
+      </c>
+      <c r="X52" t="s">
+        <v>384</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="53" spans="1:36">
+      <c r="A53">
+        <v>106755</v>
+      </c>
+      <c r="B53" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C53" t="s">
+        <v>143</v>
+      </c>
+      <c r="D53" t="s">
+        <v>144</v>
+      </c>
+      <c r="H53" t="s">
+        <v>187</v>
+      </c>
+      <c r="I53" t="s">
+        <v>386</v>
+      </c>
+      <c r="J53" t="s">
+        <v>362</v>
+      </c>
+      <c r="K53" t="s">
+        <v>255</v>
+      </c>
+      <c r="L53" t="s">
+        <v>256</v>
+      </c>
+      <c r="M53" t="s">
+        <v>257</v>
+      </c>
+      <c r="N53" t="s">
+        <v>258</v>
+      </c>
+      <c r="O53" t="s">
+        <v>318</v>
+      </c>
+      <c r="P53" t="s">
+        <v>387</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>79</v>
+      </c>
+      <c r="R53" t="s">
+        <v>80</v>
+      </c>
+      <c r="S53" t="s">
+        <v>80</v>
+      </c>
+      <c r="T53" t="s">
+        <v>80</v>
+      </c>
+      <c r="X53" t="s">
+        <v>320</v>
+      </c>
+      <c r="Y53" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="54" spans="1:36">
+      <c r="A54">
+        <v>106757</v>
+      </c>
+      <c r="B54" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C54" t="s">
+        <v>143</v>
+      </c>
+      <c r="D54" t="s">
+        <v>144</v>
+      </c>
+      <c r="H54" t="s">
+        <v>187</v>
+      </c>
+      <c r="I54" t="s">
+        <v>389</v>
+      </c>
+      <c r="J54" t="s">
+        <v>362</v>
+      </c>
+      <c r="K54" t="s">
+        <v>390</v>
+      </c>
+      <c r="L54" t="s">
+        <v>391</v>
+      </c>
+      <c r="M54" t="s">
+        <v>392</v>
+      </c>
+      <c r="N54" t="s">
+        <v>393</v>
+      </c>
+      <c r="O54" t="s">
+        <v>394</v>
+      </c>
+      <c r="P54" t="s">
+        <v>395</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>79</v>
+      </c>
+      <c r="R54" t="s">
+        <v>80</v>
+      </c>
+      <c r="S54" t="s">
+        <v>80</v>
+      </c>
+      <c r="T54" t="s">
+        <v>80</v>
+      </c>
+      <c r="X54" t="s">
+        <v>396</v>
+      </c>
+      <c r="Y54" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="55" spans="1:36">
+      <c r="A55">
+        <v>106760</v>
+      </c>
+      <c r="B55" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C55" t="s">
+        <v>69</v>
+      </c>
+      <c r="D55" t="s">
+        <v>70</v>
+      </c>
+      <c r="H55" t="s">
+        <v>135</v>
+      </c>
+      <c r="I55" t="s">
+        <v>398</v>
+      </c>
+      <c r="J55" t="s">
+        <v>362</v>
+      </c>
+      <c r="L55" t="s">
+        <v>248</v>
+      </c>
+      <c r="M55" t="s">
+        <v>139</v>
+      </c>
+      <c r="N55" t="s">
+        <v>76</v>
+      </c>
+      <c r="O55" t="s">
+        <v>399</v>
+      </c>
+      <c r="P55" t="s">
+        <v>400</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>79</v>
+      </c>
+      <c r="R55" t="s">
+        <v>80</v>
+      </c>
+      <c r="S55" t="s">
+        <v>80</v>
+      </c>
+      <c r="T55" t="s">
+        <v>80</v>
+      </c>
+      <c r="X55" t="s">
+        <v>398</v>
+      </c>
+      <c r="Y55" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="56" spans="1:36">
+      <c r="A56">
+        <v>106762</v>
+      </c>
+      <c r="B56" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C56" t="s">
+        <v>143</v>
+      </c>
+      <c r="D56" t="s">
+        <v>144</v>
+      </c>
+      <c r="H56" t="s">
+        <v>145</v>
+      </c>
+      <c r="I56" t="s">
+        <v>402</v>
+      </c>
+      <c r="J56" t="s">
+        <v>362</v>
+      </c>
+      <c r="K56" t="s">
+        <v>147</v>
+      </c>
+      <c r="L56" t="s">
+        <v>148</v>
+      </c>
+      <c r="M56" t="s">
+        <v>149</v>
+      </c>
+      <c r="N56" t="s">
+        <v>150</v>
+      </c>
+      <c r="O56" t="s">
+        <v>403</v>
+      </c>
+      <c r="P56" t="s">
         <v>404</v>
       </c>
-      <c r="J48" t="s">
-[...14 lines deleted...]
-      <c r="O48" t="s">
+      <c r="Q56" t="s">
+        <v>79</v>
+      </c>
+      <c r="R56" t="s">
+        <v>80</v>
+      </c>
+      <c r="S56" t="s">
+        <v>80</v>
+      </c>
+      <c r="T56" t="s">
+        <v>80</v>
+      </c>
+      <c r="X56" t="s">
         <v>405</v>
       </c>
-      <c r="P48" t="s">
+      <c r="Y56" t="s">
         <v>406</v>
       </c>
-      <c r="Q48" t="s">
-[...11 lines deleted...]
-      <c r="X48" t="s">
+    </row>
+    <row r="57" spans="1:36">
+      <c r="A57">
+        <v>106713</v>
+      </c>
+      <c r="B57" s="1">
+        <v>46045</v>
+      </c>
+      <c r="C57" t="s">
+        <v>69</v>
+      </c>
+      <c r="D57" t="s">
+        <v>70</v>
+      </c>
+      <c r="H57" t="s">
+        <v>71</v>
+      </c>
+      <c r="I57" t="s">
         <v>407</v>
       </c>
-      <c r="Y48" t="s">
+      <c r="J57" t="s">
         <v>408</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="I49" t="s">
+      <c r="L57" t="s">
         <v>409</v>
       </c>
-      <c r="J49" t="s">
-[...14 lines deleted...]
-      <c r="O49" t="s">
+      <c r="M57" t="s">
         <v>410</v>
       </c>
-      <c r="P49" t="s">
+      <c r="N57" t="s">
         <v>411</v>
       </c>
-      <c r="Q49" t="s">
-[...34 lines deleted...]
-      <c r="I50" t="s">
+      <c r="O57" t="s">
         <v>412</v>
       </c>
-      <c r="J50" t="s">
+      <c r="P57" t="s">
         <v>413</v>
       </c>
-      <c r="K50" t="s">
+      <c r="Q57" t="s">
+        <v>79</v>
+      </c>
+      <c r="R57" t="s">
+        <v>80</v>
+      </c>
+      <c r="S57" t="s">
+        <v>80</v>
+      </c>
+      <c r="T57" t="s">
+        <v>80</v>
+      </c>
+      <c r="X57" t="s">
+        <v>414</v>
+      </c>
+      <c r="Y57" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="58" spans="1:36">
+      <c r="A58">
+        <v>106701</v>
+      </c>
+      <c r="B58" s="1">
+        <v>46044</v>
+      </c>
+      <c r="C58" t="s">
+        <v>69</v>
+      </c>
+      <c r="D58" t="s">
+        <v>70</v>
+      </c>
+      <c r="I58" t="s">
+        <v>416</v>
+      </c>
+      <c r="J58" t="s">
+        <v>408</v>
+      </c>
+      <c r="K58" t="s">
+        <v>417</v>
+      </c>
+      <c r="L58" t="s">
+        <v>418</v>
+      </c>
+      <c r="M58" t="s">
+        <v>419</v>
+      </c>
+      <c r="N58" t="s">
+        <v>76</v>
+      </c>
+      <c r="O58" t="s">
+        <v>420</v>
+      </c>
+      <c r="P58" t="s">
+        <v>421</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>79</v>
+      </c>
+      <c r="R58" t="s">
+        <v>80</v>
+      </c>
+      <c r="S58" t="s">
+        <v>80</v>
+      </c>
+      <c r="T58" t="s">
+        <v>80</v>
+      </c>
+      <c r="X58" t="s">
+        <v>422</v>
+      </c>
+      <c r="Y58" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="59" spans="1:36">
+      <c r="A59">
+        <v>106702</v>
+      </c>
+      <c r="B59" s="1">
+        <v>46044</v>
+      </c>
+      <c r="C59" t="s">
+        <v>69</v>
+      </c>
+      <c r="D59" t="s">
+        <v>70</v>
+      </c>
+      <c r="I59" t="s">
+        <v>424</v>
+      </c>
+      <c r="J59" t="s">
+        <v>408</v>
+      </c>
+      <c r="K59" t="s">
+        <v>425</v>
+      </c>
+      <c r="L59" t="s">
+        <v>426</v>
+      </c>
+      <c r="M59" t="s">
+        <v>427</v>
+      </c>
+      <c r="N59" t="s">
+        <v>76</v>
+      </c>
+      <c r="O59" t="s">
+        <v>428</v>
+      </c>
+      <c r="P59" t="s">
+        <v>429</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>79</v>
+      </c>
+      <c r="R59" t="s">
+        <v>80</v>
+      </c>
+      <c r="S59" t="s">
+        <v>80</v>
+      </c>
+      <c r="T59" t="s">
+        <v>80</v>
+      </c>
+      <c r="X59" t="s">
+        <v>424</v>
+      </c>
+      <c r="Y59" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="60" spans="1:36">
+      <c r="A60">
+        <v>106703</v>
+      </c>
+      <c r="B60" s="1">
+        <v>46044</v>
+      </c>
+      <c r="C60" t="s">
+        <v>143</v>
+      </c>
+      <c r="D60" t="s">
+        <v>144</v>
+      </c>
+      <c r="H60" t="s">
+        <v>431</v>
+      </c>
+      <c r="I60" t="s">
+        <v>432</v>
+      </c>
+      <c r="J60" t="s">
+        <v>408</v>
+      </c>
+      <c r="K60" t="s">
+        <v>433</v>
+      </c>
+      <c r="L60" t="s">
+        <v>434</v>
+      </c>
+      <c r="M60" t="s">
+        <v>435</v>
+      </c>
+      <c r="N60" t="s">
+        <v>436</v>
+      </c>
+      <c r="O60" t="s">
+        <v>437</v>
+      </c>
+      <c r="P60" t="s">
+        <v>438</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>79</v>
+      </c>
+      <c r="R60" t="s">
+        <v>80</v>
+      </c>
+      <c r="S60" t="s">
+        <v>80</v>
+      </c>
+      <c r="T60" t="s">
+        <v>80</v>
+      </c>
+      <c r="X60" t="s">
+        <v>439</v>
+      </c>
+      <c r="Y60" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="61" spans="1:36">
+      <c r="A61">
+        <v>106705</v>
+      </c>
+      <c r="B61" s="1">
+        <v>46044</v>
+      </c>
+      <c r="C61" t="s">
+        <v>69</v>
+      </c>
+      <c r="D61" t="s">
+        <v>70</v>
+      </c>
+      <c r="H61" t="s">
+        <v>326</v>
+      </c>
+      <c r="I61" t="s">
+        <v>441</v>
+      </c>
+      <c r="J61" t="s">
+        <v>408</v>
+      </c>
+      <c r="K61" t="s">
+        <v>328</v>
+      </c>
+      <c r="L61" t="s">
+        <v>329</v>
+      </c>
+      <c r="M61" t="s">
+        <v>330</v>
+      </c>
+      <c r="N61" t="s">
+        <v>76</v>
+      </c>
+      <c r="O61" t="s">
+        <v>442</v>
+      </c>
+      <c r="P61" t="s">
+        <v>443</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>79</v>
+      </c>
+      <c r="R61" t="s">
+        <v>80</v>
+      </c>
+      <c r="S61" t="s">
+        <v>80</v>
+      </c>
+      <c r="T61" t="s">
+        <v>80</v>
+      </c>
+      <c r="X61" t="s">
+        <v>441</v>
+      </c>
+      <c r="Y61" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="62" spans="1:36">
+      <c r="A62">
+        <v>106678</v>
+      </c>
+      <c r="B62" s="1">
+        <v>46043</v>
+      </c>
+      <c r="C62" t="s">
+        <v>69</v>
+      </c>
+      <c r="D62" t="s">
+        <v>70</v>
+      </c>
+      <c r="I62" t="s">
+        <v>445</v>
+      </c>
+      <c r="J62" t="s">
+        <v>446</v>
+      </c>
+      <c r="K62" t="s">
+        <v>425</v>
+      </c>
+      <c r="L62" t="s">
+        <v>426</v>
+      </c>
+      <c r="M62" t="s">
+        <v>427</v>
+      </c>
+      <c r="N62" t="s">
+        <v>76</v>
+      </c>
+      <c r="O62" t="s">
+        <v>447</v>
+      </c>
+      <c r="P62" t="s">
+        <v>448</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>79</v>
+      </c>
+      <c r="R62" t="s">
+        <v>80</v>
+      </c>
+      <c r="S62" t="s">
+        <v>80</v>
+      </c>
+      <c r="T62" t="s">
+        <v>80</v>
+      </c>
+      <c r="X62" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="63" spans="1:36">
+      <c r="A63">
+        <v>106687</v>
+      </c>
+      <c r="B63" s="1">
+        <v>46043</v>
+      </c>
+      <c r="C63" t="s">
+        <v>143</v>
+      </c>
+      <c r="D63" t="s">
+        <v>144</v>
+      </c>
+      <c r="H63" t="s">
         <v>187</v>
       </c>
-      <c r="L50" t="s">
-[...217 lines deleted...]
-      <c r="C54" t="s">
+      <c r="I63" t="s">
+        <v>450</v>
+      </c>
+      <c r="J63" t="s">
+        <v>446</v>
+      </c>
+      <c r="K63" t="s">
         <v>255</v>
       </c>
-      <c r="D54" t="s">
+      <c r="L63" t="s">
         <v>256</v>
       </c>
-      <c r="H54" t="s">
-[...157 lines deleted...]
-      <c r="AX55" t="s">
+      <c r="M63" t="s">
+        <v>257</v>
+      </c>
+      <c r="N63" t="s">
+        <v>258</v>
+      </c>
+      <c r="O63" t="s">
         <v>451</v>
       </c>
-      <c r="AY55" t="s">
-[...11 lines deleted...]
-      <c r="BF55" t="s">
+      <c r="P63" t="s">
         <v>452</v>
       </c>
-      <c r="BG55" t="s">
-[...2 lines deleted...]
-      <c r="BH55" t="s">
+      <c r="Q63" t="s">
+        <v>79</v>
+      </c>
+      <c r="R63" t="s">
+        <v>80</v>
+      </c>
+      <c r="S63" t="s">
+        <v>80</v>
+      </c>
+      <c r="T63" t="s">
+        <v>80</v>
+      </c>
+      <c r="X63" t="s">
         <v>453</v>
       </c>
-      <c r="BI55" t="s">
+      <c r="Y63" t="s">
         <v>454</v>
       </c>
-      <c r="BJ55" t="s">
-[...31 lines deleted...]
-      <c r="I56" t="s">
+      <c r="Z63" t="s">
         <v>455</v>
       </c>
-      <c r="J56" t="s">
-[...2 lines deleted...]
-      <c r="K56" t="s">
+      <c r="AA63" t="s">
         <v>456</v>
       </c>
-      <c r="L56" t="s">
+      <c r="AB63" t="s">
         <v>457</v>
       </c>
-      <c r="M56" t="s">
+      <c r="AC63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AD63" t="s">
+        <v>80</v>
+      </c>
+      <c r="AE63" t="s">
+        <v>80</v>
+      </c>
+      <c r="AF63" t="s">
+        <v>80</v>
+      </c>
+      <c r="AJ63" t="s">
         <v>458</v>
       </c>
-      <c r="N56" t="s">
-[...431 lines deleted...]
-    <row r="64" spans="1:69">
+    </row>
+    <row r="64" spans="1:36">
       <c r="A64">
-        <v>105969</v>
+        <v>106622</v>
       </c>
       <c r="B64" s="1">
-        <v>45985</v>
+        <v>46041</v>
       </c>
       <c r="C64" t="s">
-        <v>139</v>
+        <v>69</v>
       </c>
       <c r="D64" t="s">
-        <v>140</v>
+        <v>70</v>
       </c>
       <c r="H64" t="s">
         <v>71</v>
       </c>
       <c r="I64" t="s">
-        <v>510</v>
+        <v>459</v>
       </c>
       <c r="J64" t="s">
+        <v>460</v>
+      </c>
+      <c r="K64" t="s">
+        <v>270</v>
+      </c>
+      <c r="L64" t="s">
+        <v>271</v>
+      </c>
+      <c r="M64" t="s">
+        <v>272</v>
+      </c>
+      <c r="N64" t="s">
+        <v>273</v>
+      </c>
+      <c r="O64" t="s">
+        <v>461</v>
+      </c>
+      <c r="P64" t="s">
+        <v>462</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>79</v>
+      </c>
+      <c r="R64" t="s">
+        <v>80</v>
+      </c>
+      <c r="S64" t="s">
+        <v>80</v>
+      </c>
+      <c r="T64" t="s">
+        <v>80</v>
+      </c>
+      <c r="X64" t="s">
+        <v>463</v>
+      </c>
+      <c r="Y64" t="s">
         <v>464</v>
-      </c>
-[...40 lines deleted...]
-        <v>516</v>
       </c>
     </row>
     <row r="65" spans="1:25">
       <c r="A65">
-        <v>105966</v>
+        <v>106623</v>
       </c>
       <c r="B65" s="1">
-        <v>45982</v>
+        <v>46041</v>
       </c>
       <c r="C65" t="s">
-        <v>357</v>
+        <v>69</v>
       </c>
       <c r="D65" t="s">
-        <v>358</v>
+        <v>70</v>
       </c>
       <c r="H65" t="s">
-        <v>517</v>
+        <v>71</v>
       </c>
       <c r="I65" t="s">
-        <v>518</v>
+        <v>465</v>
       </c>
       <c r="J65" t="s">
-        <v>519</v>
+        <v>460</v>
+      </c>
+      <c r="K65" t="s">
+        <v>270</v>
       </c>
       <c r="L65" t="s">
-        <v>520</v>
+        <v>271</v>
       </c>
       <c r="M65" t="s">
-        <v>521</v>
+        <v>272</v>
       </c>
       <c r="N65" t="s">
-        <v>522</v>
+        <v>273</v>
       </c>
       <c r="O65" t="s">
-        <v>523</v>
+        <v>461</v>
+      </c>
+      <c r="P65" t="s">
+        <v>466</v>
       </c>
       <c r="Q65" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R65" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S65" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T65" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X65" t="s">
-        <v>524</v>
+        <v>463</v>
       </c>
       <c r="Y65" t="s">
-        <v>525</v>
+        <v>467</v>
       </c>
     </row>
     <row r="66" spans="1:25">
       <c r="A66">
-        <v>105965</v>
+        <v>106624</v>
       </c>
       <c r="B66" s="1">
-        <v>45982</v>
+        <v>46041</v>
       </c>
       <c r="C66" t="s">
-        <v>85</v>
+        <v>143</v>
       </c>
       <c r="D66" t="s">
-        <v>86</v>
+        <v>144</v>
       </c>
       <c r="H66" t="s">
-        <v>87</v>
+        <v>145</v>
       </c>
       <c r="I66" t="s">
-        <v>526</v>
+        <v>468</v>
       </c>
       <c r="J66" t="s">
-        <v>527</v>
+        <v>460</v>
       </c>
       <c r="K66" t="s">
-        <v>89</v>
+        <v>147</v>
       </c>
       <c r="L66" t="s">
-        <v>90</v>
+        <v>148</v>
       </c>
       <c r="M66" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="N66" t="s">
-        <v>92</v>
+        <v>150</v>
       </c>
       <c r="O66" t="s">
-        <v>528</v>
+        <v>469</v>
       </c>
       <c r="P66" t="s">
-        <v>529</v>
+        <v>470</v>
       </c>
       <c r="Q66" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R66" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S66" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T66" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X66" t="s">
-        <v>530</v>
+        <v>471</v>
       </c>
       <c r="Y66" t="s">
-        <v>531</v>
+        <v>472</v>
       </c>
     </row>
     <row r="67" spans="1:25">
       <c r="A67">
-        <v>105964</v>
+        <v>106625</v>
       </c>
       <c r="B67" s="1">
-        <v>45982</v>
+        <v>46041</v>
       </c>
       <c r="C67" t="s">
-        <v>357</v>
+        <v>143</v>
       </c>
       <c r="D67" t="s">
-        <v>358</v>
+        <v>144</v>
       </c>
       <c r="H67" t="s">
-        <v>532</v>
+        <v>145</v>
       </c>
       <c r="I67" t="s">
-        <v>533</v>
+        <v>473</v>
       </c>
       <c r="J67" t="s">
-        <v>361</v>
+        <v>460</v>
       </c>
       <c r="K67" t="s">
-        <v>534</v>
+        <v>147</v>
       </c>
       <c r="L67" t="s">
-        <v>535</v>
+        <v>148</v>
       </c>
       <c r="M67" t="s">
-        <v>521</v>
+        <v>149</v>
       </c>
       <c r="N67" t="s">
-        <v>536</v>
+        <v>150</v>
       </c>
       <c r="O67" t="s">
-        <v>537</v>
+        <v>469</v>
       </c>
       <c r="P67" t="s">
-        <v>538</v>
+        <v>474</v>
       </c>
       <c r="Q67" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R67" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S67" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T67" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X67" t="s">
-        <v>539</v>
+        <v>471</v>
       </c>
       <c r="Y67" t="s">
-        <v>540</v>
+        <v>475</v>
       </c>
     </row>
     <row r="68" spans="1:25">
       <c r="A68">
-        <v>105963</v>
+        <v>106626</v>
       </c>
       <c r="B68" s="1">
-        <v>45981</v>
+        <v>46041</v>
       </c>
       <c r="C68" t="s">
-        <v>85</v>
+        <v>143</v>
       </c>
       <c r="D68" t="s">
-        <v>86</v>
+        <v>144</v>
       </c>
       <c r="H68" t="s">
-        <v>85</v>
+        <v>145</v>
       </c>
       <c r="I68" t="s">
-        <v>541</v>
+        <v>476</v>
       </c>
       <c r="J68" t="s">
-        <v>519</v>
+        <v>460</v>
       </c>
       <c r="K68" t="s">
-        <v>542</v>
+        <v>147</v>
       </c>
       <c r="L68" t="s">
-        <v>543</v>
+        <v>148</v>
       </c>
       <c r="M68" t="s">
-        <v>544</v>
+        <v>149</v>
       </c>
       <c r="N68" t="s">
-        <v>545</v>
+        <v>150</v>
       </c>
       <c r="O68" t="s">
-        <v>546</v>
+        <v>469</v>
       </c>
       <c r="P68" t="s">
-        <v>547</v>
+        <v>477</v>
       </c>
       <c r="Q68" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R68" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S68" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T68" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X68" t="s">
-        <v>548</v>
+        <v>471</v>
       </c>
       <c r="Y68" t="s">
-        <v>549</v>
+        <v>478</v>
       </c>
     </row>
     <row r="69" spans="1:25">
       <c r="A69">
-        <v>105962</v>
+        <v>106638</v>
       </c>
       <c r="B69" s="1">
-        <v>45981</v>
+        <v>46041</v>
       </c>
       <c r="C69" t="s">
-        <v>357</v>
+        <v>69</v>
       </c>
       <c r="D69" t="s">
-        <v>358</v>
+        <v>70</v>
       </c>
       <c r="H69" t="s">
-        <v>532</v>
+        <v>71</v>
       </c>
       <c r="I69" t="s">
-        <v>533</v>
+        <v>479</v>
       </c>
       <c r="J69" t="s">
-        <v>361</v>
+        <v>460</v>
       </c>
       <c r="K69" t="s">
-        <v>534</v>
+        <v>270</v>
       </c>
       <c r="L69" t="s">
-        <v>535</v>
+        <v>271</v>
       </c>
       <c r="M69" t="s">
-        <v>521</v>
+        <v>272</v>
       </c>
       <c r="N69" t="s">
-        <v>536</v>
+        <v>273</v>
       </c>
       <c r="O69" t="s">
-        <v>537</v>
+        <v>480</v>
       </c>
       <c r="P69" t="s">
-        <v>550</v>
+        <v>481</v>
       </c>
       <c r="Q69" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R69" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S69" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T69" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X69" t="s">
-        <v>551</v>
+        <v>482</v>
       </c>
       <c r="Y69" t="s">
-        <v>552</v>
+        <v>483</v>
       </c>
     </row>
     <row r="70" spans="1:25">
       <c r="A70">
-        <v>105961</v>
+        <v>106644</v>
       </c>
       <c r="B70" s="1">
-        <v>45980</v>
+        <v>46041</v>
       </c>
       <c r="C70" t="s">
-        <v>85</v>
+        <v>143</v>
       </c>
       <c r="D70" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>144</v>
       </c>
       <c r="I70" t="s">
-        <v>553</v>
+        <v>484</v>
       </c>
       <c r="J70" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
       <c r="K70" t="s">
-        <v>542</v>
+        <v>485</v>
       </c>
       <c r="L70" t="s">
-        <v>543</v>
+        <v>486</v>
       </c>
       <c r="M70" t="s">
-        <v>544</v>
+        <v>487</v>
       </c>
       <c r="N70" t="s">
-        <v>554</v>
+        <v>488</v>
       </c>
       <c r="O70" t="s">
-        <v>555</v>
+        <v>489</v>
       </c>
       <c r="P70" t="s">
-        <v>556</v>
+        <v>490</v>
       </c>
       <c r="Q70" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R70" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S70" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T70" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X70" t="s">
-        <v>557</v>
+        <v>491</v>
       </c>
       <c r="Y70" t="s">
-        <v>558</v>
+        <v>492</v>
       </c>
     </row>
     <row r="71" spans="1:25">
       <c r="A71">
-        <v>105959</v>
+        <v>106646</v>
       </c>
       <c r="B71" s="1">
-        <v>45979</v>
+        <v>46041</v>
       </c>
       <c r="C71" t="s">
-        <v>85</v>
+        <v>143</v>
       </c>
       <c r="D71" t="s">
-        <v>86</v>
+        <v>144</v>
       </c>
       <c r="I71" t="s">
-        <v>559</v>
+        <v>484</v>
       </c>
       <c r="J71" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="K71" t="s">
-        <v>560</v>
+        <v>485</v>
       </c>
       <c r="L71" t="s">
-        <v>561</v>
+        <v>486</v>
       </c>
       <c r="M71" t="s">
-        <v>562</v>
+        <v>487</v>
       </c>
       <c r="N71" t="s">
-        <v>563</v>
+        <v>488</v>
       </c>
       <c r="O71" t="s">
-        <v>564</v>
+        <v>489</v>
       </c>
       <c r="P71" t="s">
-        <v>565</v>
+        <v>493</v>
       </c>
       <c r="Q71" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R71" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S71" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T71" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X71" t="s">
-        <v>566</v>
+        <v>494</v>
       </c>
       <c r="Y71" t="s">
-        <v>567</v>
+        <v>495</v>
       </c>
     </row>
     <row r="72" spans="1:25">
       <c r="A72">
-        <v>105958</v>
+        <v>106607</v>
       </c>
       <c r="B72" s="1">
-        <v>45979</v>
+        <v>46038</v>
       </c>
       <c r="C72" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="D72" t="s">
-        <v>86</v>
+        <v>70</v>
+      </c>
+      <c r="H72" t="s">
+        <v>326</v>
       </c>
       <c r="I72" t="s">
-        <v>568</v>
+        <v>496</v>
       </c>
       <c r="J72" t="s">
-        <v>464</v>
+        <v>497</v>
       </c>
       <c r="K72" t="s">
-        <v>560</v>
+        <v>328</v>
       </c>
       <c r="L72" t="s">
-        <v>561</v>
+        <v>329</v>
       </c>
       <c r="M72" t="s">
-        <v>562</v>
+        <v>330</v>
       </c>
       <c r="N72" t="s">
-        <v>563</v>
+        <v>76</v>
       </c>
       <c r="O72" t="s">
-        <v>569</v>
+        <v>498</v>
       </c>
       <c r="P72" t="s">
-        <v>570</v>
+        <v>499</v>
       </c>
       <c r="Q72" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R72" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S72" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T72" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X72" t="s">
-        <v>571</v>
+        <v>500</v>
       </c>
       <c r="Y72" t="s">
-        <v>572</v>
+        <v>501</v>
       </c>
     </row>
     <row r="73" spans="1:25">
       <c r="A73">
-        <v>105956</v>
+        <v>106610</v>
       </c>
       <c r="B73" s="1">
-        <v>45979</v>
+        <v>46038</v>
       </c>
       <c r="C73" t="s">
-        <v>150</v>
+        <v>69</v>
       </c>
       <c r="D73" t="s">
-        <v>151</v>
+        <v>70</v>
       </c>
       <c r="H73" t="s">
-        <v>573</v>
+        <v>71</v>
       </c>
       <c r="I73" t="s">
-        <v>574</v>
+        <v>502</v>
       </c>
       <c r="J73" t="s">
-        <v>464</v>
+        <v>503</v>
       </c>
       <c r="K73" t="s">
-        <v>575</v>
+        <v>270</v>
       </c>
       <c r="L73" t="s">
-        <v>576</v>
+        <v>271</v>
       </c>
       <c r="M73" t="s">
-        <v>577</v>
+        <v>272</v>
       </c>
       <c r="N73" t="s">
-        <v>578</v>
+        <v>273</v>
       </c>
       <c r="O73" t="s">
-        <v>579</v>
+        <v>461</v>
+      </c>
+      <c r="P73" t="s">
+        <v>504</v>
       </c>
       <c r="Q73" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="R73" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S73" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T73" t="s">
         <v>80</v>
       </c>
       <c r="X73" t="s">
-        <v>580</v>
+        <v>505</v>
       </c>
       <c r="Y73" t="s">
-        <v>581</v>
+        <v>506</v>
       </c>
     </row>
     <row r="74" spans="1:25">
       <c r="A74">
-        <v>105955</v>
+        <v>106614</v>
       </c>
       <c r="B74" s="1">
-        <v>45979</v>
+        <v>46038</v>
       </c>
       <c r="C74" t="s">
-        <v>85</v>
+        <v>143</v>
       </c>
       <c r="D74" t="s">
-        <v>86</v>
+        <v>144</v>
       </c>
       <c r="H74" t="s">
+        <v>187</v>
+      </c>
+      <c r="I74" t="s">
+        <v>507</v>
+      </c>
+      <c r="J74" t="s">
+        <v>503</v>
+      </c>
+      <c r="K74" t="s">
+        <v>508</v>
+      </c>
+      <c r="L74" t="s">
+        <v>509</v>
+      </c>
+      <c r="M74" t="s">
+        <v>510</v>
+      </c>
+      <c r="N74" t="s">
+        <v>511</v>
+      </c>
+      <c r="O74" t="s">
+        <v>512</v>
+      </c>
+      <c r="P74" t="s">
+        <v>513</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>79</v>
+      </c>
+      <c r="R74" t="s">
+        <v>80</v>
+      </c>
+      <c r="S74" t="s">
+        <v>80</v>
+      </c>
+      <c r="T74" t="s">
+        <v>80</v>
+      </c>
+      <c r="X74" t="s">
+        <v>514</v>
+      </c>
+      <c r="Y74" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="75" spans="1:25">
+      <c r="A75">
+        <v>106616</v>
+      </c>
+      <c r="B75" s="1">
+        <v>46038</v>
+      </c>
+      <c r="C75" t="s">
+        <v>69</v>
+      </c>
+      <c r="D75" t="s">
+        <v>70</v>
+      </c>
+      <c r="H75" t="s">
+        <v>71</v>
+      </c>
+      <c r="I75" t="s">
+        <v>502</v>
+      </c>
+      <c r="J75" t="s">
+        <v>503</v>
+      </c>
+      <c r="L75" t="s">
+        <v>271</v>
+      </c>
+      <c r="M75" t="s">
+        <v>272</v>
+      </c>
+      <c r="N75" t="s">
+        <v>273</v>
+      </c>
+      <c r="O75" t="s">
+        <v>461</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>79</v>
+      </c>
+      <c r="R75" t="s">
+        <v>80</v>
+      </c>
+      <c r="S75" t="s">
+        <v>80</v>
+      </c>
+      <c r="T75" t="s">
+        <v>80</v>
+      </c>
+      <c r="X75" t="s">
+        <v>463</v>
+      </c>
+      <c r="Y75" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="76" spans="1:25">
+      <c r="A76">
+        <v>106574</v>
+      </c>
+      <c r="B76" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C76" t="s">
+        <v>143</v>
+      </c>
+      <c r="D76" t="s">
+        <v>144</v>
+      </c>
+      <c r="H76" t="s">
+        <v>187</v>
+      </c>
+      <c r="I76" t="s">
+        <v>516</v>
+      </c>
+      <c r="J76" t="s">
+        <v>497</v>
+      </c>
+      <c r="K76" t="s">
+        <v>255</v>
+      </c>
+      <c r="L76" t="s">
+        <v>256</v>
+      </c>
+      <c r="M76" t="s">
+        <v>257</v>
+      </c>
+      <c r="N76" t="s">
+        <v>258</v>
+      </c>
+      <c r="O76" t="s">
+        <v>455</v>
+      </c>
+      <c r="P76" t="s">
+        <v>517</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>79</v>
+      </c>
+      <c r="R76" t="s">
+        <v>80</v>
+      </c>
+      <c r="S76" t="s">
+        <v>80</v>
+      </c>
+      <c r="T76" t="s">
+        <v>80</v>
+      </c>
+      <c r="X76" t="s">
+        <v>518</v>
+      </c>
+      <c r="Y76" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="77" spans="1:25">
+      <c r="A77">
+        <v>106575</v>
+      </c>
+      <c r="B77" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C77" t="s">
+        <v>143</v>
+      </c>
+      <c r="D77" t="s">
+        <v>144</v>
+      </c>
+      <c r="H77" t="s">
+        <v>187</v>
+      </c>
+      <c r="I77" t="s">
+        <v>516</v>
+      </c>
+      <c r="J77" t="s">
+        <v>497</v>
+      </c>
+      <c r="K77" t="s">
+        <v>255</v>
+      </c>
+      <c r="L77" t="s">
+        <v>256</v>
+      </c>
+      <c r="M77" t="s">
+        <v>257</v>
+      </c>
+      <c r="N77" t="s">
+        <v>258</v>
+      </c>
+      <c r="O77" t="s">
+        <v>455</v>
+      </c>
+      <c r="P77" t="s">
+        <v>520</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>79</v>
+      </c>
+      <c r="R77" t="s">
+        <v>80</v>
+      </c>
+      <c r="S77" t="s">
+        <v>80</v>
+      </c>
+      <c r="T77" t="s">
+        <v>80</v>
+      </c>
+      <c r="X77" t="s">
+        <v>521</v>
+      </c>
+      <c r="Y77" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="78" spans="1:25">
+      <c r="A78">
+        <v>106577</v>
+      </c>
+      <c r="B78" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C78" t="s">
+        <v>143</v>
+      </c>
+      <c r="D78" t="s">
+        <v>144</v>
+      </c>
+      <c r="H78" t="s">
+        <v>187</v>
+      </c>
+      <c r="I78" t="s">
+        <v>516</v>
+      </c>
+      <c r="J78" t="s">
+        <v>497</v>
+      </c>
+      <c r="K78" t="s">
+        <v>255</v>
+      </c>
+      <c r="L78" t="s">
+        <v>256</v>
+      </c>
+      <c r="M78" t="s">
+        <v>257</v>
+      </c>
+      <c r="N78" t="s">
+        <v>258</v>
+      </c>
+      <c r="O78" t="s">
+        <v>455</v>
+      </c>
+      <c r="P78" t="s">
+        <v>523</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>79</v>
+      </c>
+      <c r="R78" t="s">
+        <v>80</v>
+      </c>
+      <c r="S78" t="s">
+        <v>80</v>
+      </c>
+      <c r="T78" t="s">
+        <v>80</v>
+      </c>
+      <c r="X78" t="s">
+        <v>518</v>
+      </c>
+      <c r="Y78" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="79" spans="1:25">
+      <c r="A79">
+        <v>106580</v>
+      </c>
+      <c r="B79" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C79" t="s">
+        <v>69</v>
+      </c>
+      <c r="D79" t="s">
+        <v>70</v>
+      </c>
+      <c r="I79" t="s">
+        <v>525</v>
+      </c>
+      <c r="J79" t="s">
+        <v>497</v>
+      </c>
+      <c r="K79" t="s">
+        <v>425</v>
+      </c>
+      <c r="L79" t="s">
+        <v>426</v>
+      </c>
+      <c r="M79" t="s">
+        <v>427</v>
+      </c>
+      <c r="N79" t="s">
+        <v>76</v>
+      </c>
+      <c r="O79" t="s">
+        <v>526</v>
+      </c>
+      <c r="P79" t="s">
+        <v>527</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>79</v>
+      </c>
+      <c r="R79" t="s">
+        <v>80</v>
+      </c>
+      <c r="S79" t="s">
+        <v>80</v>
+      </c>
+      <c r="T79" t="s">
+        <v>80</v>
+      </c>
+      <c r="X79" t="s">
+        <v>528</v>
+      </c>
+      <c r="Y79" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="80" spans="1:25">
+      <c r="A80">
+        <v>106582</v>
+      </c>
+      <c r="B80" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C80" t="s">
+        <v>143</v>
+      </c>
+      <c r="D80" t="s">
+        <v>144</v>
+      </c>
+      <c r="H80" t="s">
+        <v>187</v>
+      </c>
+      <c r="I80" t="s">
+        <v>516</v>
+      </c>
+      <c r="J80" t="s">
+        <v>497</v>
+      </c>
+      <c r="K80" t="s">
+        <v>255</v>
+      </c>
+      <c r="L80" t="s">
+        <v>256</v>
+      </c>
+      <c r="M80" t="s">
+        <v>257</v>
+      </c>
+      <c r="N80" t="s">
+        <v>258</v>
+      </c>
+      <c r="O80" t="s">
+        <v>451</v>
+      </c>
+      <c r="P80" t="s">
+        <v>530</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>79</v>
+      </c>
+      <c r="R80" t="s">
+        <v>80</v>
+      </c>
+      <c r="S80" t="s">
+        <v>80</v>
+      </c>
+      <c r="T80" t="s">
+        <v>80</v>
+      </c>
+      <c r="X80" t="s">
+        <v>531</v>
+      </c>
+      <c r="Y80" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="81" spans="1:36">
+      <c r="A81">
+        <v>106588</v>
+      </c>
+      <c r="B81" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C81" t="s">
+        <v>143</v>
+      </c>
+      <c r="D81" t="s">
+        <v>144</v>
+      </c>
+      <c r="H81" t="s">
+        <v>187</v>
+      </c>
+      <c r="I81" t="s">
+        <v>516</v>
+      </c>
+      <c r="J81" t="s">
+        <v>497</v>
+      </c>
+      <c r="K81" t="s">
+        <v>255</v>
+      </c>
+      <c r="L81" t="s">
+        <v>256</v>
+      </c>
+      <c r="M81" t="s">
+        <v>257</v>
+      </c>
+      <c r="N81" t="s">
+        <v>258</v>
+      </c>
+      <c r="O81" t="s">
+        <v>451</v>
+      </c>
+      <c r="P81" t="s">
+        <v>533</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>79</v>
+      </c>
+      <c r="R81" t="s">
+        <v>80</v>
+      </c>
+      <c r="S81" t="s">
+        <v>80</v>
+      </c>
+      <c r="T81" t="s">
+        <v>80</v>
+      </c>
+      <c r="X81" t="s">
+        <v>521</v>
+      </c>
+      <c r="Y81" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="82" spans="1:36">
+      <c r="A82">
+        <v>106601</v>
+      </c>
+      <c r="B82" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C82" t="s">
+        <v>143</v>
+      </c>
+      <c r="D82" t="s">
+        <v>144</v>
+      </c>
+      <c r="H82" t="s">
+        <v>187</v>
+      </c>
+      <c r="I82" t="s">
+        <v>534</v>
+      </c>
+      <c r="J82" t="s">
+        <v>497</v>
+      </c>
+      <c r="K82" t="s">
+        <v>255</v>
+      </c>
+      <c r="L82" t="s">
+        <v>256</v>
+      </c>
+      <c r="M82" t="s">
+        <v>257</v>
+      </c>
+      <c r="N82" t="s">
+        <v>258</v>
+      </c>
+      <c r="O82" t="s">
+        <v>455</v>
+      </c>
+      <c r="P82" t="s">
+        <v>535</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>79</v>
+      </c>
+      <c r="R82" t="s">
+        <v>80</v>
+      </c>
+      <c r="S82" t="s">
+        <v>80</v>
+      </c>
+      <c r="T82" t="s">
+        <v>80</v>
+      </c>
+      <c r="X82" t="s">
+        <v>536</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>537</v>
+      </c>
+      <c r="Z82" t="s">
+        <v>538</v>
+      </c>
+      <c r="AB82" t="s">
+        <v>539</v>
+      </c>
+      <c r="AC82" t="s">
+        <v>79</v>
+      </c>
+      <c r="AD82" t="s">
+        <v>80</v>
+      </c>
+      <c r="AE82" t="s">
+        <v>80</v>
+      </c>
+      <c r="AF82" t="s">
+        <v>80</v>
+      </c>
+      <c r="AJ82" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="83" spans="1:36">
+      <c r="A83">
+        <v>106604</v>
+      </c>
+      <c r="B83" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C83" t="s">
+        <v>143</v>
+      </c>
+      <c r="D83" t="s">
+        <v>144</v>
+      </c>
+      <c r="H83" t="s">
+        <v>187</v>
+      </c>
+      <c r="I83" t="s">
+        <v>541</v>
+      </c>
+      <c r="J83" t="s">
+        <v>497</v>
+      </c>
+      <c r="K83" t="s">
+        <v>255</v>
+      </c>
+      <c r="L83" t="s">
+        <v>256</v>
+      </c>
+      <c r="M83" t="s">
+        <v>257</v>
+      </c>
+      <c r="N83" t="s">
+        <v>258</v>
+      </c>
+      <c r="O83" t="s">
+        <v>542</v>
+      </c>
+      <c r="P83" t="s">
+        <v>543</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>79</v>
+      </c>
+      <c r="R83" t="s">
+        <v>80</v>
+      </c>
+      <c r="S83" t="s">
+        <v>80</v>
+      </c>
+      <c r="T83" t="s">
+        <v>80</v>
+      </c>
+      <c r="X83" t="s">
+        <v>544</v>
+      </c>
+      <c r="Y83" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="84" spans="1:36">
+      <c r="A84">
+        <v>106605</v>
+      </c>
+      <c r="B84" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C84" t="s">
+        <v>143</v>
+      </c>
+      <c r="D84" t="s">
+        <v>144</v>
+      </c>
+      <c r="H84" t="s">
+        <v>187</v>
+      </c>
+      <c r="I84" t="s">
+        <v>546</v>
+      </c>
+      <c r="J84" t="s">
+        <v>497</v>
+      </c>
+      <c r="K84" t="s">
+        <v>255</v>
+      </c>
+      <c r="L84" t="s">
+        <v>256</v>
+      </c>
+      <c r="M84" t="s">
+        <v>257</v>
+      </c>
+      <c r="N84" t="s">
+        <v>258</v>
+      </c>
+      <c r="O84" t="s">
+        <v>547</v>
+      </c>
+      <c r="P84" t="s">
+        <v>548</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>79</v>
+      </c>
+      <c r="R84" t="s">
+        <v>80</v>
+      </c>
+      <c r="S84" t="s">
+        <v>80</v>
+      </c>
+      <c r="T84" t="s">
+        <v>80</v>
+      </c>
+      <c r="X84" t="s">
+        <v>549</v>
+      </c>
+      <c r="Y84" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="85" spans="1:36">
+      <c r="A85">
+        <v>106324</v>
+      </c>
+      <c r="B85" s="1">
+        <v>46036</v>
+      </c>
+      <c r="C85" t="s">
+        <v>143</v>
+      </c>
+      <c r="D85" t="s">
+        <v>144</v>
+      </c>
+      <c r="H85" t="s">
+        <v>187</v>
+      </c>
+      <c r="I85" t="s">
+        <v>551</v>
+      </c>
+      <c r="J85" t="s">
+        <v>552</v>
+      </c>
+      <c r="K85" t="s">
+        <v>255</v>
+      </c>
+      <c r="L85" t="s">
+        <v>256</v>
+      </c>
+      <c r="M85" t="s">
+        <v>257</v>
+      </c>
+      <c r="N85" t="s">
+        <v>258</v>
+      </c>
+      <c r="O85" t="s">
+        <v>455</v>
+      </c>
+      <c r="P85" t="s">
+        <v>553</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>79</v>
+      </c>
+      <c r="R85" t="s">
+        <v>80</v>
+      </c>
+      <c r="S85" t="s">
+        <v>80</v>
+      </c>
+      <c r="T85" t="s">
+        <v>80</v>
+      </c>
+      <c r="X85" t="s">
+        <v>536</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="86" spans="1:36">
+      <c r="A86">
+        <v>106325</v>
+      </c>
+      <c r="B86" s="1">
+        <v>46036</v>
+      </c>
+      <c r="C86" t="s">
+        <v>143</v>
+      </c>
+      <c r="D86" t="s">
+        <v>144</v>
+      </c>
+      <c r="H86" t="s">
+        <v>187</v>
+      </c>
+      <c r="I86" t="s">
+        <v>551</v>
+      </c>
+      <c r="J86" t="s">
+        <v>552</v>
+      </c>
+      <c r="K86" t="s">
+        <v>255</v>
+      </c>
+      <c r="L86" t="s">
+        <v>256</v>
+      </c>
+      <c r="M86" t="s">
+        <v>257</v>
+      </c>
+      <c r="N86" t="s">
+        <v>258</v>
+      </c>
+      <c r="O86" t="s">
+        <v>455</v>
+      </c>
+      <c r="P86" t="s">
+        <v>555</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>79</v>
+      </c>
+      <c r="R86" t="s">
+        <v>80</v>
+      </c>
+      <c r="S86" t="s">
+        <v>80</v>
+      </c>
+      <c r="T86" t="s">
+        <v>80</v>
+      </c>
+      <c r="X86" t="s">
+        <v>556</v>
+      </c>
+      <c r="Y86" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="87" spans="1:36">
+      <c r="A87">
+        <v>106338</v>
+      </c>
+      <c r="B87" s="1">
+        <v>46036</v>
+      </c>
+      <c r="C87" t="s">
+        <v>143</v>
+      </c>
+      <c r="D87" t="s">
+        <v>144</v>
+      </c>
+      <c r="H87" t="s">
+        <v>187</v>
+      </c>
+      <c r="I87" t="s">
+        <v>516</v>
+      </c>
+      <c r="J87" t="s">
+        <v>552</v>
+      </c>
+      <c r="K87" t="s">
+        <v>255</v>
+      </c>
+      <c r="L87" t="s">
+        <v>256</v>
+      </c>
+      <c r="M87" t="s">
+        <v>257</v>
+      </c>
+      <c r="N87" t="s">
+        <v>258</v>
+      </c>
+      <c r="O87" t="s">
+        <v>451</v>
+      </c>
+      <c r="P87" t="s">
+        <v>558</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>79</v>
+      </c>
+      <c r="R87" t="s">
+        <v>80</v>
+      </c>
+      <c r="S87" t="s">
+        <v>80</v>
+      </c>
+      <c r="T87" t="s">
+        <v>80</v>
+      </c>
+      <c r="X87" t="s">
+        <v>518</v>
+      </c>
+      <c r="Y87" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="88" spans="1:36">
+      <c r="A88">
+        <v>106340</v>
+      </c>
+      <c r="B88" s="1">
+        <v>46036</v>
+      </c>
+      <c r="C88" t="s">
+        <v>143</v>
+      </c>
+      <c r="D88" t="s">
+        <v>144</v>
+      </c>
+      <c r="H88" t="s">
+        <v>187</v>
+      </c>
+      <c r="I88" t="s">
+        <v>516</v>
+      </c>
+      <c r="J88" t="s">
+        <v>552</v>
+      </c>
+      <c r="K88" t="s">
+        <v>255</v>
+      </c>
+      <c r="L88" t="s">
+        <v>256</v>
+      </c>
+      <c r="M88" t="s">
+        <v>257</v>
+      </c>
+      <c r="N88" t="s">
+        <v>258</v>
+      </c>
+      <c r="O88" t="s">
+        <v>451</v>
+      </c>
+      <c r="P88" t="s">
+        <v>560</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>79</v>
+      </c>
+      <c r="R88" t="s">
+        <v>80</v>
+      </c>
+      <c r="S88" t="s">
+        <v>80</v>
+      </c>
+      <c r="T88" t="s">
+        <v>80</v>
+      </c>
+      <c r="X88" t="s">
+        <v>521</v>
+      </c>
+      <c r="Y88" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="89" spans="1:36">
+      <c r="A89">
+        <v>106317</v>
+      </c>
+      <c r="B89" s="1">
+        <v>46035</v>
+      </c>
+      <c r="C89" t="s">
+        <v>143</v>
+      </c>
+      <c r="D89" t="s">
+        <v>144</v>
+      </c>
+      <c r="H89" t="s">
+        <v>187</v>
+      </c>
+      <c r="I89" t="s">
+        <v>562</v>
+      </c>
+      <c r="J89" t="s">
+        <v>563</v>
+      </c>
+      <c r="K89" t="s">
+        <v>255</v>
+      </c>
+      <c r="L89" t="s">
+        <v>256</v>
+      </c>
+      <c r="M89" t="s">
+        <v>257</v>
+      </c>
+      <c r="N89" t="s">
+        <v>258</v>
+      </c>
+      <c r="O89" t="s">
+        <v>455</v>
+      </c>
+      <c r="P89" t="s">
+        <v>564</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>79</v>
+      </c>
+      <c r="R89" t="s">
+        <v>80</v>
+      </c>
+      <c r="S89" t="s">
+        <v>80</v>
+      </c>
+      <c r="T89" t="s">
+        <v>80</v>
+      </c>
+      <c r="X89" t="s">
+        <v>565</v>
+      </c>
+      <c r="Y89" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="90" spans="1:36">
+      <c r="A90">
+        <v>106318</v>
+      </c>
+      <c r="B90" s="1">
+        <v>46035</v>
+      </c>
+      <c r="C90" t="s">
+        <v>69</v>
+      </c>
+      <c r="D90" t="s">
+        <v>70</v>
+      </c>
+      <c r="H90" t="s">
+        <v>71</v>
+      </c>
+      <c r="I90" t="s">
+        <v>567</v>
+      </c>
+      <c r="J90" t="s">
+        <v>563</v>
+      </c>
+      <c r="K90" t="s">
+        <v>568</v>
+      </c>
+      <c r="L90" t="s">
+        <v>569</v>
+      </c>
+      <c r="M90" t="s">
+        <v>570</v>
+      </c>
+      <c r="N90" t="s">
+        <v>76</v>
+      </c>
+      <c r="O90" t="s">
+        <v>571</v>
+      </c>
+      <c r="P90" t="s">
+        <v>572</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>79</v>
+      </c>
+      <c r="R90" t="s">
+        <v>80</v>
+      </c>
+      <c r="S90" t="s">
+        <v>80</v>
+      </c>
+      <c r="T90" t="s">
+        <v>80</v>
+      </c>
+      <c r="X90" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="91" spans="1:36">
+      <c r="A91">
+        <v>106321</v>
+      </c>
+      <c r="B91" s="1">
+        <v>46035</v>
+      </c>
+      <c r="C91" t="s">
+        <v>143</v>
+      </c>
+      <c r="D91" t="s">
+        <v>144</v>
+      </c>
+      <c r="H91" t="s">
+        <v>187</v>
+      </c>
+      <c r="I91" t="s">
+        <v>551</v>
+      </c>
+      <c r="J91" t="s">
+        <v>563</v>
+      </c>
+      <c r="K91" t="s">
+        <v>255</v>
+      </c>
+      <c r="L91" t="s">
+        <v>256</v>
+      </c>
+      <c r="M91" t="s">
+        <v>257</v>
+      </c>
+      <c r="N91" t="s">
+        <v>258</v>
+      </c>
+      <c r="O91" t="s">
+        <v>455</v>
+      </c>
+      <c r="P91" t="s">
         <v>573</v>
       </c>
-      <c r="I74" t="s">
+      <c r="Q91" t="s">
+        <v>79</v>
+      </c>
+      <c r="R91" t="s">
+        <v>80</v>
+      </c>
+      <c r="S91" t="s">
+        <v>80</v>
+      </c>
+      <c r="T91" t="s">
+        <v>80</v>
+      </c>
+      <c r="X91" t="s">
+        <v>574</v>
+      </c>
+      <c r="Y91" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="92" spans="1:36">
+      <c r="A92">
+        <v>106277</v>
+      </c>
+      <c r="B92" s="1">
+        <v>46031</v>
+      </c>
+      <c r="C92" t="s">
+        <v>69</v>
+      </c>
+      <c r="D92" t="s">
+        <v>70</v>
+      </c>
+      <c r="H92" t="s">
+        <v>71</v>
+      </c>
+      <c r="I92" t="s">
+        <v>576</v>
+      </c>
+      <c r="J92" t="s">
+        <v>577</v>
+      </c>
+      <c r="L92" t="s">
+        <v>409</v>
+      </c>
+      <c r="M92" t="s">
+        <v>410</v>
+      </c>
+      <c r="N92" t="s">
+        <v>411</v>
+      </c>
+      <c r="O92" t="s">
+        <v>578</v>
+      </c>
+      <c r="P92" t="s">
+        <v>579</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>79</v>
+      </c>
+      <c r="R92" t="s">
+        <v>80</v>
+      </c>
+      <c r="S92" t="s">
+        <v>80</v>
+      </c>
+      <c r="T92" t="s">
+        <v>80</v>
+      </c>
+      <c r="X92" t="s">
+        <v>580</v>
+      </c>
+      <c r="Y92" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="93" spans="1:36">
+      <c r="A93">
+        <v>106283</v>
+      </c>
+      <c r="B93" s="1">
+        <v>46031</v>
+      </c>
+      <c r="C93" t="s">
+        <v>69</v>
+      </c>
+      <c r="D93" t="s">
+        <v>70</v>
+      </c>
+      <c r="H93" t="s">
         <v>582</v>
       </c>
-      <c r="J74" t="s">
-[...2 lines deleted...]
-      <c r="K74" t="s">
+      <c r="I93" t="s">
         <v>583</v>
       </c>
-      <c r="L74" t="s">
+      <c r="J93" t="s">
+        <v>577</v>
+      </c>
+      <c r="K93" t="s">
         <v>584</v>
       </c>
-      <c r="M74" t="s">
+      <c r="L93" t="s">
         <v>585</v>
       </c>
-      <c r="N74" t="s">
+      <c r="M93" t="s">
         <v>586</v>
       </c>
-      <c r="O74" t="s">
+      <c r="N93" t="s">
         <v>587</v>
       </c>
-      <c r="P74" t="s">
+      <c r="O93" t="s">
         <v>588</v>
       </c>
-      <c r="Q74" t="s">
-[...11 lines deleted...]
-      <c r="X74" t="s">
+      <c r="P93" t="s">
         <v>589</v>
       </c>
-      <c r="Y74" t="s">
+      <c r="Q93" t="s">
+        <v>79</v>
+      </c>
+      <c r="R93" t="s">
+        <v>80</v>
+      </c>
+      <c r="S93" t="s">
+        <v>80</v>
+      </c>
+      <c r="T93" t="s">
+        <v>80</v>
+      </c>
+      <c r="X93" t="s">
         <v>590</v>
+      </c>
+      <c r="Y93" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="94" spans="1:36">
+      <c r="A94">
+        <v>106287</v>
+      </c>
+      <c r="B94" s="1">
+        <v>46031</v>
+      </c>
+      <c r="C94" t="s">
+        <v>69</v>
+      </c>
+      <c r="D94" t="s">
+        <v>70</v>
+      </c>
+      <c r="H94" t="s">
+        <v>326</v>
+      </c>
+      <c r="I94" t="s">
+        <v>592</v>
+      </c>
+      <c r="J94" t="s">
+        <v>577</v>
+      </c>
+      <c r="K94" t="s">
+        <v>328</v>
+      </c>
+      <c r="L94" t="s">
+        <v>593</v>
+      </c>
+      <c r="M94" t="s">
+        <v>330</v>
+      </c>
+      <c r="N94" t="s">
+        <v>76</v>
+      </c>
+      <c r="O94" t="s">
+        <v>594</v>
+      </c>
+      <c r="P94" t="s">
+        <v>595</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>79</v>
+      </c>
+      <c r="R94" t="s">
+        <v>79</v>
+      </c>
+      <c r="S94" t="s">
+        <v>80</v>
+      </c>
+      <c r="T94" t="s">
+        <v>80</v>
+      </c>
+      <c r="V94" t="s">
+        <v>596</v>
+      </c>
+      <c r="X94" t="s">
+        <v>592</v>
+      </c>
+      <c r="Y94" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="95" spans="1:36">
+      <c r="A95">
+        <v>106238</v>
+      </c>
+      <c r="B95" s="1">
+        <v>46030</v>
+      </c>
+      <c r="C95" t="s">
+        <v>143</v>
+      </c>
+      <c r="D95" t="s">
+        <v>144</v>
+      </c>
+      <c r="H95" t="s">
+        <v>170</v>
+      </c>
+      <c r="I95" t="s">
+        <v>598</v>
+      </c>
+      <c r="J95" t="s">
+        <v>599</v>
+      </c>
+      <c r="K95" t="s">
+        <v>172</v>
+      </c>
+      <c r="L95" t="s">
+        <v>173</v>
+      </c>
+      <c r="M95" t="s">
+        <v>174</v>
+      </c>
+      <c r="N95" t="s">
+        <v>175</v>
+      </c>
+      <c r="O95" t="s">
+        <v>600</v>
+      </c>
+      <c r="P95" t="s">
+        <v>601</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>79</v>
+      </c>
+      <c r="R95" t="s">
+        <v>80</v>
+      </c>
+      <c r="S95" t="s">
+        <v>80</v>
+      </c>
+      <c r="T95" t="s">
+        <v>80</v>
+      </c>
+      <c r="X95" t="s">
+        <v>602</v>
+      </c>
+      <c r="Y95" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="96" spans="1:36">
+      <c r="A96">
+        <v>106239</v>
+      </c>
+      <c r="B96" s="1">
+        <v>46030</v>
+      </c>
+      <c r="C96" t="s">
+        <v>143</v>
+      </c>
+      <c r="D96" t="s">
+        <v>144</v>
+      </c>
+      <c r="H96" t="s">
+        <v>170</v>
+      </c>
+      <c r="I96" t="s">
+        <v>603</v>
+      </c>
+      <c r="J96" t="s">
+        <v>599</v>
+      </c>
+      <c r="K96" t="s">
+        <v>172</v>
+      </c>
+      <c r="L96" t="s">
+        <v>173</v>
+      </c>
+      <c r="M96" t="s">
+        <v>174</v>
+      </c>
+      <c r="N96" t="s">
+        <v>175</v>
+      </c>
+      <c r="O96" t="s">
+        <v>604</v>
+      </c>
+      <c r="P96" t="s">
+        <v>605</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>79</v>
+      </c>
+      <c r="R96" t="s">
+        <v>80</v>
+      </c>
+      <c r="S96" t="s">
+        <v>80</v>
+      </c>
+      <c r="T96" t="s">
+        <v>80</v>
+      </c>
+      <c r="X96" t="s">
+        <v>606</v>
+      </c>
+      <c r="Y96" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="97" spans="1:25">
+      <c r="A97">
+        <v>106240</v>
+      </c>
+      <c r="B97" s="1">
+        <v>46030</v>
+      </c>
+      <c r="C97" t="s">
+        <v>143</v>
+      </c>
+      <c r="D97" t="s">
+        <v>144</v>
+      </c>
+      <c r="H97" t="s">
+        <v>187</v>
+      </c>
+      <c r="I97" t="s">
+        <v>608</v>
+      </c>
+      <c r="J97" t="s">
+        <v>599</v>
+      </c>
+      <c r="K97" t="s">
+        <v>609</v>
+      </c>
+      <c r="L97" t="s">
+        <v>610</v>
+      </c>
+      <c r="M97" t="s">
+        <v>611</v>
+      </c>
+      <c r="N97" t="s">
+        <v>612</v>
+      </c>
+      <c r="O97" t="s">
+        <v>613</v>
+      </c>
+      <c r="P97" t="s">
+        <v>614</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>79</v>
+      </c>
+      <c r="R97" t="s">
+        <v>80</v>
+      </c>
+      <c r="S97" t="s">
+        <v>80</v>
+      </c>
+      <c r="T97" t="s">
+        <v>80</v>
+      </c>
+      <c r="X97" t="s">
+        <v>615</v>
+      </c>
+      <c r="Y97" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="98" spans="1:25">
+      <c r="A98">
+        <v>106243</v>
+      </c>
+      <c r="B98" s="1">
+        <v>46030</v>
+      </c>
+      <c r="C98" t="s">
+        <v>69</v>
+      </c>
+      <c r="D98" t="s">
+        <v>70</v>
+      </c>
+      <c r="I98" t="s">
+        <v>617</v>
+      </c>
+      <c r="J98" t="s">
+        <v>599</v>
+      </c>
+      <c r="K98" t="s">
+        <v>425</v>
+      </c>
+      <c r="L98" t="s">
+        <v>426</v>
+      </c>
+      <c r="M98" t="s">
+        <v>427</v>
+      </c>
+      <c r="N98" t="s">
+        <v>76</v>
+      </c>
+      <c r="O98" t="s">
+        <v>116</v>
+      </c>
+      <c r="P98" t="s">
+        <v>618</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>79</v>
+      </c>
+      <c r="R98" t="s">
+        <v>80</v>
+      </c>
+      <c r="S98" t="s">
+        <v>80</v>
+      </c>
+      <c r="T98" t="s">
+        <v>80</v>
+      </c>
+      <c r="X98" t="s">
+        <v>617</v>
+      </c>
+      <c r="Y98" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="99" spans="1:25">
+      <c r="A99">
+        <v>106251</v>
+      </c>
+      <c r="B99" s="1">
+        <v>46030</v>
+      </c>
+      <c r="C99" t="s">
+        <v>69</v>
+      </c>
+      <c r="D99" t="s">
+        <v>70</v>
+      </c>
+      <c r="H99" t="s">
+        <v>71</v>
+      </c>
+      <c r="I99" t="s">
+        <v>620</v>
+      </c>
+      <c r="J99" t="s">
+        <v>599</v>
+      </c>
+      <c r="L99" t="s">
+        <v>621</v>
+      </c>
+      <c r="M99" t="s">
+        <v>622</v>
+      </c>
+      <c r="N99" t="s">
+        <v>623</v>
+      </c>
+      <c r="O99" t="s">
+        <v>578</v>
+      </c>
+      <c r="P99" t="s">
+        <v>624</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>79</v>
+      </c>
+      <c r="R99" t="s">
+        <v>80</v>
+      </c>
+      <c r="S99" t="s">
+        <v>80</v>
+      </c>
+      <c r="T99" t="s">
+        <v>80</v>
+      </c>
+      <c r="X99" t="s">
+        <v>620</v>
+      </c>
+      <c r="Y99" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="100" spans="1:25">
+      <c r="A100">
+        <v>106257</v>
+      </c>
+      <c r="B100" s="1">
+        <v>46030</v>
+      </c>
+      <c r="C100" t="s">
+        <v>143</v>
+      </c>
+      <c r="D100" t="s">
+        <v>144</v>
+      </c>
+      <c r="H100" t="s">
+        <v>145</v>
+      </c>
+      <c r="I100" t="s">
+        <v>626</v>
+      </c>
+      <c r="J100" t="s">
+        <v>599</v>
+      </c>
+      <c r="K100" t="s">
+        <v>627</v>
+      </c>
+      <c r="L100" t="s">
+        <v>628</v>
+      </c>
+      <c r="M100" t="s">
+        <v>629</v>
+      </c>
+      <c r="N100" t="s">
+        <v>630</v>
+      </c>
+      <c r="O100" t="s">
+        <v>631</v>
+      </c>
+      <c r="P100" t="s">
+        <v>632</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>79</v>
+      </c>
+      <c r="R100" t="s">
+        <v>80</v>
+      </c>
+      <c r="S100" t="s">
+        <v>80</v>
+      </c>
+      <c r="T100" t="s">
+        <v>80</v>
+      </c>
+      <c r="X100" t="s">
+        <v>633</v>
+      </c>
+      <c r="Y100" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="101" spans="1:25">
+      <c r="A101">
+        <v>106263</v>
+      </c>
+      <c r="B101" s="1">
+        <v>46030</v>
+      </c>
+      <c r="C101" t="s">
+        <v>69</v>
+      </c>
+      <c r="D101" t="s">
+        <v>70</v>
+      </c>
+      <c r="H101" t="s">
+        <v>582</v>
+      </c>
+      <c r="I101" t="s">
+        <v>635</v>
+      </c>
+      <c r="J101" t="s">
+        <v>599</v>
+      </c>
+      <c r="K101" t="s">
+        <v>584</v>
+      </c>
+      <c r="L101" t="s">
+        <v>585</v>
+      </c>
+      <c r="M101" t="s">
+        <v>586</v>
+      </c>
+      <c r="N101" t="s">
+        <v>587</v>
+      </c>
+      <c r="O101" t="s">
+        <v>636</v>
+      </c>
+      <c r="P101" t="s">
+        <v>637</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>79</v>
+      </c>
+      <c r="R101" t="s">
+        <v>80</v>
+      </c>
+      <c r="S101" t="s">
+        <v>80</v>
+      </c>
+      <c r="T101" t="s">
+        <v>80</v>
+      </c>
+      <c r="X101" t="s">
+        <v>638</v>
+      </c>
+      <c r="Y101" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="102" spans="1:25">
+      <c r="A102">
+        <v>106264</v>
+      </c>
+      <c r="B102" s="1">
+        <v>46030</v>
+      </c>
+      <c r="C102" t="s">
+        <v>69</v>
+      </c>
+      <c r="D102" t="s">
+        <v>70</v>
+      </c>
+      <c r="H102" t="s">
+        <v>582</v>
+      </c>
+      <c r="I102" t="s">
+        <v>640</v>
+      </c>
+      <c r="J102" t="s">
+        <v>599</v>
+      </c>
+      <c r="K102" t="s">
+        <v>584</v>
+      </c>
+      <c r="L102" t="s">
+        <v>585</v>
+      </c>
+      <c r="M102" t="s">
+        <v>586</v>
+      </c>
+      <c r="N102" t="s">
+        <v>587</v>
+      </c>
+      <c r="O102" t="s">
+        <v>636</v>
+      </c>
+      <c r="P102" t="s">
+        <v>641</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>79</v>
+      </c>
+      <c r="R102" t="s">
+        <v>80</v>
+      </c>
+      <c r="S102" t="s">
+        <v>80</v>
+      </c>
+      <c r="T102" t="s">
+        <v>80</v>
+      </c>
+      <c r="X102" t="s">
+        <v>642</v>
+      </c>
+      <c r="Y102" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="103" spans="1:25">
+      <c r="A103">
+        <v>106215</v>
+      </c>
+      <c r="B103" s="1">
+        <v>46029</v>
+      </c>
+      <c r="C103" t="s">
+        <v>143</v>
+      </c>
+      <c r="D103" t="s">
+        <v>144</v>
+      </c>
+      <c r="H103" t="s">
+        <v>431</v>
+      </c>
+      <c r="I103" t="s">
+        <v>644</v>
+      </c>
+      <c r="J103" t="s">
+        <v>645</v>
+      </c>
+      <c r="K103" t="s">
+        <v>433</v>
+      </c>
+      <c r="L103" t="s">
+        <v>434</v>
+      </c>
+      <c r="M103" t="s">
+        <v>435</v>
+      </c>
+      <c r="N103" t="s">
+        <v>436</v>
+      </c>
+      <c r="O103" t="s">
+        <v>646</v>
+      </c>
+      <c r="P103" t="s">
+        <v>647</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>79</v>
+      </c>
+      <c r="R103" t="s">
+        <v>80</v>
+      </c>
+      <c r="S103" t="s">
+        <v>80</v>
+      </c>
+      <c r="T103" t="s">
+        <v>80</v>
+      </c>
+      <c r="X103" t="s">
+        <v>648</v>
+      </c>
+      <c r="Y103" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="104" spans="1:25">
+      <c r="A104">
+        <v>106216</v>
+      </c>
+      <c r="B104" s="1">
+        <v>46029</v>
+      </c>
+      <c r="C104" t="s">
+        <v>143</v>
+      </c>
+      <c r="D104" t="s">
+        <v>144</v>
+      </c>
+      <c r="H104" t="s">
+        <v>431</v>
+      </c>
+      <c r="I104" t="s">
+        <v>650</v>
+      </c>
+      <c r="J104" t="s">
+        <v>645</v>
+      </c>
+      <c r="K104" t="s">
+        <v>433</v>
+      </c>
+      <c r="L104" t="s">
+        <v>434</v>
+      </c>
+      <c r="M104" t="s">
+        <v>435</v>
+      </c>
+      <c r="N104" t="s">
+        <v>436</v>
+      </c>
+      <c r="O104" t="s">
+        <v>651</v>
+      </c>
+      <c r="P104" t="s">
+        <v>652</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>79</v>
+      </c>
+      <c r="R104" t="s">
+        <v>80</v>
+      </c>
+      <c r="S104" t="s">
+        <v>80</v>
+      </c>
+      <c r="T104" t="s">
+        <v>80</v>
+      </c>
+      <c r="X104" t="s">
+        <v>653</v>
+      </c>
+      <c r="Y104" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="105" spans="1:25">
+      <c r="A105">
+        <v>106225</v>
+      </c>
+      <c r="B105" s="1">
+        <v>46029</v>
+      </c>
+      <c r="C105" t="s">
+        <v>143</v>
+      </c>
+      <c r="D105" t="s">
+        <v>144</v>
+      </c>
+      <c r="H105" t="s">
+        <v>170</v>
+      </c>
+      <c r="I105" t="s">
+        <v>655</v>
+      </c>
+      <c r="J105" t="s">
+        <v>645</v>
+      </c>
+      <c r="K105" t="s">
+        <v>172</v>
+      </c>
+      <c r="L105" t="s">
+        <v>173</v>
+      </c>
+      <c r="M105" t="s">
+        <v>174</v>
+      </c>
+      <c r="N105" t="s">
+        <v>175</v>
+      </c>
+      <c r="O105" t="s">
+        <v>604</v>
+      </c>
+      <c r="P105" t="s">
+        <v>656</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>79</v>
+      </c>
+      <c r="R105" t="s">
+        <v>80</v>
+      </c>
+      <c r="S105" t="s">
+        <v>80</v>
+      </c>
+      <c r="T105" t="s">
+        <v>80</v>
+      </c>
+      <c r="X105" t="s">
+        <v>657</v>
+      </c>
+      <c r="Y105" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="106" spans="1:25">
+      <c r="A106">
+        <v>106226</v>
+      </c>
+      <c r="B106" s="1">
+        <v>46029</v>
+      </c>
+      <c r="C106" t="s">
+        <v>143</v>
+      </c>
+      <c r="D106" t="s">
+        <v>144</v>
+      </c>
+      <c r="H106" t="s">
+        <v>170</v>
+      </c>
+      <c r="I106" t="s">
+        <v>658</v>
+      </c>
+      <c r="J106" t="s">
+        <v>645</v>
+      </c>
+      <c r="K106" t="s">
+        <v>172</v>
+      </c>
+      <c r="L106" t="s">
+        <v>173</v>
+      </c>
+      <c r="M106" t="s">
+        <v>174</v>
+      </c>
+      <c r="N106" t="s">
+        <v>175</v>
+      </c>
+      <c r="O106" t="s">
+        <v>604</v>
+      </c>
+      <c r="P106" t="s">
+        <v>659</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>79</v>
+      </c>
+      <c r="R106" t="s">
+        <v>80</v>
+      </c>
+      <c r="S106" t="s">
+        <v>80</v>
+      </c>
+      <c r="T106" t="s">
+        <v>80</v>
+      </c>
+      <c r="X106" t="s">
+        <v>660</v>
+      </c>
+      <c r="Y106" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="107" spans="1:25">
+      <c r="A107">
+        <v>106227</v>
+      </c>
+      <c r="B107" s="1">
+        <v>46029</v>
+      </c>
+      <c r="C107" t="s">
+        <v>143</v>
+      </c>
+      <c r="D107" t="s">
+        <v>144</v>
+      </c>
+      <c r="H107" t="s">
+        <v>170</v>
+      </c>
+      <c r="I107" t="s">
+        <v>655</v>
+      </c>
+      <c r="J107" t="s">
+        <v>645</v>
+      </c>
+      <c r="K107" t="s">
+        <v>172</v>
+      </c>
+      <c r="L107" t="s">
+        <v>173</v>
+      </c>
+      <c r="M107" t="s">
+        <v>174</v>
+      </c>
+      <c r="N107" t="s">
+        <v>175</v>
+      </c>
+      <c r="O107" t="s">
+        <v>604</v>
+      </c>
+      <c r="P107" t="s">
+        <v>656</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>79</v>
+      </c>
+      <c r="R107" t="s">
+        <v>80</v>
+      </c>
+      <c r="S107" t="s">
+        <v>80</v>
+      </c>
+      <c r="T107" t="s">
+        <v>80</v>
+      </c>
+      <c r="X107" t="s">
+        <v>657</v>
+      </c>
+      <c r="Y107" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="108" spans="1:25">
+      <c r="A108">
+        <v>106229</v>
+      </c>
+      <c r="B108" s="1">
+        <v>46029</v>
+      </c>
+      <c r="C108" t="s">
+        <v>143</v>
+      </c>
+      <c r="D108" t="s">
+        <v>144</v>
+      </c>
+      <c r="H108" t="s">
+        <v>431</v>
+      </c>
+      <c r="I108" t="s">
+        <v>644</v>
+      </c>
+      <c r="J108" t="s">
+        <v>645</v>
+      </c>
+      <c r="K108" t="s">
+        <v>433</v>
+      </c>
+      <c r="L108" t="s">
+        <v>434</v>
+      </c>
+      <c r="M108" t="s">
+        <v>435</v>
+      </c>
+      <c r="N108" t="s">
+        <v>436</v>
+      </c>
+      <c r="O108" t="s">
+        <v>646</v>
+      </c>
+      <c r="P108" t="s">
+        <v>662</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>79</v>
+      </c>
+      <c r="R108" t="s">
+        <v>80</v>
+      </c>
+      <c r="S108" t="s">
+        <v>80</v>
+      </c>
+      <c r="T108" t="s">
+        <v>80</v>
+      </c>
+      <c r="X108" t="s">
+        <v>663</v>
+      </c>
+      <c r="Y108" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="109" spans="1:25">
+      <c r="A109">
+        <v>106177</v>
+      </c>
+      <c r="B109" s="1">
+        <v>46028</v>
+      </c>
+      <c r="C109" t="s">
+        <v>69</v>
+      </c>
+      <c r="D109" t="s">
+        <v>70</v>
+      </c>
+      <c r="H109" t="s">
+        <v>71</v>
+      </c>
+      <c r="I109" t="s">
+        <v>664</v>
+      </c>
+      <c r="J109" t="s">
+        <v>665</v>
+      </c>
+      <c r="L109" t="s">
+        <v>409</v>
+      </c>
+      <c r="M109" t="s">
+        <v>410</v>
+      </c>
+      <c r="N109" t="s">
+        <v>411</v>
+      </c>
+      <c r="O109" t="s">
+        <v>666</v>
+      </c>
+      <c r="P109" t="s">
+        <v>667</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>79</v>
+      </c>
+      <c r="R109" t="s">
+        <v>80</v>
+      </c>
+      <c r="S109" t="s">
+        <v>80</v>
+      </c>
+      <c r="T109" t="s">
+        <v>80</v>
+      </c>
+      <c r="X109" t="s">
+        <v>668</v>
+      </c>
+      <c r="Y109" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="110" spans="1:25">
+      <c r="A110">
+        <v>106179</v>
+      </c>
+      <c r="B110" s="1">
+        <v>46028</v>
+      </c>
+      <c r="C110" t="s">
+        <v>670</v>
+      </c>
+      <c r="D110" t="s">
+        <v>671</v>
+      </c>
+      <c r="H110" t="s">
+        <v>145</v>
+      </c>
+      <c r="I110" t="s">
+        <v>672</v>
+      </c>
+      <c r="J110" t="s">
+        <v>665</v>
+      </c>
+      <c r="K110" t="s">
+        <v>673</v>
+      </c>
+      <c r="L110" t="s">
+        <v>674</v>
+      </c>
+      <c r="M110" t="s">
+        <v>675</v>
+      </c>
+      <c r="N110" t="s">
+        <v>192</v>
+      </c>
+      <c r="O110" t="s">
+        <v>676</v>
+      </c>
+      <c r="P110" t="s">
+        <v>677</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>79</v>
+      </c>
+      <c r="R110" t="s">
+        <v>80</v>
+      </c>
+      <c r="S110" t="s">
+        <v>80</v>
+      </c>
+      <c r="T110" t="s">
+        <v>80</v>
+      </c>
+      <c r="X110" t="s">
+        <v>678</v>
+      </c>
+      <c r="Y110" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="111" spans="1:25">
+      <c r="A111">
+        <v>106183</v>
+      </c>
+      <c r="B111" s="1">
+        <v>46028</v>
+      </c>
+      <c r="C111" t="s">
+        <v>69</v>
+      </c>
+      <c r="D111" t="s">
+        <v>70</v>
+      </c>
+      <c r="H111" t="s">
+        <v>326</v>
+      </c>
+      <c r="I111" t="s">
+        <v>680</v>
+      </c>
+      <c r="J111" t="s">
+        <v>665</v>
+      </c>
+      <c r="K111" t="s">
+        <v>328</v>
+      </c>
+      <c r="L111" t="s">
+        <v>593</v>
+      </c>
+      <c r="M111" t="s">
+        <v>330</v>
+      </c>
+      <c r="N111" t="s">
+        <v>76</v>
+      </c>
+      <c r="O111" t="s">
+        <v>681</v>
+      </c>
+      <c r="P111" t="s">
+        <v>682</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>79</v>
+      </c>
+      <c r="R111" t="s">
+        <v>80</v>
+      </c>
+      <c r="S111" t="s">
+        <v>80</v>
+      </c>
+      <c r="T111" t="s">
+        <v>80</v>
+      </c>
+      <c r="X111" t="s">
+        <v>680</v>
+      </c>
+      <c r="Y111" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="112" spans="1:25">
+      <c r="A112">
+        <v>106194</v>
+      </c>
+      <c r="B112" s="1">
+        <v>46028</v>
+      </c>
+      <c r="C112" t="s">
+        <v>99</v>
+      </c>
+      <c r="D112" t="s">
+        <v>100</v>
+      </c>
+      <c r="H112" t="s">
+        <v>101</v>
+      </c>
+      <c r="I112" t="s">
+        <v>684</v>
+      </c>
+      <c r="J112" t="s">
+        <v>665</v>
+      </c>
+      <c r="K112" t="s">
+        <v>103</v>
+      </c>
+      <c r="L112" t="s">
+        <v>104</v>
+      </c>
+      <c r="M112" t="s">
+        <v>685</v>
+      </c>
+      <c r="N112" t="s">
+        <v>106</v>
+      </c>
+      <c r="O112" t="s">
+        <v>686</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>79</v>
+      </c>
+      <c r="R112" t="s">
+        <v>79</v>
+      </c>
+      <c r="S112" t="s">
+        <v>80</v>
+      </c>
+      <c r="T112" t="s">
+        <v>80</v>
+      </c>
+      <c r="X112" t="s">
+        <v>113</v>
+      </c>
+      <c r="Y112" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="113" spans="1:25">
+      <c r="A113">
+        <v>106195</v>
+      </c>
+      <c r="B113" s="1">
+        <v>46028</v>
+      </c>
+      <c r="C113" t="s">
+        <v>99</v>
+      </c>
+      <c r="D113" t="s">
+        <v>100</v>
+      </c>
+      <c r="H113" t="s">
+        <v>101</v>
+      </c>
+      <c r="I113" t="s">
+        <v>688</v>
+      </c>
+      <c r="J113" t="s">
+        <v>665</v>
+      </c>
+      <c r="K113" t="s">
+        <v>103</v>
+      </c>
+      <c r="L113" t="s">
+        <v>104</v>
+      </c>
+      <c r="M113" t="s">
+        <v>685</v>
+      </c>
+      <c r="N113" t="s">
+        <v>106</v>
+      </c>
+      <c r="O113" t="s">
+        <v>689</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>79</v>
+      </c>
+      <c r="R113" t="s">
+        <v>79</v>
+      </c>
+      <c r="S113" t="s">
+        <v>80</v>
+      </c>
+      <c r="T113" t="s">
+        <v>80</v>
+      </c>
+      <c r="X113" t="s">
+        <v>690</v>
+      </c>
+      <c r="Y113" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="114" spans="1:25">
+      <c r="A114">
+        <v>106196</v>
+      </c>
+      <c r="B114" s="1">
+        <v>46028</v>
+      </c>
+      <c r="C114" t="s">
+        <v>99</v>
+      </c>
+      <c r="D114" t="s">
+        <v>100</v>
+      </c>
+      <c r="H114" t="s">
+        <v>101</v>
+      </c>
+      <c r="I114" t="s">
+        <v>692</v>
+      </c>
+      <c r="J114" t="s">
+        <v>665</v>
+      </c>
+      <c r="K114" t="s">
+        <v>103</v>
+      </c>
+      <c r="L114" t="s">
+        <v>104</v>
+      </c>
+      <c r="M114" t="s">
+        <v>685</v>
+      </c>
+      <c r="N114" t="s">
+        <v>106</v>
+      </c>
+      <c r="O114" t="s">
+        <v>693</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>79</v>
+      </c>
+      <c r="R114" t="s">
+        <v>79</v>
+      </c>
+      <c r="S114" t="s">
+        <v>80</v>
+      </c>
+      <c r="T114" t="s">
+        <v>80</v>
+      </c>
+      <c r="X114" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y114" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="115" spans="1:25">
+      <c r="A115">
+        <v>106201</v>
+      </c>
+      <c r="B115" s="1">
+        <v>46028</v>
+      </c>
+      <c r="C115" t="s">
+        <v>69</v>
+      </c>
+      <c r="D115" t="s">
+        <v>70</v>
+      </c>
+      <c r="H115" t="s">
+        <v>695</v>
+      </c>
+      <c r="I115" t="s">
+        <v>696</v>
+      </c>
+      <c r="J115" t="s">
+        <v>665</v>
+      </c>
+      <c r="L115" t="s">
+        <v>697</v>
+      </c>
+      <c r="M115" t="s">
+        <v>698</v>
+      </c>
+      <c r="N115" t="s">
+        <v>699</v>
+      </c>
+      <c r="O115" t="s">
+        <v>700</v>
+      </c>
+      <c r="P115" t="s">
+        <v>701</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>79</v>
+      </c>
+      <c r="R115" t="s">
+        <v>80</v>
+      </c>
+      <c r="S115" t="s">
+        <v>80</v>
+      </c>
+      <c r="T115" t="s">
+        <v>80</v>
+      </c>
+      <c r="X115" t="s">
+        <v>702</v>
+      </c>
+      <c r="Y115" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="116" spans="1:25">
+      <c r="A116">
+        <v>106202</v>
+      </c>
+      <c r="B116" s="1">
+        <v>46028</v>
+      </c>
+      <c r="C116" t="s">
+        <v>69</v>
+      </c>
+      <c r="D116" t="s">
+        <v>70</v>
+      </c>
+      <c r="H116" t="s">
+        <v>695</v>
+      </c>
+      <c r="I116" t="s">
+        <v>704</v>
+      </c>
+      <c r="J116" t="s">
+        <v>665</v>
+      </c>
+      <c r="L116" t="s">
+        <v>697</v>
+      </c>
+      <c r="M116" t="s">
+        <v>698</v>
+      </c>
+      <c r="N116" t="s">
+        <v>699</v>
+      </c>
+      <c r="O116" t="s">
+        <v>700</v>
+      </c>
+      <c r="P116" t="s">
+        <v>705</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>79</v>
+      </c>
+      <c r="R116" t="s">
+        <v>80</v>
+      </c>
+      <c r="S116" t="s">
+        <v>80</v>
+      </c>
+      <c r="T116" t="s">
+        <v>80</v>
+      </c>
+      <c r="X116" t="s">
+        <v>706</v>
+      </c>
+      <c r="Y116" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="117" spans="1:25">
+      <c r="A117">
+        <v>106204</v>
+      </c>
+      <c r="B117" s="1">
+        <v>46028</v>
+      </c>
+      <c r="C117" t="s">
+        <v>69</v>
+      </c>
+      <c r="D117" t="s">
+        <v>70</v>
+      </c>
+      <c r="H117" t="s">
+        <v>71</v>
+      </c>
+      <c r="I117" t="s">
+        <v>708</v>
+      </c>
+      <c r="J117" t="s">
+        <v>665</v>
+      </c>
+      <c r="L117" t="s">
+        <v>409</v>
+      </c>
+      <c r="M117" t="s">
+        <v>410</v>
+      </c>
+      <c r="N117" t="s">
+        <v>411</v>
+      </c>
+      <c r="O117" t="s">
+        <v>709</v>
+      </c>
+      <c r="P117" t="s">
+        <v>710</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>79</v>
+      </c>
+      <c r="R117" t="s">
+        <v>80</v>
+      </c>
+      <c r="S117" t="s">
+        <v>80</v>
+      </c>
+      <c r="T117" t="s">
+        <v>80</v>
+      </c>
+      <c r="X117" t="s">
+        <v>711</v>
+      </c>
+      <c r="Y117" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="118" spans="1:25">
+      <c r="A118">
+        <v>106206</v>
+      </c>
+      <c r="B118" s="1">
+        <v>46028</v>
+      </c>
+      <c r="C118" t="s">
+        <v>69</v>
+      </c>
+      <c r="D118" t="s">
+        <v>70</v>
+      </c>
+      <c r="I118" t="s">
+        <v>713</v>
+      </c>
+      <c r="J118" t="s">
+        <v>665</v>
+      </c>
+      <c r="K118" t="s">
+        <v>714</v>
+      </c>
+      <c r="L118" t="s">
+        <v>418</v>
+      </c>
+      <c r="M118" t="s">
+        <v>419</v>
+      </c>
+      <c r="N118" t="s">
+        <v>76</v>
+      </c>
+      <c r="O118" t="s">
+        <v>715</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>79</v>
+      </c>
+      <c r="R118" t="s">
+        <v>80</v>
+      </c>
+      <c r="S118" t="s">
+        <v>80</v>
+      </c>
+      <c r="T118" t="s">
+        <v>80</v>
+      </c>
+      <c r="X118" t="s">
+        <v>716</v>
+      </c>
+      <c r="Y118" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="119" spans="1:25">
+      <c r="A119">
+        <v>106148</v>
+      </c>
+      <c r="B119" s="1">
+        <v>46027</v>
+      </c>
+      <c r="C119" t="s">
+        <v>69</v>
+      </c>
+      <c r="D119" t="s">
+        <v>70</v>
+      </c>
+      <c r="H119" t="s">
+        <v>582</v>
+      </c>
+      <c r="I119" t="s">
+        <v>718</v>
+      </c>
+      <c r="J119" t="s">
+        <v>719</v>
+      </c>
+      <c r="K119" t="s">
+        <v>584</v>
+      </c>
+      <c r="L119" t="s">
+        <v>585</v>
+      </c>
+      <c r="M119" t="s">
+        <v>586</v>
+      </c>
+      <c r="N119" t="s">
+        <v>587</v>
+      </c>
+      <c r="O119" t="s">
+        <v>720</v>
+      </c>
+      <c r="P119" t="s">
+        <v>721</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>79</v>
+      </c>
+      <c r="R119" t="s">
+        <v>80</v>
+      </c>
+      <c r="S119" t="s">
+        <v>80</v>
+      </c>
+      <c r="T119" t="s">
+        <v>80</v>
+      </c>
+      <c r="X119" t="s">
+        <v>722</v>
+      </c>
+      <c r="Y119" t="s">
+        <v>591</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>