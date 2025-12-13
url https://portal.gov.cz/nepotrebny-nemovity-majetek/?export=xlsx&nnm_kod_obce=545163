--- v0 (2025-10-16)
+++ v1 (2025-12-13)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -217,136 +217,87 @@
     <t>POZADOVANA_CENA_5</t>
   </si>
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
-  </si>
-[...43 lines deleted...]
-    <t>279210</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -601,81 +552,79 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ2"/>
+  <dimension ref="A1:BQ1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
-    <col min="3" max="3" width="28.7109375" customWidth="1"/>
+    <col min="3" max="3" width="12.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
-    <col min="8" max="8" width="26.7109375" customWidth="1"/>
-    <col min="9" max="9" width="16.7109375" customWidth="1"/>
+    <col min="8" max="8" width="23.7109375" customWidth="1"/>
+    <col min="9" max="9" width="7.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
-    <col min="12" max="12" width="27.7109375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="15" width="48.7109375" customWidth="1"/>
+    <col min="12" max="14" width="15.7109375" customWidth="1"/>
+    <col min="15" max="15" width="19.7109375" customWidth="1"/>
     <col min="16" max="16" width="16.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="209.7109375" customWidth="1"/>
+    <col min="24" max="24" width="15.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="17.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
     <col min="47" max="47" width="17.7109375" customWidth="1"/>
     <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
@@ -888,109 +837,50 @@
       <c r="BJ1" t="s">
         <v>61</v>
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="2" spans="1:69">
-[...57 lines deleted...]
-    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>