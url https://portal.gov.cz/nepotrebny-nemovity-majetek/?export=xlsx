--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2527" uniqueCount="1027">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1068" uniqueCount="496">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -219,2922 +219,1329 @@
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
+    <t>Lesy České republiky, s.p.</t>
+  </si>
+  <si>
+    <t>e8jcfsn</t>
+  </si>
+  <si>
+    <t>Ministerstvo zemědělství ČR</t>
+  </si>
+  <si>
+    <t>pozemek v k.ú. Vrchy</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>956911111</t>
+  </si>
+  <si>
+    <t>jan.mavrev@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ján Mavrev</t>
+  </si>
+  <si>
+    <t>Lesy České republiky, s.p., OŘ severní Morava</t>
+  </si>
+  <si>
+    <t>Vrchy, Vrchy, okres Nový Jičín</t>
+  </si>
+  <si>
+    <t>41/1</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>pozemek p.č. 41/1 ostatní plocha o výměře 1628 m2  v k.ú. Vrchy</t>
+  </si>
+  <si>
+    <t>471500</t>
+  </si>
+  <si>
+    <t>DIAMO, státní podnik</t>
+  </si>
+  <si>
+    <t>sjfywke</t>
+  </si>
+  <si>
+    <t>Ministerstvo průmyslu a obchodu</t>
+  </si>
+  <si>
+    <t>Popis záznamu: D550 – Pozemky v k. ú. Doubrava u Orlové</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>606 146 618</t>
+  </si>
+  <si>
+    <t>karvina@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Kamil Roman</t>
+  </si>
+  <si>
+    <t>DIAMO s. p., odštěpný závod Karviná, Sirotčí 1145/7, Vítkovice, 703 00  Ostrava</t>
+  </si>
+  <si>
+    <t>Doubrava u Orlové, Doubrava, okres Karviná</t>
+  </si>
+  <si>
+    <t>209, 210</t>
+  </si>
+  <si>
+    <t>pozemky p. č. 209 - zastavěná plocha a nádvoří, zbořeniště o výměře 656 m2, p. č. 210 - zahrada o výměře 76 m2, vše v k. ú. Doubrava u Orlové zapsané na LV č. 1367, obec Doubrava, Moravskoslezský kraj. Převáděné pozemky se nachází v: -	platném dobývacím prostoru Doubrava u Orlové pro černé uhlí, který je ve správě DIAMO, s.p., -	chráněném ložiskovém území, -	zemědělském půdním fondu (parcela č. 210), -	území plochy „CK0“ chráněného ložiskového území (CHLÚ) české části Hornoslezské pánve pro výhradní ložisko černé uhlí. Plocha „CK0“ vyžaduje stanovení podmínek zajištění stavby proti účinkům poddolování, -	území kategorizovaném jako území s možnými nahodilými výstupy metanu na povrch. Při stavební činnosti na pozemcích je nutno tuto skutečnosti zohlednit.  Prodej pozemků bude realizován formou veřejné soutěže o nejvhodnější nabídku prostřednictvím elektronického nástroje Tender arena. Uvedená cena je minimální požadovaná kupní cena bez DPH. Daň z přidané hodnoty (DPH) bude fakturována ve výši a sazbě dle obecně</t>
+  </si>
+  <si>
+    <t>560000</t>
+  </si>
+  <si>
+    <t>Ministerstvo zemědělství</t>
+  </si>
+  <si>
+    <t>Prodej části pozemku parc. č. 109/1 v k. ú. Lubě</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>725129682</t>
+  </si>
+  <si>
+    <t>jana.divacka@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Jana Divácká</t>
+  </si>
+  <si>
+    <t>Správa toků - oblast povodí Dyje</t>
+  </si>
+  <si>
+    <t>Lubě, Lubě, okres Blansko</t>
+  </si>
+  <si>
+    <t xml:space="preserve">109/1 </t>
+  </si>
+  <si>
+    <t>díl "d" pozemku parc. č. 109/1, o výměře 84 m2, v k. ú. Lubě</t>
+  </si>
+  <si>
+    <t>35188</t>
+  </si>
+  <si>
+    <t>Prodej části pozemku parc. č. 82 a současně části pozemku parc. č. 109/1, obojí v k. ú. Lubě</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t xml:space="preserve">díl "b" pozemku parc. č. 82 v k. ú. Lubě, druh pozemku TTP, o velikosti 77 m2. </t>
+  </si>
+  <si>
+    <t>176433</t>
+  </si>
+  <si>
+    <t>128130</t>
+  </si>
+  <si>
+    <t>109/1</t>
+  </si>
+  <si>
+    <t>díl "c" pozemku parc. č. 109/1, druh pozemku zahrada, v k. ú. Lubě</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej části pozemku parc. č. 82 v k. ú. Lubě </t>
+  </si>
+  <si>
+    <t>díl "a" pozemku parc. č. 82, druh pozemku TTP, v k. ú. Lubě</t>
+  </si>
+  <si>
+    <t>32256</t>
+  </si>
+  <si>
+    <t>S 74/19 Prodej pozemku v k.ú. Sudovice p.č. 45/46</t>
+  </si>
+  <si>
+    <t>724523359</t>
+  </si>
+  <si>
+    <t>daniela.kramarova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Daniela Kramárová</t>
+  </si>
+  <si>
+    <t>Lesní závod Konopiště</t>
+  </si>
+  <si>
+    <t>Sudovice, Nový Knín, okres Příbram</t>
+  </si>
+  <si>
+    <t>45/46</t>
+  </si>
+  <si>
+    <t>Pozemek p.č.45/46, druh pozemku "zahrada" o výměře 280 m2</t>
+  </si>
+  <si>
+    <t>70000</t>
+  </si>
+  <si>
     <t>Správa železnic, státní organizace</t>
   </si>
   <si>
     <t>uccchjm</t>
   </si>
   <si>
+    <t xml:space="preserve">Ministerstvo dopravy </t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 726/23 a p. č. 785 v k. ú. Dlouhoňovice</t>
+  </si>
+  <si>
+    <t>722951732</t>
+  </si>
+  <si>
+    <t>BuriankovaK@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Buriánková Kateřina</t>
+  </si>
+  <si>
+    <t>Oddělení přípravy pozbytí</t>
+  </si>
+  <si>
+    <t>Dlouhoňovice, Dlouhoňovice, okres Ústí nad Orlicí</t>
+  </si>
+  <si>
+    <t>726/23, 785</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 726/23 o výměře 265 m2 a p.č. 785 o výměře 27 m2, Pozemky jsou zapsány na LV 904 pro k.ú. Dlouhoňovice a jsou vedeny jako ostatní plocha, jiná plocha. V územním plánu jsou pozemky vedeny jako plochy „BU”- bydlení všeobecné. Pozemky se nacházení v blízkosti železniční tratě Letohrad - Týniště nad Orlicí.</t>
+  </si>
+  <si>
+    <t>111000</t>
+  </si>
+  <si>
+    <t>MPO</t>
+  </si>
+  <si>
+    <t>Pozemky p. č. 396/4 v k. ú. Dolní Jiřetín a p. č. 983/8 v k. ú. Záluží u Litvínova</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>475 672 447</t>
+  </si>
+  <si>
+    <t>nerglova@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Radomíra Nerglová</t>
+  </si>
+  <si>
+    <t>DIAMO s. p., odštěpný závod Příbram</t>
+  </si>
+  <si>
+    <t>Dolní Jiřetín, Horní Jiřetín, okres Most</t>
+  </si>
+  <si>
+    <t>396/4</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 396/4 v k. ú. Dolní Jiřetín, ostatní plocha - ostatní komunikace, o výměře 7654 m2. Součástí pozemků je těleso komunikace.</t>
+  </si>
+  <si>
+    <t>Záluží u Litvínova, Litvínov, okres Most</t>
+  </si>
+  <si>
+    <t>5710000</t>
+  </si>
+  <si>
+    <t>983/8</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 983/8 v k. ú. Záluží u Litvínova, ostatní plocha - ostatní komunikace, o výměře 958 m2. Součástí pozemků je těleso komunikace.</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. st. 968/2 jehož součástí je stavba č. p. 967 v k. ú. Polubný</t>
+  </si>
+  <si>
+    <t>775 889 647</t>
+  </si>
+  <si>
+    <t>mickoval@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Lenka Micková</t>
+  </si>
+  <si>
+    <t>SŽF</t>
+  </si>
+  <si>
+    <t>Polubný, Kořenov, okres Jablonec nad Nisou</t>
+  </si>
+  <si>
+    <t>st. 968/2</t>
+  </si>
+  <si>
+    <t>967</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. st. 968/2 jehož součástí je stavba č. p. 967 v k. ú. Polubný - Jedná se o stavbu nádražní budovy v žst. Kořenov. Byla postavena v r. 1902. Stavba se skládá z hlavní budovy na východní části st. p. č. 968/2, která je podsklepená, má 2 nadzemní podlaží a půdní prostor a z jednopodlažní nepodsklepené budovy v západní části st. p. č. 968/2. Objekt je cihlové konstrukce, základy má kamenné, stropy nad 1.PP tvoří cihelné klenby, ostatní stropy jsou dřevěné trámové. Střecha je valbová, krytina je nad hlavní budovou z hliníkového plechu, nad západní částí plechová s nátěrem a klempířské prvky jsou pozinkované. Vnější omítky jsou břízolitové a zateplení pláště není provedeno. Asi v roce 1960 proběhla celková rekonstrukce budovy, spočívající v nových rozvodech el., vody, kanalizace, připojení plynu, výměně většiny oken a dveří, nových sociálních zařízeních, vybudování bytů ve 2.NP. Byty ve 2.NP jsou ve špatném stavu a nejsou provozuschopné. Sklepní ani půdní prostory nejsou využívány. Do budovy je zavedena elektřina o napětí 230 a 400 V. Voda je odebírána ze studny, která není součástí prodeje. Objekt je napojen na veřejnou kanalizaci. Zemní plyn je zaveden. Vytápění je ústřední s plynovým kotlem v části železničního muzea, ostatní vytápění není funkční. Ohřev vody zajišťují el. bojlery. Oceňovaná budova je pronajímána několika subjektům.</t>
+  </si>
+  <si>
+    <t>6998588</t>
+  </si>
+  <si>
     <t>Ministerstvo dopravy</t>
   </si>
   <si>
-    <t>Prodej pozemku p. č. 142/8 v k. ú. Holásky</t>
-[...2 lines deleted...]
-    <t>2025-11-30</t>
+    <t>prodej pozemku p.č. 713/18 v k.ú. Kleneč</t>
+  </si>
+  <si>
+    <t>kropacova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Kropáčová</t>
+  </si>
+  <si>
+    <t>Kleneč, Kleneč, okres Litoměřice</t>
+  </si>
+  <si>
+    <t>713/18</t>
+  </si>
+  <si>
+    <t>132000</t>
+  </si>
+  <si>
+    <t>Povodí Labe, státní podnik</t>
+  </si>
+  <si>
+    <t>dbyt8g2</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 888/8 v katastrálním území Žerčice</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>495088871</t>
+  </si>
+  <si>
+    <t>lodrovam@pla.cz</t>
+  </si>
+  <si>
+    <t>Martina Lodrová</t>
+  </si>
+  <si>
+    <t>majetkový odbor</t>
+  </si>
+  <si>
+    <t>Žerčice, Žerčice, okres Mladá Boleslav</t>
+  </si>
+  <si>
+    <t>888/8</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 888/8 v katastrálním území Žerčice, ostatní plocha, vznikl geometrickým odměřením od původní pozemkové parcely č. 888/1, vodní plocha. Pozemek je částečně zastavěný stavbou bez č.p./č.e., která není zapsána v katastru nemovitostí. Dále se na pozemku nachází oplocení. Stavba i oplocení jsou ve vlastnictví jiného vlastníka. Nové vzniklý pozemek p. č. 888/8 tvoří jeden funkční celek s pozemek p. č. 93, zahrada, ke které je připlocen.</t>
+  </si>
+  <si>
+    <t>76125</t>
+  </si>
+  <si>
+    <t>Prodej p. č. 502/5 v k. ú. Jesenice u Rakovníka</t>
+  </si>
+  <si>
+    <t>725 553 303</t>
+  </si>
+  <si>
+    <t>videticova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Markéta Videtičová</t>
+  </si>
+  <si>
+    <t>Jesenice u Rakovníka, Jesenice, okres Rakovník</t>
+  </si>
+  <si>
+    <t>502/5</t>
+  </si>
+  <si>
+    <t>Pozemek o výměře 32m2 je evidován v katastru nemovitostí jako ostatní plocha, způsob využití jiná plocha. Pozemek tvoří funkční celek s nemovitostí na pozemku p. č. 510 pod společným oplocením. Na pozemku se nachází trvalý porost, ovocný strom, okrasný keř a cihlové a dřevěné oplocení s branou ve vlastnictví majitele pozemku p. č. 510. Na pozemku se dále nachází drátěné oplocení, kterým je současně oplocena i zahrada sousedního pozemku p. č. 509 ve vlastnictví majitele sousedního pozemku. Jesenice se nachází cca 20 km západně od Rakovníka, kde je kompletní občanská vybavenost.</t>
+  </si>
+  <si>
+    <t>43000</t>
+  </si>
+  <si>
+    <t>Ministerstvo dopravy ČR</t>
+  </si>
+  <si>
+    <t>Pozemek k.ú. Netolice</t>
+  </si>
+  <si>
+    <t>RihovaD@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Dana Říhová</t>
+  </si>
+  <si>
+    <t>Odbor nakládání s nemovitým majetkem</t>
+  </si>
+  <si>
+    <t>Netolice, Netolice, okres Prachatice</t>
+  </si>
+  <si>
+    <t>3138/4</t>
+  </si>
+  <si>
+    <t>Pozemek v blízkosti železničního nádraží je z 90 % zarostlý náletovými dřevinami se zanedbanou údržbou. Pozemek nemá přístup z veřejné komunikace a je zatížený dvěma věcnými břemeny.</t>
+  </si>
+  <si>
+    <t>252000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 362/2 v k. ú. Hlušovice</t>
+  </si>
+  <si>
+    <t>728363429</t>
+  </si>
+  <si>
+    <t>Silastikova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Dana Silaštíková</t>
+  </si>
+  <si>
+    <t>Hlušovice, Hlušovice, okres Olomouc</t>
+  </si>
+  <si>
+    <t>362/2</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 362/2 v k. ú. Hlušovice</t>
+  </si>
+  <si>
+    <t>Ředitelství silnic a dálnic s. p.</t>
+  </si>
+  <si>
+    <t>zjq4rhz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rodinný dům Svojkovice č.p. 163 s pozemky ve funkčním celku </t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>+420 954 901 256</t>
+  </si>
+  <si>
+    <t>eva.matejkova1@rsd.cz</t>
+  </si>
+  <si>
+    <t>Ing. Eva Matějková</t>
+  </si>
+  <si>
+    <t>Správa dálnic</t>
+  </si>
+  <si>
+    <t>Svojkovice, Svojkovice, okres Rokycany</t>
+  </si>
+  <si>
+    <t>st.p.č. 261, p.p.č. 58/15</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>nemovitý majetek – pozemek stavební parcela č. 261 o výměře 170 m², součástí je stavba Svojkovice č.p. 163, rodinný dům a pozemek pozemková parcela č. 58/15 o výměře 105 m², druh pozemku zahrada, vše v k.ú. a obci Svojkovice zapsané na listu vlastnictví 353 v katastru nemovitostí vedeném Katastrálním úřadem pro Plzeňský kraj, Katastrálním pracovištěm Rokycany.</t>
+  </si>
+  <si>
+    <t>5500000</t>
+  </si>
+  <si>
+    <t>MZE</t>
+  </si>
+  <si>
+    <t>S 110/21/122 p.č. 1818/1, 2055 k.ú. Karlovice ve Slezsku</t>
+  </si>
+  <si>
+    <t>724524091</t>
+  </si>
+  <si>
+    <t>jana.trojakova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jana Trojáková</t>
+  </si>
+  <si>
+    <t>OŘ severní Morava</t>
+  </si>
+  <si>
+    <t>Karlovice ve Slezsku, Karlovice, okres Bruntál</t>
+  </si>
+  <si>
+    <t>1818/1, 2055</t>
+  </si>
+  <si>
+    <t>p.č. 1818/1 ost.plocha o výměře 467 m2,p.č. 2055 zahrada o výměře 479 m2</t>
+  </si>
+  <si>
+    <t>156000</t>
+  </si>
+  <si>
+    <t>S 592/20/122 p.č. 1384/10 k.ú. Adolfovice</t>
+  </si>
+  <si>
+    <t>Domašov u Jeseníka, Bělá pod Pradědem, okres Jeseník</t>
+  </si>
+  <si>
+    <t>1384/10</t>
+  </si>
+  <si>
+    <t>p.č. 1384/10 ostatní plocha o výměře 94 m2</t>
+  </si>
+  <si>
+    <t>51000</t>
+  </si>
+  <si>
+    <t>S 1221/25/122 p.č. 6994/8 k.ú. Domašov u Jeseníku</t>
+  </si>
+  <si>
+    <t>6994/8</t>
+  </si>
+  <si>
+    <t>p.č. 6994/8 ostatní plocha o výměře 51 m2</t>
+  </si>
+  <si>
+    <t>28000</t>
+  </si>
+  <si>
+    <t>S 1220/25/122 p.č. 5930/1 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>5930/1</t>
+  </si>
+  <si>
+    <t>p.č. 5930/1 ostatní plocha o výměře 246 m2</t>
+  </si>
+  <si>
+    <t>67000</t>
+  </si>
+  <si>
+    <t>S 1222/25/122 p.č. 6940/12 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>6940/12</t>
+  </si>
+  <si>
+    <t>p.č. 6940/12 ostatní plocha o výměře 55 m2</t>
+  </si>
+  <si>
+    <t>30000</t>
+  </si>
+  <si>
+    <t>S 155/24/122 p.č. 6928 k.ú.  Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>6928</t>
+  </si>
+  <si>
+    <t>p.č. 6928 ostatní plocha o výměře 104 m2</t>
+  </si>
+  <si>
+    <t>47000</t>
+  </si>
+  <si>
+    <t>S 689/25/122 p.č. 6994/11 k.ú., Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>6994/11</t>
+  </si>
+  <si>
+    <t>p.č. 6994/11 ostatní plocha o výměře 44 m2</t>
+  </si>
+  <si>
+    <t>24000</t>
+  </si>
+  <si>
+    <t>S 1322/19/122 p.č. 6994/7 k.ú. Domašov u Jes</t>
+  </si>
+  <si>
+    <t>6994/7</t>
+  </si>
+  <si>
+    <t>p.č. 6994/7 ostatní plocha o výměře 20 m2</t>
+  </si>
+  <si>
+    <t>11000</t>
+  </si>
+  <si>
+    <t>S 557/25/122 p.č. 6994/5 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>6994/5</t>
+  </si>
+  <si>
+    <t>p.č. 6994/5  ostatní plocha o výměře 17 m2</t>
+  </si>
+  <si>
+    <t>9000</t>
+  </si>
+  <si>
+    <t>S 654/25/122 pozemek p.č. 6994/10 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>6994/10</t>
+  </si>
+  <si>
+    <t>p.č. 6994/10 ostatní plocha o výměře 11 m2</t>
+  </si>
+  <si>
+    <t>6000</t>
+  </si>
+  <si>
+    <t>S 635/25/122 pozemek p.,č. 6940/10 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>2026-01-11</t>
+  </si>
+  <si>
+    <t>6940/10</t>
+  </si>
+  <si>
+    <t>p.č. 6940/10 ostatní plocha o výměře 76 m2</t>
+  </si>
+  <si>
+    <t>34000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ministerstvo dopravy </t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 5147/65 k.u. Návsí</t>
+  </si>
+  <si>
+    <t>724961676</t>
+  </si>
+  <si>
+    <t>najvarek@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Ing. Petr Najvárek</t>
+  </si>
+  <si>
+    <t>SŽ Facility</t>
+  </si>
+  <si>
+    <t>Návsí, Návsí, okres Frýdek-Místek</t>
+  </si>
+  <si>
+    <t>5147/65</t>
+  </si>
+  <si>
+    <t>102000</t>
+  </si>
+  <si>
+    <t>Povodí Vltavy, státní podnik</t>
+  </si>
+  <si>
+    <t>gg4t8hf</t>
+  </si>
+  <si>
+    <t>Část pozemku parc. č. 5042/1  a část pozemku parc. č. 5042/4,obě části pozemků o celkové výměře 3 108 m2, k. ú. Smíchov</t>
+  </si>
+  <si>
+    <t>724453480</t>
+  </si>
+  <si>
+    <t>ahodkova@seznam.cz</t>
+  </si>
+  <si>
+    <t>Ing. Alena Petříková</t>
+  </si>
+  <si>
+    <t>PS1/ZDV</t>
+  </si>
+  <si>
+    <t>Smíchov, Praha, okres Hlavní město Praha</t>
+  </si>
+  <si>
+    <t>5042/1, 5042/4</t>
+  </si>
+  <si>
+    <t>Část pozemku parc. č. 5042/1, druh pozemku ostatní plocha, a část pozemku parc. č. 5042/4, druh pozemku ostatní plocha, obě části pozemků o celkové výměře 3 108 m2, k. ú. Smíchov</t>
+  </si>
+  <si>
+    <t>6871788</t>
+  </si>
+  <si>
+    <t>S 1908/15/123 pozemek p.č. 1374/5 k.ú. Vernířovice u Sobotína</t>
+  </si>
+  <si>
+    <t>Vernířovice u Sobotína, Vernířovice, okres Šumperk</t>
+  </si>
+  <si>
+    <t>1374/5</t>
+  </si>
+  <si>
+    <t>p.č. 1374/5 ostatní plocha, jiná plocha o výměře 152 m2</t>
+  </si>
+  <si>
+    <t>152000</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 608/39, k. ú. Moravské Bránice</t>
+  </si>
+  <si>
+    <t>Pejsarova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Daniela Pejsarová</t>
+  </si>
+  <si>
+    <t>Správa železnic, s.o., SŽ Facility, Odbor pozbývání majetku</t>
+  </si>
+  <si>
+    <t>Moravské Bránice, Moravské Bránice, okres Brno-venkov</t>
+  </si>
+  <si>
+    <t>608/39</t>
+  </si>
+  <si>
+    <t>Pozemek o výměře 388 m2, druh pozemku - ostatní plocha, způsob využití - jiná plocha</t>
+  </si>
+  <si>
+    <t>176000</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1853 k.ú. Rychaltice</t>
+  </si>
+  <si>
+    <t>lucie.kvapilova@rsd.cz</t>
+  </si>
+  <si>
+    <t>Lucie Kvapilová</t>
+  </si>
+  <si>
+    <t>Správa Ostrava</t>
+  </si>
+  <si>
+    <t>Rychaltice, Hukvaldy, okres Frýdek-Místek</t>
+  </si>
+  <si>
+    <t>1853</t>
+  </si>
+  <si>
+    <t>pozemek p.č. 1005/1, k.ú. Děrné</t>
+  </si>
+  <si>
+    <t>213796</t>
+  </si>
+  <si>
+    <t>Pozemky - parcela č. 3194/17 a č. 3194/18 v katastrálním území Rychnov nad Kněžnou</t>
+  </si>
+  <si>
+    <t>2026-01-10</t>
+  </si>
+  <si>
+    <t>Rychnov nad Kněžnou, Rychnov nad Kněžnou, okres Rychnov nad Kněžnou</t>
+  </si>
+  <si>
+    <t>3194/17, 3194/18</t>
+  </si>
+  <si>
+    <t>Pozemky - parcela č. 3194/17, ostatní plocha, a parcela č. 3194/18, zastavěná plocha a nádvoří, v katastrálním území Rychnov nad Kněžnou, vznikly geometrickým odměřením od původní parcely č. 3194/1, vodní plocha. Pozemek p. č. 3194/18 je zastavěn částí jiné stavby bez č.p./č.e., která je ve vlastnictví jiného vlastníka. Pozemek je přístupný přes pozemky jiných vlastníků.</t>
+  </si>
+  <si>
+    <t>32480</t>
+  </si>
+  <si>
+    <t>Pozemek v k.ú. Lčovice</t>
+  </si>
+  <si>
+    <t>Lčovice, Lčovice, okres Prachatice</t>
+  </si>
+  <si>
+    <t>956/15</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 956/15 v kat.území Lčovice se nachází jižně od obce. Dosažitelnost pozemku je po polní nezpevněné cestě , ve vlastnictví obce Lčovice. Pozemek je zarostlý náletovými dřevinami z 60 – 80 %.</t>
+  </si>
+  <si>
+    <t>15000</t>
+  </si>
+  <si>
+    <t>Povodí Odry, státní podnik</t>
+  </si>
+  <si>
+    <t>wwit8gq</t>
+  </si>
+  <si>
+    <t>Prodej pozemků, vodní plocha, hospodářské přejezdy</t>
+  </si>
+  <si>
+    <t>596657304</t>
+  </si>
+  <si>
+    <t>jana.kohutkova@pod.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jana Kohutková</t>
+  </si>
+  <si>
+    <t>Bělotín, Bělotín, okres Přerov</t>
+  </si>
+  <si>
+    <t>1970, 1971</t>
+  </si>
+  <si>
+    <t>Prodej pozemků, vodní plocha, hospodářské přejezdy ve vlastnictví obce</t>
+  </si>
+  <si>
+    <t>3830</t>
+  </si>
+  <si>
+    <t>prodej pozemků</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>954915711</t>
+  </si>
+  <si>
+    <t>lenka.krausova@rsd.cz</t>
+  </si>
+  <si>
+    <t>Lenka Krausová</t>
+  </si>
+  <si>
+    <t>Správa Plzeň</t>
+  </si>
+  <si>
+    <t>Horšovský Týn, Horšovský Týn, okres Domažlice</t>
+  </si>
+  <si>
+    <t>2585/82</t>
+  </si>
+  <si>
+    <t>prodej pozemku obci</t>
+  </si>
+  <si>
+    <t>5650</t>
+  </si>
+  <si>
+    <t>46950</t>
+  </si>
+  <si>
+    <t>2585/14</t>
+  </si>
+  <si>
+    <t>2250</t>
+  </si>
+  <si>
+    <t>2585/18</t>
+  </si>
+  <si>
+    <t>3000</t>
+  </si>
+  <si>
+    <t>2585/80</t>
+  </si>
+  <si>
+    <t>1507/1</t>
+  </si>
+  <si>
+    <t>164800</t>
+  </si>
+  <si>
+    <t>Pozemek - stavební parcela č. 153/2 v katastrálním území Otradovice</t>
+  </si>
+  <si>
+    <t>Otradovice, Skorkov, okres Mladá Boleslav</t>
+  </si>
+  <si>
+    <t>st. 153/2</t>
+  </si>
+  <si>
+    <t>Pozemek - stavební parcela č. 153/2 v katastrálním území Otradovice, zastavěná plocha a nádvoří, je zastavěný částí rekreační chaty č.ev. 104. Pozemek je přístupný přes pozemky jiného vlastníka. Pozemek je svažitý v záplavové oblasti řeky Jizery.</t>
+  </si>
+  <si>
+    <t>17890</t>
+  </si>
+  <si>
+    <t>Pozemek k.ú. Chvalešovice</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>Chvalešovice, Dříteň, okres České Budějovice</t>
+  </si>
+  <si>
+    <t>1141/2</t>
+  </si>
+  <si>
+    <t>Pozemek leží severozápadně od zastavěné části Chvalešovice, je zarostlý bezcennými náletovými dřevinami. Pozemek je pronajat, na pozemku se nachází movitý majetek nájemce.</t>
+  </si>
+  <si>
+    <t>239000</t>
+  </si>
+  <si>
+    <t>S 522/21-1 Prodej pozemku p.č. 90/5 k.ú. Klepáčov</t>
+  </si>
+  <si>
+    <t>Klepáčov, Sobotín, okres Šumperk</t>
+  </si>
+  <si>
+    <t>90/5</t>
+  </si>
+  <si>
+    <t>Prodej p.č. 90/5 ost. plocha , sportoviště o výměře 69 m2</t>
+  </si>
+  <si>
+    <t>38640</t>
+  </si>
+  <si>
+    <t>Pozemky v k.ú. Bežerovice</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>Bežerovice, Sudoměřice u Bechyně, okres Tábor</t>
+  </si>
+  <si>
+    <t>996/2, 996/3, 1002/2</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 996/2, 996/3 a 1002/2 v kat.území Bežerovice, se nacházejí v jihovýchodní části  Bechyně - Bežerovice.Nachází se do 500 metrů od autobusové a železniční zastávky. Na pozemcích p.č. 1002/2 a 996/2 se nacházejí propustky . Pozemky jsou zarostlé náletovými dřevinami, které nejsou v dobré kondici a jsou spíše zátěží , než  bonitovaným porostem.</t>
+  </si>
+  <si>
+    <t>305000</t>
+  </si>
+  <si>
+    <t>Povodí Ohře, státní podnik</t>
+  </si>
+  <si>
+    <t>7ptt8gm</t>
+  </si>
+  <si>
+    <t>Prodej st. 469 v k.ú. Dolní Jiřetín včetně anténního stožáru a technologického domku</t>
+  </si>
+  <si>
+    <t>2026-01-04</t>
+  </si>
+  <si>
+    <t>608462203</t>
+  </si>
+  <si>
+    <t>gucik@poh.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ing. Jindřich Gučík </t>
+  </si>
+  <si>
+    <t>Povodí Ohře, státní podnik, úsek Most</t>
+  </si>
+  <si>
+    <t>st. 469</t>
+  </si>
+  <si>
+    <t>st. 469 včetně anténního stožáru a technologického domku</t>
+  </si>
+  <si>
+    <t>64180</t>
+  </si>
+  <si>
+    <t>MZe - spis S 1312/23-1</t>
+  </si>
+  <si>
+    <t>Prodej pozemků</t>
+  </si>
+  <si>
+    <t>956233107</t>
+  </si>
+  <si>
+    <t>jana.kotaskova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Jana Kotásková</t>
+  </si>
+  <si>
+    <t>Lesní správa Klášterec</t>
+  </si>
+  <si>
+    <t>Malý Hrzín, Stráž nad Ohří, okres Karlovy Vary</t>
+  </si>
+  <si>
+    <t>364/4 dle GP, 374/6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemku p.č. 374/6 druhem pozemku zahrada o výměře 1883 m2 a pozemku p.č. 364/4 druhem pozemku ostatní plocha o výměře 244 m2, který byl oddělen geometrickým plánem z pozemku p.č. 3642 v k.ú. Malý Hrzín. </t>
+  </si>
+  <si>
+    <t>391240</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. st. 62/28 a p.č. 1116/46 v k.ú. Úšovice</t>
+  </si>
+  <si>
+    <t>702263859</t>
+  </si>
+  <si>
+    <t>MoravekJa@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jan Morávek</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace, SŽ Facility, Odbor nakládání s nemovitým majetkem, Oddělení přípravy pozbytí Sídlo: Dlážděná 1003/7, 110 00 Praha 1, pracoviště: Ke Štvanici 656/3, 186 00 Praha 8</t>
+  </si>
+  <si>
+    <t>Úšovice, Mariánské Lázně, okres Cheb</t>
+  </si>
+  <si>
+    <t>st. 62/28 a p.č. 1116/46</t>
+  </si>
+  <si>
+    <t>Pozemky v obvodu a ochranném pásmu dráhy trati Plzeň hlavní nádraží – Cheb. V případě pozemku p.č. st. 62/26 se jedná o pozemek na kterém se nachází převážně stavba č.p. 102 spolu s její vedlejší stavbou ve vlastnictví nabyvatelky a její prodáván z důvodu scelení a sjednocení vlastnictví. Pozemek p.č. 1116/46 slouží jako přímý přístup ke stavbě č.p. 102 mimo těleso dráhy a nabyvatelce je prodáván z důvodu zcelení. Pozemky jsou nabyvatelce pronajaty za účelem výkonu vlastnického práva ke stavbě č.p. 102 a přístupu k ní. Pozemky jsou v KN zatíženy služebností spočívající v „povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy“. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemky jsou dle územního plánu v ploše "DZ - dopravní infrastruktura - železniční"</t>
+  </si>
+  <si>
+    <t>465000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1116/45 v k.ú. Úšovice</t>
+  </si>
+  <si>
+    <t>1116/45</t>
+  </si>
+  <si>
+    <t>Pozemek v obvodu a ochranném pásmu dráhy trati Plzeň hlavní nádraží - Cheb. Jedná se o pozemek o který projevilo zájem více žadatelů (majitelé sousedících nemovitostí). Majetek je přímo přístupný z veřejné komunikace a na pozemku se nacházejí náletové keře bez hodnoty. Převáděný pozemek je zatížený služebností spočívající v „povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy“. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na něm postavených nebo na předmětech na něm uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Dle aktuálního ÚP se předmětný pozemek převážně nachází v ploše "DZ - dopravní infrastruktura - železniční".</t>
+  </si>
+  <si>
+    <t>476000</t>
+  </si>
+  <si>
+    <t>MZe - spis S 1312/23</t>
+  </si>
+  <si>
+    <t>Prodej pozemku</t>
+  </si>
+  <si>
+    <t>364/5 dle GP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemku p.č. 364/5 druhem pozemku ostatní plocha o výměře 274 m2, odděleného geometrickým plánem z pozemku p.č. 364/2 v k.ú. Malý Hrzín. </t>
+  </si>
+  <si>
+    <t>148780</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 2544/42 v k. ú. Humpolec</t>
   </si>
   <si>
     <t>JenikovaA@spravazeleznic.cz</t>
   </si>
   <si>
     <t>A. Jeníková</t>
   </si>
   <si>
     <t>Správa železnic, státní organizace, SŽ Facility, Odbor pozbývání majetku, Oddělení přípravy pozbytí Sídlo: Dlážděná 1003/7, 110 00 Praha 1, pracoviště: Ke Štvanici 656/3, 186 00 Praha 8</t>
   </si>
   <si>
-    <t>Holásky, Brno, okres Brno-město</t>
-[...110 lines deleted...]
-    <t>7ptt8gm</t>
+    <t>Humpolec, Humpolec, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>p. č. 2544//42</t>
+  </si>
+  <si>
+    <t>136000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 462/3 v k.ú. Křesín</t>
+  </si>
+  <si>
+    <t>2026-01-03</t>
+  </si>
+  <si>
+    <t>Křesín, Křesín, okres Litoměřice</t>
+  </si>
+  <si>
+    <t>462/3</t>
+  </si>
+  <si>
+    <t>243000</t>
+  </si>
+  <si>
+    <t>Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>kr7cdry</t>
+  </si>
+  <si>
+    <t>Ministerstvo vnitra ČR</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 37/1 o výměře 735 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 65 – stavba obč. vybavení, k. ú. Sedlec u Votic, obec Sedlec-Prčice, LV č. 702, KÚ pro Středočeský kraj, Katastrální pracoviště Benešov. Pozemek parc. č. st. 37/3 o výměře 136 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba bez č. p. – garáž, k. ú. Sedlec u Votic, obec Sedlec-Prčice, LV č. 702, KÚ pro Středočeský kraj, Katastrální pracoviště Benešov. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>954302327</t>
+  </si>
+  <si>
+    <t>reality.prodej@cpost.cz</t>
+  </si>
+  <si>
+    <t>Dana Tučková</t>
+  </si>
+  <si>
+    <t>Správa realit</t>
+  </si>
+  <si>
+    <t>Sedlec u Votic, Sedlec-Prčice, okres Příbram</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej je podmíněn zachováním služebnosti formou pošty Partner </t>
+  </si>
+  <si>
+    <t>11120000</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 166 o výměře 184 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 128 – stavba občanského vybavení, k. ú. Postupice, obec Postupice, LV č. 570, KÚ pro Středočeský kraj, Katastrální pracoviště Benešov. Pozemek parc. č. 87/11 o výměře 258 m2, jiná plocha – ostatní plocha, k. ú. Postupice, obec Postupice, LV č. 570, KÚ pro Středočeský kraj, Katastrální pracoviště Benešov. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Postupice, Postupice, okres Benešov</t>
+  </si>
+  <si>
+    <t>Prodej bude probíhat formou VŘO nebo Eaukce</t>
+  </si>
+  <si>
+    <t>1800000</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 25/1 o výměře 290 m2, zastavěná plocha a nádvoří, součástí je stavba č. p. 21 - stavba obč. vyb., k. ú. Mirotice, obec Mirotice, LV č. 390, KÚ pro Jihočeský kraj, Katastrálního pracoviště Písek. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Mirotice, Mirotice, okres Písek</t>
+  </si>
+  <si>
+    <t>8000000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č 434/1 v k.ú. Vonšov</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>Vonšov, Skalná, okres Cheb</t>
+  </si>
+  <si>
+    <t>434/1</t>
+  </si>
+  <si>
+    <t>439000</t>
+  </si>
+  <si>
+    <t>Pozemek v k.ú. Lhota pod Horami</t>
+  </si>
+  <si>
+    <t>Lhota pod Horami, Temelín, okres České Budějovice</t>
+  </si>
+  <si>
+    <t>490/7</t>
+  </si>
+  <si>
+    <t>Pozemek se nachází severně od zastavěného území části Lhota pod Horami, je zarostlý náletovými dřevinami, které jsou spíše zátěží než bonitovaným porostem.</t>
+  </si>
+  <si>
+    <t>39000</t>
   </si>
   <si>
     <t xml:space="preserve">Ministerstvo zemědělství </t>
   </si>
   <si>
-    <t>Převod pozemků v k. ú. Mírová</t>
+    <t>Prodej pozemku v k. ú. Horní Jindřichov</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
   </si>
   <si>
     <t>474636228</t>
   </si>
   <si>
     <t>nedelova@poh.cz</t>
   </si>
   <si>
     <t>Nedělová Dagmar</t>
   </si>
   <si>
     <t>Odbor právní a evidence pozemků</t>
   </si>
   <si>
-    <t>Mírová, Mírová, okres Karlovy Vary</t>
-[...1772 lines deleted...]
-    <t>Stavba včetně přilehlých pozemků, součástí a příslušenství, vše v k. ú. Petřvald u Karviné, areál bývalého Dolu Pokrok</t>
+    <t>Horní Jindřichov, Rumburk, okres Děčín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jedná se o prodej p. p. č. 166/1 dílu a) v k. ú. Horní Jindřichov slučující se do p. p. č. 257/2 v k. ú. Horní Jindřichov dle geometrického plánu č. 1697-79/2025 (tvoří funkční celek). </t>
+  </si>
+  <si>
+    <t>63380</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. 1114/15</t>
+  </si>
+  <si>
+    <t>954912343</t>
+  </si>
+  <si>
+    <t>michaela.kubickova@rsd.cz</t>
+  </si>
+  <si>
+    <t>Michaela Kubíčková</t>
+  </si>
+  <si>
+    <t>ŘSD Správa Olomouc</t>
+  </si>
+  <si>
+    <t>Rudoltice u Sobotína, Sobotín, okres Šumperk</t>
+  </si>
+  <si>
+    <t>1114/15</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. 1114/15 bude oddělen od pozemku parc. č. 1114/1 na základě geometrického plánu. Předmětný pozemek tvoří součást nedělitelného funkčního celku. Na pozemku se nachází stavba ve  vlastnictví osoby odlišné od vlastníka pozemku.</t>
+  </si>
+  <si>
+    <t>31616</t>
+  </si>
+  <si>
+    <t>MPO ČR</t>
+  </si>
+  <si>
+    <t>Prodej nemovitých věcí  - pozemků p. č. 2737/4 jehož součástí je stavba č. p. 346, p. č. 2737/5 jehož součástí je stavba č. p. 345, p. č. 2737/18 jehož součástí je stavba bez čp/če, p. č. 2737/19 jehož součástí je stavba bez čp/če, jiná stavba, p. č. 2737/2, p. č. 2737/7, p. č. 2737/16, p. č. 2737/17 a p. č. 2731/200 vše zapsané na LV č. 4346 pro k. ú. Příbram, obec Příbram, Středočeský kraj.</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>318644151</t>
+  </si>
+  <si>
+    <t>majetekpribram@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Dagmar Kesslová</t>
   </si>
   <si>
     <t>Oddělení majetku</t>
   </si>
   <si>
-    <t>Petřvald u Karviné, Petřvald, okres Karviná</t>
-[...733 lines deleted...]
-  <si>
     <t>Příbram, Příbram, okres Příbram</t>
   </si>
   <si>
-    <t>4233/118</t>
-[...197 lines deleted...]
-    <t>18695</t>
+    <t>p.č. 2737/4, p.č. 2737/5, p.č. 2737/18, p.č. 2737/19, p.č. 2737/2, p.č. 2737/7, p.č. 2737/16, p.č. 2737/17, p.č. 2731/200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">č.p. 345, č.p. 346, 2x jiná stavba </t>
+  </si>
+  <si>
+    <t>Prodej nemovitých věcí - pozemků p. č. 2737/4 – zastavěná plocha a nádvoří o výměře 444 m2, jehož součástí je stavba č. p. 346, p. č. 2737/5 – zastavěná plocha a nádvoří o výměře 444 m2, jehož součástí je stavba č. p. 345, p. č. 2737/18 – zastavěná plocha a nádvoří o výměře 73 m2 jehož součástí je stavba bez čp/če, p. č. 2737/19 – zastavěná plocha a nádvoří o výměře 34 m2, jehož součástí je stavba bez čp/če, jiná stavba, p. č. 2737/2 – ostatní plocha, jiná plocha o výměře 1 278 m2, p. č. 2737/7 – ostatní plocha, jiná plocha o výměře 8 m2, p. č. 2737/16 – ostatní plocha, jiná plocha o výměře 822 m2, p. č. 2737/17 – ostatní plocha, jiná plocha o výměře 40 m2,  p. č. 2731/200 – ostatní plocha, jiná plocha o výměře 704 m2  vše zapsané na LV č. 4346 pro k. ú. Příbram, obec Příbram, Středočeský kraj. Pozemky a budovy budou převáděny včetně  všech součástí, příslušenství - venkovního osvětlení a trvalých porostů. Součástí prodeje je  oplocení objektu, kanalizační a vodovodní přípojka a asfaltový povrch.</t>
+  </si>
+  <si>
+    <t>12500000</t>
+  </si>
+  <si>
+    <t>Pozemky par.č. 3021/1, 3022/1, 3023/1 a 3024/3 v k.ú. Český Těšín</t>
+  </si>
+  <si>
+    <t>725979560</t>
+  </si>
+  <si>
+    <t>daria.vymazalova@rsd.cz</t>
+  </si>
+  <si>
+    <t>Daria Vymazalová, DiS.</t>
+  </si>
+  <si>
+    <t>Český Těšín, Český Těšín, okres Karviná</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3021/1, 3022/1, 3023/1 a 3024/3 </t>
+  </si>
+  <si>
+    <t>Prodej pozemků o celkové výměře 745 m2.</t>
+  </si>
+  <si>
+    <t>90145</t>
+  </si>
+  <si>
+    <t>Pozemek k.ú. Trojany u Dolního Dvořiště</t>
+  </si>
+  <si>
+    <t>Trojany u Dolního Dvořiště, Dolní Dvořiště, okres Český Krumlov</t>
+  </si>
+  <si>
+    <t>298/3</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 298/3 v kat.území Trojany u Dolního Dvořiště , je dle výpisu z KN dle LV č. 66 evidován jako ostatní plocha - manipulační plocha, způsob ochrany - nemovitá národní kulturní památka. Dle platného územního plánu se pozemek nachází území - SMÍŠENÉ NEZASTAVĚNÉHO ÚZEMÍ VŠEOBECNÉ (MU) . Na pozemku se nachází pozůstatky zřejmě bývalého kamenného mostního předpolí koněspřežné dráhy.</t>
+  </si>
+  <si>
+    <t>177000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3430,127 +1837,127 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ140"/>
+  <dimension ref="A1:BQ58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="36.7109375" customWidth="1"/>
-    <col min="4" max="4" width="18.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="42.7109375" customWidth="1"/>
+    <col min="4" max="5" width="18.7109375" customWidth="1"/>
+    <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
-    <col min="8" max="8" width="38.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="11" width="13.7109375" customWidth="1"/>
+    <col min="8" max="8" width="33.7109375" customWidth="1"/>
+    <col min="9" max="9" width="522.7109375" customWidth="1"/>
+    <col min="10" max="10" width="13.7109375" customWidth="1"/>
+    <col min="11" max="11" width="18.7109375" customWidth="1"/>
     <col min="12" max="12" width="31.7109375" customWidth="1"/>
-    <col min="13" max="13" width="27.7109375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="16" max="16" width="224.7109375" customWidth="1"/>
+    <col min="13" max="13" width="24.7109375" customWidth="1"/>
+    <col min="14" max="14" width="200.7109375" customWidth="1"/>
+    <col min="15" max="15" width="69.7109375" customWidth="1"/>
+    <col min="16" max="16" width="123.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
-    <col min="21" max="21" width="24.7109375" customWidth="1"/>
-    <col min="22" max="22" width="16.7109375" customWidth="1"/>
+    <col min="21" max="21" width="7.7109375" customWidth="1"/>
+    <col min="22" max="22" width="37.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="5319.7109375" customWidth="1"/>
+    <col min="24" max="24" width="1366.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
-    <col min="26" max="26" width="57.7109375" customWidth="1"/>
+    <col min="26" max="26" width="47.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
-    <col min="36" max="36" width="994.7109375" customWidth="1"/>
-    <col min="37" max="37" width="35.7109375" customWidth="1"/>
+    <col min="36" max="36" width="142.7109375" customWidth="1"/>
+    <col min="37" max="37" width="47.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
-    <col min="47" max="47" width="994.7109375" customWidth="1"/>
-    <col min="48" max="48" width="35.7109375" customWidth="1"/>
+    <col min="47" max="47" width="21.7109375" customWidth="1"/>
+    <col min="48" max="48" width="47.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
     <col min="50" max="50" width="18.7109375" customWidth="1"/>
     <col min="51" max="51" width="15.7109375" customWidth="1"/>
     <col min="52" max="52" width="14.7109375" customWidth="1"/>
     <col min="53" max="53" width="16.7109375" customWidth="1"/>
     <col min="54" max="54" width="12.7109375" customWidth="1"/>
     <col min="55" max="55" width="9.7109375" customWidth="1"/>
     <col min="56" max="56" width="10.7109375" customWidth="1"/>
     <col min="57" max="57" width="13.7109375" customWidth="1"/>
-    <col min="58" max="58" width="994.7109375" customWidth="1"/>
-    <col min="59" max="59" width="35.7109375" customWidth="1"/>
+    <col min="58" max="58" width="21.7109375" customWidth="1"/>
+    <col min="59" max="59" width="47.7109375" customWidth="1"/>
     <col min="60" max="60" width="18.7109375" customWidth="1"/>
     <col min="61" max="61" width="19.7109375" customWidth="1"/>
     <col min="62" max="62" width="15.7109375" customWidth="1"/>
     <col min="63" max="63" width="14.7109375" customWidth="1"/>
     <col min="64" max="64" width="16.7109375" customWidth="1"/>
     <col min="65" max="65" width="12.7109375" customWidth="1"/>
     <col min="66" max="66" width="9.7109375" customWidth="1"/>
     <col min="67" max="67" width="10.7109375" customWidth="1"/>
     <col min="68" max="68" width="13.7109375" customWidth="1"/>
-    <col min="69" max="69" width="994.7109375" customWidth="1"/>
+    <col min="69" max="69" width="21.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:69">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -3720,8532 +2127,3499 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>105894</v>
+        <v>106121</v>
       </c>
       <c r="B2" s="1">
-        <v>45960</v>
+        <v>46010</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
+      <c r="K2" t="s">
+        <v>74</v>
+      </c>
       <c r="L2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="O2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="Q2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X2" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="Y2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>105891</v>
+        <v>106117</v>
       </c>
       <c r="B3" s="1">
-        <v>45960</v>
+        <v>46009</v>
       </c>
       <c r="C3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="H3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="I3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="J3" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="K3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="L3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="M3" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="N3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="O3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="P3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="Q3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="Y3" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>105890</v>
+        <v>106114</v>
       </c>
       <c r="B4" s="1">
-        <v>45960</v>
+        <v>46008</v>
       </c>
       <c r="C4" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D4" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J4" t="s">
-        <v>73</v>
+        <v>99</v>
       </c>
       <c r="K4" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="L4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="M4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="N4" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="O4" t="s">
-        <v>102</v>
+        <v>104</v>
+      </c>
+      <c r="P4" t="s">
+        <v>105</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X4" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="Y4" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>105889</v>
+        <v>106113</v>
       </c>
       <c r="B5" s="1">
-        <v>45960</v>
+        <v>46008</v>
       </c>
       <c r="C5" t="s">
         <v>69</v>
       </c>
       <c r="D5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>71</v>
+        <v>97</v>
       </c>
       <c r="I5" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="J5" t="s">
-        <v>73</v>
+        <v>99</v>
+      </c>
+      <c r="K5" t="s">
+        <v>100</v>
       </c>
       <c r="L5" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="M5" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="N5" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="O5" t="s">
+        <v>104</v>
+      </c>
+      <c r="P5" t="s">
         <v>109</v>
       </c>
-      <c r="P5" t="s">
+      <c r="Q5" t="s">
+        <v>80</v>
+      </c>
+      <c r="R5" t="s">
+        <v>81</v>
+      </c>
+      <c r="S5" t="s">
+        <v>81</v>
+      </c>
+      <c r="T5" t="s">
+        <v>81</v>
+      </c>
+      <c r="X5" t="s">
         <v>110</v>
       </c>
-      <c r="Q5" t="s">
-[...11 lines deleted...]
-      <c r="X5" t="s">
+      <c r="Y5" t="s">
         <v>111</v>
       </c>
-      <c r="Y5" t="s">
+      <c r="Z5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AA5" t="s">
         <v>112</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>113</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>114</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>105888</v>
+        <v>106112</v>
       </c>
       <c r="B6" s="1">
-        <v>45960</v>
+        <v>46008</v>
       </c>
       <c r="C6" t="s">
-        <v>113</v>
+        <v>69</v>
       </c>
       <c r="D6" t="s">
-        <v>114</v>
+        <v>70</v>
       </c>
       <c r="H6" t="s">
+        <v>97</v>
+      </c>
+      <c r="I6" t="s">
         <v>115</v>
       </c>
-      <c r="I6" t="s">
+      <c r="J6" t="s">
+        <v>99</v>
+      </c>
+      <c r="K6" t="s">
+        <v>100</v>
+      </c>
+      <c r="L6" t="s">
+        <v>101</v>
+      </c>
+      <c r="M6" t="s">
+        <v>102</v>
+      </c>
+      <c r="N6" t="s">
+        <v>103</v>
+      </c>
+      <c r="O6" t="s">
+        <v>104</v>
+      </c>
+      <c r="P6" t="s">
+        <v>109</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>80</v>
+      </c>
+      <c r="R6" t="s">
+        <v>81</v>
+      </c>
+      <c r="S6" t="s">
+        <v>81</v>
+      </c>
+      <c r="T6" t="s">
+        <v>81</v>
+      </c>
+      <c r="X6" t="s">
         <v>116</v>
       </c>
-      <c r="J6" t="s">
-[...2 lines deleted...]
-      <c r="K6" t="s">
+      <c r="Y6" t="s">
         <v>117</v>
-      </c>
-[...55 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>105884</v>
+        <v>106111</v>
       </c>
       <c r="B7" s="1">
-        <v>45959</v>
+        <v>46008</v>
       </c>
       <c r="C7" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="D7" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="I7" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="J7" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="K7" t="s">
-        <v>86</v>
+        <v>119</v>
       </c>
       <c r="L7" t="s">
-        <v>87</v>
+        <v>120</v>
       </c>
       <c r="M7" t="s">
-        <v>88</v>
+        <v>121</v>
       </c>
       <c r="N7" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="O7" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="P7" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="Q7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X7" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="Y7" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>105883</v>
+        <v>106109</v>
       </c>
       <c r="B8" s="1">
-        <v>45959</v>
+        <v>46008</v>
       </c>
       <c r="C8" t="s">
-        <v>94</v>
+        <v>127</v>
       </c>
       <c r="D8" t="s">
-        <v>95</v>
+        <v>128</v>
       </c>
       <c r="H8" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="I8" t="s">
+        <v>130</v>
+      </c>
+      <c r="J8" t="s">
+        <v>99</v>
+      </c>
+      <c r="K8" t="s">
+        <v>131</v>
+      </c>
+      <c r="L8" t="s">
+        <v>132</v>
+      </c>
+      <c r="M8" t="s">
         <v>133</v>
       </c>
-      <c r="J8" t="s">
-[...2 lines deleted...]
-      <c r="K8" t="s">
+      <c r="N8" t="s">
         <v>134</v>
       </c>
-      <c r="L8" t="s">
+      <c r="O8" t="s">
         <v>135</v>
       </c>
-      <c r="M8" t="s">
+      <c r="P8" t="s">
         <v>136</v>
       </c>
-      <c r="N8" t="s">
+      <c r="Q8" t="s">
+        <v>80</v>
+      </c>
+      <c r="R8" t="s">
+        <v>81</v>
+      </c>
+      <c r="S8" t="s">
+        <v>81</v>
+      </c>
+      <c r="T8" t="s">
+        <v>81</v>
+      </c>
+      <c r="X8" t="s">
         <v>137</v>
       </c>
-      <c r="O8" t="s">
+      <c r="Y8" t="s">
         <v>138</v>
-      </c>
-[...19 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>105882</v>
+        <v>106106</v>
       </c>
       <c r="B9" s="1">
-        <v>45959</v>
+        <v>46007</v>
       </c>
       <c r="C9" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="D9" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="H9" t="s">
-        <v>115</v>
+        <v>139</v>
       </c>
       <c r="I9" t="s">
+        <v>140</v>
+      </c>
+      <c r="J9" t="s">
+        <v>141</v>
+      </c>
+      <c r="K9" t="s">
         <v>142</v>
       </c>
-      <c r="J9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L9" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="M9" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="N9" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="O9" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="P9" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="Q9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X9" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>148</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>149</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>151</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ9" t="s">
+        <v>152</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>105881</v>
+        <v>106105</v>
       </c>
       <c r="B10" s="1">
-        <v>45959</v>
+        <v>46007</v>
       </c>
       <c r="C10" t="s">
-        <v>94</v>
+        <v>127</v>
       </c>
       <c r="D10" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>128</v>
       </c>
       <c r="I10" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="J10" t="s">
-        <v>128</v>
+        <v>141</v>
       </c>
       <c r="K10" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="L10" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="M10" t="s">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="N10" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="O10" t="s">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="P10" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="Q10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R10" t="s">
         <v>80</v>
       </c>
       <c r="S10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T10" t="s">
-        <v>80</v>
+        <v>81</v>
+      </c>
+      <c r="V10" t="s">
+        <v>160</v>
       </c>
       <c r="X10" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="Y10" t="s">
-        <v>150</v>
+        <v>162</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>105880</v>
+        <v>106104</v>
       </c>
       <c r="B11" s="1">
-        <v>45959</v>
+        <v>46007</v>
       </c>
       <c r="C11" t="s">
-        <v>94</v>
+        <v>127</v>
       </c>
       <c r="D11" t="s">
-        <v>95</v>
+        <v>128</v>
       </c>
       <c r="H11" t="s">
-        <v>115</v>
+        <v>163</v>
       </c>
       <c r="I11" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="J11" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="L11" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
       <c r="M11" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="N11" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="O11" t="s">
-        <v>152</v>
+        <v>167</v>
       </c>
       <c r="P11" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="Q11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X11" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="Y11" t="s">
-        <v>155</v>
+        <v>169</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>105879</v>
+        <v>106099</v>
       </c>
       <c r="B12" s="1">
-        <v>45959</v>
+        <v>46006</v>
       </c>
       <c r="C12" t="s">
-        <v>94</v>
+        <v>170</v>
       </c>
       <c r="D12" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="H12" t="s">
-        <v>115</v>
+        <v>97</v>
       </c>
       <c r="I12" t="s">
-        <v>156</v>
+        <v>172</v>
       </c>
       <c r="J12" t="s">
-        <v>128</v>
+        <v>173</v>
       </c>
       <c r="K12" t="s">
-        <v>134</v>
+        <v>174</v>
       </c>
       <c r="L12" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="M12" t="s">
-        <v>136</v>
+        <v>176</v>
       </c>
       <c r="N12" t="s">
-        <v>137</v>
+        <v>177</v>
       </c>
       <c r="O12" t="s">
-        <v>157</v>
+        <v>178</v>
       </c>
       <c r="P12" t="s">
-        <v>158</v>
+        <v>179</v>
       </c>
       <c r="Q12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X12" t="s">
-        <v>159</v>
+        <v>180</v>
       </c>
       <c r="Y12" t="s">
-        <v>160</v>
+        <v>181</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>105878</v>
+        <v>106098</v>
       </c>
       <c r="B13" s="1">
-        <v>45959</v>
+        <v>46006</v>
       </c>
       <c r="C13" t="s">
-        <v>94</v>
+        <v>127</v>
       </c>
       <c r="D13" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>128</v>
       </c>
       <c r="I13" t="s">
-        <v>161</v>
+        <v>182</v>
       </c>
       <c r="J13" t="s">
-        <v>128</v>
+        <v>173</v>
       </c>
       <c r="K13" t="s">
-        <v>134</v>
+        <v>183</v>
       </c>
       <c r="L13" t="s">
-        <v>135</v>
+        <v>184</v>
       </c>
       <c r="M13" t="s">
-        <v>136</v>
+        <v>185</v>
       </c>
       <c r="N13" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="O13" t="s">
-        <v>138</v>
+        <v>186</v>
+      </c>
+      <c r="P13" t="s">
+        <v>187</v>
       </c>
       <c r="Q13" t="s">
         <v>80</v>
       </c>
       <c r="R13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X13" t="s">
-        <v>162</v>
+        <v>188</v>
       </c>
       <c r="Y13" t="s">
-        <v>141</v>
+        <v>189</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>105877</v>
+        <v>106097</v>
       </c>
       <c r="B14" s="1">
-        <v>45959</v>
+        <v>46006</v>
       </c>
       <c r="C14" t="s">
-        <v>163</v>
+        <v>127</v>
       </c>
       <c r="D14" t="s">
-        <v>164</v>
+        <v>128</v>
       </c>
       <c r="H14" t="s">
-        <v>165</v>
+        <v>190</v>
       </c>
       <c r="I14" t="s">
-        <v>166</v>
+        <v>191</v>
       </c>
       <c r="J14" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="L14" t="s">
-        <v>168</v>
+        <v>192</v>
       </c>
       <c r="M14" t="s">
-        <v>169</v>
+        <v>193</v>
       </c>
       <c r="N14" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="O14" t="s">
-        <v>171</v>
+        <v>195</v>
       </c>
       <c r="P14" t="s">
-        <v>172</v>
+        <v>196</v>
       </c>
       <c r="Q14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X14" t="s">
-        <v>173</v>
+        <v>197</v>
       </c>
       <c r="Y14" t="s">
-        <v>174</v>
-[...23 lines deleted...]
-        <v>177</v>
+        <v>198</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>105876</v>
+        <v>106096</v>
       </c>
       <c r="B15" s="1">
-        <v>45959</v>
+        <v>46006</v>
       </c>
       <c r="C15" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="D15" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>128</v>
       </c>
       <c r="I15" t="s">
-        <v>178</v>
+        <v>199</v>
       </c>
       <c r="J15" t="s">
-        <v>128</v>
+        <v>173</v>
       </c>
       <c r="K15" t="s">
-        <v>86</v>
+        <v>200</v>
       </c>
       <c r="L15" t="s">
-        <v>87</v>
+        <v>201</v>
       </c>
       <c r="M15" t="s">
-        <v>88</v>
+        <v>202</v>
       </c>
       <c r="N15" t="s">
-        <v>89</v>
+        <v>157</v>
       </c>
       <c r="O15" t="s">
-        <v>179</v>
+        <v>203</v>
       </c>
       <c r="P15" t="s">
-        <v>180</v>
+        <v>204</v>
       </c>
       <c r="Q15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X15" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>205</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
-        <v>105875</v>
+        <v>106068</v>
       </c>
       <c r="B16" s="1">
-        <v>45959</v>
+        <v>46003</v>
       </c>
       <c r="C16" t="s">
-        <v>82</v>
+        <v>206</v>
       </c>
       <c r="D16" t="s">
-        <v>83</v>
+        <v>207</v>
       </c>
       <c r="H16" t="s">
-        <v>84</v>
+        <v>163</v>
       </c>
       <c r="I16" t="s">
-        <v>183</v>
+        <v>208</v>
       </c>
       <c r="J16" t="s">
-        <v>128</v>
+        <v>209</v>
       </c>
       <c r="K16" t="s">
-        <v>86</v>
+        <v>210</v>
       </c>
       <c r="L16" t="s">
-        <v>87</v>
+        <v>211</v>
       </c>
       <c r="M16" t="s">
-        <v>88</v>
+        <v>212</v>
       </c>
       <c r="N16" t="s">
-        <v>89</v>
+        <v>213</v>
       </c>
       <c r="O16" t="s">
-        <v>184</v>
+        <v>214</v>
       </c>
       <c r="P16" t="s">
-        <v>185</v>
+        <v>215</v>
       </c>
       <c r="Q16" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R16" t="s">
         <v>80</v>
       </c>
       <c r="S16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T16" t="s">
-        <v>80</v>
+        <v>81</v>
+      </c>
+      <c r="V16" t="s">
+        <v>216</v>
       </c>
       <c r="X16" t="s">
-        <v>186</v>
+        <v>217</v>
       </c>
       <c r="Y16" t="s">
-        <v>187</v>
+        <v>218</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17">
-        <v>105873</v>
+        <v>106067</v>
       </c>
       <c r="B17" s="1">
-        <v>45957</v>
+        <v>46003</v>
       </c>
       <c r="C17" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D17" t="s">
-        <v>95</v>
+        <v>70</v>
+      </c>
+      <c r="H17" t="s">
+        <v>219</v>
       </c>
       <c r="I17" t="s">
-        <v>188</v>
+        <v>220</v>
       </c>
       <c r="J17" t="s">
-        <v>189</v>
+        <v>209</v>
       </c>
       <c r="K17" t="s">
-        <v>190</v>
+        <v>221</v>
       </c>
       <c r="L17" t="s">
-        <v>191</v>
+        <v>222</v>
       </c>
       <c r="M17" t="s">
-        <v>192</v>
+        <v>223</v>
       </c>
       <c r="N17" t="s">
-        <v>193</v>
+        <v>224</v>
       </c>
       <c r="O17" t="s">
-        <v>194</v>
+        <v>225</v>
       </c>
       <c r="P17" t="s">
-        <v>195</v>
+        <v>226</v>
       </c>
       <c r="Q17" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R17" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S17" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T17" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X17" t="s">
-        <v>196</v>
+        <v>227</v>
       </c>
       <c r="Y17" t="s">
-        <v>197</v>
+        <v>228</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18">
-        <v>105808</v>
+        <v>106065</v>
       </c>
       <c r="B18" s="1">
-        <v>45954</v>
+        <v>46003</v>
       </c>
       <c r="C18" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D18" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="H18" t="s">
-        <v>96</v>
+        <v>219</v>
       </c>
       <c r="I18" t="s">
-        <v>198</v>
+        <v>229</v>
       </c>
       <c r="J18" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="K18" t="s">
-        <v>200</v>
+        <v>221</v>
       </c>
       <c r="L18" t="s">
-        <v>201</v>
+        <v>222</v>
       </c>
       <c r="M18" t="s">
-        <v>202</v>
+        <v>223</v>
       </c>
       <c r="N18" t="s">
-        <v>203</v>
+        <v>224</v>
       </c>
       <c r="O18" t="s">
-        <v>204</v>
+        <v>230</v>
       </c>
       <c r="P18" t="s">
-        <v>205</v>
+        <v>231</v>
       </c>
       <c r="Q18" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X18" t="s">
-        <v>206</v>
+        <v>232</v>
       </c>
       <c r="Y18" t="s">
-        <v>207</v>
+        <v>233</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19">
-        <v>105806</v>
+        <v>106064</v>
       </c>
       <c r="B19" s="1">
-        <v>45954</v>
+        <v>46003</v>
       </c>
       <c r="C19" t="s">
-        <v>208</v>
+        <v>69</v>
       </c>
       <c r="D19" t="s">
+        <v>70</v>
+      </c>
+      <c r="H19" t="s">
+        <v>219</v>
+      </c>
+      <c r="I19" t="s">
+        <v>234</v>
+      </c>
+      <c r="J19" t="s">
         <v>209</v>
       </c>
-      <c r="E19" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K19" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="L19" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="M19" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="N19" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="O19" t="s">
-        <v>217</v>
+        <v>230</v>
       </c>
       <c r="P19" t="s">
-        <v>218</v>
+        <v>235</v>
       </c>
       <c r="Q19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X19" t="s">
-        <v>219</v>
+        <v>236</v>
       </c>
       <c r="Y19" t="s">
-        <v>220</v>
+        <v>237</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20">
-        <v>105805</v>
+        <v>106063</v>
       </c>
       <c r="B20" s="1">
-        <v>45954</v>
+        <v>46003</v>
       </c>
       <c r="C20" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D20" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="H20" t="s">
+        <v>219</v>
+      </c>
+      <c r="I20" t="s">
+        <v>238</v>
+      </c>
+      <c r="J20" t="s">
+        <v>209</v>
+      </c>
+      <c r="K20" t="s">
         <v>221</v>
       </c>
-      <c r="I20" t="s">
+      <c r="L20" t="s">
         <v>222</v>
       </c>
-      <c r="J20" t="s">
-[...2 lines deleted...]
-      <c r="K20" t="s">
+      <c r="M20" t="s">
         <v>223</v>
       </c>
-      <c r="L20" t="s">
+      <c r="N20" t="s">
         <v>224</v>
       </c>
-      <c r="M20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O20" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="P20" t="s">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="Q20" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X20" t="s">
-        <v>229</v>
+        <v>240</v>
       </c>
       <c r="Y20" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21">
-        <v>105803</v>
+        <v>106062</v>
       </c>
       <c r="B21" s="1">
-        <v>45954</v>
+        <v>46003</v>
       </c>
       <c r="C21" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D21" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="H21" t="s">
+        <v>219</v>
+      </c>
+      <c r="I21" t="s">
+        <v>242</v>
+      </c>
+      <c r="J21" t="s">
+        <v>209</v>
+      </c>
+      <c r="K21" t="s">
         <v>221</v>
       </c>
-      <c r="I21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L21" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
       <c r="M21" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="N21" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="O21" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="P21" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="Q21" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R21" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S21" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T21" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X21" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="Y21" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22">
-        <v>105802</v>
+        <v>106061</v>
       </c>
       <c r="B22" s="1">
-        <v>45953</v>
+        <v>46003</v>
       </c>
       <c r="C22" t="s">
-        <v>163</v>
+        <v>69</v>
       </c>
       <c r="D22" t="s">
-        <v>164</v>
+        <v>70</v>
       </c>
       <c r="H22" t="s">
-        <v>84</v>
+        <v>219</v>
       </c>
       <c r="I22" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="J22" t="s">
-        <v>241</v>
+        <v>209</v>
       </c>
       <c r="K22" t="s">
-        <v>242</v>
+        <v>221</v>
       </c>
       <c r="L22" t="s">
-        <v>243</v>
+        <v>222</v>
       </c>
       <c r="M22" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="N22" t="s">
-        <v>245</v>
+        <v>224</v>
       </c>
       <c r="O22" t="s">
-        <v>246</v>
+        <v>230</v>
+      </c>
+      <c r="P22" t="s">
+        <v>247</v>
       </c>
       <c r="Q22" t="s">
         <v>80</v>
       </c>
       <c r="R22" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S22" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T22" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="X22" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="Y22" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23">
-        <v>105801</v>
+        <v>106060</v>
       </c>
       <c r="B23" s="1">
-        <v>45953</v>
+        <v>46003</v>
       </c>
       <c r="C23" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D23" t="s">
-        <v>95</v>
+        <v>70</v>
+      </c>
+      <c r="H23" t="s">
+        <v>219</v>
       </c>
       <c r="I23" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="J23" t="s">
-        <v>250</v>
+        <v>209</v>
       </c>
       <c r="K23" t="s">
+        <v>221</v>
+      </c>
+      <c r="L23" t="s">
+        <v>222</v>
+      </c>
+      <c r="M23" t="s">
+        <v>223</v>
+      </c>
+      <c r="N23" t="s">
+        <v>224</v>
+      </c>
+      <c r="O23" t="s">
+        <v>230</v>
+      </c>
+      <c r="P23" t="s">
         <v>251</v>
       </c>
-      <c r="L23" t="s">
+      <c r="Q23" t="s">
+        <v>80</v>
+      </c>
+      <c r="R23" t="s">
+        <v>81</v>
+      </c>
+      <c r="S23" t="s">
+        <v>81</v>
+      </c>
+      <c r="T23" t="s">
+        <v>81</v>
+      </c>
+      <c r="X23" t="s">
         <v>252</v>
       </c>
-      <c r="M23" t="s">
+      <c r="Y23" t="s">
         <v>253</v>
-      </c>
-[...25 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24">
-        <v>105800</v>
+        <v>106059</v>
       </c>
       <c r="B24" s="1">
-        <v>45953</v>
+        <v>46003</v>
       </c>
       <c r="C24" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D24" t="s">
-        <v>95</v>
+        <v>70</v>
+      </c>
+      <c r="H24" t="s">
+        <v>219</v>
       </c>
       <c r="I24" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="J24" t="s">
-        <v>250</v>
+        <v>209</v>
       </c>
       <c r="K24" t="s">
-        <v>251</v>
+        <v>221</v>
       </c>
       <c r="L24" t="s">
-        <v>252</v>
+        <v>222</v>
       </c>
       <c r="M24" t="s">
-        <v>253</v>
+        <v>223</v>
       </c>
       <c r="N24" t="s">
-        <v>254</v>
+        <v>224</v>
       </c>
       <c r="O24" t="s">
+        <v>230</v>
+      </c>
+      <c r="P24" t="s">
         <v>255</v>
       </c>
-      <c r="P24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q24" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R24" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S24" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T24" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X24" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="Y24" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25">
-        <v>105795</v>
+        <v>106058</v>
       </c>
       <c r="B25" s="1">
-        <v>45953</v>
+        <v>46003</v>
       </c>
       <c r="C25" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D25" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="H25" t="s">
-        <v>84</v>
+        <v>219</v>
       </c>
       <c r="I25" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="J25" t="s">
-        <v>241</v>
+        <v>209</v>
       </c>
       <c r="K25" t="s">
-        <v>263</v>
+        <v>221</v>
       </c>
       <c r="L25" t="s">
-        <v>264</v>
+        <v>222</v>
       </c>
       <c r="M25" t="s">
-        <v>265</v>
+        <v>223</v>
       </c>
       <c r="N25" t="s">
-        <v>266</v>
+        <v>224</v>
       </c>
       <c r="O25" t="s">
-        <v>267</v>
+        <v>230</v>
       </c>
       <c r="P25" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="Q25" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R25" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S25" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T25" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X25" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="Y25" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26">
-        <v>105794</v>
+        <v>106057</v>
       </c>
       <c r="B26" s="1">
-        <v>45953</v>
+        <v>46003</v>
       </c>
       <c r="C26" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D26" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="H26" t="s">
-        <v>84</v>
+        <v>219</v>
       </c>
       <c r="I26" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="J26" t="s">
-        <v>241</v>
+        <v>209</v>
       </c>
       <c r="K26" t="s">
+        <v>221</v>
+      </c>
+      <c r="L26" t="s">
+        <v>222</v>
+      </c>
+      <c r="M26" t="s">
+        <v>223</v>
+      </c>
+      <c r="N26" t="s">
+        <v>224</v>
+      </c>
+      <c r="O26" t="s">
+        <v>230</v>
+      </c>
+      <c r="P26" t="s">
         <v>263</v>
       </c>
-      <c r="L26" t="s">
+      <c r="Q26" t="s">
+        <v>80</v>
+      </c>
+      <c r="R26" t="s">
+        <v>81</v>
+      </c>
+      <c r="S26" t="s">
+        <v>81</v>
+      </c>
+      <c r="T26" t="s">
+        <v>81</v>
+      </c>
+      <c r="X26" t="s">
         <v>264</v>
       </c>
-      <c r="M26" t="s">
+      <c r="Y26" t="s">
         <v>265</v>
-      </c>
-[...25 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27">
-        <v>105793</v>
+        <v>106056</v>
       </c>
       <c r="B27" s="1">
-        <v>45953</v>
+        <v>46003</v>
       </c>
       <c r="C27" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D27" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="H27" t="s">
-        <v>84</v>
+        <v>219</v>
       </c>
       <c r="I27" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="J27" t="s">
-        <v>241</v>
+        <v>267</v>
       </c>
       <c r="K27" t="s">
-        <v>263</v>
+        <v>221</v>
       </c>
       <c r="L27" t="s">
-        <v>264</v>
+        <v>222</v>
       </c>
       <c r="M27" t="s">
-        <v>277</v>
+        <v>223</v>
       </c>
       <c r="N27" t="s">
-        <v>266</v>
+        <v>224</v>
       </c>
       <c r="O27" t="s">
-        <v>278</v>
+        <v>230</v>
       </c>
       <c r="P27" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="Q27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X27" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
       <c r="Y27" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28">
-        <v>105792</v>
+        <v>106054</v>
       </c>
       <c r="B28" s="1">
-        <v>45953</v>
+        <v>46002</v>
       </c>
       <c r="C28" t="s">
-        <v>69</v>
+        <v>127</v>
       </c>
       <c r="D28" t="s">
-        <v>70</v>
+        <v>128</v>
       </c>
       <c r="H28" t="s">
-        <v>71</v>
+        <v>271</v>
       </c>
       <c r="I28" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="J28" t="s">
-        <v>241</v>
+        <v>267</v>
+      </c>
+      <c r="K28" t="s">
+        <v>273</v>
       </c>
       <c r="L28" t="s">
-        <v>106</v>
+        <v>274</v>
       </c>
       <c r="M28" t="s">
-        <v>107</v>
+        <v>275</v>
       </c>
       <c r="N28" t="s">
-        <v>108</v>
+        <v>276</v>
       </c>
       <c r="O28" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="P28" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="Q28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X28" t="s">
-        <v>285</v>
+        <v>272</v>
       </c>
       <c r="Y28" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29">
-        <v>105791</v>
+        <v>106053</v>
       </c>
       <c r="B29" s="1">
-        <v>45953</v>
+        <v>46002</v>
       </c>
       <c r="C29" t="s">
-        <v>69</v>
+        <v>280</v>
       </c>
       <c r="D29" t="s">
-        <v>70</v>
+        <v>281</v>
       </c>
       <c r="H29" t="s">
+        <v>219</v>
+      </c>
+      <c r="I29" t="s">
+        <v>282</v>
+      </c>
+      <c r="J29" t="s">
+        <v>267</v>
+      </c>
+      <c r="K29" t="s">
+        <v>283</v>
+      </c>
+      <c r="L29" t="s">
+        <v>284</v>
+      </c>
+      <c r="M29" t="s">
+        <v>285</v>
+      </c>
+      <c r="N29" t="s">
+        <v>286</v>
+      </c>
+      <c r="O29" t="s">
         <v>287</v>
       </c>
-      <c r="I29" t="s">
+      <c r="P29" t="s">
         <v>288</v>
       </c>
-      <c r="J29" t="s">
-[...2 lines deleted...]
-      <c r="K29" t="s">
+      <c r="Q29" t="s">
+        <v>80</v>
+      </c>
+      <c r="R29" t="s">
+        <v>81</v>
+      </c>
+      <c r="S29" t="s">
+        <v>81</v>
+      </c>
+      <c r="T29" t="s">
+        <v>81</v>
+      </c>
+      <c r="X29" t="s">
         <v>289</v>
       </c>
-      <c r="L29" t="s">
+      <c r="Y29" t="s">
         <v>290</v>
-      </c>
-[...28 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30">
-        <v>105789</v>
+        <v>106051</v>
       </c>
       <c r="B30" s="1">
-        <v>45952</v>
+        <v>46002</v>
       </c>
       <c r="C30" t="s">
         <v>69</v>
       </c>
       <c r="D30" t="s">
         <v>70</v>
       </c>
       <c r="H30" t="s">
-        <v>297</v>
+        <v>219</v>
       </c>
       <c r="I30" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="J30" t="s">
-        <v>250</v>
+        <v>267</v>
       </c>
       <c r="K30" t="s">
-        <v>299</v>
+        <v>221</v>
       </c>
       <c r="L30" t="s">
-        <v>300</v>
+        <v>222</v>
       </c>
       <c r="M30" t="s">
-        <v>301</v>
+        <v>223</v>
       </c>
       <c r="N30" t="s">
-        <v>302</v>
+        <v>224</v>
       </c>
       <c r="O30" t="s">
-        <v>303</v>
+        <v>292</v>
       </c>
       <c r="P30" t="s">
-        <v>304</v>
+        <v>293</v>
       </c>
       <c r="Q30" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X30" t="s">
-        <v>305</v>
+        <v>294</v>
       </c>
       <c r="Y30" t="s">
-        <v>306</v>
+        <v>295</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31">
-        <v>105788</v>
+        <v>106050</v>
       </c>
       <c r="B31" s="1">
-        <v>45952</v>
+        <v>46002</v>
       </c>
       <c r="C31" t="s">
-        <v>307</v>
+        <v>127</v>
       </c>
       <c r="D31" t="s">
-        <v>308</v>
+        <v>128</v>
       </c>
       <c r="H31" t="s">
-        <v>287</v>
+        <v>163</v>
       </c>
       <c r="I31" t="s">
-        <v>309</v>
+        <v>296</v>
       </c>
       <c r="J31" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>267</v>
       </c>
       <c r="L31" t="s">
-        <v>311</v>
+        <v>297</v>
       </c>
       <c r="M31" t="s">
-        <v>312</v>
+        <v>298</v>
       </c>
       <c r="N31" t="s">
-        <v>313</v>
+        <v>299</v>
       </c>
       <c r="O31" t="s">
-        <v>314</v>
+        <v>300</v>
       </c>
       <c r="P31" t="s">
-        <v>315</v>
+        <v>301</v>
       </c>
       <c r="Q31" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R31" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S31" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T31" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X31" t="s">
-        <v>316</v>
+        <v>302</v>
       </c>
       <c r="Y31" t="s">
-        <v>317</v>
+        <v>303</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32">
-        <v>105786</v>
+        <v>106048</v>
       </c>
       <c r="B32" s="1">
-        <v>45952</v>
+        <v>46002</v>
       </c>
       <c r="C32" t="s">
-        <v>113</v>
+        <v>69</v>
       </c>
       <c r="D32" t="s">
-        <v>114</v>
+        <v>70</v>
       </c>
       <c r="H32" t="s">
+        <v>219</v>
+      </c>
+      <c r="I32" t="s">
+        <v>291</v>
+      </c>
+      <c r="J32" t="s">
+        <v>267</v>
+      </c>
+      <c r="K32" t="s">
+        <v>221</v>
+      </c>
+      <c r="L32" t="s">
+        <v>222</v>
+      </c>
+      <c r="M32" t="s">
+        <v>223</v>
+      </c>
+      <c r="N32" t="s">
+        <v>224</v>
+      </c>
+      <c r="O32" t="s">
+        <v>292</v>
+      </c>
+      <c r="P32" t="s">
+        <v>293</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>80</v>
+      </c>
+      <c r="R32" t="s">
+        <v>81</v>
+      </c>
+      <c r="S32" t="s">
+        <v>81</v>
+      </c>
+      <c r="T32" t="s">
+        <v>81</v>
+      </c>
+      <c r="X32" t="s">
+        <v>294</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="33" spans="1:69">
+      <c r="A33">
+        <v>106047</v>
+      </c>
+      <c r="B33" s="1">
+        <v>46002</v>
+      </c>
+      <c r="C33" t="s">
+        <v>206</v>
+      </c>
+      <c r="D33" t="s">
+        <v>207</v>
+      </c>
+      <c r="H33" t="s">
+        <v>163</v>
+      </c>
+      <c r="I33" t="s">
+        <v>304</v>
+      </c>
+      <c r="J33" t="s">
+        <v>267</v>
+      </c>
+      <c r="L33" t="s">
+        <v>305</v>
+      </c>
+      <c r="M33" t="s">
+        <v>306</v>
+      </c>
+      <c r="N33" t="s">
+        <v>307</v>
+      </c>
+      <c r="O33" t="s">
+        <v>308</v>
+      </c>
+      <c r="P33" t="s">
+        <v>309</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>80</v>
+      </c>
+      <c r="R33" t="s">
+        <v>81</v>
+      </c>
+      <c r="S33" t="s">
+        <v>81</v>
+      </c>
+      <c r="T33" t="s">
+        <v>81</v>
+      </c>
+      <c r="X33" t="s">
+        <v>310</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="34" spans="1:69">
+      <c r="A34">
+        <v>106046</v>
+      </c>
+      <c r="B34" s="1">
+        <v>46001</v>
+      </c>
+      <c r="C34" t="s">
+        <v>170</v>
+      </c>
+      <c r="D34" t="s">
+        <v>171</v>
+      </c>
+      <c r="H34" t="s">
+        <v>97</v>
+      </c>
+      <c r="I34" t="s">
+        <v>312</v>
+      </c>
+      <c r="J34" t="s">
+        <v>313</v>
+      </c>
+      <c r="K34" t="s">
+        <v>174</v>
+      </c>
+      <c r="L34" t="s">
+        <v>175</v>
+      </c>
+      <c r="M34" t="s">
+        <v>176</v>
+      </c>
+      <c r="N34" t="s">
+        <v>177</v>
+      </c>
+      <c r="O34" t="s">
+        <v>314</v>
+      </c>
+      <c r="P34" t="s">
+        <v>315</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>80</v>
+      </c>
+      <c r="R34" t="s">
+        <v>81</v>
+      </c>
+      <c r="S34" t="s">
+        <v>81</v>
+      </c>
+      <c r="T34" t="s">
+        <v>81</v>
+      </c>
+      <c r="X34" t="s">
+        <v>316</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="35" spans="1:69">
+      <c r="A35">
+        <v>106044</v>
+      </c>
+      <c r="B35" s="1">
+        <v>46001</v>
+      </c>
+      <c r="C35" t="s">
+        <v>127</v>
+      </c>
+      <c r="D35" t="s">
+        <v>128</v>
+      </c>
+      <c r="H35" t="s">
+        <v>190</v>
+      </c>
+      <c r="I35" t="s">
         <v>318</v>
       </c>
-      <c r="I32" t="s">
+      <c r="J35" t="s">
+        <v>313</v>
+      </c>
+      <c r="L35" t="s">
+        <v>192</v>
+      </c>
+      <c r="M35" t="s">
+        <v>193</v>
+      </c>
+      <c r="N35" t="s">
+        <v>194</v>
+      </c>
+      <c r="O35" t="s">
         <v>319</v>
       </c>
-      <c r="J32" t="s">
-[...2 lines deleted...]
-      <c r="K32" t="s">
+      <c r="P35" t="s">
         <v>320</v>
       </c>
-      <c r="L32" t="s">
+      <c r="Q35" t="s">
+        <v>80</v>
+      </c>
+      <c r="R35" t="s">
+        <v>81</v>
+      </c>
+      <c r="S35" t="s">
+        <v>81</v>
+      </c>
+      <c r="T35" t="s">
+        <v>81</v>
+      </c>
+      <c r="X35" t="s">
         <v>321</v>
       </c>
-      <c r="M32" t="s">
+      <c r="Y35" t="s">
         <v>322</v>
       </c>
-      <c r="N32" t="s">
+    </row>
+    <row r="36" spans="1:69">
+      <c r="A36">
+        <v>106043</v>
+      </c>
+      <c r="B36" s="1">
+        <v>46001</v>
+      </c>
+      <c r="C36" t="s">
         <v>323</v>
       </c>
-      <c r="O32" t="s">
+      <c r="D36" t="s">
         <v>324</v>
-      </c>
-[...204 lines deleted...]
-        <v>70</v>
       </c>
       <c r="H36" t="s">
         <v>71</v>
       </c>
       <c r="I36" t="s">
+        <v>325</v>
+      </c>
+      <c r="J36" t="s">
+        <v>313</v>
+      </c>
+      <c r="K36" t="s">
+        <v>326</v>
+      </c>
+      <c r="L36" t="s">
+        <v>327</v>
+      </c>
+      <c r="M36" t="s">
+        <v>328</v>
+      </c>
+      <c r="N36" t="s">
+        <v>177</v>
+      </c>
+      <c r="O36" t="s">
+        <v>329</v>
+      </c>
+      <c r="P36" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>80</v>
+      </c>
+      <c r="R36" t="s">
+        <v>81</v>
+      </c>
+      <c r="S36" t="s">
+        <v>81</v>
+      </c>
+      <c r="T36" t="s">
+        <v>81</v>
+      </c>
+      <c r="X36" t="s">
+        <v>331</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="37" spans="1:69">
+      <c r="A37">
+        <v>106042</v>
+      </c>
+      <c r="B37" s="1">
+        <v>46000</v>
+      </c>
+      <c r="C37" t="s">
+        <v>206</v>
+      </c>
+      <c r="D37" t="s">
+        <v>207</v>
+      </c>
+      <c r="H37" t="s">
+        <v>190</v>
+      </c>
+      <c r="I37" t="s">
+        <v>333</v>
+      </c>
+      <c r="J37" t="s">
+        <v>334</v>
+      </c>
+      <c r="K37" t="s">
+        <v>335</v>
+      </c>
+      <c r="L37" t="s">
+        <v>336</v>
+      </c>
+      <c r="M37" t="s">
+        <v>337</v>
+      </c>
+      <c r="N37" t="s">
+        <v>338</v>
+      </c>
+      <c r="O37" t="s">
+        <v>339</v>
+      </c>
+      <c r="P37" t="s">
+        <v>340</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>80</v>
+      </c>
+      <c r="R37" t="s">
+        <v>81</v>
+      </c>
+      <c r="S37" t="s">
+        <v>81</v>
+      </c>
+      <c r="T37" t="s">
+        <v>81</v>
+      </c>
+      <c r="X37" t="s">
+        <v>341</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>342</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>339</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>343</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>344</v>
+      </c>
+      <c r="AC37" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD37" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE37" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF37" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ37" t="s">
+        <v>341</v>
+      </c>
+      <c r="AK37" t="s">
+        <v>339</v>
+      </c>
+      <c r="AL37" t="s">
+        <v>345</v>
+      </c>
+      <c r="AM37" t="s">
+        <v>346</v>
+      </c>
+      <c r="AN37" t="s">
+        <v>80</v>
+      </c>
+      <c r="AO37" t="s">
+        <v>81</v>
+      </c>
+      <c r="AP37" t="s">
+        <v>81</v>
+      </c>
+      <c r="AQ37" t="s">
+        <v>81</v>
+      </c>
+      <c r="AU37" t="s">
+        <v>341</v>
+      </c>
+      <c r="AV37" t="s">
+        <v>339</v>
+      </c>
+      <c r="AW37" t="s">
+        <v>347</v>
+      </c>
+      <c r="AX37" t="s">
+        <v>348</v>
+      </c>
+      <c r="AY37" t="s">
+        <v>80</v>
+      </c>
+      <c r="AZ37" t="s">
+        <v>81</v>
+      </c>
+      <c r="BA37" t="s">
+        <v>81</v>
+      </c>
+      <c r="BB37" t="s">
+        <v>81</v>
+      </c>
+      <c r="BF37" t="s">
+        <v>341</v>
+      </c>
+      <c r="BG37" t="s">
+        <v>339</v>
+      </c>
+      <c r="BH37" t="s">
+        <v>349</v>
+      </c>
+      <c r="BI37" t="s">
         <v>350</v>
       </c>
-      <c r="J36" t="s">
-[...2 lines deleted...]
-      <c r="L36" t="s">
+      <c r="BJ37" t="s">
+        <v>80</v>
+      </c>
+      <c r="BK37" t="s">
+        <v>81</v>
+      </c>
+      <c r="BL37" t="s">
+        <v>81</v>
+      </c>
+      <c r="BM37" t="s">
+        <v>81</v>
+      </c>
+      <c r="BQ37" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="38" spans="1:69">
+      <c r="A38">
+        <v>106041</v>
+      </c>
+      <c r="B38" s="1">
+        <v>46000</v>
+      </c>
+      <c r="C38" t="s">
+        <v>170</v>
+      </c>
+      <c r="D38" t="s">
+        <v>171</v>
+      </c>
+      <c r="H38" t="s">
+        <v>97</v>
+      </c>
+      <c r="I38" t="s">
         <v>351</v>
       </c>
-      <c r="M36" t="s">
+      <c r="J38" t="s">
+        <v>334</v>
+      </c>
+      <c r="K38" t="s">
+        <v>174</v>
+      </c>
+      <c r="L38" t="s">
+        <v>175</v>
+      </c>
+      <c r="M38" t="s">
+        <v>176</v>
+      </c>
+      <c r="N38" t="s">
+        <v>177</v>
+      </c>
+      <c r="O38" t="s">
         <v>352</v>
       </c>
-      <c r="N36" t="s">
-[...2 lines deleted...]
-      <c r="O36" t="s">
+      <c r="P38" t="s">
         <v>353</v>
       </c>
-      <c r="P36" t="s">
+      <c r="Q38" t="s">
+        <v>80</v>
+      </c>
+      <c r="R38" t="s">
+        <v>81</v>
+      </c>
+      <c r="S38" t="s">
+        <v>81</v>
+      </c>
+      <c r="T38" t="s">
+        <v>81</v>
+      </c>
+      <c r="X38" t="s">
         <v>354</v>
       </c>
-      <c r="Q36" t="s">
-[...11 lines deleted...]
-      <c r="V36" t="s">
+      <c r="Y38" t="s">
         <v>355</v>
       </c>
-      <c r="X36" t="s">
-[...2 lines deleted...]
-      <c r="Y36" t="s">
+    </row>
+    <row r="39" spans="1:69">
+      <c r="A39">
+        <v>106037</v>
+      </c>
+      <c r="B39" s="1">
+        <v>45999</v>
+      </c>
+      <c r="C39" t="s">
+        <v>127</v>
+      </c>
+      <c r="D39" t="s">
+        <v>128</v>
+      </c>
+      <c r="H39" t="s">
+        <v>190</v>
+      </c>
+      <c r="I39" t="s">
         <v>356</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="I37" t="s">
+      <c r="J39" t="s">
         <v>357</v>
       </c>
-      <c r="J37" t="s">
-[...2 lines deleted...]
-      <c r="K37" t="s">
+      <c r="L39" t="s">
+        <v>192</v>
+      </c>
+      <c r="M39" t="s">
+        <v>193</v>
+      </c>
+      <c r="N39" t="s">
+        <v>194</v>
+      </c>
+      <c r="O39" t="s">
         <v>358</v>
       </c>
-      <c r="L37" t="s">
+      <c r="P39" t="s">
         <v>359</v>
       </c>
-      <c r="M37" t="s">
+      <c r="Q39" t="s">
+        <v>80</v>
+      </c>
+      <c r="R39" t="s">
+        <v>81</v>
+      </c>
+      <c r="S39" t="s">
+        <v>81</v>
+      </c>
+      <c r="T39" t="s">
+        <v>81</v>
+      </c>
+      <c r="X39" t="s">
         <v>360</v>
       </c>
-      <c r="N37" t="s">
+      <c r="Y39" t="s">
         <v>361</v>
       </c>
-      <c r="O37" t="s">
-[...139 lines deleted...]
-    <row r="40" spans="1:25">
+    </row>
+    <row r="40" spans="1:69">
       <c r="A40">
-        <v>105776</v>
+        <v>106036</v>
       </c>
       <c r="B40" s="1">
-        <v>45951</v>
+        <v>45999</v>
       </c>
       <c r="C40" t="s">
         <v>69</v>
       </c>
       <c r="D40" t="s">
         <v>70</v>
       </c>
       <c r="H40" t="s">
+        <v>219</v>
+      </c>
+      <c r="I40" t="s">
+        <v>362</v>
+      </c>
+      <c r="J40" t="s">
+        <v>357</v>
+      </c>
+      <c r="K40" t="s">
+        <v>221</v>
+      </c>
+      <c r="L40" t="s">
+        <v>222</v>
+      </c>
+      <c r="M40" t="s">
+        <v>223</v>
+      </c>
+      <c r="N40" t="s">
+        <v>224</v>
+      </c>
+      <c r="O40" t="s">
+        <v>363</v>
+      </c>
+      <c r="P40" t="s">
+        <v>364</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>80</v>
+      </c>
+      <c r="R40" t="s">
+        <v>81</v>
+      </c>
+      <c r="S40" t="s">
+        <v>81</v>
+      </c>
+      <c r="T40" t="s">
+        <v>81</v>
+      </c>
+      <c r="X40" t="s">
+        <v>365</v>
+      </c>
+      <c r="Y40" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="41" spans="1:69">
+      <c r="A41">
+        <v>106025</v>
+      </c>
+      <c r="B41" s="1">
+        <v>45996</v>
+      </c>
+      <c r="C41" t="s">
+        <v>127</v>
+      </c>
+      <c r="D41" t="s">
+        <v>128</v>
+      </c>
+      <c r="H41" t="s">
+        <v>190</v>
+      </c>
+      <c r="I41" t="s">
+        <v>367</v>
+      </c>
+      <c r="J41" t="s">
+        <v>368</v>
+      </c>
+      <c r="L41" t="s">
+        <v>192</v>
+      </c>
+      <c r="M41" t="s">
+        <v>193</v>
+      </c>
+      <c r="N41" t="s">
+        <v>194</v>
+      </c>
+      <c r="O41" t="s">
+        <v>369</v>
+      </c>
+      <c r="P41" t="s">
+        <v>370</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>80</v>
+      </c>
+      <c r="R41" t="s">
+        <v>81</v>
+      </c>
+      <c r="S41" t="s">
+        <v>81</v>
+      </c>
+      <c r="T41" t="s">
+        <v>81</v>
+      </c>
+      <c r="X41" t="s">
+        <v>371</v>
+      </c>
+      <c r="Y41" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="42" spans="1:69">
+      <c r="A42">
+        <v>106022</v>
+      </c>
+      <c r="B42" s="1">
+        <v>45995</v>
+      </c>
+      <c r="C42" t="s">
+        <v>373</v>
+      </c>
+      <c r="D42" t="s">
+        <v>374</v>
+      </c>
+      <c r="H42" t="s">
         <v>71</v>
       </c>
-      <c r="I40" t="s">
+      <c r="I42" t="s">
+        <v>375</v>
+      </c>
+      <c r="J42" t="s">
         <v>376</v>
       </c>
-      <c r="J40" t="s">
+      <c r="K42" t="s">
         <v>377</v>
       </c>
-      <c r="L40" t="s">
-[...8 lines deleted...]
-      <c r="O40" t="s">
+      <c r="L42" t="s">
         <v>378</v>
       </c>
-      <c r="P40" t="s">
+      <c r="M42" t="s">
         <v>379</v>
       </c>
-      <c r="Q40" t="s">
-[...11 lines deleted...]
-      <c r="X40" t="s">
+      <c r="N42" t="s">
+        <v>380</v>
+      </c>
+      <c r="O42" t="s">
+        <v>146</v>
+      </c>
+      <c r="P42" t="s">
+        <v>381</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>80</v>
+      </c>
+      <c r="R42" t="s">
+        <v>81</v>
+      </c>
+      <c r="S42" t="s">
+        <v>81</v>
+      </c>
+      <c r="T42" t="s">
+        <v>80</v>
+      </c>
+      <c r="X42" t="s">
+        <v>382</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="43" spans="1:69">
+      <c r="A43">
+        <v>106021</v>
+      </c>
+      <c r="B43" s="1">
+        <v>45995</v>
+      </c>
+      <c r="C43" t="s">
+        <v>69</v>
+      </c>
+      <c r="D43" t="s">
+        <v>70</v>
+      </c>
+      <c r="H43" t="s">
+        <v>384</v>
+      </c>
+      <c r="I43" t="s">
+        <v>385</v>
+      </c>
+      <c r="J43" t="s">
         <v>376</v>
       </c>
-      <c r="Y40" t="s">
-[...10 lines deleted...]
-      <c r="C41" t="s">
+      <c r="K43" t="s">
+        <v>386</v>
+      </c>
+      <c r="L43" t="s">
+        <v>387</v>
+      </c>
+      <c r="M43" t="s">
+        <v>388</v>
+      </c>
+      <c r="N43" t="s">
+        <v>389</v>
+      </c>
+      <c r="O43" t="s">
+        <v>390</v>
+      </c>
+      <c r="P43" t="s">
+        <v>391</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>80</v>
+      </c>
+      <c r="R43" t="s">
+        <v>81</v>
+      </c>
+      <c r="S43" t="s">
+        <v>81</v>
+      </c>
+      <c r="T43" t="s">
+        <v>81</v>
+      </c>
+      <c r="X43" t="s">
+        <v>392</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="44" spans="1:69">
+      <c r="A44">
+        <v>106020</v>
+      </c>
+      <c r="B44" s="1">
+        <v>45995</v>
+      </c>
+      <c r="C44" t="s">
+        <v>127</v>
+      </c>
+      <c r="D44" t="s">
+        <v>128</v>
+      </c>
+      <c r="H44" t="s">
+        <v>163</v>
+      </c>
+      <c r="I44" t="s">
+        <v>394</v>
+      </c>
+      <c r="J44" t="s">
+        <v>376</v>
+      </c>
+      <c r="K44" t="s">
+        <v>395</v>
+      </c>
+      <c r="L44" t="s">
+        <v>396</v>
+      </c>
+      <c r="M44" t="s">
+        <v>397</v>
+      </c>
+      <c r="N44" t="s">
+        <v>398</v>
+      </c>
+      <c r="O44" t="s">
+        <v>399</v>
+      </c>
+      <c r="P44" t="s">
+        <v>400</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>80</v>
+      </c>
+      <c r="R44" t="s">
+        <v>81</v>
+      </c>
+      <c r="S44" t="s">
+        <v>81</v>
+      </c>
+      <c r="T44" t="s">
+        <v>81</v>
+      </c>
+      <c r="X44" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="45" spans="1:69">
+      <c r="A45">
+        <v>106019</v>
+      </c>
+      <c r="B45" s="1">
+        <v>45995</v>
+      </c>
+      <c r="C45" t="s">
+        <v>127</v>
+      </c>
+      <c r="D45" t="s">
+        <v>128</v>
+      </c>
+      <c r="H45" t="s">
+        <v>163</v>
+      </c>
+      <c r="I45" t="s">
+        <v>403</v>
+      </c>
+      <c r="J45" t="s">
+        <v>376</v>
+      </c>
+      <c r="K45" t="s">
+        <v>395</v>
+      </c>
+      <c r="L45" t="s">
+        <v>396</v>
+      </c>
+      <c r="M45" t="s">
+        <v>397</v>
+      </c>
+      <c r="N45" t="s">
+        <v>398</v>
+      </c>
+      <c r="O45" t="s">
+        <v>399</v>
+      </c>
+      <c r="P45" t="s">
+        <v>404</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>80</v>
+      </c>
+      <c r="R45" t="s">
+        <v>81</v>
+      </c>
+      <c r="S45" t="s">
+        <v>81</v>
+      </c>
+      <c r="T45" t="s">
+        <v>81</v>
+      </c>
+      <c r="X45" t="s">
+        <v>405</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="46" spans="1:69">
+      <c r="A46">
+        <v>106018</v>
+      </c>
+      <c r="B46" s="1">
+        <v>45995</v>
+      </c>
+      <c r="C46" t="s">
         <v>69</v>
       </c>
-      <c r="D41" t="s">
+      <c r="D46" t="s">
         <v>70</v>
       </c>
-      <c r="H41" t="s">
-[...20 lines deleted...]
-      <c r="O41" t="s">
+      <c r="H46" t="s">
+        <v>407</v>
+      </c>
+      <c r="I46" t="s">
+        <v>408</v>
+      </c>
+      <c r="J46" t="s">
+        <v>376</v>
+      </c>
+      <c r="K46" t="s">
         <v>386</v>
       </c>
-      <c r="P41" t="s">
+      <c r="L46" t="s">
         <v>387</v>
       </c>
-      <c r="Q41" t="s">
-[...11 lines deleted...]
-      <c r="X41" t="s">
+      <c r="M46" t="s">
         <v>388</v>
       </c>
-      <c r="Y41" t="s">
+      <c r="N46" t="s">
         <v>389</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="H42" t="s">
+      <c r="O46" t="s">
+        <v>390</v>
+      </c>
+      <c r="P46" t="s">
+        <v>409</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>80</v>
+      </c>
+      <c r="R46" t="s">
+        <v>81</v>
+      </c>
+      <c r="S46" t="s">
+        <v>81</v>
+      </c>
+      <c r="T46" t="s">
+        <v>81</v>
+      </c>
+      <c r="X46" t="s">
+        <v>410</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="47" spans="1:69">
+      <c r="A47">
+        <v>106017</v>
+      </c>
+      <c r="B47" s="1">
+        <v>45995</v>
+      </c>
+      <c r="C47" t="s">
+        <v>127</v>
+      </c>
+      <c r="D47" t="s">
+        <v>128</v>
+      </c>
+      <c r="H47" t="s">
+        <v>163</v>
+      </c>
+      <c r="I47" t="s">
+        <v>412</v>
+      </c>
+      <c r="J47" t="s">
+        <v>376</v>
+      </c>
+      <c r="L47" t="s">
+        <v>413</v>
+      </c>
+      <c r="M47" t="s">
+        <v>414</v>
+      </c>
+      <c r="N47" t="s">
+        <v>415</v>
+      </c>
+      <c r="O47" t="s">
+        <v>416</v>
+      </c>
+      <c r="P47" t="s">
+        <v>417</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>80</v>
+      </c>
+      <c r="R47" t="s">
+        <v>81</v>
+      </c>
+      <c r="S47" t="s">
+        <v>81</v>
+      </c>
+      <c r="T47" t="s">
+        <v>81</v>
+      </c>
+      <c r="X47" t="s">
+        <v>412</v>
+      </c>
+      <c r="Y47" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="48" spans="1:69">
+      <c r="A48">
+        <v>106014</v>
+      </c>
+      <c r="B48" s="1">
+        <v>45994</v>
+      </c>
+      <c r="C48" t="s">
+        <v>127</v>
+      </c>
+      <c r="D48" t="s">
+        <v>128</v>
+      </c>
+      <c r="H48" t="s">
+        <v>163</v>
+      </c>
+      <c r="I48" t="s">
+        <v>419</v>
+      </c>
+      <c r="J48" t="s">
+        <v>420</v>
+      </c>
+      <c r="L48" t="s">
+        <v>165</v>
+      </c>
+      <c r="M48" t="s">
+        <v>166</v>
+      </c>
+      <c r="N48" t="s">
+        <v>157</v>
+      </c>
+      <c r="O48" t="s">
+        <v>421</v>
+      </c>
+      <c r="P48" t="s">
+        <v>422</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>80</v>
+      </c>
+      <c r="R48" t="s">
+        <v>81</v>
+      </c>
+      <c r="S48" t="s">
+        <v>81</v>
+      </c>
+      <c r="T48" t="s">
+        <v>81</v>
+      </c>
+      <c r="X48" t="s">
+        <v>419</v>
+      </c>
+      <c r="Y48" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="49" spans="1:25">
+      <c r="A49">
+        <v>106013</v>
+      </c>
+      <c r="B49" s="1">
+        <v>45994</v>
+      </c>
+      <c r="C49" t="s">
+        <v>424</v>
+      </c>
+      <c r="D49" t="s">
+        <v>425</v>
+      </c>
+      <c r="H49" t="s">
+        <v>426</v>
+      </c>
+      <c r="I49" t="s">
+        <v>427</v>
+      </c>
+      <c r="J49" t="s">
+        <v>420</v>
+      </c>
+      <c r="K49" t="s">
+        <v>428</v>
+      </c>
+      <c r="L49" t="s">
+        <v>429</v>
+      </c>
+      <c r="M49" t="s">
+        <v>430</v>
+      </c>
+      <c r="N49" t="s">
+        <v>431</v>
+      </c>
+      <c r="O49" t="s">
+        <v>432</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>80</v>
+      </c>
+      <c r="R49" t="s">
+        <v>80</v>
+      </c>
+      <c r="S49" t="s">
+        <v>81</v>
+      </c>
+      <c r="T49" t="s">
+        <v>81</v>
+      </c>
+      <c r="X49" t="s">
+        <v>433</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="50" spans="1:25">
+      <c r="A50">
+        <v>106012</v>
+      </c>
+      <c r="B50" s="1">
+        <v>45994</v>
+      </c>
+      <c r="C50" t="s">
+        <v>424</v>
+      </c>
+      <c r="D50" t="s">
+        <v>425</v>
+      </c>
+      <c r="H50" t="s">
+        <v>426</v>
+      </c>
+      <c r="I50" t="s">
+        <v>435</v>
+      </c>
+      <c r="J50" t="s">
+        <v>420</v>
+      </c>
+      <c r="K50" t="s">
+        <v>428</v>
+      </c>
+      <c r="L50" t="s">
+        <v>429</v>
+      </c>
+      <c r="M50" t="s">
+        <v>430</v>
+      </c>
+      <c r="N50" t="s">
+        <v>431</v>
+      </c>
+      <c r="O50" t="s">
+        <v>436</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>80</v>
+      </c>
+      <c r="R50" t="s">
+        <v>80</v>
+      </c>
+      <c r="S50" t="s">
+        <v>81</v>
+      </c>
+      <c r="T50" t="s">
+        <v>81</v>
+      </c>
+      <c r="X50" t="s">
+        <v>437</v>
+      </c>
+      <c r="Y50" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="51" spans="1:25">
+      <c r="A51">
+        <v>106011</v>
+      </c>
+      <c r="B51" s="1">
+        <v>45994</v>
+      </c>
+      <c r="C51" t="s">
+        <v>424</v>
+      </c>
+      <c r="D51" t="s">
+        <v>425</v>
+      </c>
+      <c r="H51" t="s">
+        <v>426</v>
+      </c>
+      <c r="I51" t="s">
+        <v>439</v>
+      </c>
+      <c r="J51" t="s">
+        <v>420</v>
+      </c>
+      <c r="K51" t="s">
+        <v>428</v>
+      </c>
+      <c r="L51" t="s">
+        <v>429</v>
+      </c>
+      <c r="M51" t="s">
+        <v>430</v>
+      </c>
+      <c r="N51" t="s">
+        <v>431</v>
+      </c>
+      <c r="O51" t="s">
+        <v>440</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>80</v>
+      </c>
+      <c r="R51" t="s">
+        <v>80</v>
+      </c>
+      <c r="S51" t="s">
+        <v>81</v>
+      </c>
+      <c r="T51" t="s">
+        <v>81</v>
+      </c>
+      <c r="X51" t="s">
+        <v>433</v>
+      </c>
+      <c r="Y51" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="52" spans="1:25">
+      <c r="A52">
+        <v>106009</v>
+      </c>
+      <c r="B52" s="1">
+        <v>45993</v>
+      </c>
+      <c r="C52" t="s">
+        <v>127</v>
+      </c>
+      <c r="D52" t="s">
+        <v>128</v>
+      </c>
+      <c r="H52" t="s">
+        <v>163</v>
+      </c>
+      <c r="I52" t="s">
+        <v>442</v>
+      </c>
+      <c r="J52" t="s">
+        <v>443</v>
+      </c>
+      <c r="L52" t="s">
+        <v>165</v>
+      </c>
+      <c r="M52" t="s">
+        <v>166</v>
+      </c>
+      <c r="N52" t="s">
+        <v>157</v>
+      </c>
+      <c r="O52" t="s">
+        <v>444</v>
+      </c>
+      <c r="P52" t="s">
+        <v>445</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>80</v>
+      </c>
+      <c r="R52" t="s">
+        <v>81</v>
+      </c>
+      <c r="S52" t="s">
+        <v>81</v>
+      </c>
+      <c r="T52" t="s">
+        <v>81</v>
+      </c>
+      <c r="X52" t="s">
+        <v>442</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="53" spans="1:25">
+      <c r="A53">
+        <v>106008</v>
+      </c>
+      <c r="B53" s="1">
+        <v>45993</v>
+      </c>
+      <c r="C53" t="s">
+        <v>127</v>
+      </c>
+      <c r="D53" t="s">
+        <v>128</v>
+      </c>
+      <c r="H53" t="s">
+        <v>190</v>
+      </c>
+      <c r="I53" t="s">
+        <v>447</v>
+      </c>
+      <c r="J53" t="s">
+        <v>443</v>
+      </c>
+      <c r="L53" t="s">
+        <v>192</v>
+      </c>
+      <c r="M53" t="s">
+        <v>193</v>
+      </c>
+      <c r="N53" t="s">
+        <v>194</v>
+      </c>
+      <c r="O53" t="s">
+        <v>448</v>
+      </c>
+      <c r="P53" t="s">
+        <v>449</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>80</v>
+      </c>
+      <c r="R53" t="s">
+        <v>81</v>
+      </c>
+      <c r="S53" t="s">
+        <v>81</v>
+      </c>
+      <c r="T53" t="s">
+        <v>81</v>
+      </c>
+      <c r="X53" t="s">
+        <v>450</v>
+      </c>
+      <c r="Y53" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="54" spans="1:25">
+      <c r="A54">
+        <v>106007</v>
+      </c>
+      <c r="B54" s="1">
+        <v>45992</v>
+      </c>
+      <c r="C54" t="s">
+        <v>373</v>
+      </c>
+      <c r="D54" t="s">
+        <v>374</v>
+      </c>
+      <c r="H54" t="s">
+        <v>452</v>
+      </c>
+      <c r="I54" t="s">
+        <v>453</v>
+      </c>
+      <c r="J54" t="s">
+        <v>454</v>
+      </c>
+      <c r="K54" t="s">
+        <v>455</v>
+      </c>
+      <c r="L54" t="s">
+        <v>456</v>
+      </c>
+      <c r="M54" t="s">
+        <v>457</v>
+      </c>
+      <c r="N54" t="s">
+        <v>458</v>
+      </c>
+      <c r="O54" t="s">
+        <v>459</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>80</v>
+      </c>
+      <c r="R54" t="s">
+        <v>81</v>
+      </c>
+      <c r="S54" t="s">
+        <v>81</v>
+      </c>
+      <c r="T54" t="s">
+        <v>81</v>
+      </c>
+      <c r="X54" t="s">
+        <v>460</v>
+      </c>
+      <c r="Y54" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="55" spans="1:25">
+      <c r="A55">
+        <v>106006</v>
+      </c>
+      <c r="B55" s="1">
+        <v>45992</v>
+      </c>
+      <c r="C55" t="s">
+        <v>206</v>
+      </c>
+      <c r="D55" t="s">
+        <v>207</v>
+      </c>
+      <c r="H55" t="s">
+        <v>190</v>
+      </c>
+      <c r="I55" t="s">
+        <v>462</v>
+      </c>
+      <c r="J55" t="s">
+        <v>454</v>
+      </c>
+      <c r="K55" t="s">
+        <v>463</v>
+      </c>
+      <c r="L55" t="s">
+        <v>464</v>
+      </c>
+      <c r="M55" t="s">
+        <v>465</v>
+      </c>
+      <c r="N55" t="s">
+        <v>466</v>
+      </c>
+      <c r="O55" t="s">
+        <v>467</v>
+      </c>
+      <c r="P55" t="s">
+        <v>468</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>80</v>
+      </c>
+      <c r="R55" t="s">
+        <v>81</v>
+      </c>
+      <c r="S55" t="s">
+        <v>81</v>
+      </c>
+      <c r="T55" t="s">
+        <v>81</v>
+      </c>
+      <c r="X55" t="s">
+        <v>469</v>
+      </c>
+      <c r="Y55" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="56" spans="1:25">
+      <c r="A56">
+        <v>106005</v>
+      </c>
+      <c r="B56" s="1">
+        <v>45992</v>
+      </c>
+      <c r="C56" t="s">
         <v>84</v>
       </c>
-      <c r="I42" t="s">
-[...486 lines deleted...]
-      <c r="N50" t="s">
+      <c r="D56" t="s">
+        <v>85</v>
+      </c>
+      <c r="H56" t="s">
+        <v>471</v>
+      </c>
+      <c r="I56" t="s">
+        <v>472</v>
+      </c>
+      <c r="J56" t="s">
+        <v>473</v>
+      </c>
+      <c r="K56" t="s">
+        <v>474</v>
+      </c>
+      <c r="L56" t="s">
+        <v>475</v>
+      </c>
+      <c r="M56" t="s">
+        <v>476</v>
+      </c>
+      <c r="N56" t="s">
+        <v>477</v>
+      </c>
+      <c r="O56" t="s">
+        <v>478</v>
+      </c>
+      <c r="P56" t="s">
+        <v>479</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>80</v>
+      </c>
+      <c r="R56" t="s">
+        <v>80</v>
+      </c>
+      <c r="S56" t="s">
+        <v>81</v>
+      </c>
+      <c r="T56" t="s">
+        <v>80</v>
+      </c>
+      <c r="V56" t="s">
+        <v>480</v>
+      </c>
+      <c r="X56" t="s">
+        <v>481</v>
+      </c>
+      <c r="Y56" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="57" spans="1:25">
+      <c r="A57">
+        <v>106004</v>
+      </c>
+      <c r="B57" s="1">
+        <v>45992</v>
+      </c>
+      <c r="C57" t="s">
+        <v>206</v>
+      </c>
+      <c r="D57" t="s">
+        <v>207</v>
+      </c>
+      <c r="H57" t="s">
+        <v>163</v>
+      </c>
+      <c r="I57" t="s">
+        <v>483</v>
+      </c>
+      <c r="J57" t="s">
+        <v>473</v>
+      </c>
+      <c r="K57" t="s">
+        <v>484</v>
+      </c>
+      <c r="L57" t="s">
+        <v>485</v>
+      </c>
+      <c r="M57" t="s">
+        <v>486</v>
+      </c>
+      <c r="N57" t="s">
+        <v>307</v>
+      </c>
+      <c r="O57" t="s">
+        <v>487</v>
+      </c>
+      <c r="P57" t="s">
+        <v>488</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>80</v>
+      </c>
+      <c r="R57" t="s">
+        <v>81</v>
+      </c>
+      <c r="S57" t="s">
+        <v>81</v>
+      </c>
+      <c r="T57" t="s">
+        <v>81</v>
+      </c>
+      <c r="X57" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y57" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="58" spans="1:25">
+      <c r="A58">
+        <v>106003</v>
+      </c>
+      <c r="B58" s="1">
+        <v>45992</v>
+      </c>
+      <c r="C58" t="s">
+        <v>127</v>
+      </c>
+      <c r="D58" t="s">
+        <v>128</v>
+      </c>
+      <c r="H58" t="s">
+        <v>190</v>
+      </c>
+      <c r="I58" t="s">
+        <v>491</v>
+      </c>
+      <c r="J58" t="s">
         <v>454</v>
       </c>
-      <c r="O50" t="s">
-[...315 lines deleted...]
-      <c r="X55" t="s">
+      <c r="L58" t="s">
+        <v>192</v>
+      </c>
+      <c r="M58" t="s">
+        <v>193</v>
+      </c>
+      <c r="N58" t="s">
+        <v>194</v>
+      </c>
+      <c r="O58" t="s">
         <v>492</v>
       </c>
-      <c r="Y55" t="s">
+      <c r="P58" t="s">
         <v>493</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="I56" t="s">
+      <c r="Q58" t="s">
+        <v>80</v>
+      </c>
+      <c r="R58" t="s">
+        <v>81</v>
+      </c>
+      <c r="S58" t="s">
+        <v>81</v>
+      </c>
+      <c r="T58" t="s">
+        <v>81</v>
+      </c>
+      <c r="X58" t="s">
         <v>494</v>
       </c>
-      <c r="J56" t="s">
-[...14 lines deleted...]
-      <c r="O56" t="s">
+      <c r="Y58" t="s">
         <v>495</v>
-      </c>
-[...5239 lines deleted...]
-        <v>1026</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>