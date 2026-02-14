--- v1 (2025-12-31)
+++ v2 (2026-02-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1068" uniqueCount="496">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2281" uniqueCount="839">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -219,1329 +219,2358 @@
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
+    <t>Správa železnic, státní organizace</t>
+  </si>
+  <si>
+    <t>uccchjm</t>
+  </si>
+  <si>
+    <t>Ministerstvo dopravy</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 6591/127 v k.ú. Plzeň</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>702 263 859</t>
+  </si>
+  <si>
+    <t>MoravekJa@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jan Morávek</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace SŽ Facility  Systémový specialista Úsek náměstka ředitele pro realitní činnosti Odbor nakládání s nemovitým majetkem Oddělení přípravy pozbytí   Ke Štvanici 656/3, 186 00 Praha 8</t>
+  </si>
+  <si>
+    <t>Plzeň, Plzeň, okres Plzeň-město</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 6591/127</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Pozemek v širším centru města v ochranném pásmu dráhy trati Plzeň hlavní nádraží - Klatovy. Pozemek představuje volnou proluku mezi jednotlivými skupinami řadových garáží. Případně budoucí využití je dáno územním plánem a jednotlivými právními předpisy. Přístup k prodávaným pozemkům je z veřejné komunikace na pozemku města, na kterém se v blízkosti hranice pozemku nachází elektrický pilíř a vedení spol. ČEZ Distribuce, a.s.. Pozemek je zatížen služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy" a zřizování a provozování vedení spolu s věcným břemenem chůze a jízdy ve prospěch společnosti GasNet, s.r.o.. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývané nemovitosti, případně na stavbách na n postavených nebo na předmětech na něm uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pokud během přípravy prodeje dojde ke změně vlastníka stavby na pozemku (garáže), bude pozemek prodán novému vlastníkovi za podmínek stanovených v příslušném usnesení vlády ČR. Pozemky se z hlediska územního plánu nachází v zastavěném území v ploše s rozdílným způsobem využití „Plochy smíšené obytné“</t>
+  </si>
+  <si>
+    <t>13000</t>
+  </si>
+  <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
+    <t>Ministerstvo zemědělství</t>
+  </si>
+  <si>
+    <t>Prodej pozemků</t>
+  </si>
+  <si>
+    <t>956942326</t>
+  </si>
+  <si>
+    <t>erika.dvorakova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Erika Dvořáková</t>
+  </si>
+  <si>
+    <t>Oblastní ředitelství jižní Morava</t>
+  </si>
+  <si>
+    <t>Jasenná na Moravě, Jasenná, okres Zlín</t>
+  </si>
+  <si>
+    <t>1628 a 3852</t>
+  </si>
+  <si>
+    <t>Spoluvlastnický podíl id. 1/8 lesních pozemků, protáhlého tvaru v komplexu lesa na mírném svahu v blízkosti obce Jasenná s porosty tvořenými kmenovinou buku, dubu a smrku.</t>
+  </si>
+  <si>
+    <t>78000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 6591/130, 6591/131 a 6591/132 v k.ú. Plzeň</t>
+  </si>
+  <si>
+    <t>6591/130, 6591/131 a 6591/132</t>
+  </si>
+  <si>
+    <t>Pozemky v širším centru města v ochranném pásmu dráhy trati Plzeň hlavní nádraží - Klatovy. Pozemky představují volné proluky mezi jednotlivými skupinami řadových garáží. Případně budoucí využítí je dáno územním plánem a jednotlivými právními předpisy, které podmíňují jejich stavební využití. Přístup k prodávaným pozemkům je z veřejné komunikace na pozemku města. Pozemky jsou zatíženy služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". Pozemek p.č. 6591/131 je zatížen služebností zapsanou na LV spočívající v právu zřizování a provozování vedení inženýrské sítě (vodovodního řadu DN 150) spol. VODÁRNA PLZEŇ a.s.. V rámci kupní smlouvy budeV rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemky se z hlediska územního plánu nachází v zastavěném území v ploše s rozdílným způsobem využití „Plochy smíšené obytné“</t>
+  </si>
+  <si>
+    <t>66000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 6591/128 a 6591/129 v k.ú. Plzeň</t>
+  </si>
+  <si>
+    <t>6591/128 a 6591/129</t>
+  </si>
+  <si>
+    <t>Pozemky v širším centru města v ochranném pásmu dráhy trati Plzeň hlavní nádraží - Klatovy. Pozemky představují volné proluky mezi jednotlivými skupinami řadových garáží. Případně budoucí využítí je dáno územním plánem a jednotlivými právními předpisy, které podmíňují jejich stavební využití. Přístup k prodávaným pozemkům je z veřejné komunikace na pozemku města. Pozemky jsou zatíženy služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". Pozemek p.č. 6591/129 je zatížen služebností zapsanou na LV spočívající v právu zřizování a provozování vedení zemního optického kabelu spol. ČEZ ICT Services, a. s.. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemky se z hlediska územního plánu nachází v zastavěném území v ploše s rozdílným způsobem využití „Plochy smíšené obytné“</t>
+  </si>
+  <si>
+    <t>25000</t>
+  </si>
+  <si>
+    <t>MZe</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Heřmánky</t>
+  </si>
+  <si>
+    <t>956239106</t>
+  </si>
+  <si>
+    <t>martina.hebertova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Martina Hebertová</t>
+  </si>
+  <si>
+    <t>LS Česká Lípa</t>
+  </si>
+  <si>
+    <t>Heřmánky, Dubá, okres Česká Lípa</t>
+  </si>
+  <si>
+    <t>516/6</t>
+  </si>
+  <si>
+    <t>Pozemek se nachází na okraji osady Loubí, je částečně oplocen.</t>
+  </si>
+  <si>
+    <t>120000</t>
+  </si>
+  <si>
+    <t>Povodí Labe, státní podnik</t>
+  </si>
+  <si>
+    <t>dbyt8g2</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 399/1 v katastrálním území Černá za Bory</t>
+  </si>
+  <si>
+    <t>2026-03-15</t>
+  </si>
+  <si>
+    <t>495088871</t>
+  </si>
+  <si>
+    <t>lodrovam@pla.cz</t>
+  </si>
+  <si>
+    <t>Martina Lodrová</t>
+  </si>
+  <si>
+    <t>majetkový odbor</t>
+  </si>
+  <si>
+    <t>Černá za Bory, Pardubice, okres Pardubice</t>
+  </si>
+  <si>
+    <t>399/1</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 399/1 v katastrálním území Černá za Bory, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 399, vodní plocha. Na nově vzniklém pozemku se nenacházejí žádné stavby a trvalé porosty. Pozemek je přístupný pouze přes pozemky jiných vlastníků pouze pro pěší.</t>
+  </si>
+  <si>
+    <t>8360</t>
+  </si>
+  <si>
+    <t>Prodej pozemku cesty p.č. 537/10, k.ú. Trpišov</t>
+  </si>
+  <si>
+    <t>956157106</t>
+  </si>
+  <si>
+    <t>petra.koreckova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Petra Korečková</t>
+  </si>
+  <si>
+    <t>Lesní správa Nasavrky</t>
+  </si>
+  <si>
+    <t>Trpišov, Slatiňany, okres Chrudim</t>
+  </si>
+  <si>
+    <t>537/10</t>
+  </si>
+  <si>
+    <t>Pozemek je podlouhlého úzkého tvaru a jeho výměra činí 62 m. Pozemek tvoří součást místní nezpevněné štěrkové cesty v lokalitě v prostoru mezi potokem a plotem sousedního pozemku. Náklady související s prodejem/převodem činí 5500 Kč (nejsou součástí ceny).</t>
+  </si>
+  <si>
+    <t>9300</t>
+  </si>
+  <si>
+    <t>prodej lesního pozemku p.č. 122/2 v k.ú. Vyšehněvice</t>
+  </si>
+  <si>
+    <t>956157115</t>
+  </si>
+  <si>
+    <t>dana.stastna@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Dana Šťastná</t>
+  </si>
+  <si>
+    <t>Vyšehněvice, Vyšehněvice, okres Pardubice</t>
+  </si>
+  <si>
+    <t>122/2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lesní pozemek o výměře 3530m2 na východním okraji obce Vyšehněvice navazující na výrobní areál. V územní plánu je mimo zastavěné území zařazený mezi Plochy lesní. Náklady související s prodejem činí 5000 Kč (nejsou součástí uvedené ceny). </t>
+  </si>
+  <si>
+    <t>88250</t>
+  </si>
+  <si>
+    <t>DIAMO, státní podnik</t>
+  </si>
+  <si>
+    <t>sjfywke</t>
+  </si>
+  <si>
+    <t>MPO ČR</t>
+  </si>
+  <si>
+    <t>Prodej částí pozemků p. č. 137/2, p. č. 137/5 v k. ú. Dolní Rožínka a části pozemku p. č. 1436/9 v k. ú. Rožná (prostor bývalého dřeviště)</t>
+  </si>
+  <si>
+    <t>318644151</t>
+  </si>
+  <si>
+    <t>majetekpribram@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Dagmar Kesslová</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIAMO, s. p., o. z. Příbram, oddělení majetku  </t>
+  </si>
+  <si>
+    <t>Dolní Rožínka, Dolní Rožínka, okres Žďár nad Sázavou</t>
+  </si>
+  <si>
+    <t>137/2, 137/5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej částí pozemků p. č. 137/2 - ostatní plocha, manipulační plocha o výměře 5 979 m2 z celkové výměry 6 632 m2 a p. č. 137/5 - ostatní plocha, manipulační plocha o výměře 56 m2 z celkové výměry 87 m2 v k. ú. Dolní Rožínka. Pozemky včetně zpevněných ploch se nacházejí v dobývacím prostoru Rožná a jsou situovány v oploceném areálu dolu R1 – prostor bývalého dřeviště.   </t>
+  </si>
+  <si>
+    <t>7302246</t>
+  </si>
+  <si>
+    <t>Rožná, Rožná, okres Žďár nad Sázavou</t>
+  </si>
+  <si>
+    <t>18587754</t>
+  </si>
+  <si>
+    <t>1436/9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej části pozemku p. č. 1436/9 - ostatní plocha, jiná plocha o výměře 15 362 m2 z celkové výměry 182 180 m2 v k. ú. Rožná. Pozemek včetně zpevněných ploch se nachází v dobývacím prostoru Rožná a je situovány v oploceném areálu dolu R1 – prostor bývalého dřeviště. Na pozemku se nachází inženýrská síť nezapsaná v katastru nemovitostí, a to vodovodní potrubí – přípojka Vírského vodovodu. Dále se zde nachází hlavní důlní dílo, komín ústící na povrch, který není předmětem převodu.   </t>
+  </si>
+  <si>
+    <t>Povodí Moravy, s.p.</t>
+  </si>
+  <si>
+    <t>m49t8gw</t>
+  </si>
+  <si>
+    <t>Dřevařská 932/11, Veveří, 60200 Brno, CZ</t>
+  </si>
+  <si>
+    <t>70890013</t>
+  </si>
+  <si>
+    <t>Prodej pozemku, k.ú. Hnojice</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>585711228</t>
+  </si>
+  <si>
+    <t>smekalova@pmo.cz</t>
+  </si>
+  <si>
+    <t>Mgr. Tereza Smékalová</t>
+  </si>
+  <si>
+    <t>závod Horní Morava</t>
+  </si>
+  <si>
+    <t>Hnojice, Hnojice, okres Olomouc</t>
+  </si>
+  <si>
+    <t>813/4</t>
+  </si>
+  <si>
+    <t>Pozemek tvoří funkční souvislost se stavbou rodinného domu a částečně je touto stavbou ve vlastnictví třetí osoby i zastavěn.</t>
+  </si>
+  <si>
+    <t>25120</t>
+  </si>
+  <si>
+    <t>Povodí Vltavy, státní podnik</t>
+  </si>
+  <si>
+    <t>gg4t8hf</t>
+  </si>
+  <si>
+    <t>prodej pozemku a části vodního díla k.ú. Mačkov</t>
+  </si>
+  <si>
+    <t>384683184</t>
+  </si>
+  <si>
+    <t>marketa.zajicova@pvl.cz</t>
+  </si>
+  <si>
+    <t>Zajícová</t>
+  </si>
+  <si>
+    <t>PS1 ZHV</t>
+  </si>
+  <si>
+    <t>Mačkov, Mačkov, okres Strakonice</t>
+  </si>
+  <si>
+    <t>1561/2</t>
+  </si>
+  <si>
+    <t>Prodej pozemku parc. č. 1561/2 k.ú. Mačkov, který nově vznikl oddělením od původního pozemku parc. č. 1561 k.ú. Mačkov dle GP spolu s částí vodního díla typu úprava koryta vodního toku z roku 1981 o délce 10 m pod číslem DVT-00004113 a názvem „4 (E) Mačkov“. Pozemek a část stavby, které jsou předmětem prodeje, budou dotčeny výstavbou malé vodní nádrže.</t>
+  </si>
+  <si>
+    <t>27100</t>
+  </si>
+  <si>
     <t>Ministerstvo zemědělství ČR</t>
   </si>
   <si>
-    <t>pozemek v k.ú. Vrchy</t>
-[...38 lines deleted...]
-    <t>sjfywke</t>
+    <t>Pozemek p.č. 2446/10 k.ú. Hodonín</t>
+  </si>
+  <si>
+    <t>725257511</t>
+  </si>
+  <si>
+    <t>veronika.sedlackova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Sedláčková</t>
+  </si>
+  <si>
+    <t>LZ Židlochovice</t>
+  </si>
+  <si>
+    <t>Hodonín, Hodonín, okres Hodonín</t>
+  </si>
+  <si>
+    <t>2446/10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek PKN 2446/10 o výměře 29 m2, druh pozemku – ostatní plocha, dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 8981, pro k.ú. Hodonín, obec Hodonín. Pozemek se nachází v severozápadním okraji zastavěného území města Hodonín. Tvoří funkční celek s oploceným areálem rodinného domu č. p. 3902, je užíván na základě nájemní smlouvy. Na pozemku se nenachází žádné trvalé porosty, má spíše charakter zahrady než ostatní plochy. Dle platného územního plánu města Hodonín je zahrnutý do ploch SM – plochy smíšené obytné. </t>
+  </si>
+  <si>
+    <t>50400</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p. č. 11142 a p. č. 11143 v k. ú. Strání</t>
+  </si>
+  <si>
+    <t>956957211</t>
+  </si>
+  <si>
+    <t>viktor.dvoracek@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Viktor Dvořáček</t>
+  </si>
+  <si>
+    <t>LČR, s.p. Správa toků - oblast povodí Moravy</t>
+  </si>
+  <si>
+    <t>Strání, Strání, okres Uherské Hradiště</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p. č. 11142 a p. č. 11143 - oba trvalý travní porost v k. ú. Strání, S 1230/23</t>
+  </si>
+  <si>
+    <t>57050</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 103/2 v k.ú. Sokoleč.</t>
+  </si>
+  <si>
+    <t>956177106</t>
+  </si>
+  <si>
+    <t>robert.cerny@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Černý Robert</t>
+  </si>
+  <si>
+    <t>LČR, s.p. LS Brandýs nad Labem</t>
+  </si>
+  <si>
+    <t>Sokoleč, Sokoleč, okres Nymburk</t>
+  </si>
+  <si>
+    <t>103/2</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 103/2 o výměře 85 m2, druh pozemku - ostatní plocha v k.ú. Sokoleč, S 964/21.</t>
+  </si>
+  <si>
+    <t>28050</t>
+  </si>
+  <si>
+    <t>Část pozemku parc. č. 2083, nově označeného jako 2083/2 o výměře 1502 m2, včetně VD, k. ú. Chabeřice</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>257099230</t>
+  </si>
+  <si>
+    <t>katerina.trnkova@pvl.cz</t>
+  </si>
+  <si>
+    <t>Ing. Kateřina Trnková</t>
+  </si>
+  <si>
+    <t>PS1 ZDV</t>
+  </si>
+  <si>
+    <t>Chabeřice, Chabeřice, okres Kutná Hora</t>
+  </si>
+  <si>
+    <t>2083/2</t>
+  </si>
+  <si>
+    <t>Část pozemku parc. č. 2083, nově označeného jako 2083/2 o výměře 1502 m2, jehož součástí je rušená část VD DVT 00002119 o délce 175,3 m, k. ú. Chabeřice</t>
+  </si>
+  <si>
+    <t>387940</t>
+  </si>
+  <si>
+    <t>Ředitelství silnic a dálnic s. p.</t>
+  </si>
+  <si>
+    <t>zjq4rhz</t>
+  </si>
+  <si>
+    <t>Převod pozemků parc. č.3765/19, parc. č. 3765/20, parc. č. 3765/21, parc. č. 3765/87 , parc. č. 3765/88 a parc. č. 2695/1 k.ú. Svinov</t>
+  </si>
+  <si>
+    <t>954903360</t>
+  </si>
+  <si>
+    <t>jana.duchonova@rsd.cz</t>
+  </si>
+  <si>
+    <t>Jana Duchoňová</t>
+  </si>
+  <si>
+    <t>ŘSD, Závod Brno</t>
+  </si>
+  <si>
+    <t>Svinov, Ostrava, okres Ostrava-město</t>
+  </si>
+  <si>
+    <t>parc. č.3765/19, parc. č. 3765/20, parc. č. 3765/21, parc. č. 3765/87 , parc. č. 3765/88 a parc. č. 2695/1 k.ú. Svinov</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Na základě přiloženého Geometrického plánu pro rozdělení pozemku č. 3381-169/2025 se z pozemku parc. č. 3765/58 oddělila část označená jako parc. č. 3765/87, o výměře 331 m2  a z pozemku parc. č. 3765/70 se oddělila část označená jako parc. č. 3765/88, o výměře 40 m2, ostatní pozemky zůstávají v původní výměře..</t>
+  </si>
+  <si>
+    <t>2989971.30</t>
+  </si>
+  <si>
+    <t>MD ČR</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 431/1 a p.č. 480 v k.ú. Zaječice u Bečova</t>
+  </si>
+  <si>
+    <t>braunova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Věra Braunová</t>
+  </si>
+  <si>
+    <t>SŽF</t>
+  </si>
+  <si>
+    <t>Zaječice u Bečova, Bečov, okres Most</t>
+  </si>
+  <si>
+    <t>431/1, 480</t>
+  </si>
+  <si>
+    <t>158000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 3763/4 v k.ú. Chomutov I</t>
+  </si>
+  <si>
+    <t>Chomutov I, Chomutov, okres Chomutov</t>
+  </si>
+  <si>
+    <t>373000</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 2299/1 a 2299/2 k.ú. Moravská Nová Ves</t>
+  </si>
+  <si>
+    <t>Moravská Nová Ves, Moravská Nová Ves, okres Břeclav</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 2299/1 o výměře 238 m2, druh pozemku – ostatní plocha a p.č. 2299/2 o výměře 224 m2, druh pozemku – ostatní plocha, oba dosud zapsány u Katastrálního úřadu pro Jihomoravský kraj, Katastrálního pracoviště Břeclav, na LV č. 2982, pro k.ú. Moravská Nová Ves. Leží na okraji zastavěného území, v platném územním plánu obce Moravská Nová Ves jsou vedeny v ploše Sa2 – plochy smíšené bydlení, zemědělství a ubytování (agroturistika). Oba pozemky jsou oploceny. Jsou užívány na základě nájemní smlouvy jako zahrada a přístupová cesta k rodinnému domu č.p. 95. Na pozemku p.č. 2299/2 se nachází okrasné dřeviny – 3 kusy borovice lesní, 1 kus dub červený.</t>
+  </si>
+  <si>
+    <t>499000</t>
+  </si>
+  <si>
+    <t>Ministerstvo dopravy ČR</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1476/4 k.ú. Hudčice</t>
+  </si>
+  <si>
+    <t>Hudčice, Hudčice, okres Příbram</t>
+  </si>
+  <si>
+    <t>1467/4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek parcela č. 1467/4 ostatní plocha - jiná plocha o výměře 1 832 m2  v obci Hudčice  s příslušenstvím v k.ú. 649236 Hudčice, obec Hudčice - zapsané na listu vlastnictví č.  177, který se nachází severovýchodně od zastavěné části obce Hudčice vedle železniční  trati a železničního přejezdu mezi obcemi Hudčice a Březnice. Pozemek je s travnatým  povrchem a po pravé straně se nachází na pozemku břehová zeleň zhruba v 1/2 zadní  části pozemku. Jedná se o neudržovanou, divoce rostoucí zeleň převážně keřů doplněnou  jednotlivými listnatými stromy a za hranicí pozemku s jedním jehličnanem. Na levé  straně sousedí se železniční tratí. Dále se pozemek parcela č. 1467/4 nalézá za  nemovitostí parcela č. 79 zastavěná plocha a nádvoří, jejíž součástí je stavba č. ev. 3,  stavba pro rodinnou rekreaci, parcela č. 80 zastavěná plocha a nádvoří a tyto dvě  – 6 – stavební parcely jsou obklopeny jejich náležející součástí pozemkem parcela č. 1467/2  ostatní plochou - jinou plochou a to vše zapsané na listu vlastnictví č. 166 v k.ú. Hudčice  ve vlastnictví: Hrachovcová Marie DiS., Nad Jezerem 774, 25246 Vrané nad Vltavou.  Nemovitost ev. č. 3 je napojena na elektrickou síť, další inženýrské sítě nejsou k  dispozici a zásobování vodou je z vlastní studny a odpadové vody jsou svedeny do  septiku. Pozemek parcela č. 1467/4 nemá na vlastní pozemek přivedeny žádné  inženýrské sítě. Nevýhodou je, že pozemek parcela č. 1467/4 má přístup přes pozemek  parcela č. 1467/3 a k tomu je zřízeno věcné břemeno pro oprávněného z této služebnosti  s povinností k pozemku parcela č. 1467/4, a to jízdy a chůze, vstupu a vjezdy za účelem  přístupu, což omezuje užívání pozemku. </t>
+  </si>
+  <si>
+    <t>502000</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1476/3 k.ú. Hudčice</t>
+  </si>
+  <si>
+    <t>RihovaD@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Dana Říhová</t>
+  </si>
+  <si>
+    <t>Odbor nakládání s nemovitým majetkem</t>
+  </si>
+  <si>
+    <t>1467/3</t>
+  </si>
+  <si>
+    <t>Pozemku parcela č. 1467/3 ostatní plocha - jiná plocha o výměře 1 376 m2  v obci Hudčice  s příslušenstvím v k.ú. 649236 Hudčice, obec Hudčice - zapsané na listu vlastnictví č.  177, který se nachází severovýchodně od zastavěné části obce Hudčice vedle železniční  trati a železničního přejezdu mezi obcemi Hudčice a Březnice. Pozemek je s travnatým  povrchem a po pravé straně se nachází na pozemku břehová zeleň. Jedná se o  neudržovanou, divoce rostoucí zeleň převážně keřů doplněnou jednotlivými stromy  převážně listnatými a za hranicí pozemku dvěma jehličnany. Na levé straně sousedí a i  obklopuje z druhé strany nemovitost parcelu č. 79 zastavěnou plochu a nádvoří, parcelu  – 6 – č. 80 zastavěnou plochu a nádvoří a tyto dvě stavební parcely jsou obklopeny jejich  součástí pozemkem parcela č. 1467/2 ostatní plochou - jinou plochou a to vše zapsané na  listu vlastnictví č. 166 v k.ú. Hudčice ve vlastnictví: Hrachovcová Marie DiS., Nad  Jezerem 774, 25246 Vrané nad Vltavou. Nemovitost ev. č. 3 je napojena na elektrickou  síť, další inženýrské sítě nejsou k dispozici a zásobování vodou je z vlastní studny a  odpadové vody jsou svedeny do septiku. Nevýhodou je, že pozemek parcela č. 1467/3 má  věcné břemeno s povinností k pozemku parcela č. 1467/4, tj. k vedlejšímu pozemku a to  jízdy a chůze, vstupu a vjezdy za účelem přístupu, což omezuje užívání pozemku a je to  určité znehodnocení pozemku.</t>
+  </si>
+  <si>
+    <t>382000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 435/4 k.ú. Kopec</t>
+  </si>
+  <si>
+    <t>956241116</t>
+  </si>
+  <si>
+    <t>jitka.janska@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jánská Jitka</t>
+  </si>
+  <si>
+    <t>LS Rumburk</t>
+  </si>
+  <si>
+    <t>Kopec, Staré Křečany, okres Děčín</t>
+  </si>
+  <si>
+    <t>435/4</t>
+  </si>
+  <si>
+    <t>Pozemek druhem ostatní plocha, ostatní komunikace, nezpevněná cesta mezi pozemky jiných vlastníků.</t>
+  </si>
+  <si>
+    <t>39310</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 448/13 v katastrálním území Třemošnice nad Doubravou</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>Třemošnice nad Doubravou, Třemošnice, okres Chrudim</t>
+  </si>
+  <si>
+    <t>448/13</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 448/13 v katastrálním území Třemošnice nad Doubravou, druh pozemku - zahrada, se nachází v zastavěné části obce Třemošnice. Pozemek je přístupný pouze přes pozemky jiného vlastníka a korytem vodního toku Zlatý potok, na jehož břehu se nachází. Na pozemek nejsou přivedeny žádné inženýrské sítě, nenachází se na něm žádná stavba.</t>
+  </si>
+  <si>
+    <t>104690</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Metánov</t>
+  </si>
+  <si>
+    <t>724623774</t>
+  </si>
+  <si>
+    <t>svetlana.pechova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Pechová Světlana</t>
+  </si>
+  <si>
+    <t>Lesní správa Pelhřimov</t>
+  </si>
+  <si>
+    <t>Metánov, Častrov, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>857/2</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k.ú. Metánov</t>
+  </si>
+  <si>
+    <t>41440</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Hořepník</t>
+  </si>
+  <si>
+    <t>Hořepník, Hořepník, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>380/2</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k.ú. Hořepník</t>
+  </si>
+  <si>
+    <t>238480</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemků v k.ú. Roučkovice </t>
+  </si>
+  <si>
+    <t>Roučkovice, Pacov, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>1427, 1469</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků k.ú. Roučkovice</t>
+  </si>
+  <si>
+    <t>142940</t>
+  </si>
+  <si>
+    <t>Prodej pozemku, k.ú. Karolinka</t>
+  </si>
+  <si>
+    <t>Karolinka, Karolinka, okres Vsetín</t>
+  </si>
+  <si>
+    <t>4469/5</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemek v okrajové části místní ČOV a veřejného prostranství vedle cyklostezky u Vsetínské Bečvy.</t>
+  </si>
+  <si>
+    <t>441975</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. st. 91 (vč. stavby pč. p. 66),  1070/6 a 1070/7 v k. ú. Hlinsko pod Hostýnem</t>
+  </si>
+  <si>
+    <t>728 363 429</t>
+  </si>
+  <si>
+    <t>silastikova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Dana Silaštíková</t>
+  </si>
+  <si>
+    <t>Hlinsko pod Hostýnem, Bystřice pod Hostýnem, okres Kroměříž</t>
+  </si>
+  <si>
+    <t>1302000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 2583/50 v k.ú. Horní Litvínov</t>
+  </si>
+  <si>
+    <t>2026-03-09</t>
+  </si>
+  <si>
+    <t>Horní Litvínov, Litvínov, okres Most</t>
+  </si>
+  <si>
+    <t>431000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 4560/94 a p.č. 4560/95 v k.ú. Teplice</t>
+  </si>
+  <si>
+    <t>Teplice, Teplice, okres Teplice</t>
+  </si>
+  <si>
+    <t>270000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 2260/62 v k.ú. Rumburk</t>
+  </si>
+  <si>
+    <t>kropacova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Kropáčová</t>
+  </si>
+  <si>
+    <t>Rumburk, Rumburk, okres Děčín</t>
+  </si>
+  <si>
+    <t>2260/62</t>
+  </si>
+  <si>
+    <t>498000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1094/5 v k.ú. Hatín</t>
+  </si>
+  <si>
+    <t>956193106</t>
+  </si>
+  <si>
+    <t>hana.duskova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Hana Dušková</t>
+  </si>
+  <si>
+    <t>LS Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>Hatín, Hatín, okres Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>1094/5</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1094/5 s druhem pozemku ostatní plocha, způsob využití jiná plocha o výměře 683 m2 v k.ú. Hatín</t>
+  </si>
+  <si>
+    <t>399000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku k.ú. Deštné</t>
+  </si>
+  <si>
+    <t>2026-03-08</t>
+  </si>
+  <si>
+    <t>956941352</t>
+  </si>
+  <si>
+    <t>barbora.nemcanska@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing.Barbora Němčanská</t>
+  </si>
+  <si>
+    <t>LESY ČR, s.p., OŘ severní Morava</t>
+  </si>
+  <si>
+    <t>Deštné, Jakartovice, okres Opava</t>
+  </si>
+  <si>
+    <t>1716/4</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 1716/4 s druhem pozemku ostatní plocha o výměře 219 m2 v k. ú. Deštné.</t>
+  </si>
+  <si>
+    <t>159200</t>
+  </si>
+  <si>
+    <t>Prodej budovy Bruntál č. p. 1579 a souvisejících pozemků v k.ú. Bruntál-město</t>
+  </si>
+  <si>
+    <t>956941329</t>
+  </si>
+  <si>
+    <t>Barbora Němčanská</t>
+  </si>
+  <si>
+    <t>Bruntál-město, Bruntál, okres Bruntál</t>
+  </si>
+  <si>
+    <t>213/2, 213/1, 219/3</t>
+  </si>
+  <si>
+    <t>Partyzánská</t>
+  </si>
+  <si>
+    <t>1579</t>
+  </si>
+  <si>
+    <t>Prodej budovy Bruntál č. p. 1579, která stojí na pozemku p. č. 213/2 s druhem pozemku zastavěná plocha a nádvoří o výměře 452 m v k.ú. Bruntál-město, včetně souvisejících pozemků p. č. 213/1 s druhem pozemku zastavěná plocha a nádvoří o výměře 746 m2 a pozemku p. č. 219/3 s druhem pozemku ostatní plocha o výměře 73 m2 v k.ú. Bruntál-město.</t>
+  </si>
+  <si>
+    <t>11190000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků k.ú. Deštné</t>
+  </si>
+  <si>
+    <t>Ing. Barbora Němčanská</t>
+  </si>
+  <si>
+    <t>1827/3, 1716/6</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 1827/3 s druhem pozemku ostatní plocha o výměře 226 m2 v k. ú. Deštné a pozemek p. č. 1716/6 s druhem pozemku ostatní plocha o výměře 26 m2 v k.ú. Deštné.</t>
+  </si>
+  <si>
+    <t>183200</t>
+  </si>
+  <si>
+    <t>1827/2, 1716/5</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 1827/2 s druhem pozemku ostatní plocha o výměře 76 m2 v k. ú. Deštné a pozemek p. č. 1716/5 s druhem pozemku ostatní plocha o výměře 160 m2 v k.ú. Deštné.</t>
+  </si>
+  <si>
+    <t>171570</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 2260/67 v k.ú. Rumburk</t>
+  </si>
+  <si>
+    <t>2260/67</t>
+  </si>
+  <si>
+    <t>292000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej p. č. 701 a p. č. 741 v k. ú. Dolní Libchava </t>
+  </si>
+  <si>
+    <t>725889647</t>
+  </si>
+  <si>
+    <t>mickoval@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Lenka Micková</t>
+  </si>
+  <si>
+    <t>Dolní Libchava, Česká Lípa, okres Česká Lípa</t>
+  </si>
+  <si>
+    <t>p. č. 701 a p. č. 741</t>
+  </si>
+  <si>
+    <t>28000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 2260/61 k.ú. Rumburk</t>
+  </si>
+  <si>
+    <t>2260/61</t>
+  </si>
+  <si>
+    <t>491000</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v k.ú. Budyně nad Ohří</t>
+  </si>
+  <si>
+    <t>956236109</t>
+  </si>
+  <si>
+    <t>lenka.brozova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Lenka Brožová</t>
+  </si>
+  <si>
+    <t>LS Litoměřice</t>
+  </si>
+  <si>
+    <t>Budyně nad Ohří, Budyně nad Ohří, okres Litoměřice</t>
+  </si>
+  <si>
+    <t>788/2</t>
+  </si>
+  <si>
+    <t>lesní pozemek o výměře 4620 m2</t>
+  </si>
+  <si>
+    <t>927015</t>
+  </si>
+  <si>
+    <t>801/9</t>
+  </si>
+  <si>
+    <t>lesní pozemek o výměře 3441 m2</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. 782/7 o výměře 26 m2</t>
+  </si>
+  <si>
+    <t>2026-03-07</t>
+  </si>
+  <si>
+    <t>PS 1 ZDV</t>
+  </si>
+  <si>
+    <t>Střelecká, Dobronín, okres Jihlava</t>
+  </si>
+  <si>
+    <t>782/7</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. 782/7 o výměře 26 m2, k. ú. Střelecká</t>
+  </si>
+  <si>
+    <t>11700</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. 1238/12 o výměře 210 m2, dle GP č. 1538-181/2025</t>
+  </si>
+  <si>
+    <t>Mladá Vožice, Mladá Vožice, okres Tábor</t>
+  </si>
+  <si>
+    <t>1238/12</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. 1238/12 o výměře 210 m2 oddělený z pozemku parc. č. 1238/1, dle GP č. 1538-181/2025, k. ú. Mladá Vožice</t>
+  </si>
+  <si>
+    <t>44100</t>
+  </si>
+  <si>
+    <t>Prodej pozemku k.ú. Milotice nad Opavou</t>
+  </si>
+  <si>
+    <t>2026-03-10</t>
+  </si>
+  <si>
+    <t>Milotice nad Opavou, Milotice nad Opavou, okres Bruntál</t>
+  </si>
+  <si>
+    <t>477/2</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 477/2 s druhem pozemku ostatní plocha, o výměře 474 m2 v k.ú. Milotice nad Opavou.</t>
+  </si>
+  <si>
+    <t>321300</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 2891/1, 2892/2 a 2892/3 k.ú. Poštorná</t>
+  </si>
+  <si>
+    <t>Poštorná, Břeclav, okres Břeclav</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2891/1, 2892/2 a 2892/3 </t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 2891/1 o výměře 2971 m2, druh pozemku – lesní pozemek, pozemek p.č. 2892/2 o výměře 286 m2, druh pozemku – vodní plocha a pozemek p.č. 2892/3 o výměře 1997 m2, druh pozemku – vodní plocha, vše dosud zapsáno v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Břeclav, na LV č. 3452, pro k.ú. Poštorná, obec Břeclav. Pozemky leží mimo zastavěné území, v platném územním plánu jsou řazeny do ploch LU – plochy lesní všeobecné. Pozemky jsou podmáčené, porost proředěný, spodní patro tvoří keře.</t>
+  </si>
+  <si>
+    <t>250096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ministerstvo zemědělství </t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Svinný S 1022/15</t>
+  </si>
+  <si>
+    <t>956155106</t>
+  </si>
+  <si>
+    <t>josef.kovar@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Josef Kovář</t>
+  </si>
+  <si>
+    <t>Lesní správa Ledeč nad Sázavou</t>
+  </si>
+  <si>
+    <t>Svinný, Chotěboř, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t>739/9</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesního pozemku p.č. 739/9 v k.ú. Svinný</t>
+  </si>
+  <si>
+    <t>101260</t>
+  </si>
+  <si>
+    <t>Prodej pozemku st.p.č. 3357 a p.č. 6778/11 v k.ú. Kraslice</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>Kraslice, Kraslice, okres Sokolov</t>
+  </si>
+  <si>
+    <t>3357, 6778/11</t>
+  </si>
+  <si>
+    <t>184000</t>
+  </si>
+  <si>
+    <t>MPO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek p.č. 243/15 v k.ú.Šumná u Litvínova  </t>
+  </si>
+  <si>
+    <t>720882550</t>
+  </si>
+  <si>
+    <t>nerglova@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Radomíra Nerglová</t>
+  </si>
+  <si>
+    <t>OSM</t>
+  </si>
+  <si>
+    <t>Šumná u Litvínova, Litvínov, okres Most</t>
+  </si>
+  <si>
+    <t>243/15</t>
+  </si>
+  <si>
+    <t>Pozemek p.č.243/15, ostatní plocha, jiná plocha, o výměře 19 m2, v k.ú.Šumná u Litvínova</t>
+  </si>
+  <si>
+    <t>21000</t>
+  </si>
+  <si>
+    <t>Pozemek dle GP č. 606/23 o výměře 516 m2, ostatní plocha, manipulační plocha v k.ú.Louka u Litvínova</t>
+  </si>
+  <si>
+    <t>Louka u Litvínova, Louka u Litvínova, okres Most</t>
+  </si>
+  <si>
+    <t>606/23</t>
+  </si>
+  <si>
+    <t>Pozemek p.č.606/23 o výměře  516 m2 byl oddělen z pozemku p.č.606/18 v k.ú.Louka u Litvínova.</t>
+  </si>
+  <si>
+    <t>90000</t>
+  </si>
+  <si>
+    <t>Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>kr7cdry</t>
+  </si>
+  <si>
+    <t>Ministerstvo vnitra ČR</t>
+  </si>
+  <si>
+    <t>Jednotka vymezená podle zákona o vlastnictví bytů č. j. 390/19, nebytový prostor, nacházející se v bytovém domě č.p. 390 na pozemku parc. č. 339, o výměře 556 m2 ,  zastavěná plocha a nádvoří, podíl na společných částech: 13820/168981, k.ú. Drahovice, obec Karlovy Vary, LV č. 4092, Katastrální úřad pro Karlovarský kraj, Katastrální pracoviště Karlovy Vary. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>954302327</t>
+  </si>
+  <si>
+    <t>reality.prodej@cpost.cz</t>
+  </si>
+  <si>
+    <t>Věra Kochová</t>
+  </si>
+  <si>
+    <t>Správa realit</t>
+  </si>
+  <si>
+    <t>Karlovy Vary, Karlovy Vary, okres Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Prodej bude probíhat formou VŘ</t>
+  </si>
+  <si>
+    <t>2400000</t>
+  </si>
+  <si>
+    <t>Budova s č.p.  260, stavba občanského vybavení, zapsaná v LV č.364, k.ú. Dřísy, stojí na pozemku (jiného vlastníka -  p.č.  st. 324 o výměře 256 m2,  k. ú. Dřísy, obec Dřísy, LV č. 10001), KÚ pro Středočeský kraj, Katastrálního pracoviště Praha-východ. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Denisa Janderková</t>
+  </si>
+  <si>
+    <t>Dřísy, Dřísy, okres Praha-východ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej je podmíněn zachováním služebnosti formou pošty Partner </t>
+  </si>
+  <si>
+    <t>3877613</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 6510 o výměře 926 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 4263 – stavba pro administrativu, k. ú. Jablonec nad Nisou, obec Jablonec nad Nisou, LV č. 1540, KÚ pro Liberecký kraj, Katastrálního pracoviště Jablonec nad Nisou. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Jablonec nad Nisou, Jablonec nad Nisou, okres Jablonec nad Nisou</t>
+  </si>
+  <si>
+    <t>přímý prodej městu za 110%</t>
+  </si>
+  <si>
+    <t>4500000</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 11102/43 o výměře 278 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 967/24, č. jed 967/24, jiný nebytový prostor, k. ú. Plzeň, obec Plzeň, LV č. 33152, KÚ pro Katastrální úřad pro Plzeňský kraj, Katastrální pracoviště Plzeň. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>3900000</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 720 o výměře 625 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 575 objekt občanské vybavenosti, pozemek parc. č. 414/15 o výměře 1 497 m2, ostatní plocha, k. ú. Jablonné nad Orlicí, obec Jablonné nad Orlicí, LV č. 360, KÚ pro Pardubický kraj, Katastrálního pracoviště Ústí nad Orlicí. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Jablonné nad Orlicí, Jablonné nad Orlicí, okres Ústí nad Orlicí</t>
+  </si>
+  <si>
+    <t>14600000</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. 67, o výměře 749 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 81, stavba občanského vybavení, k. ú. Velká Bíteš, obec Velká Bíteš, LV č. 435, KÚ pro Vysočinu, Katastrální pracoviště Velké Meziříčí. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Velká Bíteš, Velká Bíteš, okres Žďár nad Sázavou</t>
+  </si>
+  <si>
+    <t>Prodej je podmíněn zachováním služebnosti formou pošty Partner</t>
+  </si>
+  <si>
+    <t>30000000</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 157 o výměře 148 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 40 – rod. dům; pozemek parc. č. 1470 o výměře 16 m2, ostatní plocha, jiná plocha, k. ú. Česká Kubice, obec Česká Kubice, LV č. 107, KÚ pro Plzeňský kraj, Katastrální pracoviště Domažlice. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Česká Kubice, Česká Kubice, okres Domažlice</t>
+  </si>
+  <si>
+    <t>5100000</t>
+  </si>
+  <si>
+    <t>Jednotka č. 508/102, jednotka vymezená podle zákona o vlastnictví bytů, způsob využití dílna nebo provozovna, v budově s č. p. 506, 507, 508, k .ú. Slaný, obec Slaný, LV č. 7107, KÚ pro Středočeský kraj, Katastrální pracoviště  Slaný. Podíl v rozsahu 902/21695 na pozemku parc. č. st. 2906 o výměře 755 m2, zastavěná plocha a nádvoří, podíl v rozsahu 902/21695 na  stavbě č. p. 506, 507, 508, bytový dům, který je součástí tohoto pozemku, k. ú. Slaný, obec Slaný, LV č. 6210, KÚ pro Středočeský kraj, Katastrálního pracoviště Slaný. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Slaný, Slaný, okres Kladno</t>
+  </si>
+  <si>
+    <t>4223130</t>
+  </si>
+  <si>
+    <t>Bezúplatný převod pozemku p.č. st. 41 včetně stavby č.p. 42 a pozemku p.č. 982/5 v k.ú Teplička</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>Teplička, Teplička, okres Karlovy Vary</t>
+  </si>
+  <si>
+    <t>st. 41; 982/5</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 2034, 2040/8, 488/28, 2486/5 a 2442/3 k.ú. Kounické Předměstí</t>
+  </si>
+  <si>
+    <t>Kounické Předměstí, Ivančice, okres Brno-venkov</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 488/28 – lesní pozemek o výměře 58 m2, p.č. 2034 – lesní pozemek o výměře 1592 m2, p.č. 2040/8 – lesní pozemek o výměře 61 m2, p.č. 2442/3 – ostatní plocha o výměře 1006 m2, p.č. 2486/5 – lesní pozemek o výměře 701 m2, vše dosud zapsáno v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Brno-venkov, na LV č. 2781, pro k.ú. Kounické Předměstí, obec Ivančice. Výše uvedené pozemky na sebe nenavazují, jsou roztroušeny v katastru Kounické Předměstí. Jejich celková výměra činí 3 418 m2. Pozemky p.č. 488/28, 2034, 2040/8 a 2486/5 jsou v územním plánu vedeny v ploše LE – plochy lesní, pozemek p.č. 2442/3 v ploše MNp – plochy smíšené nezastavěného území – přírodní priority. Na pozemcích 488/28 a 2040/8 je evidováno bezlesí, na pozemku p.č. 2034 (834F07), a na p.č. 2486/5 (834E07) se nachází akátový porost ve věku cca 69 let, na pozemku p.č. 2442/3 se nachází porost akátu a jasanu ve věku 15 let, cca 120 m2 tvoří polní cesta.</t>
+  </si>
+  <si>
+    <t>59370</t>
+  </si>
+  <si>
+    <t>Mze</t>
+  </si>
+  <si>
+    <t>Prodej pozemku pod stavbou cizích vlastníků</t>
+  </si>
+  <si>
+    <t>725257373</t>
+  </si>
+  <si>
+    <t>marcela.kacetlova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Marcela Kacetlová</t>
+  </si>
+  <si>
+    <t>LS Lužná</t>
+  </si>
+  <si>
+    <t>Lužná u Rakovníka, Lužná, okres Rakovník</t>
+  </si>
+  <si>
+    <t>2263/4</t>
+  </si>
+  <si>
+    <t>Celková výměra pozemku 5 m2 pod nemovitostí cizích vlastníků</t>
+  </si>
+  <si>
+    <t>5560</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/48 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>Dubňany, Dubňany, okres Hodonín</t>
+  </si>
+  <si>
+    <t>1058/48</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/48 o výměře 124 m2, zastavěná plocha a nádvoří, dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany, obec Dubňany. Pozemek se nachází v okrajové části města Dubňany. V platném územním plánu je vedenyv ploše OS – plochy občanského vybavení. Na pozemku se nachází stavba ve vlastnictví třetí osoby.</t>
+  </si>
+  <si>
+    <t>116290</t>
+  </si>
+  <si>
+    <t>MZE</t>
+  </si>
+  <si>
+    <t>S 747/24/125 pozemek p.č. 2832/2 k.ú. Nový Malín</t>
+  </si>
+  <si>
+    <t>724524091</t>
+  </si>
+  <si>
+    <t>jana.trojakova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jana Trojáková</t>
+  </si>
+  <si>
+    <t>OŘ severní Morava</t>
+  </si>
+  <si>
+    <t>Nový Malín, Nový Malín, okres Šumperk</t>
+  </si>
+  <si>
+    <t>2832/2</t>
+  </si>
+  <si>
+    <t>p.č. 2832/2 - ostatní plocha o výměře 148 m2</t>
+  </si>
+  <si>
+    <t>103600</t>
+  </si>
+  <si>
+    <t>S 704/23/125 pozemek p.č. 559/4 k.ú. Štědrákova Lhota</t>
+  </si>
+  <si>
+    <t>Štědrákova Lhota, Ruda nad Moravou, okres Šumperk</t>
+  </si>
+  <si>
+    <t>559/4</t>
+  </si>
+  <si>
+    <t>p.č. 559/4 - ostatní plocha o výměře 263 m2</t>
+  </si>
+  <si>
+    <t>92050</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/113 v katastrálním území Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>Týniště nad Orlicí, Týniště nad Orlicí, okres Rychnov nad Kněžnou</t>
+  </si>
+  <si>
+    <t>2290/113</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/113 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>58750</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/112 v katastrálním území Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>2290/112</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/112 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>25250</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/111 v katastrálním území Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>2026-03-01</t>
+  </si>
+  <si>
+    <t>2290/111</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/111 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>23500</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/106 v katastrálním území Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>2290/106</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/106 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>24500</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 911/15 a p.č. 911/16 v k.ú. Unčín u Krupky</t>
+  </si>
+  <si>
+    <t>Unčín u Krupky, Krupka, okres Teplice</t>
+  </si>
+  <si>
+    <t>911/15 a 911/16</t>
+  </si>
+  <si>
+    <t>217000</t>
+  </si>
+  <si>
+    <t>Pozemek v k. ú. Dolní Věžnice</t>
+  </si>
+  <si>
+    <t>Dolní Věžnice, Věžnice, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t>st. 57/4</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 57/4, výměra 23 m2, druh pozemku zastavěná plocha a nádvoří</t>
+  </si>
+  <si>
+    <t>15870</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/107 v katastrálním území Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>2290/107</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/107 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>26000</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/108 v katastrálním území Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>2290/108</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/108 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>18500</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/109 v katastrálním území Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>2290/109</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/109 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>28750</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek - parcela č. 2290/11 v katastrálním území Týniště nad Orlicí </t>
+  </si>
+  <si>
+    <t>2290/110</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 2290/110 v katastrálním území Týniště nad Orlicí, vodní plocha, vznikl geometrickým odměření od původní parcely č. 2290/99, vodní plocha. Nově vzniklý pozemek je břehovým pozemkem vodního toku Alba. Koryto vodního toku se na něm nenachází a dle platného územního plánu je určen jako plocha označená RZ - plocha rekreace a zahrádkové osady.</t>
+  </si>
+  <si>
+    <t>26250</t>
+  </si>
+  <si>
+    <t>Pozemek k. ú. Svépravice</t>
+  </si>
+  <si>
+    <t>Svépravice, Svépravice, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>st.112</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 112, výměra 41 m2, druh pozemku zastavěná plocha a nádvoří</t>
+  </si>
+  <si>
+    <t>48380</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. st. 105 včetně budovy bez č.p. a pozemku p.č. 1502 v k.ú. Veletice</t>
+  </si>
+  <si>
+    <t>verabraunova@seznam.cz</t>
+  </si>
+  <si>
+    <t>Veletice, Holedeč, okres Louny</t>
+  </si>
+  <si>
+    <t>st. 105, 1502</t>
+  </si>
+  <si>
+    <t>Veletice žel. zastávka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">bez č.p./č.e  </t>
+  </si>
+  <si>
+    <t>436000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Nový Rychnov</t>
+  </si>
+  <si>
+    <t>Nový Rychnov, Nový Rychnov, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>1533/2,1687,1690,1774/2,1779,2050/5,2087/1</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků k.ú. Nový Rychnov</t>
+  </si>
+  <si>
+    <t>262180</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Rovná u Hořepníku</t>
+  </si>
+  <si>
+    <t>Rovná u Hořepníku, Rovná, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>258/6</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku k.ú. Rovná u Hořepníku</t>
+  </si>
+  <si>
+    <t>46240</t>
+  </si>
+  <si>
+    <t>Prodej tavby bez č.p./č.e. na pozemku p.č. st. 709 (majetek ČD), k.ú. Stříbro</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>702263859</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace, SŽ Facility, Odbor nakládání s nemovitým majetkem, Oddělení přípravy pozbytí Sídlo: Dlážděná 1003/7, 110 00 Praha 1, pracoviště: Ke Štvanici 656/3, 186 00 Praha 8</t>
+  </si>
+  <si>
+    <t>Stříbro, Stříbro, okres Tachov</t>
+  </si>
+  <si>
+    <t>Stříbro</t>
+  </si>
+  <si>
+    <t>bez č.p./č.e.</t>
+  </si>
+  <si>
+    <t>Nemovitost cca 500 m od žst. Plešnice v ochranném pásmu dráhy Plzeň hlavní nádraží - Cheb. Jedná se o budovu bývalé vodárny o zastavěné ploše 81 m2 a obestavěném prostoru 1176 m3, ležící na pozemku ve vlastnictvi spol. České dráhy,a.s.  která s jejím prodejem souhlasí a neuplatňuje své předkupní právo. Stavba je ve zhoršeném technickém stavu. Daná nemovitost bude prodána včetně kabelové skříně KS07 a cca 210 m dlouhé kabelové trasy vedoucí z kabelové skříně KS 06 na okolním objektu Správy železnic. Budoucí nabyvatel se bude muset zavázat, že umožní z dané kabelové skříně KS07 odběr elektrické energie z lokální distribuční soustavy Správy železnic majitelům sousedních rekreačních objektů, jež jsou k dané kabelové skříni připojeni kabelovým vedením v jejich vlastnictví. Ppřímý přístup k budově z veřejné komunikace není možný. K budově je možné přistupovat z pozemku p.č. 3031/4 vedeném jako ostatní komunikace v majetku České republiky přes pozemek p.č. 3258/26 v majetku spol. České dráhy, a.s. vedený jako ostatní ploha - jiná plocha. Případné smluvní zajištění přístupu si musí nový nabyvatel zajistit sám po prodeji. V blízkosti budovy je vedení elektronických komunikací ve správě společnosti CETIN, a.s. které je uloženo pod povrchem a vede v těsné blízkosti budovy až k jejímu obvodu. Spolu s kupní smlouvou bude zřízena služebnost spočívající v povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy. Dále bude v rámci kupní smlouvy zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Z hlediska územního plánu se nemovitost nachází v plochách dopravní infrastruktury - drážní doprava.</t>
+  </si>
+  <si>
+    <t>398000</t>
+  </si>
+  <si>
+    <t>Pozemky p.č.1058/58, 1058/57, 1058/59 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>1058/58, 1058/57, 1058/59</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/58 o výměře 15 m2, zastavěná plocha a nádvoří, p.č. 1058/57 o výměře 21 m2, ostatní plocha, vznik z pozemku p.č. 1058/44 na základě GP č. 2438-41/2013 a p.č. 1058/59 o výměře 18 m2, ostatní plocha, vznik z pozemku p.č. 1058/44 na základě GP č. 2438-41/2013. Pozemek p.č. 1058/44 je dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany. Pozemky se nachází v okrajové části města Dubňany. V platném územním plánu jsou vedeny v ploše OS – plochy občanského vybavení. Na pozemku p.č. 1058/58 je stavba bez č.p./ č.ev. (sklad), která je ve vlastnictví třetí osoby. Oddělená část pozemku 1058/44 označená jako p.č. 1058/57 je pozemek pod balkonem, který je součástí bytové jednotky ve vlastnictví třetí osoby, část pozemku 1058/44 označená jako p.č. 1058/59 je pozemek pod pergolou.</t>
+  </si>
+  <si>
+    <t>50650</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/56 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>1058/56</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/56 o výměře 68 m2, ostatní plocha, vznik z pozemku p.č. 1058/44 na základě GP č. 2438-41/2013. Pozemek p.č. 1058/44 je dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany. Pozemek se nachází v okrajové části města Dubňany. V platném územním plánu je veden v ploše OS – plochy občanského vybavení. Je užíván na základě nájemní smlouvy jako dvůr, navazuje na nebytovou jednotku.</t>
+  </si>
+  <si>
+    <t>63770</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/47 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>1058/47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek p.č. 1058/47 o výměře 23 m2, zastavěná plocha a nádvoří, dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany. Leží v okrajové části města Dubňany. V platném územním plánu je veden v ploše OS – plochy občanského vybavení. Na pozemku se nachází obytná místnost ve vlastnictví třetí osoby, nad kterou je balkon, který navazuje na bytovou jednotku ve vlastnictví třetí osoby.  </t>
+  </si>
+  <si>
+    <t>21570</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/44 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t xml:space="preserve">pozemek se nachází v okrajové části města Dubňany. V platném územním plánu je veden v ploše OS – plochy občanského vybavení. Jedná se o společný dvůr vlastníků jednotek bytového domu č.p. 1643 </t>
+  </si>
+  <si>
+    <t>100350</t>
+  </si>
+  <si>
+    <t>Pozemky TTP v k.ú. Rudov</t>
+  </si>
+  <si>
+    <t>LS Nasavrky</t>
+  </si>
+  <si>
+    <t>Rudov, Míčov-Sušice, okres Chrudim</t>
+  </si>
+  <si>
+    <t>134/11, 134/12</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemky navazující na stavbu pro rodinnou rekreaci a jsou využívané jako zahrada. Náklady související s prodejem činí 4900 Kč (nejsou součástí ceny), pozemky jsou v zastavěné území obce a podléhají DPH.H.</t>
+  </si>
+  <si>
+    <t>104000</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 738/12</t>
+  </si>
+  <si>
+    <t>Ostrovačice, Ostrovačice, okres Brno-venkov</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek p. č. 738/12 se nachází při okraji lesního porostu vlevo od komunikace ze Žebětína do Ostrovačic, u zástavby rodinných domů na ulici Na Šípu v blízkosti rodinného domu č.p. 257, cca 300 m západně od areálu Autodromu Brno - Masarykova okruhu. Na pozemku protáhlého tvaru protáhlého obdélníku přibližně o délce 46 m a šířce 2,50 m je postaveno podél delší strany oplocení v podobě podélné zdi z gabionů přerušované sloupky z betonových tvárnic, na straně blíže k uvedené komunikaci je na pozemku část vedlejší zděné stavby se sedlovou střechou, zbývající plocha pozemku je zpevněna zámkovou dlažbou - vše ve vlastnictví třetí osoby. </t>
+  </si>
+  <si>
+    <t>182000</t>
+  </si>
+  <si>
+    <t>Pozemek k. ú. Hulice</t>
+  </si>
+  <si>
+    <t>Hulice, Hulice, okres Benešov</t>
+  </si>
+  <si>
+    <t>956/1</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. 956/1, výměra 2607 m2, druh pozemku orná půda</t>
+  </si>
+  <si>
+    <t>101670</t>
+  </si>
+  <si>
+    <t>Prodej pozemků k.ú. Nový Rychnov</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>1739, 1762, 1765</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v k.ú. Nový Rychnov</t>
+  </si>
+  <si>
+    <t>252960</t>
+  </si>
+  <si>
+    <t>Prodej pozemků k.ú. Otín u Stonařova</t>
+  </si>
+  <si>
+    <t>Otín u Stonařova, Otín, okres Jihlava</t>
+  </si>
+  <si>
+    <t>517/2, 522/1, 524/1</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v k.ú. Otín u Stonařova</t>
+  </si>
+  <si>
+    <t>16580</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Otín u Stonařova</t>
+  </si>
+  <si>
+    <t>536/2, 538/2</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků k.ú. Otín u Stonařova</t>
+  </si>
+  <si>
+    <t>4260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ministerstvo dopravy </t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 4455/1 a p.č. 3072/4 v k.ú. Valašské Klobouky</t>
+  </si>
+  <si>
+    <t>724961676</t>
+  </si>
+  <si>
+    <t>petr.najvarek@atlas.cz</t>
+  </si>
+  <si>
+    <t>Ing. Petr Najvárek</t>
+  </si>
+  <si>
+    <t>Valašské Klobouky, Valašské Klobouky, okres Zlín</t>
+  </si>
+  <si>
+    <t>4455/1, 3072/7</t>
+  </si>
+  <si>
+    <t>12000</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1072/7 k.ú. Třebovice ve Slezsku</t>
+  </si>
+  <si>
+    <t>Třebovice ve Slezsku, Ostrava, okres Ostrava-město</t>
+  </si>
+  <si>
+    <t>1072/7</t>
+  </si>
+  <si>
+    <t>295000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku k.ú. Zahrádka u Pošné</t>
+  </si>
+  <si>
+    <t>Zahrádka u Pošné, Pošná, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>288/1</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku k.ú. Zahrádka u Pošné</t>
+  </si>
+  <si>
+    <t>159680</t>
+  </si>
+  <si>
+    <t>155/2</t>
+  </si>
+  <si>
+    <t>50900</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/45 a 1058/55 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>1505/45 a 1058/55</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/45 o výměře 18 m2, zastavěná plocha a nádvoří, p.č. 1058/55 o výměře 61 m2, ostatní plocha, vznik z pozemku p.č. 1058/44 na základě GP č. 2438-41/2013. Pozemek p.č. 1058/44 je dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany, obec Dubňany. Pozemky se nachází v okrajové části města Dubňany. V platném územním plánu jsou vedeny v ploše OS – plochy občanského vybavení. Na pozemku p.č. 1058/45 je stavba bez č.p./ č.ev. garáž, která je ve vlastnictví třetí osoby. Oddělená část pozemku 1058/44 označená jako p.č. 1058/55 navazuje na bytovou jednotku a je užívána jako předzahrádka. Na oba pozemky je uzavřená nájemní smlouva.</t>
+  </si>
+  <si>
+    <t>74090</t>
   </si>
   <si>
     <t>Ministerstvo průmyslu a obchodu</t>
   </si>
   <si>
-    <t>Popis záznamu: D550 – Pozemky v k. ú. Doubrava u Orlové</t>
-[...8 lines deleted...]
-    <t>karvina@diamo.cz</t>
+    <t>Stavba č. p. 1756, stavba občanského vybavení, včetně přilehlých pozemků, součástí a příslušenství, vše v k. ú. Petřvald u Karviné, obec Petřvald</t>
+  </si>
+  <si>
+    <t>606146618</t>
+  </si>
+  <si>
+    <t>roman@diamo.cz</t>
   </si>
   <si>
     <t>Ing. Kamil Roman</t>
   </si>
   <si>
-    <t>DIAMO s. p., odštěpný závod Karviná, Sirotčí 1145/7, Vítkovice, 703 00  Ostrava</t>
-[...272 lines deleted...]
-    <t>725 553 303</t>
+    <t>Oddělení majetku</t>
+  </si>
+  <si>
+    <t>Petřvald u Karviné, Petřvald, okres Karviná</t>
+  </si>
+  <si>
+    <t>5076/4</t>
+  </si>
+  <si>
+    <t>Klimšova</t>
+  </si>
+  <si>
+    <t>1756</t>
+  </si>
+  <si>
+    <t>Předmětem převodu jsou pozemky p. č. 5076/3 – ostatní plocha, jiná plocha o výměře 1 402 m², p. č. 5076/4 – zastavěná plocha a nádvoří o výměře 496 m², jehož součástí je stavba č. p. 1756, stavba občanského vybavení a p. č. 5076/5 – ostatní plocha, ostatní komunikace o výměře 523 m² zapsané u Katastrálního úřadu pro Moravskoslezský kraj, katastrální pracoviště Karviná na LV č. 2989 pro k. ú. Petřvald u Karviné, obec Petřvald. Stavba č. p. 1756 na pozemku p. č. 5076/4 v k. ú. Petřvald u Karviné, obec Petřvald původně sloužila jako zdravotní středisko s jednotlivými ambulantními pracovišti. Nyní je v budově provozována zubní ordinace, ordinace praktického lékaře a zbylé prostory jsou pronajaty pro komerční účely. Jedná se o dvoupodlažní, nepodsklepený objekt. Zastřešení je řešeno plochou střechou, krytinu tvoří asfaltové pásy. Součástí budovy je plynová kotelna se dvěma kotly Buderus Logano G 234 - 60 r. v 2012 o výkonu 2 x 60 kW, sloužící k vytápění daného objektu. Součástí převodu je ohřívač vody el. zásobník 20 l, 2,2 kW, smíšené zpevněné plochy o celkové výměře 194 m2, oplocení o délce cca 86 bm na p. p. č. 5076/3, přípojka kanalizační splašková trasa „L“ včetně šachtic Š1-Š5, 2 přípojky dešťové kanalizace, přípojka trasa „N“ včetně revizní šachtice Sa a přípojka trasa „O“ včetně revizní šachtice Sb, vodovodní přípojka k objektu včetně vodoměrné šachtice, elektrická přípojka NN AYKY-J 4x75, vše v k. ú. Petřvald u Karviné, obec Petřvald. Vzhledem ke stavu kabelu, který je na hraně životnosti a k omezené volné kapacitě LDS v této části areálu, bude ponechán pro napájení objektu elektřinou maximálně stávající příkon, který nebude možné navýšit. Části předmětu převodu, a to konkrétně vodovodní a kanalizační přípojky se nacházejí mj. v části pozemku p. č. 6399, ul. Klimšova, ve vlastnictví Města Petřvald. A dále elektrická přípojka NN, která se nachází mj. v části pozemku p. č. 5084, p. č. 5091, p. č. 5092, p. č. 5099/3, ul. Závodní a p. č. 4921/94, vše v k. ú. Petřvald u Karviné, obec Petřvald. K částem výše popsaných přípojek, nacházejících se na pozemcích jiných vlastníků nejsou historicky zřízena věcná břemena zapsána do katastru nemovitostí, není tedy řešeno v tomto rozsahu užívání těchto částí pozemků. Převáděné pozemky včetně všech součástí a příslušenství spolu s objektem č. p. 1756 tvoří jednotný funkční celek nacházející se vně areálu bývalého Dolu Pokrok. Nemovitosti jsou volně přístupné po veřejné komunikaci ul. Klimšova. Části převáděných pozemků jsou zatíženy věcnými břemeny – služebnostmi, které jsou v katastru nemovitostí zapsané na listu vlastnictví č. 2989 (v části C) pro k. ú. Petřvald u Karviné, obec Petřvald. K převáděným pozemkům se vážou, příp. mohou vázat práva třetích osob spočívající v oprávnění odpovídajícímu věcnému břemeni nezapsanému v katastru nemovitostí. Části budovy č. p. 1756 jsou pronajaty na základě nájemních smluv, které budou v případě převodu postoupeny na budoucího vlastníka nebo zaniknou. Spolu s převodem majetku v rámci Kupní smlouvy a smlouvy o zřízení služebností budou uzavřeny služebnosti, a to: 1) splaškové kanalizační přípojky k tíži části pozemku p. č. 5076/5 v k. ú. Petřvald u Karviné, obec Petřvald v rozsahu dle GP č. 5511-16/2021, ve prospěch vlastníka pozemku p. č. 5078, jehož součástí je stavba, a to budova s č. p. 750, víceúčelová stavba v celkové výši 500,00 Kč bez DPH, hradí DIAMO, s. p. 2) podzemní elektrické přípojky NN k tíži částí pozemků p. č. 5079, p. č. 5076/2, p. č. 5076/10 a p. č. 5076/20, vše v k. ú. Petřvald u Karviné, obec Petřvald v rozsahu dle GP č. 5512-17/2021, ve prospěch (budoucího) vlastníka pozemku p. č. 5076/4, jehož součástí je stavba č. p. 1756, stavba občanského vybavení. Náhrada za zřízení služebnosti (liniová stavba podzemní) bude ve výši 440,00 Kč/m2 „in rem“, což při výměře 147 m2 činí celkem 64 680,00 Kč bez DPH, hradí (budoucí) nabyvatel, resp. kupující. K této částce bude připočtena daň z přidané hodnoty (DPH) ve výši a sazbě dle obecně závazných právních předpisů České republiky platných a účinných v okamžiku zdanitelného plnění. V souvislosti s průběžně probíhající VSNN – budova č. p. 750, víceúčelová stavba, včetně přilehlých pozemků, součástí a příslušenství, vše v k. ú. Petřvald u Karviné, obec Petřvald může dojít k úpravě zřizovaných služebností popsaných viz výše. Převáděné pozemky se nachází v ploše původně stanoveného dobývacího prostoru „Petřvald I“, stanoveném pro dobývání černého uhlí, který byl rozhodnutím Obvodního báňského úřadu v Ostravě zmenšen, ve zvláštním dobývacím prostoru „Petřvald II“, stanoveném obchodní společnosti Green Gas DPB, a.s. pro dobývání vyhrazeného nerostu hořlavý zemní plyn vázaný na uhelné sloje na výhradním ložisku s názvem „Rychvald“, v území plochy „M“ chráněného ložiskového území (CHLÚ) české části Hornoslezské pánve pro výhradní ložisko černého uhlí (plocha „M“ nevyžaduje stanovení podmínek zajištění stavby proti účinkům poddolování), v CHLÚ Rychvald pro výhradní ložiska hořlavého zemního plynu vázaného na uhelné sloje v CHLÚ Rychvald, a dále v území kategorizovaném jako území s možnými nahodilými výstupy metanu na povrch. Níže uvedená požadovaná cena je uvedena bez DPH. Daň z přidané hodnoty (DPH) bude fakturována ve výši a sazbě dle obecně závazných právních předpisů České republiky platných a účinných v okamžiku zdanitelného plnění.</t>
+  </si>
+  <si>
+    <t>15120000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Cerekvička</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>Cerekvička, Cerekvička-Rosice, okres Jihlava</t>
+  </si>
+  <si>
+    <t>999/8, 1008/1</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků k.ú. Cerekvička</t>
+  </si>
+  <si>
+    <t>69940</t>
+  </si>
+  <si>
+    <t>MZe - S 239/25</t>
+  </si>
+  <si>
+    <t>Prodej pozemku</t>
+  </si>
+  <si>
+    <t>956239112</t>
+  </si>
+  <si>
+    <t>katerina.jerabkova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Kateřina Jeřábková</t>
+  </si>
+  <si>
+    <t>Velký Valtinov, Velký Valtinov, okres Česká Lípa</t>
+  </si>
+  <si>
+    <t>1132/3</t>
+  </si>
+  <si>
+    <t>Poz. p.č. 1132/3 o výměře 2254 m2, pruh pozemku vedený a užívaný jako orná půda, vklíněn mezi pozemky jiných vlastníků.</t>
+  </si>
+  <si>
+    <t>155000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Spálené Poříčí</t>
+  </si>
+  <si>
+    <t>956212106</t>
+  </si>
+  <si>
+    <t>jiri.stach@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jiří Stach</t>
+  </si>
+  <si>
+    <t>LS Přeštice</t>
+  </si>
+  <si>
+    <t>Spálené Poříčí, Spálené Poříčí, okres Plzeň-jih</t>
+  </si>
+  <si>
+    <t>31/13</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 31/13 ostatní plocha o výměře 102 m2 v k.ú. Spálené Poříčí.</t>
+  </si>
+  <si>
+    <t>209909</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Otín u Stonařova</t>
+  </si>
+  <si>
+    <t>498/1, 503/10</t>
+  </si>
+  <si>
+    <t>18560</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 636/6 v k.ú. Podskalí</t>
+  </si>
+  <si>
+    <t>956197112</t>
+  </si>
+  <si>
+    <t>olga.rybova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Rybová Olga</t>
+  </si>
+  <si>
+    <t>LS Tábor</t>
+  </si>
+  <si>
+    <t>Podskalí, Klučenice, okres Příbram</t>
+  </si>
+  <si>
+    <t>636/6</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 636/6 o výměře 124 m2 s druhem pozemku ostatní plocha v k.ú. Podskalí</t>
+  </si>
+  <si>
+    <t>23312</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 5863/10 v k.ú. Chomutov I</t>
+  </si>
+  <si>
+    <t>5863/10</t>
+  </si>
+  <si>
+    <t>185000</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 645/1 k.ú. Medlov</t>
+  </si>
+  <si>
+    <t>Medlov, Medlov, okres Brno-venkov</t>
+  </si>
+  <si>
+    <t>645/1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek leží mimo zastavěné území, v platném územním plánu obce Medlov je pozemek veden v ploše NS – plochy smíšené nezastavěného území. </t>
+  </si>
+  <si>
+    <t>4500</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 1370/6, k. ú. Veveří</t>
+  </si>
+  <si>
+    <t>2026-02-22</t>
+  </si>
+  <si>
+    <t>Pejsarova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Daniela Pejsarová</t>
+  </si>
+  <si>
+    <t>Správa železnic, s.o., SŽ Facility, Odbor pozbývání majetku</t>
+  </si>
+  <si>
+    <t>Veveří, Brno, okres Brno-město</t>
+  </si>
+  <si>
+    <t>p. č. 1370/6</t>
+  </si>
+  <si>
+    <t>Pozemek o výměře 113 m2, druh pozemku - ostatní plocha, způsob využití - jiná plocha</t>
+  </si>
+  <si>
+    <t>806000</t>
+  </si>
+  <si>
+    <t>Prodej p. č. 1578/4 v k. ú. Vinařice u Kladna</t>
+  </si>
+  <si>
+    <t>725553303</t>
   </si>
   <si>
     <t>videticova@spravazeleznic.cz</t>
   </si>
   <si>
     <t>Markéta Videtičová</t>
   </si>
   <si>
-    <t>Jesenice u Rakovníka, Jesenice, okres Rakovník</t>
-[...479 lines deleted...]
-    <t>2585/18</t>
+    <t>Vinařice u Kladna, Vinařice, okres Kladno</t>
+  </si>
+  <si>
+    <t>1578/4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek parc.č. 1578/4 o výměře 8822 m2 , v katastru nemovitostí vedený jako ostatní plocha/dráha.  Na pozemku se nachází pozůstatky (torza) staveb po bývalém čedičovém lomu, tj. kamenné opěrné  zdi a zídky, pozůstatky betonových obloukových podpěr bývalého mostu vlečky, kamenné  hektometrovníky a železné a dřevěné sloupky, vše zmiňované nebude součástí prodeje, není  předmětem ocenění.  Mezi podpěrami bývalého mostu se nachází žlutá zábrana ve vlastnictví obce Vinařice, zábrana  nebude součástí prodeje, není předmětem ocenění.  Na pozemku se dále nachází travní porost, stromy a náletové dřeviny, které jsou součástí pozemku a  budou součástí prodeje. Jedná se o výlučně náletový neudržovaný porost.  Při místním šetření zjištěny na pozemku 2 propustky, oba nepřístupné ze strany od Vinařic - zasypané  zeminou, pravděpodobně v důsledku sesuvu zeminy a skutečnosti, že jsou tyto trvale neudržované.  Omezený přístup je i z druhé strany, kde je přístup omezen polomem neudržovaných porostů a  nepřístupným neudržovaným terénem.  Stáří propustků nebylo zjištěno, lze předpokládat původní stáří z doby zřízení vlečky.  Materiálové složení je v kombinaci kámen - cihla. Část propustků zaměřena, nepřístupná část pak  dopočtena odborným odhadem znalce.  Trvalý porost je náletový, neudržovaný, neprostupný, část popadaný polom. Porost ve svažitém  terénu, ohledání na místě samém bylo možné pouze z cesty. Trvalý porost započten odhadem. Stáří  porostu lze předpokládat po zrušení trati, kde byl ukončen provoz v roce 1982 a dle dostupných  informací byla konstrukce bezprostředně po ukončení provozu snesena. </t>
+  </si>
+  <si>
+    <t>761000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 597/3 o výměře 990 m2 v k.ú. Dolní Poustevna</t>
+  </si>
+  <si>
+    <t>Dolní Poustevna, Dolní Poustevna, okres Děčín</t>
+  </si>
+  <si>
+    <t>597/3</t>
+  </si>
+  <si>
+    <t>284000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Kounice nad Sázavou S 55/17</t>
+  </si>
+  <si>
+    <t>Kounice nad Sázavou, Vlastějovice, okres Kutná Hora</t>
+  </si>
+  <si>
+    <t>796</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej ostatní plochy p.č. 796 v k.ú. Kounice nad Sázavou</t>
+  </si>
+  <si>
+    <t>87500</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1177/13 v k.ú. Velké Hoštice</t>
+  </si>
+  <si>
+    <t>Velké Hoštice, Velké Hoštice, okres Opava</t>
+  </si>
+  <si>
+    <t>1177/13</t>
+  </si>
+  <si>
+    <t>639000</t>
+  </si>
+  <si>
+    <t>prodej pozemků p.č. 37/4 a p.č. 37/5 v k.ú. Srní u České Lípy</t>
+  </si>
+  <si>
+    <t>2026-02-21</t>
+  </si>
+  <si>
+    <t>Srní u České Lípy, Provodín, okres Česká Lípa</t>
+  </si>
+  <si>
+    <t>p.č. 37/4 a p.č. 37/5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemků p.č. 37/4 a p.č. 37/5 v k.ú. Srní u České Lípy. Kupní cena bude určena na základě znaleckého posudku. </t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Popelištná a k.ú. Zmišovice</t>
+  </si>
+  <si>
+    <t>Popelištná, Červená Řečice, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>61/10</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků k.ú. Popelištná</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>Zmišovice, Červená Řečice, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>3420</t>
+  </si>
+  <si>
+    <t>129/6</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k.ú. Zmišovice</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 17, 758 a 434/4, v k.ú. Špičák</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>Špičák, Železná Ruda, okres Klatovy</t>
+  </si>
+  <si>
+    <t>17, 758 a 434/4</t>
+  </si>
+  <si>
+    <t>Pozemky v ochranném pásmu dráhy trati Klatovy – Železná Ruda-Alžbětín. Pozemky jsou na 2 místech daného katastrálního území. Pozemky nejsou přístupné z veřejné komunikace a jsou na nich trvalé porosty. O pozemky za daných cenových podmínek neprojevili zájem majitelé sousedních pozemků, ani Město Železná Ruda. Převáděné pozemky jsou zatíženy služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemky p.č. 17 a 758 dle územního plánu leží mimo zastavěné území v ploše "Zemědělská půda – louky. Pozemek p.č. 434/4 dle územního plánu leží mimo zastavěné území v ploše "Lesní půda“.</t>
+  </si>
+  <si>
+    <t>464000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 1363, 41/2, 41/5, v k.ú. Špičák</t>
+  </si>
+  <si>
+    <t>1363, 41/2, 41/5</t>
+  </si>
+  <si>
+    <t>98000</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 22/4, 22/6 a 22/8 k.ú. Podivín</t>
+  </si>
+  <si>
+    <t>Podivín, Podivín, okres Břeclav</t>
+  </si>
+  <si>
+    <t>22/4, 22/6 a 22/8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Drobné lesní pozemky, které jsou součástí větrolamu, který již neplní svoji funkci. Sousedí s oploceným areálem bývalého státního statku v Podivíně. V platném územním plánu jsou vedeny v ploše VZ – plochy výroby a skladování. </t>
+  </si>
+  <si>
+    <t>65826</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 22/10 a 22/11 k.ú. Podivín</t>
+  </si>
+  <si>
+    <t>22/10 a 22/11</t>
+  </si>
+  <si>
+    <t>50715</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 22/21, 22/22 a 22/24 k.ú. Podivín</t>
+  </si>
+  <si>
+    <t>22/21, 22/22, 22/24</t>
+  </si>
+  <si>
+    <t>63342</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1116/2 k. ú. Lhota u Dobřan</t>
+  </si>
+  <si>
+    <t>Lhota u Dobřan, Plzeň, okres Plzeň-město</t>
+  </si>
+  <si>
+    <t>1116/2</t>
+  </si>
+  <si>
+    <t>Pozemek v chatové osadě na jižním předměstí města Plzně v ochranném pásmu dráhy trati Plzeň hlavní nádraží – Klatovy. Prodej pozemku p.č. 1116/2 je projednáván z důvod scelení, protože tvoří jeden celek s pozemky p.č. 1100/1, 877 a 990 ve vlastnictví nabyvatele. Majetek je přístupný z pozemků nabyvatele. Prodávaný pozemek je nabyvatelem využíván pro účely rekreace a je s ním za tímto účelem uzavřena příslušná nájemní smlouva. Na pozemku se nachází trvalé porosty ve vlastnictví nabyvatele. Pozemek je zatížen v katastru věcným břemenem strpět na všech služebných pozemcích v celém jejich rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelka vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. V případě, že v průběhu projednání dojde k prodeji majetku nabyvatele souvisejícího s prodávaným pozemkem, bude prodej pozbývaného majetku projednáván do majetku nového majitele majetku současného nabyvatele. Podle územního plánu se zájmový majetek nachází v zastavěném území v ploše s rozdílným způsobem využití "Plochy rekreace"</t>
+  </si>
+  <si>
+    <t>109000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Černošín</t>
+  </si>
+  <si>
+    <t>956217106</t>
+  </si>
+  <si>
+    <t>renata.ciglerova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Renata Cíglerová</t>
+  </si>
+  <si>
+    <t>LS Stříbro</t>
+  </si>
+  <si>
+    <t>Černošín, Černošín, okres Tachov</t>
+  </si>
+  <si>
+    <t>st. 342, 5113/15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemku st. 342 a podílu 1/2 na pozemku 5113/15 v k.ú. Černošín o celkové výměře 349 m2. Na stavebním pozemku se nachází rekreační stavba ev. č. 2 cizího vlastníka. </t>
+  </si>
+  <si>
+    <t>88650</t>
+  </si>
+  <si>
+    <t>st. 609, 5113/15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemku st. 609 a podílu 1/2 na pozemku 5113/15 v k.ú. Černošín o celkové výměře 327 m2. Na stavebním pozemku se nachází rekreační stavba ev. č. 3 cizího vlastníka. </t>
+  </si>
+  <si>
+    <t>66050</t>
+  </si>
+  <si>
+    <t>Pozemek 8347 k.ú. Bojkovice</t>
+  </si>
+  <si>
+    <t>2026-02-15</t>
+  </si>
+  <si>
+    <t>Bojkovice, Bojkovice, okres Uherské Hradiště</t>
+  </si>
+  <si>
+    <t>8347</t>
+  </si>
+  <si>
+    <t>Pozemek 8347 v k.ú. Bojkovice</t>
+  </si>
+  <si>
+    <t>134000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 17 a 758, v k.ú. Špičák</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>17 a 758</t>
+  </si>
+  <si>
+    <t>Pozemky v ochranném pásmu dráhy trati Klatovy – Železná Ruda-Alžbětín. Pozemky nejsou přístupné z veřejné komunikace a jsou na něm trvalé porosty. O pozemky za daných cenových podmínek neprojevili zájem majitelé sousedních pozemků, ani Město Železná Ruda. Převáděné pozemky jsou zatíženy služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemky leží mimo zastavěné území v ploše "Zemědělská půda – louky, pastviny“.</t>
+  </si>
+  <si>
+    <t>434000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Velké Meziříčí S 1296/24</t>
+  </si>
+  <si>
+    <t>724524192</t>
+  </si>
+  <si>
+    <t>zdenek.jaros@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Zdeněk Jaroš</t>
+  </si>
+  <si>
+    <t>Lesní správa Nové Město na Moravě</t>
+  </si>
+  <si>
+    <t>Velké Meziříčí, Velké Meziříčí, okres Žďár nad Sázavou</t>
+  </si>
+  <si>
+    <t>3476/2, 3484/2</t>
+  </si>
+  <si>
+    <t>pozemky druhu pozemku vodní plocha, způsobu využití rybník č. parc. 3476/2, 3484/2 k.ú. Velké Meziříčí</t>
+  </si>
+  <si>
+    <t>16650</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Popelištná</t>
+  </si>
+  <si>
+    <t>285/5</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k.ú. Popelištná</t>
+  </si>
+  <si>
+    <t>9240</t>
+  </si>
+  <si>
+    <t>526/9</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku k.ú. Popelištná</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
-    <t>2585/80</t>
-[...440 lines deleted...]
-    <t>177000</t>
+    <t>106/5</t>
+  </si>
+  <si>
+    <t>1600</t>
+  </si>
+  <si>
+    <t>prodej pozemků p.č.1114/2, p.č. 1115, p.č. 1116/1 v k.ú. Holice v Čechách</t>
+  </si>
+  <si>
+    <t>Holice v Čechách, Holice, okres Pardubice</t>
+  </si>
+  <si>
+    <t>p. č. 1114/2, p.č. 1115, p.č. 1116/1</t>
+  </si>
+  <si>
+    <t>prodej pozemků p.č.1114/2 o výměře 155 m2, p.č. 1115 o výměře 2263 m2, p.č. 1116/1 o výměře 4224 m2, vše v k.ú. Holice v Čechách</t>
+  </si>
+  <si>
+    <t>1030000</t>
+  </si>
+  <si>
+    <t>370/8</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku kú. Popelilštná</t>
+  </si>
+  <si>
+    <t>4280</t>
+  </si>
+  <si>
+    <t>526/8</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Zmišovice a Milotičky</t>
+  </si>
+  <si>
+    <t>380/1,380/2,384/38,384/39,384/40.384/41</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků k.ú. Zmišovice</t>
+  </si>
+  <si>
+    <t>19580</t>
+  </si>
+  <si>
+    <t>Milotičky, Červená Řečice, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>200/26</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k.ú. Milotičky</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Čakovice u Pelhřimova</t>
+  </si>
+  <si>
+    <t>Čakovice u Pelhřimova, Pelhřimov, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>776</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemku k.ú. Čakovice u Pelhřimova</t>
+  </si>
+  <si>
+    <t>365950</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Stanovice u Nové Cerekve</t>
+  </si>
+  <si>
+    <t>Stanovice u Nové Cerekve, Nová Cerekev, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>1172, 1177, 1191</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v k.ú. Stanovice u Nové Cerekve</t>
+  </si>
+  <si>
+    <t>39340</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1837,127 +2866,127 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ58"/>
+  <dimension ref="A1:BQ131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="36.7109375" customWidth="1"/>
-    <col min="4" max="5" width="18.7109375" customWidth="1"/>
-    <col min="6" max="6" width="19.7109375" customWidth="1"/>
+    <col min="4" max="4" width="18.7109375" customWidth="1"/>
+    <col min="5" max="5" width="21.7109375" customWidth="1"/>
+    <col min="6" max="6" width="42.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="33.7109375" customWidth="1"/>
-    <col min="9" max="9" width="522.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="18.7109375" customWidth="1"/>
+    <col min="9" max="9" width="587.7109375" customWidth="1"/>
+    <col min="10" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="31.7109375" customWidth="1"/>
     <col min="13" max="13" width="24.7109375" customWidth="1"/>
-    <col min="14" max="14" width="200.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="16" width="123.7109375" customWidth="1"/>
+    <col min="14" max="14" width="215.7109375" customWidth="1"/>
+    <col min="15" max="15" width="67.7109375" customWidth="1"/>
+    <col min="16" max="16" width="120.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
-    <col min="21" max="21" width="7.7109375" customWidth="1"/>
-    <col min="22" max="22" width="37.7109375" customWidth="1"/>
+    <col min="21" max="21" width="24.7109375" customWidth="1"/>
+    <col min="22" max="22" width="16.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="1366.7109375" customWidth="1"/>
+    <col min="24" max="24" width="5363.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
-    <col min="26" max="26" width="47.7109375" customWidth="1"/>
+    <col min="26" max="26" width="52.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
-    <col min="36" max="36" width="142.7109375" customWidth="1"/>
-    <col min="37" max="37" width="47.7109375" customWidth="1"/>
+    <col min="36" max="36" width="488.7109375" customWidth="1"/>
+    <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
-    <col min="47" max="47" width="21.7109375" customWidth="1"/>
-    <col min="48" max="48" width="47.7109375" customWidth="1"/>
+    <col min="47" max="47" width="17.7109375" customWidth="1"/>
+    <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
     <col min="50" max="50" width="18.7109375" customWidth="1"/>
     <col min="51" max="51" width="15.7109375" customWidth="1"/>
     <col min="52" max="52" width="14.7109375" customWidth="1"/>
     <col min="53" max="53" width="16.7109375" customWidth="1"/>
     <col min="54" max="54" width="12.7109375" customWidth="1"/>
     <col min="55" max="55" width="9.7109375" customWidth="1"/>
     <col min="56" max="56" width="10.7109375" customWidth="1"/>
     <col min="57" max="57" width="13.7109375" customWidth="1"/>
-    <col min="58" max="58" width="21.7109375" customWidth="1"/>
-    <col min="59" max="59" width="47.7109375" customWidth="1"/>
+    <col min="58" max="58" width="17.7109375" customWidth="1"/>
+    <col min="59" max="59" width="21.7109375" customWidth="1"/>
     <col min="60" max="60" width="18.7109375" customWidth="1"/>
     <col min="61" max="61" width="19.7109375" customWidth="1"/>
     <col min="62" max="62" width="15.7109375" customWidth="1"/>
     <col min="63" max="63" width="14.7109375" customWidth="1"/>
     <col min="64" max="64" width="16.7109375" customWidth="1"/>
     <col min="65" max="65" width="12.7109375" customWidth="1"/>
     <col min="66" max="66" width="9.7109375" customWidth="1"/>
     <col min="67" max="67" width="10.7109375" customWidth="1"/>
     <col min="68" max="68" width="13.7109375" customWidth="1"/>
-    <col min="69" max="69" width="21.7109375" customWidth="1"/>
+    <col min="69" max="69" width="17.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:69">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2127,54 +3156,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>106121</v>
+        <v>107178</v>
       </c>
       <c r="B2" s="1">
-        <v>46010</v>
+        <v>46066</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
@@ -2186,3440 +3215,7663 @@
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
         <v>81</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="X2" t="s">
         <v>82</v>
       </c>
       <c r="Y2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>106117</v>
+        <v>107177</v>
       </c>
       <c r="B3" s="1">
-        <v>46009</v>
+        <v>46066</v>
       </c>
       <c r="C3" t="s">
         <v>84</v>
       </c>
       <c r="D3" t="s">
         <v>85</v>
       </c>
       <c r="H3" t="s">
         <v>86</v>
       </c>
       <c r="I3" t="s">
         <v>87</v>
       </c>
       <c r="J3" t="s">
+        <v>73</v>
+      </c>
+      <c r="K3" t="s">
         <v>88</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>89</v>
       </c>
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>90</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>91</v>
       </c>
-      <c r="N3" t="s">
+      <c r="O3" t="s">
         <v>92</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>93</v>
       </c>
-      <c r="P3" t="s">
+      <c r="Q3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R3" t="s">
+        <v>81</v>
+      </c>
+      <c r="S3" t="s">
+        <v>81</v>
+      </c>
+      <c r="T3" t="s">
+        <v>81</v>
+      </c>
+      <c r="X3" t="s">
         <v>94</v>
       </c>
-      <c r="Q3" t="s">
-[...11 lines deleted...]
-      <c r="X3" t="s">
+      <c r="Y3" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>106114</v>
+        <v>107176</v>
       </c>
       <c r="B4" s="1">
-        <v>46008</v>
+        <v>46066</v>
       </c>
       <c r="C4" t="s">
         <v>69</v>
       </c>
       <c r="D4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
+        <v>71</v>
+      </c>
+      <c r="I4" t="s">
+        <v>96</v>
+      </c>
+      <c r="J4" t="s">
+        <v>73</v>
+      </c>
+      <c r="K4" t="s">
+        <v>74</v>
+      </c>
+      <c r="L4" t="s">
+        <v>75</v>
+      </c>
+      <c r="M4" t="s">
+        <v>76</v>
+      </c>
+      <c r="N4" t="s">
+        <v>77</v>
+      </c>
+      <c r="O4" t="s">
+        <v>78</v>
+      </c>
+      <c r="P4" t="s">
         <v>97</v>
       </c>
-      <c r="I4" t="s">
+      <c r="Q4" t="s">
+        <v>80</v>
+      </c>
+      <c r="R4" t="s">
+        <v>81</v>
+      </c>
+      <c r="S4" t="s">
+        <v>81</v>
+      </c>
+      <c r="T4" t="s">
+        <v>81</v>
+      </c>
+      <c r="X4" t="s">
         <v>98</v>
       </c>
-      <c r="J4" t="s">
+      <c r="Y4" t="s">
         <v>99</v>
-      </c>
-[...34 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>106113</v>
+        <v>107175</v>
       </c>
       <c r="B5" s="1">
-        <v>46008</v>
+        <v>46066</v>
       </c>
       <c r="C5" t="s">
         <v>69</v>
       </c>
       <c r="D5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>97</v>
+        <v>71</v>
       </c>
       <c r="I5" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="J5" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="K5" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="L5" t="s">
+        <v>75</v>
+      </c>
+      <c r="M5" t="s">
+        <v>76</v>
+      </c>
+      <c r="N5" t="s">
+        <v>77</v>
+      </c>
+      <c r="O5" t="s">
+        <v>78</v>
+      </c>
+      <c r="P5" t="s">
         <v>101</v>
       </c>
-      <c r="M5" t="s">
+      <c r="Q5" t="s">
+        <v>80</v>
+      </c>
+      <c r="R5" t="s">
+        <v>81</v>
+      </c>
+      <c r="S5" t="s">
+        <v>81</v>
+      </c>
+      <c r="T5" t="s">
+        <v>81</v>
+      </c>
+      <c r="X5" t="s">
         <v>102</v>
       </c>
-      <c r="N5" t="s">
+      <c r="Y5" t="s">
         <v>103</v>
-      </c>
-[...46 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>106112</v>
+        <v>107170</v>
       </c>
       <c r="B6" s="1">
-        <v>46008</v>
+        <v>46066</v>
       </c>
       <c r="C6" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D6" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H6" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="I6" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="J6" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="K6" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="L6" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="M6" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="N6" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="O6" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="P6" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
         <v>81</v>
       </c>
       <c r="S6" t="s">
         <v>81</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
       <c r="X6" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="Y6" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>106111</v>
+        <v>107155</v>
       </c>
       <c r="B7" s="1">
-        <v>46008</v>
+        <v>46065</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>114</v>
       </c>
       <c r="D7" t="s">
-        <v>70</v>
+        <v>115</v>
       </c>
       <c r="H7" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I7" t="s">
+        <v>116</v>
+      </c>
+      <c r="J7" t="s">
+        <v>117</v>
+      </c>
+      <c r="K7" t="s">
         <v>118</v>
       </c>
-      <c r="J7" t="s">
-[...2 lines deleted...]
-      <c r="K7" t="s">
+      <c r="L7" t="s">
         <v>119</v>
       </c>
-      <c r="L7" t="s">
+      <c r="M7" t="s">
         <v>120</v>
       </c>
-      <c r="M7" t="s">
+      <c r="N7" t="s">
         <v>121</v>
       </c>
-      <c r="N7" t="s">
+      <c r="O7" t="s">
         <v>122</v>
       </c>
-      <c r="O7" t="s">
+      <c r="P7" t="s">
         <v>123</v>
       </c>
-      <c r="P7" t="s">
+      <c r="Q7" t="s">
+        <v>80</v>
+      </c>
+      <c r="R7" t="s">
+        <v>81</v>
+      </c>
+      <c r="S7" t="s">
+        <v>81</v>
+      </c>
+      <c r="T7" t="s">
+        <v>81</v>
+      </c>
+      <c r="X7" t="s">
         <v>124</v>
       </c>
-      <c r="Q7" t="s">
-[...11 lines deleted...]
-      <c r="X7" t="s">
+      <c r="Y7" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>106109</v>
+        <v>107152</v>
       </c>
       <c r="B8" s="1">
-        <v>46008</v>
+        <v>46065</v>
       </c>
       <c r="C8" t="s">
+        <v>84</v>
+      </c>
+      <c r="D8" t="s">
+        <v>85</v>
+      </c>
+      <c r="H8" t="s">
+        <v>84</v>
+      </c>
+      <c r="I8" t="s">
+        <v>126</v>
+      </c>
+      <c r="J8" t="s">
+        <v>117</v>
+      </c>
+      <c r="K8" t="s">
         <v>127</v>
       </c>
-      <c r="D8" t="s">
+      <c r="L8" t="s">
         <v>128</v>
       </c>
-      <c r="H8" t="s">
+      <c r="M8" t="s">
         <v>129</v>
       </c>
-      <c r="I8" t="s">
+      <c r="N8" t="s">
         <v>130</v>
       </c>
-      <c r="J8" t="s">
-[...2 lines deleted...]
-      <c r="K8" t="s">
+      <c r="O8" t="s">
         <v>131</v>
       </c>
-      <c r="L8" t="s">
+      <c r="P8" t="s">
         <v>132</v>
       </c>
-      <c r="M8" t="s">
+      <c r="Q8" t="s">
+        <v>80</v>
+      </c>
+      <c r="R8" t="s">
+        <v>81</v>
+      </c>
+      <c r="S8" t="s">
+        <v>81</v>
+      </c>
+      <c r="T8" t="s">
+        <v>81</v>
+      </c>
+      <c r="X8" t="s">
         <v>133</v>
       </c>
-      <c r="N8" t="s">
+      <c r="Y8" t="s">
         <v>134</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>106106</v>
+        <v>107149</v>
       </c>
       <c r="B9" s="1">
-        <v>46007</v>
+        <v>46065</v>
       </c>
       <c r="C9" t="s">
         <v>84</v>
       </c>
       <c r="D9" t="s">
         <v>85</v>
       </c>
       <c r="H9" t="s">
+        <v>84</v>
+      </c>
+      <c r="I9" t="s">
+        <v>135</v>
+      </c>
+      <c r="J9" t="s">
+        <v>117</v>
+      </c>
+      <c r="K9" t="s">
+        <v>136</v>
+      </c>
+      <c r="L9" t="s">
+        <v>137</v>
+      </c>
+      <c r="M9" t="s">
+        <v>138</v>
+      </c>
+      <c r="N9" t="s">
+        <v>130</v>
+      </c>
+      <c r="O9" t="s">
         <v>139</v>
       </c>
-      <c r="I9" t="s">
+      <c r="P9" t="s">
         <v>140</v>
       </c>
-      <c r="J9" t="s">
+      <c r="Q9" t="s">
+        <v>80</v>
+      </c>
+      <c r="R9" t="s">
+        <v>81</v>
+      </c>
+      <c r="S9" t="s">
+        <v>81</v>
+      </c>
+      <c r="T9" t="s">
+        <v>81</v>
+      </c>
+      <c r="X9" t="s">
         <v>141</v>
       </c>
-      <c r="K9" t="s">
+      <c r="Y9" t="s">
         <v>142</v>
-      </c>
-[...52 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>106105</v>
+        <v>107135</v>
       </c>
       <c r="B10" s="1">
-        <v>46007</v>
+        <v>46065</v>
       </c>
       <c r="C10" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="D10" t="s">
-        <v>128</v>
+        <v>144</v>
+      </c>
+      <c r="H10" t="s">
+        <v>145</v>
       </c>
       <c r="I10" t="s">
+        <v>146</v>
+      </c>
+      <c r="J10" t="s">
+        <v>117</v>
+      </c>
+      <c r="K10" t="s">
+        <v>147</v>
+      </c>
+      <c r="L10" t="s">
+        <v>148</v>
+      </c>
+      <c r="M10" t="s">
+        <v>149</v>
+      </c>
+      <c r="N10" t="s">
+        <v>150</v>
+      </c>
+      <c r="O10" t="s">
+        <v>151</v>
+      </c>
+      <c r="P10" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>80</v>
+      </c>
+      <c r="R10" t="s">
+        <v>81</v>
+      </c>
+      <c r="S10" t="s">
+        <v>81</v>
+      </c>
+      <c r="T10" t="s">
+        <v>81</v>
+      </c>
+      <c r="X10" t="s">
         <v>153</v>
       </c>
-      <c r="J10" t="s">
-[...2 lines deleted...]
-      <c r="K10" t="s">
+      <c r="Y10" t="s">
         <v>154</v>
       </c>
-      <c r="L10" t="s">
+      <c r="Z10" t="s">
         <v>155</v>
       </c>
-      <c r="M10" t="s">
+      <c r="AA10" t="s">
         <v>156</v>
       </c>
-      <c r="N10" t="s">
+      <c r="AB10" t="s">
         <v>157</v>
       </c>
-      <c r="O10" t="s">
+      <c r="AC10" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ10" t="s">
         <v>158</v>
-      </c>
-[...22 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>106104</v>
+        <v>107120</v>
       </c>
       <c r="B11" s="1">
-        <v>46007</v>
+        <v>46064</v>
       </c>
       <c r="C11" t="s">
-        <v>127</v>
+        <v>159</v>
       </c>
       <c r="D11" t="s">
-        <v>128</v>
+        <v>160</v>
+      </c>
+      <c r="E11" t="s">
+        <v>159</v>
+      </c>
+      <c r="F11" t="s">
+        <v>161</v>
+      </c>
+      <c r="G11" t="s">
+        <v>162</v>
       </c>
       <c r="H11" t="s">
+        <v>86</v>
+      </c>
+      <c r="I11" t="s">
         <v>163</v>
       </c>
-      <c r="I11" t="s">
+      <c r="J11" t="s">
         <v>164</v>
       </c>
-      <c r="J11" t="s">
-        <v>141</v>
+      <c r="K11" t="s">
+        <v>165</v>
       </c>
       <c r="L11" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M11" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N11" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="O11" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="P11" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="Q11" t="s">
         <v>80</v>
       </c>
       <c r="R11" t="s">
         <v>81</v>
       </c>
       <c r="S11" t="s">
         <v>81</v>
       </c>
       <c r="T11" t="s">
         <v>81</v>
       </c>
       <c r="X11" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="Y11" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>106099</v>
+        <v>107115</v>
       </c>
       <c r="B12" s="1">
-        <v>46006</v>
+        <v>46064</v>
       </c>
       <c r="C12" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D12" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="H12" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="I12" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="J12" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="K12" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="L12" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="M12" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="N12" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="O12" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="P12" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="Q12" t="s">
         <v>80</v>
       </c>
       <c r="R12" t="s">
         <v>81</v>
       </c>
       <c r="S12" t="s">
         <v>81</v>
       </c>
       <c r="T12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X12" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="Y12" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>106098</v>
+        <v>107111</v>
       </c>
       <c r="B13" s="1">
-        <v>46006</v>
+        <v>46064</v>
       </c>
       <c r="C13" t="s">
-        <v>127</v>
+        <v>84</v>
       </c>
       <c r="D13" t="s">
-        <v>128</v>
+        <v>85</v>
+      </c>
+      <c r="H13" t="s">
+        <v>184</v>
       </c>
       <c r="I13" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="J13" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="K13" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="L13" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="M13" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="N13" t="s">
-        <v>157</v>
+        <v>189</v>
       </c>
       <c r="O13" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="P13" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="Q13" t="s">
         <v>80</v>
       </c>
       <c r="R13" t="s">
         <v>81</v>
       </c>
       <c r="S13" t="s">
         <v>81</v>
       </c>
       <c r="T13" t="s">
         <v>81</v>
       </c>
       <c r="X13" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="Y13" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>106097</v>
+        <v>107107</v>
       </c>
       <c r="B14" s="1">
-        <v>46006</v>
+        <v>46064</v>
       </c>
       <c r="C14" t="s">
-        <v>127</v>
+        <v>84</v>
       </c>
       <c r="D14" t="s">
-        <v>128</v>
+        <v>85</v>
       </c>
       <c r="H14" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="I14" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="J14" t="s">
-        <v>173</v>
+        <v>164</v>
+      </c>
+      <c r="K14" t="s">
+        <v>195</v>
       </c>
       <c r="L14" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="M14" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="N14" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="O14" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="Q14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R14" t="s">
         <v>81</v>
       </c>
       <c r="S14" t="s">
         <v>81</v>
       </c>
       <c r="T14" t="s">
         <v>81</v>
       </c>
       <c r="X14" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="Y14" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>106096</v>
+        <v>107091</v>
       </c>
       <c r="B15" s="1">
-        <v>46006</v>
+        <v>46064</v>
       </c>
       <c r="C15" t="s">
-        <v>127</v>
+        <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>128</v>
+        <v>85</v>
+      </c>
+      <c r="H15" t="s">
+        <v>184</v>
       </c>
       <c r="I15" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="J15" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="K15" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="L15" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="M15" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="N15" t="s">
-        <v>157</v>
+        <v>206</v>
       </c>
       <c r="O15" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="P15" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="Q15" t="s">
         <v>80</v>
       </c>
       <c r="R15" t="s">
         <v>81</v>
       </c>
       <c r="S15" t="s">
         <v>81</v>
       </c>
       <c r="T15" t="s">
         <v>81</v>
       </c>
       <c r="X15" t="s">
-        <v>205</v>
+        <v>209</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>210</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
-        <v>106068</v>
+        <v>107087</v>
       </c>
       <c r="B16" s="1">
-        <v>46003</v>
+        <v>46064</v>
       </c>
       <c r="C16" t="s">
-        <v>206</v>
+        <v>173</v>
       </c>
       <c r="D16" t="s">
-        <v>207</v>
+        <v>174</v>
       </c>
       <c r="H16" t="s">
-        <v>163</v>
+        <v>104</v>
       </c>
       <c r="I16" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="J16" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="K16" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="L16" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="M16" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="N16" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="O16" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="P16" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="Q16" t="s">
         <v>80</v>
       </c>
       <c r="R16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S16" t="s">
         <v>81</v>
       </c>
       <c r="T16" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>80</v>
       </c>
       <c r="X16" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="Y16" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17">
-        <v>106067</v>
+        <v>107084</v>
       </c>
       <c r="B17" s="1">
-        <v>46003</v>
+        <v>46064</v>
       </c>
       <c r="C17" t="s">
-        <v>69</v>
+        <v>221</v>
       </c>
       <c r="D17" t="s">
-        <v>70</v>
+        <v>222</v>
       </c>
       <c r="H17" t="s">
-        <v>219</v>
+        <v>71</v>
       </c>
       <c r="I17" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="J17" t="s">
-        <v>209</v>
+        <v>164</v>
       </c>
       <c r="K17" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="L17" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="M17" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="N17" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="O17" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="P17" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="Q17" t="s">
         <v>80</v>
       </c>
       <c r="R17" t="s">
         <v>81</v>
       </c>
       <c r="S17" t="s">
         <v>81</v>
       </c>
       <c r="T17" t="s">
         <v>81</v>
       </c>
       <c r="X17" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="Y17" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18">
-        <v>106065</v>
+        <v>107078</v>
       </c>
       <c r="B18" s="1">
-        <v>46003</v>
+        <v>46063</v>
       </c>
       <c r="C18" t="s">
         <v>69</v>
       </c>
       <c r="D18" t="s">
         <v>70</v>
       </c>
       <c r="H18" t="s">
-        <v>219</v>
+        <v>232</v>
       </c>
       <c r="I18" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="J18" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="L18" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="M18" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="N18" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="O18" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="P18" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="Q18" t="s">
         <v>80</v>
       </c>
       <c r="R18" t="s">
         <v>81</v>
       </c>
       <c r="S18" t="s">
         <v>81</v>
       </c>
       <c r="T18" t="s">
         <v>81</v>
       </c>
       <c r="X18" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="Y18" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19">
-        <v>106064</v>
+        <v>107073</v>
       </c>
       <c r="B19" s="1">
-        <v>46003</v>
+        <v>46063</v>
       </c>
       <c r="C19" t="s">
         <v>69</v>
       </c>
       <c r="D19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
-        <v>219</v>
+        <v>232</v>
       </c>
       <c r="I19" t="s">
+        <v>240</v>
+      </c>
+      <c r="J19" t="s">
+        <v>212</v>
+      </c>
+      <c r="L19" t="s">
         <v>234</v>
       </c>
-      <c r="J19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M19" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="N19" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="O19" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="Q19" t="s">
         <v>80</v>
       </c>
       <c r="R19" t="s">
         <v>81</v>
       </c>
       <c r="S19" t="s">
         <v>81</v>
       </c>
       <c r="T19" t="s">
         <v>81</v>
       </c>
       <c r="X19" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="Y19" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20">
-        <v>106063</v>
+        <v>107071</v>
       </c>
       <c r="B20" s="1">
-        <v>46003</v>
+        <v>46063</v>
       </c>
       <c r="C20" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D20" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H20" t="s">
-        <v>219</v>
+        <v>184</v>
       </c>
       <c r="I20" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="J20" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="K20" t="s">
-        <v>221</v>
+        <v>186</v>
       </c>
       <c r="L20" t="s">
-        <v>222</v>
+        <v>187</v>
       </c>
       <c r="M20" t="s">
-        <v>223</v>
+        <v>188</v>
       </c>
       <c r="N20" t="s">
-        <v>224</v>
+        <v>189</v>
       </c>
       <c r="O20" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="Q20" t="s">
         <v>80</v>
       </c>
       <c r="R20" t="s">
         <v>81</v>
       </c>
       <c r="S20" t="s">
         <v>81</v>
       </c>
       <c r="T20" t="s">
         <v>81</v>
       </c>
       <c r="X20" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="Y20" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21">
-        <v>106062</v>
+        <v>107069</v>
       </c>
       <c r="B21" s="1">
-        <v>46003</v>
+        <v>46063</v>
       </c>
       <c r="C21" t="s">
         <v>69</v>
       </c>
       <c r="D21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
-        <v>219</v>
+        <v>247</v>
       </c>
       <c r="I21" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="J21" t="s">
-        <v>209</v>
-[...11 lines deleted...]
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="O21" t="s">
-        <v>230</v>
+        <v>249</v>
       </c>
       <c r="P21" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="Q21" t="s">
         <v>80</v>
       </c>
       <c r="R21" t="s">
         <v>81</v>
       </c>
       <c r="S21" t="s">
         <v>81</v>
       </c>
       <c r="T21" t="s">
         <v>81</v>
       </c>
       <c r="X21" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="Y21" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22">
-        <v>106061</v>
+        <v>107068</v>
       </c>
       <c r="B22" s="1">
-        <v>46003</v>
+        <v>46063</v>
       </c>
       <c r="C22" t="s">
         <v>69</v>
       </c>
       <c r="D22" t="s">
         <v>70</v>
       </c>
       <c r="H22" t="s">
-        <v>219</v>
+        <v>247</v>
       </c>
       <c r="I22" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="J22" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="L22" t="s">
-        <v>222</v>
+        <v>254</v>
       </c>
       <c r="M22" t="s">
-        <v>223</v>
+        <v>255</v>
       </c>
       <c r="N22" t="s">
-        <v>224</v>
+        <v>256</v>
       </c>
       <c r="O22" t="s">
-        <v>230</v>
+        <v>249</v>
       </c>
       <c r="P22" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="Q22" t="s">
         <v>80</v>
       </c>
       <c r="R22" t="s">
         <v>81</v>
       </c>
       <c r="S22" t="s">
         <v>81</v>
       </c>
       <c r="T22" t="s">
         <v>81</v>
       </c>
       <c r="X22" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="Y22" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23">
-        <v>106060</v>
+        <v>107063</v>
       </c>
       <c r="B23" s="1">
-        <v>46003</v>
+        <v>46063</v>
       </c>
       <c r="C23" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D23" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H23" t="s">
-        <v>219</v>
+        <v>104</v>
       </c>
       <c r="I23" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="J23" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="K23" t="s">
-        <v>221</v>
+        <v>261</v>
       </c>
       <c r="L23" t="s">
-        <v>222</v>
+        <v>262</v>
       </c>
       <c r="M23" t="s">
-        <v>223</v>
+        <v>263</v>
       </c>
       <c r="N23" t="s">
-        <v>224</v>
+        <v>264</v>
       </c>
       <c r="O23" t="s">
-        <v>230</v>
+        <v>265</v>
       </c>
       <c r="P23" t="s">
-        <v>251</v>
+        <v>266</v>
       </c>
       <c r="Q23" t="s">
         <v>80</v>
       </c>
       <c r="R23" t="s">
         <v>81</v>
       </c>
       <c r="S23" t="s">
         <v>81</v>
       </c>
       <c r="T23" t="s">
         <v>81</v>
       </c>
       <c r="X23" t="s">
-        <v>252</v>
+        <v>267</v>
       </c>
       <c r="Y23" t="s">
-        <v>253</v>
+        <v>268</v>
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24">
-        <v>106059</v>
+        <v>107045</v>
       </c>
       <c r="B24" s="1">
-        <v>46003</v>
+        <v>46062</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>114</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>115</v>
       </c>
       <c r="H24" t="s">
-        <v>219</v>
+        <v>86</v>
       </c>
       <c r="I24" t="s">
-        <v>254</v>
+        <v>269</v>
       </c>
       <c r="J24" t="s">
-        <v>209</v>
+        <v>270</v>
       </c>
       <c r="K24" t="s">
-        <v>221</v>
+        <v>118</v>
       </c>
       <c r="L24" t="s">
-        <v>222</v>
+        <v>119</v>
       </c>
       <c r="M24" t="s">
-        <v>223</v>
+        <v>120</v>
       </c>
       <c r="N24" t="s">
-        <v>224</v>
+        <v>121</v>
       </c>
       <c r="O24" t="s">
-        <v>230</v>
+        <v>271</v>
       </c>
       <c r="P24" t="s">
-        <v>255</v>
+        <v>272</v>
       </c>
       <c r="Q24" t="s">
         <v>80</v>
       </c>
       <c r="R24" t="s">
         <v>81</v>
       </c>
       <c r="S24" t="s">
         <v>81</v>
       </c>
       <c r="T24" t="s">
         <v>81</v>
       </c>
       <c r="X24" t="s">
-        <v>256</v>
+        <v>273</v>
       </c>
       <c r="Y24" t="s">
-        <v>257</v>
+        <v>274</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25">
-        <v>106058</v>
+        <v>107036</v>
       </c>
       <c r="B25" s="1">
-        <v>46003</v>
+        <v>46062</v>
       </c>
       <c r="C25" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D25" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H25" t="s">
-        <v>219</v>
+        <v>86</v>
       </c>
       <c r="I25" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="J25" t="s">
-        <v>209</v>
+        <v>270</v>
       </c>
       <c r="K25" t="s">
-        <v>221</v>
+        <v>276</v>
       </c>
       <c r="L25" t="s">
-        <v>222</v>
+        <v>277</v>
       </c>
       <c r="M25" t="s">
-        <v>223</v>
+        <v>278</v>
       </c>
       <c r="N25" t="s">
-        <v>224</v>
+        <v>279</v>
       </c>
       <c r="O25" t="s">
-        <v>230</v>
+        <v>280</v>
       </c>
       <c r="P25" t="s">
-        <v>259</v>
+        <v>281</v>
       </c>
       <c r="Q25" t="s">
         <v>80</v>
       </c>
       <c r="R25" t="s">
         <v>81</v>
       </c>
       <c r="S25" t="s">
         <v>81</v>
       </c>
       <c r="T25" t="s">
         <v>81</v>
       </c>
       <c r="X25" t="s">
-        <v>260</v>
+        <v>282</v>
       </c>
       <c r="Y25" t="s">
-        <v>261</v>
+        <v>283</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26">
-        <v>106057</v>
+        <v>107033</v>
       </c>
       <c r="B26" s="1">
-        <v>46003</v>
+        <v>46062</v>
       </c>
       <c r="C26" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D26" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H26" t="s">
-        <v>219</v>
+        <v>86</v>
       </c>
       <c r="I26" t="s">
-        <v>262</v>
+        <v>284</v>
       </c>
       <c r="J26" t="s">
-        <v>209</v>
+        <v>270</v>
       </c>
       <c r="K26" t="s">
-        <v>221</v>
+        <v>276</v>
       </c>
       <c r="L26" t="s">
-        <v>222</v>
+        <v>277</v>
       </c>
       <c r="M26" t="s">
-        <v>223</v>
+        <v>278</v>
       </c>
       <c r="N26" t="s">
-        <v>224</v>
+        <v>279</v>
       </c>
       <c r="O26" t="s">
-        <v>230</v>
+        <v>285</v>
       </c>
       <c r="P26" t="s">
-        <v>263</v>
+        <v>286</v>
       </c>
       <c r="Q26" t="s">
         <v>80</v>
       </c>
       <c r="R26" t="s">
         <v>81</v>
       </c>
       <c r="S26" t="s">
         <v>81</v>
       </c>
       <c r="T26" t="s">
         <v>81</v>
       </c>
       <c r="X26" t="s">
-        <v>264</v>
+        <v>287</v>
       </c>
       <c r="Y26" t="s">
-        <v>265</v>
+        <v>288</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27">
-        <v>106056</v>
+        <v>107025</v>
       </c>
       <c r="B27" s="1">
-        <v>46003</v>
+        <v>46062</v>
       </c>
       <c r="C27" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D27" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H27" t="s">
-        <v>219</v>
+        <v>86</v>
       </c>
       <c r="I27" t="s">
-        <v>266</v>
+        <v>289</v>
       </c>
       <c r="J27" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="K27" t="s">
-        <v>221</v>
+        <v>276</v>
       </c>
       <c r="L27" t="s">
-        <v>222</v>
+        <v>277</v>
       </c>
       <c r="M27" t="s">
-        <v>223</v>
+        <v>278</v>
       </c>
       <c r="N27" t="s">
-        <v>224</v>
+        <v>279</v>
       </c>
       <c r="O27" t="s">
-        <v>230</v>
+        <v>290</v>
       </c>
       <c r="P27" t="s">
-        <v>268</v>
+        <v>291</v>
       </c>
       <c r="Q27" t="s">
         <v>80</v>
       </c>
       <c r="R27" t="s">
         <v>81</v>
       </c>
       <c r="S27" t="s">
         <v>81</v>
       </c>
       <c r="T27" t="s">
         <v>81</v>
       </c>
       <c r="X27" t="s">
-        <v>269</v>
+        <v>292</v>
       </c>
       <c r="Y27" t="s">
-        <v>270</v>
+        <v>293</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28">
-        <v>106054</v>
+        <v>107023</v>
       </c>
       <c r="B28" s="1">
-        <v>46002</v>
+        <v>46062</v>
       </c>
       <c r="C28" t="s">
-        <v>127</v>
+        <v>159</v>
       </c>
       <c r="D28" t="s">
-        <v>128</v>
+        <v>160</v>
+      </c>
+      <c r="E28" t="s">
+        <v>159</v>
+      </c>
+      <c r="F28" t="s">
+        <v>161</v>
+      </c>
+      <c r="G28" t="s">
+        <v>162</v>
       </c>
       <c r="H28" t="s">
-        <v>271</v>
+        <v>86</v>
       </c>
       <c r="I28" t="s">
-        <v>272</v>
+        <v>294</v>
       </c>
       <c r="J28" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="K28" t="s">
-        <v>273</v>
+        <v>165</v>
       </c>
       <c r="L28" t="s">
-        <v>274</v>
+        <v>166</v>
       </c>
       <c r="M28" t="s">
-        <v>275</v>
+        <v>167</v>
       </c>
       <c r="N28" t="s">
-        <v>276</v>
+        <v>168</v>
       </c>
       <c r="O28" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
       <c r="P28" t="s">
-        <v>278</v>
+        <v>296</v>
       </c>
       <c r="Q28" t="s">
         <v>80</v>
       </c>
       <c r="R28" t="s">
         <v>81</v>
       </c>
       <c r="S28" t="s">
         <v>81</v>
       </c>
       <c r="T28" t="s">
         <v>81</v>
       </c>
       <c r="X28" t="s">
-        <v>272</v>
+        <v>297</v>
       </c>
       <c r="Y28" t="s">
-        <v>279</v>
+        <v>298</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29">
-        <v>106053</v>
+        <v>107019</v>
       </c>
       <c r="B29" s="1">
-        <v>46002</v>
+        <v>46062</v>
       </c>
       <c r="C29" t="s">
-        <v>280</v>
+        <v>69</v>
       </c>
       <c r="D29" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>70</v>
       </c>
       <c r="I29" t="s">
-        <v>282</v>
+        <v>299</v>
       </c>
       <c r="J29" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="K29" t="s">
-        <v>283</v>
+        <v>300</v>
       </c>
       <c r="L29" t="s">
-        <v>284</v>
+        <v>301</v>
       </c>
       <c r="M29" t="s">
-        <v>285</v>
+        <v>302</v>
       </c>
       <c r="N29" t="s">
-        <v>286</v>
+        <v>236</v>
       </c>
       <c r="O29" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="Q29" t="s">
         <v>80</v>
       </c>
       <c r="R29" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S29" t="s">
         <v>81</v>
       </c>
       <c r="T29" t="s">
         <v>81</v>
       </c>
       <c r="X29" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="Y29" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30">
-        <v>106051</v>
+        <v>107006</v>
       </c>
       <c r="B30" s="1">
-        <v>46002</v>
+        <v>46059</v>
       </c>
       <c r="C30" t="s">
         <v>69</v>
       </c>
       <c r="D30" t="s">
         <v>70</v>
       </c>
       <c r="H30" t="s">
-        <v>219</v>
+        <v>232</v>
       </c>
       <c r="I30" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="J30" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>306</v>
       </c>
       <c r="L30" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="M30" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="N30" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="O30" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="Q30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R30" t="s">
         <v>81</v>
       </c>
       <c r="S30" t="s">
         <v>81</v>
       </c>
       <c r="T30" t="s">
         <v>81</v>
       </c>
       <c r="X30" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="Y30" t="s">
-        <v>295</v>
+        <v>308</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31">
-        <v>106050</v>
+        <v>107004</v>
       </c>
       <c r="B31" s="1">
-        <v>46002</v>
+        <v>46059</v>
       </c>
       <c r="C31" t="s">
-        <v>127</v>
+        <v>69</v>
       </c>
       <c r="D31" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
       <c r="H31" t="s">
-        <v>163</v>
+        <v>232</v>
       </c>
       <c r="I31" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="J31" t="s">
-        <v>267</v>
+        <v>306</v>
       </c>
       <c r="L31" t="s">
-        <v>297</v>
+        <v>234</v>
       </c>
       <c r="M31" t="s">
-        <v>298</v>
+        <v>235</v>
       </c>
       <c r="N31" t="s">
-        <v>299</v>
+        <v>236</v>
       </c>
       <c r="O31" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="Q31" t="s">
         <v>80</v>
       </c>
       <c r="R31" t="s">
         <v>81</v>
       </c>
       <c r="S31" t="s">
         <v>81</v>
       </c>
       <c r="T31" t="s">
         <v>81</v>
       </c>
       <c r="X31" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="Y31" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32">
-        <v>106048</v>
+        <v>107002</v>
       </c>
       <c r="B32" s="1">
-        <v>46002</v>
+        <v>46059</v>
       </c>
       <c r="C32" t="s">
         <v>69</v>
       </c>
       <c r="D32" t="s">
         <v>70</v>
       </c>
       <c r="H32" t="s">
-        <v>219</v>
+        <v>71</v>
       </c>
       <c r="I32" t="s">
-        <v>291</v>
+        <v>312</v>
       </c>
       <c r="J32" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>306</v>
       </c>
       <c r="L32" t="s">
-        <v>222</v>
+        <v>313</v>
       </c>
       <c r="M32" t="s">
-        <v>223</v>
+        <v>314</v>
       </c>
       <c r="N32" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="O32" t="s">
-        <v>292</v>
+        <v>315</v>
       </c>
       <c r="P32" t="s">
-        <v>293</v>
+        <v>316</v>
       </c>
       <c r="Q32" t="s">
         <v>80</v>
       </c>
       <c r="R32" t="s">
         <v>81</v>
       </c>
       <c r="S32" t="s">
         <v>81</v>
       </c>
       <c r="T32" t="s">
         <v>81</v>
       </c>
       <c r="X32" t="s">
-        <v>294</v>
+        <v>312</v>
       </c>
       <c r="Y32" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:69">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="33" spans="1:36">
       <c r="A33">
-        <v>106047</v>
+        <v>106992</v>
       </c>
       <c r="B33" s="1">
-        <v>46002</v>
+        <v>46059</v>
       </c>
       <c r="C33" t="s">
-        <v>206</v>
+        <v>84</v>
       </c>
       <c r="D33" t="s">
-        <v>207</v>
+        <v>85</v>
       </c>
       <c r="H33" t="s">
-        <v>163</v>
+        <v>86</v>
       </c>
       <c r="I33" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="J33" t="s">
-        <v>267</v>
+        <v>306</v>
+      </c>
+      <c r="K33" t="s">
+        <v>319</v>
       </c>
       <c r="L33" t="s">
-        <v>305</v>
+        <v>320</v>
       </c>
       <c r="M33" t="s">
+        <v>321</v>
+      </c>
+      <c r="N33" t="s">
+        <v>322</v>
+      </c>
+      <c r="O33" t="s">
+        <v>323</v>
+      </c>
+      <c r="P33" t="s">
+        <v>324</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>80</v>
+      </c>
+      <c r="R33" t="s">
+        <v>81</v>
+      </c>
+      <c r="S33" t="s">
+        <v>81</v>
+      </c>
+      <c r="T33" t="s">
+        <v>81</v>
+      </c>
+      <c r="X33" t="s">
+        <v>325</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="34" spans="1:36">
+      <c r="A34">
+        <v>106974</v>
+      </c>
+      <c r="B34" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C34" t="s">
+        <v>84</v>
+      </c>
+      <c r="D34" t="s">
+        <v>85</v>
+      </c>
+      <c r="H34" t="s">
+        <v>86</v>
+      </c>
+      <c r="I34" t="s">
+        <v>327</v>
+      </c>
+      <c r="J34" t="s">
+        <v>328</v>
+      </c>
+      <c r="K34" t="s">
+        <v>329</v>
+      </c>
+      <c r="L34" t="s">
+        <v>330</v>
+      </c>
+      <c r="M34" t="s">
+        <v>331</v>
+      </c>
+      <c r="N34" t="s">
+        <v>332</v>
+      </c>
+      <c r="O34" t="s">
+        <v>333</v>
+      </c>
+      <c r="P34" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>80</v>
+      </c>
+      <c r="R34" t="s">
+        <v>81</v>
+      </c>
+      <c r="S34" t="s">
+        <v>81</v>
+      </c>
+      <c r="T34" t="s">
+        <v>81</v>
+      </c>
+      <c r="X34" t="s">
+        <v>335</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="35" spans="1:36">
+      <c r="A35">
+        <v>106970</v>
+      </c>
+      <c r="B35" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C35" t="s">
+        <v>84</v>
+      </c>
+      <c r="D35" t="s">
+        <v>85</v>
+      </c>
+      <c r="H35" t="s">
+        <v>86</v>
+      </c>
+      <c r="I35" t="s">
+        <v>337</v>
+      </c>
+      <c r="J35" t="s">
+        <v>328</v>
+      </c>
+      <c r="K35" t="s">
+        <v>338</v>
+      </c>
+      <c r="L35" t="s">
+        <v>330</v>
+      </c>
+      <c r="M35" t="s">
+        <v>339</v>
+      </c>
+      <c r="N35" t="s">
+        <v>332</v>
+      </c>
+      <c r="O35" t="s">
+        <v>340</v>
+      </c>
+      <c r="P35" t="s">
+        <v>341</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>80</v>
+      </c>
+      <c r="R35" t="s">
+        <v>80</v>
+      </c>
+      <c r="S35" t="s">
+        <v>81</v>
+      </c>
+      <c r="T35" t="s">
+        <v>81</v>
+      </c>
+      <c r="U35" t="s">
+        <v>342</v>
+      </c>
+      <c r="V35" t="s">
+        <v>343</v>
+      </c>
+      <c r="X35" t="s">
+        <v>344</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="36" spans="1:36">
+      <c r="A36">
+        <v>106969</v>
+      </c>
+      <c r="B36" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C36" t="s">
+        <v>84</v>
+      </c>
+      <c r="D36" t="s">
+        <v>85</v>
+      </c>
+      <c r="H36" t="s">
+        <v>86</v>
+      </c>
+      <c r="I36" t="s">
+        <v>346</v>
+      </c>
+      <c r="J36" t="s">
         <v>306</v>
       </c>
-      <c r="N33" t="s">
-[...46 lines deleted...]
-      <c r="J34" t="s">
+      <c r="K36" t="s">
+        <v>329</v>
+      </c>
+      <c r="L36" t="s">
+        <v>330</v>
+      </c>
+      <c r="M36" t="s">
+        <v>347</v>
+      </c>
+      <c r="N36" t="s">
+        <v>332</v>
+      </c>
+      <c r="O36" t="s">
+        <v>333</v>
+      </c>
+      <c r="P36" t="s">
+        <v>348</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>80</v>
+      </c>
+      <c r="R36" t="s">
+        <v>81</v>
+      </c>
+      <c r="S36" t="s">
+        <v>81</v>
+      </c>
+      <c r="T36" t="s">
+        <v>81</v>
+      </c>
+      <c r="X36" t="s">
+        <v>349</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="37" spans="1:36">
+      <c r="A37">
+        <v>106968</v>
+      </c>
+      <c r="B37" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C37" t="s">
+        <v>84</v>
+      </c>
+      <c r="D37" t="s">
+        <v>85</v>
+      </c>
+      <c r="H37" t="s">
+        <v>86</v>
+      </c>
+      <c r="I37" t="s">
+        <v>346</v>
+      </c>
+      <c r="J37" t="s">
+        <v>306</v>
+      </c>
+      <c r="K37" t="s">
+        <v>329</v>
+      </c>
+      <c r="L37" t="s">
+        <v>330</v>
+      </c>
+      <c r="M37" t="s">
+        <v>347</v>
+      </c>
+      <c r="N37" t="s">
+        <v>332</v>
+      </c>
+      <c r="O37" t="s">
+        <v>333</v>
+      </c>
+      <c r="P37" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>80</v>
+      </c>
+      <c r="R37" t="s">
+        <v>81</v>
+      </c>
+      <c r="S37" t="s">
+        <v>81</v>
+      </c>
+      <c r="T37" t="s">
+        <v>81</v>
+      </c>
+      <c r="X37" t="s">
+        <v>352</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="38" spans="1:36">
+      <c r="A38">
+        <v>106967</v>
+      </c>
+      <c r="B38" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C38" t="s">
+        <v>69</v>
+      </c>
+      <c r="D38" t="s">
+        <v>70</v>
+      </c>
+      <c r="H38" t="s">
+        <v>71</v>
+      </c>
+      <c r="I38" t="s">
+        <v>354</v>
+      </c>
+      <c r="J38" t="s">
+        <v>328</v>
+      </c>
+      <c r="L38" t="s">
         <v>313</v>
       </c>
-      <c r="K34" t="s">
-[...11 lines deleted...]
-      <c r="O34" t="s">
+      <c r="M38" t="s">
         <v>314</v>
       </c>
-      <c r="P34" t="s">
+      <c r="N38" t="s">
+        <v>236</v>
+      </c>
+      <c r="O38" t="s">
         <v>315</v>
       </c>
-      <c r="Q34" t="s">
-[...324 lines deleted...]
-      </c>
       <c r="P38" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="Q38" t="s">
         <v>80</v>
       </c>
       <c r="R38" t="s">
         <v>81</v>
       </c>
       <c r="S38" t="s">
         <v>81</v>
       </c>
       <c r="T38" t="s">
         <v>81</v>
       </c>
       <c r="X38" t="s">
         <v>354</v>
       </c>
       <c r="Y38" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:69">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="39" spans="1:36">
       <c r="A39">
-        <v>106037</v>
+        <v>106966</v>
       </c>
       <c r="B39" s="1">
-        <v>45999</v>
+        <v>46058</v>
       </c>
       <c r="C39" t="s">
-        <v>127</v>
+        <v>69</v>
       </c>
       <c r="D39" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>70</v>
       </c>
       <c r="I39" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="J39" t="s">
+        <v>328</v>
+      </c>
+      <c r="K39" t="s">
+        <v>358</v>
+      </c>
+      <c r="L39" t="s">
+        <v>359</v>
+      </c>
+      <c r="M39" t="s">
+        <v>360</v>
+      </c>
+      <c r="N39" t="s">
+        <v>236</v>
+      </c>
+      <c r="O39" t="s">
+        <v>361</v>
+      </c>
+      <c r="P39" t="s">
+        <v>362</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>80</v>
+      </c>
+      <c r="R39" t="s">
+        <v>81</v>
+      </c>
+      <c r="S39" t="s">
+        <v>81</v>
+      </c>
+      <c r="T39" t="s">
+        <v>81</v>
+      </c>
+      <c r="X39" t="s">
         <v>357</v>
       </c>
-      <c r="L39" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="Y39" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:69">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="40" spans="1:36">
       <c r="A40">
-        <v>106036</v>
+        <v>106965</v>
       </c>
       <c r="B40" s="1">
-        <v>45999</v>
+        <v>46058</v>
       </c>
       <c r="C40" t="s">
         <v>69</v>
       </c>
       <c r="D40" t="s">
         <v>70</v>
       </c>
       <c r="H40" t="s">
-        <v>219</v>
+        <v>71</v>
       </c>
       <c r="I40" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="J40" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>328</v>
       </c>
       <c r="L40" t="s">
-        <v>222</v>
+        <v>313</v>
       </c>
       <c r="M40" t="s">
-        <v>223</v>
+        <v>314</v>
       </c>
       <c r="N40" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="O40" t="s">
-        <v>363</v>
+        <v>315</v>
       </c>
       <c r="P40" t="s">
+        <v>365</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>80</v>
+      </c>
+      <c r="R40" t="s">
+        <v>81</v>
+      </c>
+      <c r="S40" t="s">
+        <v>81</v>
+      </c>
+      <c r="T40" t="s">
+        <v>81</v>
+      </c>
+      <c r="X40" t="s">
         <v>364</v>
-      </c>
-[...13 lines deleted...]
-        <v>365</v>
       </c>
       <c r="Y40" t="s">
         <v>366</v>
       </c>
     </row>
-    <row r="41" spans="1:69">
+    <row r="41" spans="1:36">
       <c r="A41">
-        <v>106025</v>
+        <v>106964</v>
       </c>
       <c r="B41" s="1">
-        <v>45996</v>
+        <v>46058</v>
       </c>
       <c r="C41" t="s">
-        <v>127</v>
+        <v>84</v>
       </c>
       <c r="D41" t="s">
-        <v>128</v>
+        <v>85</v>
       </c>
       <c r="H41" t="s">
-        <v>190</v>
+        <v>86</v>
       </c>
       <c r="I41" t="s">
+        <v>327</v>
+      </c>
+      <c r="J41" t="s">
+        <v>306</v>
+      </c>
+      <c r="K41" t="s">
+        <v>329</v>
+      </c>
+      <c r="L41" t="s">
+        <v>330</v>
+      </c>
+      <c r="M41" t="s">
+        <v>347</v>
+      </c>
+      <c r="N41" t="s">
+        <v>332</v>
+      </c>
+      <c r="O41" t="s">
+        <v>333</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>81</v>
+      </c>
+      <c r="R41" t="s">
+        <v>81</v>
+      </c>
+      <c r="S41" t="s">
+        <v>81</v>
+      </c>
+      <c r="T41" t="s">
+        <v>81</v>
+      </c>
+      <c r="X41" t="s">
+        <v>335</v>
+      </c>
+      <c r="Y41" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="42" spans="1:36">
+      <c r="A42">
+        <v>106961</v>
+      </c>
+      <c r="B42" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C42" t="s">
+        <v>84</v>
+      </c>
+      <c r="D42" t="s">
+        <v>85</v>
+      </c>
+      <c r="H42" t="s">
+        <v>184</v>
+      </c>
+      <c r="I42" t="s">
         <v>367</v>
       </c>
-      <c r="J41" t="s">
+      <c r="J42" t="s">
+        <v>328</v>
+      </c>
+      <c r="K42" t="s">
         <v>368</v>
       </c>
-      <c r="L41" t="s">
-[...8 lines deleted...]
-      <c r="O41" t="s">
+      <c r="L42" t="s">
         <v>369</v>
       </c>
-      <c r="P41" t="s">
+      <c r="M42" t="s">
         <v>370</v>
       </c>
-      <c r="Q41" t="s">
-[...11 lines deleted...]
-      <c r="X41" t="s">
+      <c r="N42" t="s">
         <v>371</v>
       </c>
-      <c r="Y41" t="s">
+      <c r="O42" t="s">
         <v>372</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C42" t="s">
+      <c r="P42" t="s">
         <v>373</v>
       </c>
-      <c r="D42" t="s">
+      <c r="Q42" t="s">
+        <v>80</v>
+      </c>
+      <c r="R42" t="s">
+        <v>81</v>
+      </c>
+      <c r="S42" t="s">
+        <v>81</v>
+      </c>
+      <c r="T42" t="s">
+        <v>81</v>
+      </c>
+      <c r="X42" t="s">
         <v>374</v>
       </c>
-      <c r="H42" t="s">
-[...2 lines deleted...]
-      <c r="I42" t="s">
+      <c r="Z42" t="s">
+        <v>372</v>
+      </c>
+      <c r="AA42" t="s">
         <v>375</v>
       </c>
-      <c r="J42" t="s">
+      <c r="AB42" t="s">
         <v>376</v>
       </c>
-      <c r="K42" t="s">
+      <c r="AC42" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD42" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE42" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF42" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ42" t="s">
         <v>377</v>
       </c>
-      <c r="L42" t="s">
+    </row>
+    <row r="43" spans="1:36">
+      <c r="A43">
+        <v>106950</v>
+      </c>
+      <c r="B43" s="1">
+        <v>46057</v>
+      </c>
+      <c r="C43" t="s">
+        <v>173</v>
+      </c>
+      <c r="D43" t="s">
+        <v>174</v>
+      </c>
+      <c r="H43" t="s">
+        <v>104</v>
+      </c>
+      <c r="I43" t="s">
         <v>378</v>
       </c>
-      <c r="M42" t="s">
+      <c r="J43" t="s">
         <v>379</v>
       </c>
-      <c r="N42" t="s">
+      <c r="K43" t="s">
+        <v>213</v>
+      </c>
+      <c r="L43" t="s">
+        <v>214</v>
+      </c>
+      <c r="M43" t="s">
+        <v>215</v>
+      </c>
+      <c r="N43" t="s">
         <v>380</v>
       </c>
-      <c r="O42" t="s">
-[...2 lines deleted...]
-      <c r="P42" t="s">
+      <c r="O43" t="s">
         <v>381</v>
       </c>
-      <c r="Q42" t="s">
-[...11 lines deleted...]
-      <c r="X42" t="s">
+      <c r="P43" t="s">
         <v>382</v>
       </c>
-      <c r="Y42" t="s">
+      <c r="Q43" t="s">
+        <v>80</v>
+      </c>
+      <c r="R43" t="s">
+        <v>81</v>
+      </c>
+      <c r="S43" t="s">
+        <v>81</v>
+      </c>
+      <c r="T43" t="s">
+        <v>81</v>
+      </c>
+      <c r="X43" t="s">
         <v>383</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="H43" t="s">
+      <c r="Y43" t="s">
         <v>384</v>
       </c>
-      <c r="I43" t="s">
+    </row>
+    <row r="44" spans="1:36">
+      <c r="A44">
+        <v>106937</v>
+      </c>
+      <c r="B44" s="1">
+        <v>46057</v>
+      </c>
+      <c r="C44" t="s">
+        <v>173</v>
+      </c>
+      <c r="D44" t="s">
+        <v>174</v>
+      </c>
+      <c r="H44" t="s">
+        <v>104</v>
+      </c>
+      <c r="I44" t="s">
         <v>385</v>
       </c>
-      <c r="J43" t="s">
-[...2 lines deleted...]
-      <c r="K43" t="s">
+      <c r="J44" t="s">
+        <v>379</v>
+      </c>
+      <c r="K44" t="s">
+        <v>213</v>
+      </c>
+      <c r="L44" t="s">
+        <v>214</v>
+      </c>
+      <c r="M44" t="s">
+        <v>215</v>
+      </c>
+      <c r="N44" t="s">
+        <v>380</v>
+      </c>
+      <c r="O44" t="s">
         <v>386</v>
       </c>
-      <c r="L43" t="s">
+      <c r="P44" t="s">
         <v>387</v>
       </c>
-      <c r="M43" t="s">
+      <c r="Q44" t="s">
+        <v>80</v>
+      </c>
+      <c r="R44" t="s">
+        <v>81</v>
+      </c>
+      <c r="S44" t="s">
+        <v>81</v>
+      </c>
+      <c r="T44" t="s">
+        <v>81</v>
+      </c>
+      <c r="X44" t="s">
         <v>388</v>
       </c>
-      <c r="N43" t="s">
+      <c r="Y44" t="s">
         <v>389</v>
       </c>
-      <c r="O43" t="s">
+    </row>
+    <row r="45" spans="1:36">
+      <c r="A45">
+        <v>106936</v>
+      </c>
+      <c r="B45" s="1">
+        <v>46057</v>
+      </c>
+      <c r="C45" t="s">
+        <v>84</v>
+      </c>
+      <c r="D45" t="s">
+        <v>85</v>
+      </c>
+      <c r="H45" t="s">
+        <v>86</v>
+      </c>
+      <c r="I45" t="s">
         <v>390</v>
       </c>
-      <c r="P43" t="s">
+      <c r="J45" t="s">
         <v>391</v>
       </c>
-      <c r="Q43" t="s">
-[...11 lines deleted...]
-      <c r="X43" t="s">
+      <c r="K45" t="s">
+        <v>338</v>
+      </c>
+      <c r="L45" t="s">
+        <v>330</v>
+      </c>
+      <c r="M45" t="s">
+        <v>339</v>
+      </c>
+      <c r="N45" t="s">
+        <v>332</v>
+      </c>
+      <c r="O45" t="s">
         <v>392</v>
       </c>
-      <c r="Y43" t="s">
+      <c r="P45" t="s">
         <v>393</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="I44" t="s">
+      <c r="Q45" t="s">
+        <v>80</v>
+      </c>
+      <c r="R45" t="s">
+        <v>81</v>
+      </c>
+      <c r="S45" t="s">
+        <v>81</v>
+      </c>
+      <c r="T45" t="s">
+        <v>81</v>
+      </c>
+      <c r="X45" t="s">
         <v>394</v>
       </c>
-      <c r="J44" t="s">
-[...2 lines deleted...]
-      <c r="K44" t="s">
+      <c r="Y45" t="s">
         <v>395</v>
       </c>
-      <c r="L44" t="s">
+    </row>
+    <row r="46" spans="1:36">
+      <c r="A46">
+        <v>106935</v>
+      </c>
+      <c r="B46" s="1">
+        <v>46057</v>
+      </c>
+      <c r="C46" t="s">
+        <v>84</v>
+      </c>
+      <c r="D46" t="s">
+        <v>85</v>
+      </c>
+      <c r="H46" t="s">
+        <v>184</v>
+      </c>
+      <c r="I46" t="s">
+        <v>367</v>
+      </c>
+      <c r="J46" t="s">
+        <v>379</v>
+      </c>
+      <c r="K46" t="s">
+        <v>368</v>
+      </c>
+      <c r="L46" t="s">
+        <v>369</v>
+      </c>
+      <c r="M46" t="s">
+        <v>370</v>
+      </c>
+      <c r="N46" t="s">
+        <v>371</v>
+      </c>
+      <c r="O46" t="s">
+        <v>372</v>
+      </c>
+      <c r="P46" t="s">
+        <v>373</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>80</v>
+      </c>
+      <c r="R46" t="s">
+        <v>81</v>
+      </c>
+      <c r="S46" t="s">
+        <v>81</v>
+      </c>
+      <c r="T46" t="s">
+        <v>81</v>
+      </c>
+      <c r="X46" t="s">
+        <v>374</v>
+      </c>
+      <c r="Z46" t="s">
+        <v>372</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>375</v>
+      </c>
+      <c r="AC46" t="s">
+        <v>81</v>
+      </c>
+      <c r="AD46" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE46" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF46" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ46" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="47" spans="1:36">
+      <c r="A47">
+        <v>106933</v>
+      </c>
+      <c r="B47" s="1">
+        <v>46057</v>
+      </c>
+      <c r="C47" t="s">
+        <v>84</v>
+      </c>
+      <c r="D47" t="s">
+        <v>85</v>
+      </c>
+      <c r="H47" t="s">
+        <v>184</v>
+      </c>
+      <c r="I47" t="s">
         <v>396</v>
       </c>
-      <c r="M44" t="s">
+      <c r="J47" t="s">
+        <v>379</v>
+      </c>
+      <c r="K47" t="s">
+        <v>186</v>
+      </c>
+      <c r="L47" t="s">
+        <v>187</v>
+      </c>
+      <c r="M47" t="s">
+        <v>188</v>
+      </c>
+      <c r="N47" t="s">
+        <v>189</v>
+      </c>
+      <c r="O47" t="s">
         <v>397</v>
       </c>
-      <c r="N44" t="s">
+      <c r="P47" t="s">
         <v>398</v>
       </c>
-      <c r="O44" t="s">
+      <c r="Q47" t="s">
+        <v>80</v>
+      </c>
+      <c r="R47" t="s">
+        <v>81</v>
+      </c>
+      <c r="S47" t="s">
+        <v>81</v>
+      </c>
+      <c r="T47" t="s">
+        <v>81</v>
+      </c>
+      <c r="X47" t="s">
         <v>399</v>
       </c>
-      <c r="P44" t="s">
+      <c r="Y47" t="s">
         <v>400</v>
       </c>
-      <c r="Q44" t="s">
-[...11 lines deleted...]
-      <c r="X44" t="s">
+    </row>
+    <row r="48" spans="1:36">
+      <c r="A48">
+        <v>106931</v>
+      </c>
+      <c r="B48" s="1">
+        <v>46057</v>
+      </c>
+      <c r="C48" t="s">
+        <v>84</v>
+      </c>
+      <c r="D48" t="s">
+        <v>85</v>
+      </c>
+      <c r="H48" t="s">
         <v>401</v>
       </c>
-      <c r="Y44" t="s">
+      <c r="I48" t="s">
         <v>402</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="I45" t="s">
+      <c r="J48" t="s">
+        <v>379</v>
+      </c>
+      <c r="K48" t="s">
         <v>403</v>
       </c>
-      <c r="J45" t="s">
-[...17 lines deleted...]
-      <c r="P45" t="s">
+      <c r="L48" t="s">
         <v>404</v>
       </c>
-      <c r="Q45" t="s">
-[...11 lines deleted...]
-      <c r="X45" t="s">
+      <c r="M48" t="s">
         <v>405</v>
       </c>
-      <c r="Y45" t="s">
+      <c r="N48" t="s">
         <v>406</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="H46" t="s">
+      <c r="O48" t="s">
         <v>407</v>
       </c>
-      <c r="I46" t="s">
+      <c r="P48" t="s">
         <v>408</v>
       </c>
-      <c r="J46" t="s">
-[...17 lines deleted...]
-      <c r="P46" t="s">
+      <c r="Q48" t="s">
+        <v>80</v>
+      </c>
+      <c r="R48" t="s">
+        <v>81</v>
+      </c>
+      <c r="S48" t="s">
+        <v>81</v>
+      </c>
+      <c r="T48" t="s">
+        <v>81</v>
+      </c>
+      <c r="X48" t="s">
         <v>409</v>
       </c>
-      <c r="Q46" t="s">
-[...11 lines deleted...]
-      <c r="X46" t="s">
+      <c r="Y48" t="s">
         <v>410</v>
-      </c>
-[...113 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49">
-        <v>106013</v>
+        <v>106928</v>
       </c>
       <c r="B49" s="1">
-        <v>45994</v>
+        <v>46056</v>
       </c>
       <c r="C49" t="s">
-        <v>424</v>
+        <v>69</v>
       </c>
       <c r="D49" t="s">
-        <v>425</v>
+        <v>70</v>
       </c>
       <c r="H49" t="s">
-        <v>426</v>
+        <v>71</v>
       </c>
       <c r="I49" t="s">
-        <v>427</v>
+        <v>411</v>
       </c>
       <c r="J49" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-        <v>428</v>
+        <v>412</v>
       </c>
       <c r="L49" t="s">
-        <v>429</v>
+        <v>313</v>
       </c>
       <c r="M49" t="s">
-        <v>430</v>
+        <v>314</v>
       </c>
       <c r="N49" t="s">
-        <v>431</v>
+        <v>236</v>
       </c>
       <c r="O49" t="s">
-        <v>432</v>
+        <v>413</v>
+      </c>
+      <c r="P49" t="s">
+        <v>414</v>
       </c>
       <c r="Q49" t="s">
         <v>80</v>
       </c>
       <c r="R49" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S49" t="s">
         <v>81</v>
       </c>
       <c r="T49" t="s">
         <v>81</v>
       </c>
       <c r="X49" t="s">
-        <v>433</v>
+        <v>411</v>
       </c>
       <c r="Y49" t="s">
-        <v>434</v>
+        <v>415</v>
       </c>
     </row>
     <row r="50" spans="1:25">
       <c r="A50">
-        <v>106012</v>
+        <v>106926</v>
       </c>
       <c r="B50" s="1">
-        <v>45994</v>
+        <v>46056</v>
       </c>
       <c r="C50" t="s">
+        <v>143</v>
+      </c>
+      <c r="D50" t="s">
+        <v>144</v>
+      </c>
+      <c r="H50" t="s">
+        <v>416</v>
+      </c>
+      <c r="I50" t="s">
+        <v>417</v>
+      </c>
+      <c r="J50" t="s">
+        <v>412</v>
+      </c>
+      <c r="K50" t="s">
+        <v>418</v>
+      </c>
+      <c r="L50" t="s">
+        <v>419</v>
+      </c>
+      <c r="M50" t="s">
+        <v>420</v>
+      </c>
+      <c r="N50" t="s">
+        <v>421</v>
+      </c>
+      <c r="O50" t="s">
+        <v>422</v>
+      </c>
+      <c r="P50" t="s">
+        <v>423</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>80</v>
+      </c>
+      <c r="R50" t="s">
+        <v>81</v>
+      </c>
+      <c r="S50" t="s">
+        <v>81</v>
+      </c>
+      <c r="T50" t="s">
+        <v>81</v>
+      </c>
+      <c r="X50" t="s">
         <v>424</v>
       </c>
-      <c r="D50" t="s">
+      <c r="Y50" t="s">
         <v>425</v>
-      </c>
-[...40 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="51" spans="1:25">
       <c r="A51">
-        <v>106011</v>
+        <v>106925</v>
       </c>
       <c r="B51" s="1">
-        <v>45994</v>
+        <v>46056</v>
       </c>
       <c r="C51" t="s">
-        <v>424</v>
+        <v>143</v>
       </c>
       <c r="D51" t="s">
-        <v>425</v>
+        <v>144</v>
       </c>
       <c r="H51" t="s">
+        <v>416</v>
+      </c>
+      <c r="I51" t="s">
         <v>426</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J51" t="s">
+        <v>412</v>
+      </c>
+      <c r="K51" t="s">
+        <v>418</v>
+      </c>
+      <c r="L51" t="s">
+        <v>419</v>
+      </c>
+      <c r="M51" t="s">
         <v>420</v>
       </c>
-      <c r="K51" t="s">
+      <c r="N51" t="s">
+        <v>421</v>
+      </c>
+      <c r="O51" t="s">
+        <v>427</v>
+      </c>
+      <c r="P51" t="s">
         <v>428</v>
       </c>
-      <c r="L51" t="s">
+      <c r="Q51" t="s">
+        <v>80</v>
+      </c>
+      <c r="R51" t="s">
+        <v>81</v>
+      </c>
+      <c r="S51" t="s">
+        <v>81</v>
+      </c>
+      <c r="T51" t="s">
+        <v>81</v>
+      </c>
+      <c r="X51" t="s">
         <v>429</v>
       </c>
-      <c r="M51" t="s">
+      <c r="Y51" t="s">
         <v>430</v>
-      </c>
-[...22 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="52" spans="1:25">
       <c r="A52">
-        <v>106009</v>
+        <v>106921</v>
       </c>
       <c r="B52" s="1">
-        <v>45993</v>
+        <v>46056</v>
       </c>
       <c r="C52" t="s">
-        <v>127</v>
+        <v>431</v>
       </c>
       <c r="D52" t="s">
-        <v>128</v>
+        <v>432</v>
       </c>
       <c r="H52" t="s">
-        <v>163</v>
+        <v>433</v>
       </c>
       <c r="I52" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="J52" t="s">
-        <v>443</v>
+        <v>412</v>
+      </c>
+      <c r="K52" t="s">
+        <v>435</v>
       </c>
       <c r="L52" t="s">
-        <v>165</v>
+        <v>436</v>
       </c>
       <c r="M52" t="s">
-        <v>166</v>
+        <v>437</v>
       </c>
       <c r="N52" t="s">
-        <v>157</v>
+        <v>438</v>
       </c>
       <c r="O52" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="Q52" t="s">
         <v>80</v>
       </c>
       <c r="R52" t="s">
         <v>81</v>
       </c>
       <c r="S52" t="s">
         <v>81</v>
       </c>
       <c r="T52" t="s">
         <v>81</v>
       </c>
       <c r="X52" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="Y52" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
     </row>
     <row r="53" spans="1:25">
       <c r="A53">
-        <v>106008</v>
+        <v>106920</v>
       </c>
       <c r="B53" s="1">
-        <v>45993</v>
+        <v>46056</v>
       </c>
       <c r="C53" t="s">
-        <v>127</v>
+        <v>431</v>
       </c>
       <c r="D53" t="s">
-        <v>128</v>
+        <v>432</v>
       </c>
       <c r="H53" t="s">
-        <v>190</v>
+        <v>433</v>
       </c>
       <c r="I53" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="J53" t="s">
+        <v>412</v>
+      </c>
+      <c r="K53" t="s">
+        <v>435</v>
+      </c>
+      <c r="L53" t="s">
+        <v>436</v>
+      </c>
+      <c r="M53" t="s">
         <v>443</v>
       </c>
-      <c r="L53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N53" t="s">
-        <v>194</v>
+        <v>438</v>
       </c>
       <c r="O53" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="Q53" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R53" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S53" t="s">
         <v>81</v>
       </c>
       <c r="T53" t="s">
         <v>81</v>
       </c>
       <c r="X53" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="Y53" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
     </row>
     <row r="54" spans="1:25">
       <c r="A54">
-        <v>106007</v>
+        <v>106919</v>
       </c>
       <c r="B54" s="1">
-        <v>45992</v>
+        <v>46056</v>
       </c>
       <c r="C54" t="s">
-        <v>373</v>
+        <v>431</v>
       </c>
       <c r="D54" t="s">
-        <v>374</v>
+        <v>432</v>
       </c>
       <c r="H54" t="s">
-        <v>452</v>
+        <v>433</v>
       </c>
       <c r="I54" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="J54" t="s">
-        <v>454</v>
+        <v>412</v>
       </c>
       <c r="K54" t="s">
-        <v>455</v>
+        <v>435</v>
       </c>
       <c r="L54" t="s">
-        <v>456</v>
+        <v>436</v>
       </c>
       <c r="M54" t="s">
-        <v>457</v>
+        <v>437</v>
       </c>
       <c r="N54" t="s">
-        <v>458</v>
+        <v>438</v>
       </c>
       <c r="O54" t="s">
-        <v>459</v>
+        <v>448</v>
       </c>
       <c r="Q54" t="s">
         <v>80</v>
       </c>
       <c r="R54" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S54" t="s">
         <v>81</v>
       </c>
       <c r="T54" t="s">
         <v>81</v>
       </c>
       <c r="X54" t="s">
-        <v>460</v>
+        <v>449</v>
       </c>
       <c r="Y54" t="s">
-        <v>461</v>
+        <v>450</v>
       </c>
     </row>
     <row r="55" spans="1:25">
       <c r="A55">
-        <v>106006</v>
+        <v>106918</v>
       </c>
       <c r="B55" s="1">
-        <v>45992</v>
+        <v>46056</v>
       </c>
       <c r="C55" t="s">
-        <v>206</v>
+        <v>431</v>
       </c>
       <c r="D55" t="s">
-        <v>207</v>
+        <v>432</v>
       </c>
       <c r="H55" t="s">
-        <v>190</v>
+        <v>433</v>
       </c>
       <c r="I55" t="s">
-        <v>462</v>
+        <v>451</v>
       </c>
       <c r="J55" t="s">
-        <v>454</v>
+        <v>412</v>
       </c>
       <c r="K55" t="s">
-        <v>463</v>
+        <v>435</v>
       </c>
       <c r="L55" t="s">
-        <v>464</v>
+        <v>436</v>
       </c>
       <c r="M55" t="s">
-        <v>465</v>
+        <v>437</v>
       </c>
       <c r="N55" t="s">
-        <v>466</v>
+        <v>438</v>
       </c>
       <c r="O55" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>468</v>
+        <v>78</v>
       </c>
       <c r="Q55" t="s">
         <v>80</v>
       </c>
       <c r="R55" t="s">
         <v>81</v>
       </c>
       <c r="S55" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T55" t="s">
         <v>81</v>
       </c>
       <c r="X55" t="s">
-        <v>469</v>
+        <v>440</v>
       </c>
       <c r="Y55" t="s">
-        <v>470</v>
+        <v>452</v>
       </c>
     </row>
     <row r="56" spans="1:25">
       <c r="A56">
-        <v>106005</v>
+        <v>106917</v>
       </c>
       <c r="B56" s="1">
-        <v>45992</v>
+        <v>46056</v>
       </c>
       <c r="C56" t="s">
-        <v>84</v>
+        <v>431</v>
       </c>
       <c r="D56" t="s">
-        <v>85</v>
+        <v>432</v>
       </c>
       <c r="H56" t="s">
-        <v>471</v>
+        <v>433</v>
       </c>
       <c r="I56" t="s">
-        <v>472</v>
+        <v>453</v>
       </c>
       <c r="J56" t="s">
-        <v>473</v>
+        <v>412</v>
       </c>
       <c r="K56" t="s">
-        <v>474</v>
+        <v>435</v>
       </c>
       <c r="L56" t="s">
-        <v>475</v>
+        <v>436</v>
       </c>
       <c r="M56" t="s">
-        <v>476</v>
+        <v>443</v>
       </c>
       <c r="N56" t="s">
-        <v>477</v>
+        <v>438</v>
       </c>
       <c r="O56" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-        <v>479</v>
+        <v>454</v>
       </c>
       <c r="Q56" t="s">
         <v>80</v>
       </c>
       <c r="R56" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S56" t="s">
         <v>81</v>
       </c>
       <c r="T56" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>480</v>
+        <v>81</v>
       </c>
       <c r="X56" t="s">
-        <v>481</v>
+        <v>445</v>
       </c>
       <c r="Y56" t="s">
-        <v>482</v>
+        <v>455</v>
       </c>
     </row>
     <row r="57" spans="1:25">
       <c r="A57">
-        <v>106004</v>
+        <v>106916</v>
       </c>
       <c r="B57" s="1">
-        <v>45992</v>
+        <v>46056</v>
       </c>
       <c r="C57" t="s">
-        <v>206</v>
+        <v>431</v>
       </c>
       <c r="D57" t="s">
-        <v>207</v>
+        <v>432</v>
       </c>
       <c r="H57" t="s">
-        <v>163</v>
+        <v>433</v>
       </c>
       <c r="I57" t="s">
-        <v>483</v>
+        <v>456</v>
       </c>
       <c r="J57" t="s">
-        <v>473</v>
+        <v>412</v>
       </c>
       <c r="K57" t="s">
-        <v>484</v>
+        <v>435</v>
       </c>
       <c r="L57" t="s">
-        <v>485</v>
+        <v>436</v>
       </c>
       <c r="M57" t="s">
-        <v>486</v>
+        <v>443</v>
       </c>
       <c r="N57" t="s">
-        <v>307</v>
+        <v>438</v>
       </c>
       <c r="O57" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>457</v>
       </c>
       <c r="Q57" t="s">
         <v>80</v>
       </c>
       <c r="R57" t="s">
         <v>81</v>
       </c>
       <c r="S57" t="s">
         <v>81</v>
       </c>
       <c r="T57" t="s">
         <v>81</v>
       </c>
       <c r="X57" t="s">
-        <v>489</v>
+        <v>458</v>
       </c>
       <c r="Y57" t="s">
-        <v>490</v>
+        <v>459</v>
       </c>
     </row>
     <row r="58" spans="1:25">
       <c r="A58">
-        <v>106003</v>
+        <v>106915</v>
       </c>
       <c r="B58" s="1">
-        <v>45992</v>
+        <v>46056</v>
       </c>
       <c r="C58" t="s">
-        <v>127</v>
+        <v>431</v>
       </c>
       <c r="D58" t="s">
-        <v>128</v>
+        <v>432</v>
       </c>
       <c r="H58" t="s">
-        <v>190</v>
+        <v>433</v>
       </c>
       <c r="I58" t="s">
+        <v>460</v>
+      </c>
+      <c r="J58" t="s">
+        <v>412</v>
+      </c>
+      <c r="K58" t="s">
+        <v>435</v>
+      </c>
+      <c r="L58" t="s">
+        <v>436</v>
+      </c>
+      <c r="M58" t="s">
+        <v>443</v>
+      </c>
+      <c r="N58" t="s">
+        <v>438</v>
+      </c>
+      <c r="O58" t="s">
+        <v>461</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>80</v>
+      </c>
+      <c r="R58" t="s">
+        <v>81</v>
+      </c>
+      <c r="S58" t="s">
+        <v>81</v>
+      </c>
+      <c r="T58" t="s">
+        <v>81</v>
+      </c>
+      <c r="X58" t="s">
+        <v>440</v>
+      </c>
+      <c r="Y58" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="59" spans="1:25">
+      <c r="A59">
+        <v>106914</v>
+      </c>
+      <c r="B59" s="1">
+        <v>46056</v>
+      </c>
+      <c r="C59" t="s">
+        <v>431</v>
+      </c>
+      <c r="D59" t="s">
+        <v>432</v>
+      </c>
+      <c r="H59" t="s">
+        <v>433</v>
+      </c>
+      <c r="I59" t="s">
+        <v>463</v>
+      </c>
+      <c r="J59" t="s">
+        <v>412</v>
+      </c>
+      <c r="K59" t="s">
+        <v>435</v>
+      </c>
+      <c r="L59" t="s">
+        <v>436</v>
+      </c>
+      <c r="M59" t="s">
+        <v>443</v>
+      </c>
+      <c r="N59" t="s">
+        <v>438</v>
+      </c>
+      <c r="O59" t="s">
+        <v>464</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>80</v>
+      </c>
+      <c r="R59" t="s">
+        <v>81</v>
+      </c>
+      <c r="S59" t="s">
+        <v>80</v>
+      </c>
+      <c r="T59" t="s">
+        <v>81</v>
+      </c>
+      <c r="X59" t="s">
+        <v>440</v>
+      </c>
+      <c r="Y59" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="60" spans="1:25">
+      <c r="A60">
+        <v>106907</v>
+      </c>
+      <c r="B60" s="1">
+        <v>46056</v>
+      </c>
+      <c r="C60" t="s">
+        <v>69</v>
+      </c>
+      <c r="D60" t="s">
+        <v>70</v>
+      </c>
+      <c r="H60" t="s">
+        <v>232</v>
+      </c>
+      <c r="I60" t="s">
+        <v>466</v>
+      </c>
+      <c r="J60" t="s">
+        <v>467</v>
+      </c>
+      <c r="L60" t="s">
+        <v>234</v>
+      </c>
+      <c r="M60" t="s">
+        <v>235</v>
+      </c>
+      <c r="N60" t="s">
+        <v>236</v>
+      </c>
+      <c r="O60" t="s">
+        <v>468</v>
+      </c>
+      <c r="P60" t="s">
+        <v>469</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>80</v>
+      </c>
+      <c r="R60" t="s">
+        <v>80</v>
+      </c>
+      <c r="S60" t="s">
+        <v>81</v>
+      </c>
+      <c r="T60" t="s">
+        <v>81</v>
+      </c>
+      <c r="V60" t="s">
+        <v>470</v>
+      </c>
+      <c r="X60" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="61" spans="1:25">
+      <c r="A61">
+        <v>106890</v>
+      </c>
+      <c r="B61" s="1">
+        <v>46055</v>
+      </c>
+      <c r="C61" t="s">
+        <v>84</v>
+      </c>
+      <c r="D61" t="s">
+        <v>85</v>
+      </c>
+      <c r="H61" t="s">
+        <v>184</v>
+      </c>
+      <c r="I61" t="s">
+        <v>471</v>
+      </c>
+      <c r="J61" t="s">
+        <v>467</v>
+      </c>
+      <c r="K61" t="s">
+        <v>186</v>
+      </c>
+      <c r="L61" t="s">
+        <v>187</v>
+      </c>
+      <c r="M61" t="s">
+        <v>188</v>
+      </c>
+      <c r="N61" t="s">
+        <v>189</v>
+      </c>
+      <c r="O61" t="s">
+        <v>472</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>80</v>
+      </c>
+      <c r="R61" t="s">
+        <v>81</v>
+      </c>
+      <c r="S61" t="s">
+        <v>81</v>
+      </c>
+      <c r="T61" t="s">
+        <v>81</v>
+      </c>
+      <c r="X61" t="s">
+        <v>473</v>
+      </c>
+      <c r="Y61" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="62" spans="1:25">
+      <c r="A62">
+        <v>106887</v>
+      </c>
+      <c r="B62" s="1">
+        <v>46055</v>
+      </c>
+      <c r="C62" t="s">
+        <v>84</v>
+      </c>
+      <c r="D62" t="s">
+        <v>85</v>
+      </c>
+      <c r="H62" t="s">
+        <v>475</v>
+      </c>
+      <c r="I62" t="s">
+        <v>476</v>
+      </c>
+      <c r="J62" t="s">
+        <v>467</v>
+      </c>
+      <c r="K62" t="s">
+        <v>477</v>
+      </c>
+      <c r="L62" t="s">
+        <v>478</v>
+      </c>
+      <c r="M62" t="s">
+        <v>479</v>
+      </c>
+      <c r="N62" t="s">
+        <v>480</v>
+      </c>
+      <c r="O62" t="s">
+        <v>481</v>
+      </c>
+      <c r="P62" t="s">
+        <v>482</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>80</v>
+      </c>
+      <c r="R62" t="s">
+        <v>81</v>
+      </c>
+      <c r="S62" t="s">
+        <v>81</v>
+      </c>
+      <c r="T62" t="s">
+        <v>81</v>
+      </c>
+      <c r="X62" t="s">
+        <v>483</v>
+      </c>
+      <c r="Y62" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="63" spans="1:25">
+      <c r="A63">
+        <v>106875</v>
+      </c>
+      <c r="B63" s="1">
+        <v>46052</v>
+      </c>
+      <c r="C63" t="s">
+        <v>84</v>
+      </c>
+      <c r="D63" t="s">
+        <v>85</v>
+      </c>
+      <c r="H63" t="s">
+        <v>184</v>
+      </c>
+      <c r="I63" t="s">
+        <v>485</v>
+      </c>
+      <c r="J63" t="s">
+        <v>486</v>
+      </c>
+      <c r="K63" t="s">
+        <v>186</v>
+      </c>
+      <c r="L63" t="s">
+        <v>187</v>
+      </c>
+      <c r="M63" t="s">
+        <v>188</v>
+      </c>
+      <c r="N63" t="s">
+        <v>189</v>
+      </c>
+      <c r="O63" t="s">
+        <v>487</v>
+      </c>
+      <c r="P63" t="s">
+        <v>488</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>80</v>
+      </c>
+      <c r="R63" t="s">
+        <v>81</v>
+      </c>
+      <c r="S63" t="s">
+        <v>81</v>
+      </c>
+      <c r="T63" t="s">
+        <v>81</v>
+      </c>
+      <c r="X63" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y63" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="64" spans="1:25">
+      <c r="A64">
+        <v>106870</v>
+      </c>
+      <c r="B64" s="1">
+        <v>46052</v>
+      </c>
+      <c r="C64" t="s">
+        <v>84</v>
+      </c>
+      <c r="D64" t="s">
+        <v>85</v>
+      </c>
+      <c r="H64" t="s">
         <v>491</v>
       </c>
-      <c r="J58" t="s">
-[...11 lines deleted...]
-      <c r="O58" t="s">
+      <c r="I64" t="s">
         <v>492</v>
       </c>
-      <c r="P58" t="s">
+      <c r="J64" t="s">
+        <v>486</v>
+      </c>
+      <c r="K64" t="s">
         <v>493</v>
       </c>
-      <c r="Q58" t="s">
-[...11 lines deleted...]
-      <c r="X58" t="s">
+      <c r="L64" t="s">
         <v>494</v>
       </c>
-      <c r="Y58" t="s">
+      <c r="M64" t="s">
         <v>495</v>
+      </c>
+      <c r="N64" t="s">
+        <v>496</v>
+      </c>
+      <c r="O64" t="s">
+        <v>497</v>
+      </c>
+      <c r="P64" t="s">
+        <v>498</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>80</v>
+      </c>
+      <c r="R64" t="s">
+        <v>81</v>
+      </c>
+      <c r="S64" t="s">
+        <v>81</v>
+      </c>
+      <c r="T64" t="s">
+        <v>81</v>
+      </c>
+      <c r="X64" t="s">
+        <v>499</v>
+      </c>
+      <c r="Y64" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="65" spans="1:25">
+      <c r="A65">
+        <v>106867</v>
+      </c>
+      <c r="B65" s="1">
+        <v>46052</v>
+      </c>
+      <c r="C65" t="s">
+        <v>84</v>
+      </c>
+      <c r="D65" t="s">
+        <v>85</v>
+      </c>
+      <c r="H65" t="s">
+        <v>491</v>
+      </c>
+      <c r="I65" t="s">
+        <v>501</v>
+      </c>
+      <c r="J65" t="s">
+        <v>486</v>
+      </c>
+      <c r="K65" t="s">
+        <v>493</v>
+      </c>
+      <c r="L65" t="s">
+        <v>494</v>
+      </c>
+      <c r="M65" t="s">
+        <v>495</v>
+      </c>
+      <c r="N65" t="s">
+        <v>496</v>
+      </c>
+      <c r="O65" t="s">
+        <v>502</v>
+      </c>
+      <c r="P65" t="s">
+        <v>503</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>80</v>
+      </c>
+      <c r="R65" t="s">
+        <v>81</v>
+      </c>
+      <c r="S65" t="s">
+        <v>81</v>
+      </c>
+      <c r="T65" t="s">
+        <v>81</v>
+      </c>
+      <c r="X65" t="s">
+        <v>504</v>
+      </c>
+      <c r="Y65" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="66" spans="1:25">
+      <c r="A66">
+        <v>106865</v>
+      </c>
+      <c r="B66" s="1">
+        <v>46052</v>
+      </c>
+      <c r="C66" t="s">
+        <v>114</v>
+      </c>
+      <c r="D66" t="s">
+        <v>115</v>
+      </c>
+      <c r="H66" t="s">
+        <v>86</v>
+      </c>
+      <c r="I66" t="s">
+        <v>506</v>
+      </c>
+      <c r="J66" t="s">
+        <v>486</v>
+      </c>
+      <c r="K66" t="s">
+        <v>118</v>
+      </c>
+      <c r="L66" t="s">
+        <v>119</v>
+      </c>
+      <c r="M66" t="s">
+        <v>120</v>
+      </c>
+      <c r="N66" t="s">
+        <v>121</v>
+      </c>
+      <c r="O66" t="s">
+        <v>507</v>
+      </c>
+      <c r="P66" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>80</v>
+      </c>
+      <c r="R66" t="s">
+        <v>81</v>
+      </c>
+      <c r="S66" t="s">
+        <v>81</v>
+      </c>
+      <c r="T66" t="s">
+        <v>81</v>
+      </c>
+      <c r="X66" t="s">
+        <v>509</v>
+      </c>
+      <c r="Y66" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="67" spans="1:25">
+      <c r="A67">
+        <v>106864</v>
+      </c>
+      <c r="B67" s="1">
+        <v>46052</v>
+      </c>
+      <c r="C67" t="s">
+        <v>114</v>
+      </c>
+      <c r="D67" t="s">
+        <v>115</v>
+      </c>
+      <c r="H67" t="s">
+        <v>86</v>
+      </c>
+      <c r="I67" t="s">
+        <v>511</v>
+      </c>
+      <c r="J67" t="s">
+        <v>486</v>
+      </c>
+      <c r="K67" t="s">
+        <v>118</v>
+      </c>
+      <c r="L67" t="s">
+        <v>119</v>
+      </c>
+      <c r="M67" t="s">
+        <v>120</v>
+      </c>
+      <c r="N67" t="s">
+        <v>121</v>
+      </c>
+      <c r="O67" t="s">
+        <v>507</v>
+      </c>
+      <c r="P67" t="s">
+        <v>512</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>80</v>
+      </c>
+      <c r="R67" t="s">
+        <v>81</v>
+      </c>
+      <c r="S67" t="s">
+        <v>81</v>
+      </c>
+      <c r="T67" t="s">
+        <v>81</v>
+      </c>
+      <c r="X67" t="s">
+        <v>513</v>
+      </c>
+      <c r="Y67" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="68" spans="1:25">
+      <c r="A68">
+        <v>106862</v>
+      </c>
+      <c r="B68" s="1">
+        <v>46052</v>
+      </c>
+      <c r="C68" t="s">
+        <v>114</v>
+      </c>
+      <c r="D68" t="s">
+        <v>115</v>
+      </c>
+      <c r="H68" t="s">
+        <v>86</v>
+      </c>
+      <c r="I68" t="s">
+        <v>515</v>
+      </c>
+      <c r="J68" t="s">
+        <v>516</v>
+      </c>
+      <c r="K68" t="s">
+        <v>118</v>
+      </c>
+      <c r="L68" t="s">
+        <v>119</v>
+      </c>
+      <c r="M68" t="s">
+        <v>120</v>
+      </c>
+      <c r="N68" t="s">
+        <v>121</v>
+      </c>
+      <c r="O68" t="s">
+        <v>507</v>
+      </c>
+      <c r="P68" t="s">
+        <v>517</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>80</v>
+      </c>
+      <c r="R68" t="s">
+        <v>81</v>
+      </c>
+      <c r="S68" t="s">
+        <v>81</v>
+      </c>
+      <c r="T68" t="s">
+        <v>81</v>
+      </c>
+      <c r="X68" t="s">
+        <v>518</v>
+      </c>
+      <c r="Y68" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="69" spans="1:25">
+      <c r="A69">
+        <v>106861</v>
+      </c>
+      <c r="B69" s="1">
+        <v>46052</v>
+      </c>
+      <c r="C69" t="s">
+        <v>114</v>
+      </c>
+      <c r="D69" t="s">
+        <v>115</v>
+      </c>
+      <c r="H69" t="s">
+        <v>86</v>
+      </c>
+      <c r="I69" t="s">
+        <v>520</v>
+      </c>
+      <c r="J69" t="s">
+        <v>516</v>
+      </c>
+      <c r="K69" t="s">
+        <v>118</v>
+      </c>
+      <c r="L69" t="s">
+        <v>119</v>
+      </c>
+      <c r="M69" t="s">
+        <v>120</v>
+      </c>
+      <c r="N69" t="s">
+        <v>121</v>
+      </c>
+      <c r="O69" t="s">
+        <v>507</v>
+      </c>
+      <c r="P69" t="s">
+        <v>521</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>80</v>
+      </c>
+      <c r="R69" t="s">
+        <v>81</v>
+      </c>
+      <c r="S69" t="s">
+        <v>81</v>
+      </c>
+      <c r="T69" t="s">
+        <v>81</v>
+      </c>
+      <c r="X69" t="s">
+        <v>522</v>
+      </c>
+      <c r="Y69" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="70" spans="1:25">
+      <c r="A70">
+        <v>106860</v>
+      </c>
+      <c r="B70" s="1">
+        <v>46052</v>
+      </c>
+      <c r="C70" t="s">
+        <v>69</v>
+      </c>
+      <c r="D70" t="s">
+        <v>70</v>
+      </c>
+      <c r="H70" t="s">
+        <v>232</v>
+      </c>
+      <c r="I70" t="s">
+        <v>524</v>
+      </c>
+      <c r="J70" t="s">
+        <v>516</v>
+      </c>
+      <c r="L70" t="s">
+        <v>234</v>
+      </c>
+      <c r="M70" t="s">
+        <v>235</v>
+      </c>
+      <c r="N70" t="s">
+        <v>236</v>
+      </c>
+      <c r="O70" t="s">
+        <v>525</v>
+      </c>
+      <c r="P70" t="s">
+        <v>526</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>80</v>
+      </c>
+      <c r="R70" t="s">
+        <v>81</v>
+      </c>
+      <c r="S70" t="s">
+        <v>81</v>
+      </c>
+      <c r="T70" t="s">
+        <v>81</v>
+      </c>
+      <c r="X70" t="s">
+        <v>524</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="71" spans="1:25">
+      <c r="A71">
+        <v>106859</v>
+      </c>
+      <c r="B71" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C71" t="s">
+        <v>173</v>
+      </c>
+      <c r="D71" t="s">
+        <v>174</v>
+      </c>
+      <c r="H71" t="s">
+        <v>104</v>
+      </c>
+      <c r="I71" t="s">
+        <v>528</v>
+      </c>
+      <c r="J71" t="s">
+        <v>516</v>
+      </c>
+      <c r="K71" t="s">
+        <v>213</v>
+      </c>
+      <c r="L71" t="s">
+        <v>214</v>
+      </c>
+      <c r="M71" t="s">
+        <v>215</v>
+      </c>
+      <c r="N71" t="s">
+        <v>380</v>
+      </c>
+      <c r="O71" t="s">
+        <v>529</v>
+      </c>
+      <c r="P71" t="s">
+        <v>530</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>80</v>
+      </c>
+      <c r="R71" t="s">
+        <v>81</v>
+      </c>
+      <c r="S71" t="s">
+        <v>81</v>
+      </c>
+      <c r="T71" t="s">
+        <v>81</v>
+      </c>
+      <c r="X71" t="s">
+        <v>531</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="72" spans="1:25">
+      <c r="A72">
+        <v>106857</v>
+      </c>
+      <c r="B72" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C72" t="s">
+        <v>114</v>
+      </c>
+      <c r="D72" t="s">
+        <v>115</v>
+      </c>
+      <c r="H72" t="s">
+        <v>86</v>
+      </c>
+      <c r="I72" t="s">
+        <v>533</v>
+      </c>
+      <c r="J72" t="s">
+        <v>516</v>
+      </c>
+      <c r="K72" t="s">
+        <v>118</v>
+      </c>
+      <c r="L72" t="s">
+        <v>119</v>
+      </c>
+      <c r="M72" t="s">
+        <v>120</v>
+      </c>
+      <c r="N72" t="s">
+        <v>121</v>
+      </c>
+      <c r="O72" t="s">
+        <v>507</v>
+      </c>
+      <c r="P72" t="s">
+        <v>534</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>80</v>
+      </c>
+      <c r="R72" t="s">
+        <v>81</v>
+      </c>
+      <c r="S72" t="s">
+        <v>81</v>
+      </c>
+      <c r="T72" t="s">
+        <v>81</v>
+      </c>
+      <c r="X72" t="s">
+        <v>535</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="73" spans="1:25">
+      <c r="A73">
+        <v>106856</v>
+      </c>
+      <c r="B73" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C73" t="s">
+        <v>114</v>
+      </c>
+      <c r="D73" t="s">
+        <v>115</v>
+      </c>
+      <c r="H73" t="s">
+        <v>86</v>
+      </c>
+      <c r="I73" t="s">
+        <v>537</v>
+      </c>
+      <c r="J73" t="s">
+        <v>516</v>
+      </c>
+      <c r="K73" t="s">
+        <v>118</v>
+      </c>
+      <c r="L73" t="s">
+        <v>119</v>
+      </c>
+      <c r="M73" t="s">
+        <v>120</v>
+      </c>
+      <c r="N73" t="s">
+        <v>121</v>
+      </c>
+      <c r="O73" t="s">
+        <v>507</v>
+      </c>
+      <c r="P73" t="s">
+        <v>538</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>80</v>
+      </c>
+      <c r="R73" t="s">
+        <v>81</v>
+      </c>
+      <c r="S73" t="s">
+        <v>81</v>
+      </c>
+      <c r="T73" t="s">
+        <v>81</v>
+      </c>
+      <c r="X73" t="s">
+        <v>539</v>
+      </c>
+      <c r="Y73" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="74" spans="1:25">
+      <c r="A74">
+        <v>106855</v>
+      </c>
+      <c r="B74" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C74" t="s">
+        <v>114</v>
+      </c>
+      <c r="D74" t="s">
+        <v>115</v>
+      </c>
+      <c r="H74" t="s">
+        <v>86</v>
+      </c>
+      <c r="I74" t="s">
+        <v>541</v>
+      </c>
+      <c r="J74" t="s">
+        <v>516</v>
+      </c>
+      <c r="K74" t="s">
+        <v>118</v>
+      </c>
+      <c r="L74" t="s">
+        <v>119</v>
+      </c>
+      <c r="M74" t="s">
+        <v>120</v>
+      </c>
+      <c r="N74" t="s">
+        <v>121</v>
+      </c>
+      <c r="O74" t="s">
+        <v>507</v>
+      </c>
+      <c r="P74" t="s">
+        <v>542</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>80</v>
+      </c>
+      <c r="R74" t="s">
+        <v>81</v>
+      </c>
+      <c r="S74" t="s">
+        <v>81</v>
+      </c>
+      <c r="T74" t="s">
+        <v>81</v>
+      </c>
+      <c r="X74" t="s">
+        <v>543</v>
+      </c>
+      <c r="Y74" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="75" spans="1:25">
+      <c r="A75">
+        <v>106854</v>
+      </c>
+      <c r="B75" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C75" t="s">
+        <v>114</v>
+      </c>
+      <c r="D75" t="s">
+        <v>115</v>
+      </c>
+      <c r="H75" t="s">
+        <v>86</v>
+      </c>
+      <c r="I75" t="s">
+        <v>545</v>
+      </c>
+      <c r="J75" t="s">
+        <v>516</v>
+      </c>
+      <c r="K75" t="s">
+        <v>118</v>
+      </c>
+      <c r="L75" t="s">
+        <v>119</v>
+      </c>
+      <c r="M75" t="s">
+        <v>120</v>
+      </c>
+      <c r="N75" t="s">
+        <v>121</v>
+      </c>
+      <c r="O75" t="s">
+        <v>507</v>
+      </c>
+      <c r="P75" t="s">
+        <v>546</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>80</v>
+      </c>
+      <c r="R75" t="s">
+        <v>81</v>
+      </c>
+      <c r="S75" t="s">
+        <v>81</v>
+      </c>
+      <c r="T75" t="s">
+        <v>81</v>
+      </c>
+      <c r="X75" t="s">
+        <v>547</v>
+      </c>
+      <c r="Y75" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="76" spans="1:25">
+      <c r="A76">
+        <v>106846</v>
+      </c>
+      <c r="B76" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C76" t="s">
+        <v>173</v>
+      </c>
+      <c r="D76" t="s">
+        <v>174</v>
+      </c>
+      <c r="H76" t="s">
+        <v>104</v>
+      </c>
+      <c r="I76" t="s">
+        <v>549</v>
+      </c>
+      <c r="J76" t="s">
+        <v>516</v>
+      </c>
+      <c r="K76" t="s">
+        <v>213</v>
+      </c>
+      <c r="L76" t="s">
+        <v>214</v>
+      </c>
+      <c r="M76" t="s">
+        <v>215</v>
+      </c>
+      <c r="N76" t="s">
+        <v>380</v>
+      </c>
+      <c r="O76" t="s">
+        <v>550</v>
+      </c>
+      <c r="P76" t="s">
+        <v>551</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>80</v>
+      </c>
+      <c r="R76" t="s">
+        <v>81</v>
+      </c>
+      <c r="S76" t="s">
+        <v>81</v>
+      </c>
+      <c r="T76" t="s">
+        <v>81</v>
+      </c>
+      <c r="X76" t="s">
+        <v>552</v>
+      </c>
+      <c r="Y76" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="77" spans="1:25">
+      <c r="A77">
+        <v>106839</v>
+      </c>
+      <c r="B77" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C77" t="s">
+        <v>69</v>
+      </c>
+      <c r="D77" t="s">
+        <v>70</v>
+      </c>
+      <c r="H77" t="s">
+        <v>232</v>
+      </c>
+      <c r="I77" t="s">
+        <v>554</v>
+      </c>
+      <c r="J77" t="s">
+        <v>516</v>
+      </c>
+      <c r="L77" t="s">
+        <v>555</v>
+      </c>
+      <c r="M77" t="s">
+        <v>235</v>
+      </c>
+      <c r="N77" t="s">
+        <v>236</v>
+      </c>
+      <c r="O77" t="s">
+        <v>556</v>
+      </c>
+      <c r="P77" t="s">
+        <v>557</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>80</v>
+      </c>
+      <c r="R77" t="s">
+        <v>80</v>
+      </c>
+      <c r="S77" t="s">
+        <v>81</v>
+      </c>
+      <c r="T77" t="s">
+        <v>81</v>
+      </c>
+      <c r="U77" t="s">
+        <v>558</v>
+      </c>
+      <c r="V77" t="s">
+        <v>559</v>
+      </c>
+      <c r="X77" t="s">
+        <v>554</v>
+      </c>
+      <c r="Y77" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="78" spans="1:25">
+      <c r="A78">
+        <v>106838</v>
+      </c>
+      <c r="B78" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C78" t="s">
+        <v>84</v>
+      </c>
+      <c r="D78" t="s">
+        <v>85</v>
+      </c>
+      <c r="H78" t="s">
+        <v>86</v>
+      </c>
+      <c r="I78" t="s">
+        <v>561</v>
+      </c>
+      <c r="J78" t="s">
+        <v>516</v>
+      </c>
+      <c r="K78" t="s">
+        <v>276</v>
+      </c>
+      <c r="L78" t="s">
+        <v>277</v>
+      </c>
+      <c r="M78" t="s">
+        <v>278</v>
+      </c>
+      <c r="N78" t="s">
+        <v>279</v>
+      </c>
+      <c r="O78" t="s">
+        <v>562</v>
+      </c>
+      <c r="P78" t="s">
+        <v>563</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>80</v>
+      </c>
+      <c r="R78" t="s">
+        <v>81</v>
+      </c>
+      <c r="S78" t="s">
+        <v>81</v>
+      </c>
+      <c r="T78" t="s">
+        <v>81</v>
+      </c>
+      <c r="X78" t="s">
+        <v>564</v>
+      </c>
+      <c r="Y78" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="79" spans="1:25">
+      <c r="A79">
+        <v>106832</v>
+      </c>
+      <c r="B79" s="1">
+        <v>46051</v>
+      </c>
+      <c r="C79" t="s">
+        <v>84</v>
+      </c>
+      <c r="D79" t="s">
+        <v>85</v>
+      </c>
+      <c r="H79" t="s">
+        <v>86</v>
+      </c>
+      <c r="I79" t="s">
+        <v>566</v>
+      </c>
+      <c r="J79" t="s">
+        <v>516</v>
+      </c>
+      <c r="K79" t="s">
+        <v>276</v>
+      </c>
+      <c r="L79" t="s">
+        <v>277</v>
+      </c>
+      <c r="M79" t="s">
+        <v>278</v>
+      </c>
+      <c r="N79" t="s">
+        <v>279</v>
+      </c>
+      <c r="O79" t="s">
+        <v>567</v>
+      </c>
+      <c r="P79" t="s">
+        <v>568</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>80</v>
+      </c>
+      <c r="R79" t="s">
+        <v>81</v>
+      </c>
+      <c r="S79" t="s">
+        <v>81</v>
+      </c>
+      <c r="T79" t="s">
+        <v>81</v>
+      </c>
+      <c r="X79" t="s">
+        <v>569</v>
+      </c>
+      <c r="Y79" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="80" spans="1:25">
+      <c r="A80">
+        <v>106806</v>
+      </c>
+      <c r="B80" s="1">
+        <v>46050</v>
+      </c>
+      <c r="C80" t="s">
+        <v>69</v>
+      </c>
+      <c r="D80" t="s">
+        <v>70</v>
+      </c>
+      <c r="H80" t="s">
+        <v>71</v>
+      </c>
+      <c r="I80" t="s">
+        <v>571</v>
+      </c>
+      <c r="J80" t="s">
+        <v>572</v>
+      </c>
+      <c r="K80" t="s">
+        <v>573</v>
+      </c>
+      <c r="L80" t="s">
+        <v>75</v>
+      </c>
+      <c r="M80" t="s">
+        <v>76</v>
+      </c>
+      <c r="N80" t="s">
+        <v>574</v>
+      </c>
+      <c r="O80" t="s">
+        <v>575</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>81</v>
+      </c>
+      <c r="R80" t="s">
+        <v>80</v>
+      </c>
+      <c r="S80" t="s">
+        <v>81</v>
+      </c>
+      <c r="T80" t="s">
+        <v>81</v>
+      </c>
+      <c r="U80" t="s">
+        <v>576</v>
+      </c>
+      <c r="V80" t="s">
+        <v>577</v>
+      </c>
+      <c r="X80" t="s">
+        <v>578</v>
+      </c>
+      <c r="Y80" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="81" spans="1:25">
+      <c r="A81">
+        <v>106807</v>
+      </c>
+      <c r="B81" s="1">
+        <v>46050</v>
+      </c>
+      <c r="C81" t="s">
+        <v>84</v>
+      </c>
+      <c r="D81" t="s">
+        <v>85</v>
+      </c>
+      <c r="H81" t="s">
+        <v>184</v>
+      </c>
+      <c r="I81" t="s">
+        <v>580</v>
+      </c>
+      <c r="J81" t="s">
+        <v>572</v>
+      </c>
+      <c r="K81" t="s">
+        <v>186</v>
+      </c>
+      <c r="L81" t="s">
+        <v>187</v>
+      </c>
+      <c r="M81" t="s">
+        <v>188</v>
+      </c>
+      <c r="N81" t="s">
+        <v>189</v>
+      </c>
+      <c r="O81" t="s">
+        <v>487</v>
+      </c>
+      <c r="P81" t="s">
+        <v>581</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>80</v>
+      </c>
+      <c r="R81" t="s">
+        <v>81</v>
+      </c>
+      <c r="S81" t="s">
+        <v>81</v>
+      </c>
+      <c r="T81" t="s">
+        <v>81</v>
+      </c>
+      <c r="X81" t="s">
+        <v>582</v>
+      </c>
+      <c r="Y81" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="82" spans="1:25">
+      <c r="A82">
+        <v>106811</v>
+      </c>
+      <c r="B82" s="1">
+        <v>46050</v>
+      </c>
+      <c r="C82" t="s">
+        <v>84</v>
+      </c>
+      <c r="D82" t="s">
+        <v>85</v>
+      </c>
+      <c r="H82" t="s">
+        <v>184</v>
+      </c>
+      <c r="I82" t="s">
+        <v>584</v>
+      </c>
+      <c r="J82" t="s">
+        <v>572</v>
+      </c>
+      <c r="K82" t="s">
+        <v>186</v>
+      </c>
+      <c r="L82" t="s">
+        <v>187</v>
+      </c>
+      <c r="M82" t="s">
+        <v>188</v>
+      </c>
+      <c r="N82" t="s">
+        <v>189</v>
+      </c>
+      <c r="O82" t="s">
+        <v>487</v>
+      </c>
+      <c r="P82" t="s">
+        <v>585</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>80</v>
+      </c>
+      <c r="R82" t="s">
+        <v>81</v>
+      </c>
+      <c r="S82" t="s">
+        <v>81</v>
+      </c>
+      <c r="T82" t="s">
+        <v>81</v>
+      </c>
+      <c r="X82" t="s">
+        <v>586</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="83" spans="1:25">
+      <c r="A83">
+        <v>106815</v>
+      </c>
+      <c r="B83" s="1">
+        <v>46050</v>
+      </c>
+      <c r="C83" t="s">
+        <v>84</v>
+      </c>
+      <c r="D83" t="s">
+        <v>85</v>
+      </c>
+      <c r="H83" t="s">
+        <v>184</v>
+      </c>
+      <c r="I83" t="s">
+        <v>588</v>
+      </c>
+      <c r="J83" t="s">
+        <v>572</v>
+      </c>
+      <c r="K83" t="s">
+        <v>186</v>
+      </c>
+      <c r="L83" t="s">
+        <v>187</v>
+      </c>
+      <c r="M83" t="s">
+        <v>188</v>
+      </c>
+      <c r="N83" t="s">
+        <v>189</v>
+      </c>
+      <c r="O83" t="s">
+        <v>487</v>
+      </c>
+      <c r="P83" t="s">
+        <v>589</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>80</v>
+      </c>
+      <c r="R83" t="s">
+        <v>81</v>
+      </c>
+      <c r="S83" t="s">
+        <v>81</v>
+      </c>
+      <c r="T83" t="s">
+        <v>81</v>
+      </c>
+      <c r="X83" t="s">
+        <v>590</v>
+      </c>
+      <c r="Y83" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="84" spans="1:25">
+      <c r="A84">
+        <v>106818</v>
+      </c>
+      <c r="B84" s="1">
+        <v>46050</v>
+      </c>
+      <c r="C84" t="s">
+        <v>84</v>
+      </c>
+      <c r="D84" t="s">
+        <v>85</v>
+      </c>
+      <c r="H84" t="s">
+        <v>184</v>
+      </c>
+      <c r="I84" t="s">
+        <v>592</v>
+      </c>
+      <c r="J84" t="s">
+        <v>572</v>
+      </c>
+      <c r="K84" t="s">
+        <v>186</v>
+      </c>
+      <c r="L84" t="s">
+        <v>187</v>
+      </c>
+      <c r="M84" t="s">
+        <v>188</v>
+      </c>
+      <c r="N84" t="s">
+        <v>189</v>
+      </c>
+      <c r="O84" t="s">
+        <v>487</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>80</v>
+      </c>
+      <c r="R84" t="s">
+        <v>81</v>
+      </c>
+      <c r="S84" t="s">
+        <v>81</v>
+      </c>
+      <c r="T84" t="s">
+        <v>81</v>
+      </c>
+      <c r="X84" t="s">
+        <v>593</v>
+      </c>
+      <c r="Y84" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="85" spans="1:25">
+      <c r="A85">
+        <v>106819</v>
+      </c>
+      <c r="B85" s="1">
+        <v>46050</v>
+      </c>
+      <c r="C85" t="s">
+        <v>84</v>
+      </c>
+      <c r="D85" t="s">
+        <v>85</v>
+      </c>
+      <c r="H85" t="s">
+        <v>84</v>
+      </c>
+      <c r="I85" t="s">
+        <v>595</v>
+      </c>
+      <c r="J85" t="s">
+        <v>572</v>
+      </c>
+      <c r="K85" t="s">
+        <v>136</v>
+      </c>
+      <c r="L85" t="s">
+        <v>137</v>
+      </c>
+      <c r="M85" t="s">
+        <v>138</v>
+      </c>
+      <c r="N85" t="s">
+        <v>596</v>
+      </c>
+      <c r="O85" t="s">
+        <v>597</v>
+      </c>
+      <c r="P85" t="s">
+        <v>598</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>80</v>
+      </c>
+      <c r="R85" t="s">
+        <v>81</v>
+      </c>
+      <c r="S85" t="s">
+        <v>81</v>
+      </c>
+      <c r="T85" t="s">
+        <v>81</v>
+      </c>
+      <c r="X85" t="s">
+        <v>599</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="86" spans="1:25">
+      <c r="A86">
+        <v>106822</v>
+      </c>
+      <c r="B86" s="1">
+        <v>46050</v>
+      </c>
+      <c r="C86" t="s">
+        <v>84</v>
+      </c>
+      <c r="D86" t="s">
+        <v>85</v>
+      </c>
+      <c r="H86" t="s">
+        <v>184</v>
+      </c>
+      <c r="I86" t="s">
+        <v>601</v>
+      </c>
+      <c r="J86" t="s">
+        <v>572</v>
+      </c>
+      <c r="K86" t="s">
+        <v>186</v>
+      </c>
+      <c r="L86" t="s">
+        <v>187</v>
+      </c>
+      <c r="M86" t="s">
+        <v>188</v>
+      </c>
+      <c r="N86" t="s">
+        <v>189</v>
+      </c>
+      <c r="O86" t="s">
+        <v>602</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>80</v>
+      </c>
+      <c r="R86" t="s">
+        <v>81</v>
+      </c>
+      <c r="S86" t="s">
+        <v>81</v>
+      </c>
+      <c r="T86" t="s">
+        <v>81</v>
+      </c>
+      <c r="X86" t="s">
+        <v>603</v>
+      </c>
+      <c r="Y86" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="87" spans="1:25">
+      <c r="A87">
+        <v>106826</v>
+      </c>
+      <c r="B87" s="1">
+        <v>46050</v>
+      </c>
+      <c r="C87" t="s">
+        <v>173</v>
+      </c>
+      <c r="D87" t="s">
+        <v>174</v>
+      </c>
+      <c r="H87" t="s">
+        <v>104</v>
+      </c>
+      <c r="I87" t="s">
+        <v>605</v>
+      </c>
+      <c r="J87" t="s">
+        <v>572</v>
+      </c>
+      <c r="K87" t="s">
+        <v>213</v>
+      </c>
+      <c r="L87" t="s">
+        <v>214</v>
+      </c>
+      <c r="M87" t="s">
+        <v>215</v>
+      </c>
+      <c r="N87" t="s">
+        <v>380</v>
+      </c>
+      <c r="O87" t="s">
+        <v>606</v>
+      </c>
+      <c r="P87" t="s">
+        <v>607</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>80</v>
+      </c>
+      <c r="R87" t="s">
+        <v>81</v>
+      </c>
+      <c r="S87" t="s">
+        <v>81</v>
+      </c>
+      <c r="T87" t="s">
+        <v>81</v>
+      </c>
+      <c r="X87" t="s">
+        <v>608</v>
+      </c>
+      <c r="Y87" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="88" spans="1:25">
+      <c r="A88">
+        <v>106769</v>
+      </c>
+      <c r="B88" s="1">
+        <v>46049</v>
+      </c>
+      <c r="C88" t="s">
+        <v>84</v>
+      </c>
+      <c r="D88" t="s">
+        <v>85</v>
+      </c>
+      <c r="H88" t="s">
+        <v>86</v>
+      </c>
+      <c r="I88" t="s">
+        <v>610</v>
+      </c>
+      <c r="J88" t="s">
+        <v>611</v>
+      </c>
+      <c r="K88" t="s">
+        <v>276</v>
+      </c>
+      <c r="L88" t="s">
+        <v>277</v>
+      </c>
+      <c r="M88" t="s">
+        <v>278</v>
+      </c>
+      <c r="N88" t="s">
+        <v>279</v>
+      </c>
+      <c r="O88" t="s">
+        <v>562</v>
+      </c>
+      <c r="P88" t="s">
+        <v>612</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>80</v>
+      </c>
+      <c r="R88" t="s">
+        <v>81</v>
+      </c>
+      <c r="S88" t="s">
+        <v>81</v>
+      </c>
+      <c r="T88" t="s">
+        <v>81</v>
+      </c>
+      <c r="X88" t="s">
+        <v>613</v>
+      </c>
+      <c r="Y88" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="89" spans="1:25">
+      <c r="A89">
+        <v>106771</v>
+      </c>
+      <c r="B89" s="1">
+        <v>46049</v>
+      </c>
+      <c r="C89" t="s">
+        <v>84</v>
+      </c>
+      <c r="D89" t="s">
+        <v>85</v>
+      </c>
+      <c r="H89" t="s">
+        <v>86</v>
+      </c>
+      <c r="I89" t="s">
+        <v>615</v>
+      </c>
+      <c r="J89" t="s">
+        <v>611</v>
+      </c>
+      <c r="K89" t="s">
+        <v>276</v>
+      </c>
+      <c r="L89" t="s">
+        <v>277</v>
+      </c>
+      <c r="M89" t="s">
+        <v>278</v>
+      </c>
+      <c r="N89" t="s">
+        <v>279</v>
+      </c>
+      <c r="O89" t="s">
+        <v>616</v>
+      </c>
+      <c r="P89" t="s">
+        <v>617</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>80</v>
+      </c>
+      <c r="R89" t="s">
+        <v>81</v>
+      </c>
+      <c r="S89" t="s">
+        <v>81</v>
+      </c>
+      <c r="T89" t="s">
+        <v>81</v>
+      </c>
+      <c r="X89" t="s">
+        <v>618</v>
+      </c>
+      <c r="Y89" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="90" spans="1:25">
+      <c r="A90">
+        <v>106774</v>
+      </c>
+      <c r="B90" s="1">
+        <v>46049</v>
+      </c>
+      <c r="C90" t="s">
+        <v>84</v>
+      </c>
+      <c r="D90" t="s">
+        <v>85</v>
+      </c>
+      <c r="H90" t="s">
+        <v>86</v>
+      </c>
+      <c r="I90" t="s">
+        <v>620</v>
+      </c>
+      <c r="J90" t="s">
+        <v>611</v>
+      </c>
+      <c r="K90" t="s">
+        <v>276</v>
+      </c>
+      <c r="L90" t="s">
+        <v>277</v>
+      </c>
+      <c r="M90" t="s">
+        <v>278</v>
+      </c>
+      <c r="N90" t="s">
+        <v>279</v>
+      </c>
+      <c r="O90" t="s">
+        <v>616</v>
+      </c>
+      <c r="P90" t="s">
+        <v>621</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>80</v>
+      </c>
+      <c r="R90" t="s">
+        <v>81</v>
+      </c>
+      <c r="S90" t="s">
+        <v>81</v>
+      </c>
+      <c r="T90" t="s">
+        <v>81</v>
+      </c>
+      <c r="X90" t="s">
+        <v>622</v>
+      </c>
+      <c r="Y90" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="91" spans="1:25">
+      <c r="A91">
+        <v>106781</v>
+      </c>
+      <c r="B91" s="1">
+        <v>46049</v>
+      </c>
+      <c r="C91" t="s">
+        <v>69</v>
+      </c>
+      <c r="D91" t="s">
+        <v>70</v>
+      </c>
+      <c r="H91" t="s">
+        <v>624</v>
+      </c>
+      <c r="I91" t="s">
+        <v>625</v>
+      </c>
+      <c r="J91" t="s">
+        <v>611</v>
+      </c>
+      <c r="K91" t="s">
+        <v>626</v>
+      </c>
+      <c r="L91" t="s">
+        <v>627</v>
+      </c>
+      <c r="M91" t="s">
+        <v>628</v>
+      </c>
+      <c r="N91" t="s">
+        <v>236</v>
+      </c>
+      <c r="O91" t="s">
+        <v>629</v>
+      </c>
+      <c r="P91" t="s">
+        <v>630</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>80</v>
+      </c>
+      <c r="R91" t="s">
+        <v>81</v>
+      </c>
+      <c r="S91" t="s">
+        <v>81</v>
+      </c>
+      <c r="T91" t="s">
+        <v>81</v>
+      </c>
+      <c r="X91" t="s">
+        <v>625</v>
+      </c>
+      <c r="Y91" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="92" spans="1:25">
+      <c r="A92">
+        <v>106782</v>
+      </c>
+      <c r="B92" s="1">
+        <v>46049</v>
+      </c>
+      <c r="C92" t="s">
+        <v>69</v>
+      </c>
+      <c r="D92" t="s">
+        <v>70</v>
+      </c>
+      <c r="H92" t="s">
+        <v>624</v>
+      </c>
+      <c r="I92" t="s">
+        <v>632</v>
+      </c>
+      <c r="J92" t="s">
+        <v>611</v>
+      </c>
+      <c r="K92" t="s">
+        <v>626</v>
+      </c>
+      <c r="L92" t="s">
+        <v>627</v>
+      </c>
+      <c r="M92" t="s">
+        <v>628</v>
+      </c>
+      <c r="N92" t="s">
+        <v>236</v>
+      </c>
+      <c r="O92" t="s">
+        <v>633</v>
+      </c>
+      <c r="P92" t="s">
+        <v>634</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>80</v>
+      </c>
+      <c r="R92" t="s">
+        <v>81</v>
+      </c>
+      <c r="S92" t="s">
+        <v>81</v>
+      </c>
+      <c r="T92" t="s">
+        <v>81</v>
+      </c>
+      <c r="X92" t="s">
+        <v>632</v>
+      </c>
+      <c r="Y92" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="93" spans="1:25">
+      <c r="A93">
+        <v>106788</v>
+      </c>
+      <c r="B93" s="1">
+        <v>46049</v>
+      </c>
+      <c r="C93" t="s">
+        <v>84</v>
+      </c>
+      <c r="D93" t="s">
+        <v>85</v>
+      </c>
+      <c r="H93" t="s">
+        <v>86</v>
+      </c>
+      <c r="I93" t="s">
+        <v>636</v>
+      </c>
+      <c r="J93" t="s">
+        <v>611</v>
+      </c>
+      <c r="K93" t="s">
+        <v>276</v>
+      </c>
+      <c r="L93" t="s">
+        <v>277</v>
+      </c>
+      <c r="M93" t="s">
+        <v>278</v>
+      </c>
+      <c r="N93" t="s">
+        <v>279</v>
+      </c>
+      <c r="O93" t="s">
+        <v>637</v>
+      </c>
+      <c r="P93" t="s">
+        <v>638</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>80</v>
+      </c>
+      <c r="R93" t="s">
+        <v>81</v>
+      </c>
+      <c r="S93" t="s">
+        <v>81</v>
+      </c>
+      <c r="T93" t="s">
+        <v>81</v>
+      </c>
+      <c r="X93" t="s">
+        <v>639</v>
+      </c>
+      <c r="Y93" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="94" spans="1:25">
+      <c r="A94">
+        <v>106790</v>
+      </c>
+      <c r="B94" s="1">
+        <v>46049</v>
+      </c>
+      <c r="C94" t="s">
+        <v>84</v>
+      </c>
+      <c r="D94" t="s">
+        <v>85</v>
+      </c>
+      <c r="H94" t="s">
+        <v>86</v>
+      </c>
+      <c r="I94" t="s">
+        <v>636</v>
+      </c>
+      <c r="J94" t="s">
+        <v>611</v>
+      </c>
+      <c r="K94" t="s">
+        <v>276</v>
+      </c>
+      <c r="L94" t="s">
+        <v>277</v>
+      </c>
+      <c r="M94" t="s">
+        <v>278</v>
+      </c>
+      <c r="N94" t="s">
+        <v>279</v>
+      </c>
+      <c r="O94" t="s">
+        <v>637</v>
+      </c>
+      <c r="P94" t="s">
+        <v>641</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>80</v>
+      </c>
+      <c r="R94" t="s">
+        <v>81</v>
+      </c>
+      <c r="S94" t="s">
+        <v>81</v>
+      </c>
+      <c r="T94" t="s">
+        <v>81</v>
+      </c>
+      <c r="X94" t="s">
+        <v>639</v>
+      </c>
+      <c r="Y94" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="95" spans="1:25">
+      <c r="A95">
+        <v>106797</v>
+      </c>
+      <c r="B95" s="1">
+        <v>46049</v>
+      </c>
+      <c r="C95" t="s">
+        <v>84</v>
+      </c>
+      <c r="D95" t="s">
+        <v>85</v>
+      </c>
+      <c r="H95" t="s">
+        <v>184</v>
+      </c>
+      <c r="I95" t="s">
+        <v>643</v>
+      </c>
+      <c r="J95" t="s">
+        <v>611</v>
+      </c>
+      <c r="K95" t="s">
+        <v>186</v>
+      </c>
+      <c r="L95" t="s">
+        <v>187</v>
+      </c>
+      <c r="M95" t="s">
+        <v>188</v>
+      </c>
+      <c r="N95" t="s">
+        <v>189</v>
+      </c>
+      <c r="O95" t="s">
+        <v>487</v>
+      </c>
+      <c r="P95" t="s">
+        <v>644</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>80</v>
+      </c>
+      <c r="R95" t="s">
+        <v>81</v>
+      </c>
+      <c r="S95" t="s">
+        <v>81</v>
+      </c>
+      <c r="T95" t="s">
+        <v>81</v>
+      </c>
+      <c r="X95" t="s">
+        <v>645</v>
+      </c>
+      <c r="Y95" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="96" spans="1:25">
+      <c r="A96">
+        <v>106724</v>
+      </c>
+      <c r="B96" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C96" t="s">
+        <v>143</v>
+      </c>
+      <c r="D96" t="s">
+        <v>144</v>
+      </c>
+      <c r="H96" t="s">
+        <v>647</v>
+      </c>
+      <c r="I96" t="s">
+        <v>648</v>
+      </c>
+      <c r="J96" t="s">
+        <v>572</v>
+      </c>
+      <c r="K96" t="s">
+        <v>649</v>
+      </c>
+      <c r="L96" t="s">
+        <v>650</v>
+      </c>
+      <c r="M96" t="s">
+        <v>651</v>
+      </c>
+      <c r="N96" t="s">
+        <v>652</v>
+      </c>
+      <c r="O96" t="s">
+        <v>653</v>
+      </c>
+      <c r="P96" t="s">
+        <v>654</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>80</v>
+      </c>
+      <c r="R96" t="s">
+        <v>80</v>
+      </c>
+      <c r="S96" t="s">
+        <v>81</v>
+      </c>
+      <c r="T96" t="s">
+        <v>81</v>
+      </c>
+      <c r="U96" t="s">
+        <v>655</v>
+      </c>
+      <c r="V96" t="s">
+        <v>656</v>
+      </c>
+      <c r="X96" t="s">
+        <v>657</v>
+      </c>
+      <c r="Y96" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="97" spans="1:36">
+      <c r="A97">
+        <v>106743</v>
+      </c>
+      <c r="B97" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C97" t="s">
+        <v>84</v>
+      </c>
+      <c r="D97" t="s">
+        <v>85</v>
+      </c>
+      <c r="H97" t="s">
+        <v>86</v>
+      </c>
+      <c r="I97" t="s">
+        <v>659</v>
+      </c>
+      <c r="J97" t="s">
+        <v>660</v>
+      </c>
+      <c r="K97" t="s">
+        <v>276</v>
+      </c>
+      <c r="L97" t="s">
+        <v>277</v>
+      </c>
+      <c r="M97" t="s">
+        <v>278</v>
+      </c>
+      <c r="N97" t="s">
+        <v>279</v>
+      </c>
+      <c r="O97" t="s">
+        <v>661</v>
+      </c>
+      <c r="P97" t="s">
+        <v>662</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>80</v>
+      </c>
+      <c r="R97" t="s">
+        <v>81</v>
+      </c>
+      <c r="S97" t="s">
+        <v>81</v>
+      </c>
+      <c r="T97" t="s">
+        <v>81</v>
+      </c>
+      <c r="X97" t="s">
+        <v>663</v>
+      </c>
+      <c r="Y97" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="98" spans="1:36">
+      <c r="A98">
+        <v>106747</v>
+      </c>
+      <c r="B98" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C98" t="s">
+        <v>84</v>
+      </c>
+      <c r="D98" t="s">
+        <v>85</v>
+      </c>
+      <c r="H98" t="s">
+        <v>665</v>
+      </c>
+      <c r="I98" t="s">
+        <v>666</v>
+      </c>
+      <c r="J98" t="s">
+        <v>660</v>
+      </c>
+      <c r="K98" t="s">
+        <v>667</v>
+      </c>
+      <c r="L98" t="s">
+        <v>668</v>
+      </c>
+      <c r="M98" t="s">
+        <v>669</v>
+      </c>
+      <c r="N98" t="s">
+        <v>109</v>
+      </c>
+      <c r="O98" t="s">
+        <v>670</v>
+      </c>
+      <c r="P98" t="s">
+        <v>671</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>80</v>
+      </c>
+      <c r="R98" t="s">
+        <v>81</v>
+      </c>
+      <c r="S98" t="s">
+        <v>81</v>
+      </c>
+      <c r="T98" t="s">
+        <v>81</v>
+      </c>
+      <c r="X98" t="s">
+        <v>672</v>
+      </c>
+      <c r="Y98" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="99" spans="1:36">
+      <c r="A99">
+        <v>106754</v>
+      </c>
+      <c r="B99" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C99" t="s">
+        <v>84</v>
+      </c>
+      <c r="D99" t="s">
+        <v>85</v>
+      </c>
+      <c r="H99" t="s">
+        <v>104</v>
+      </c>
+      <c r="I99" t="s">
+        <v>674</v>
+      </c>
+      <c r="J99" t="s">
+        <v>660</v>
+      </c>
+      <c r="K99" t="s">
+        <v>675</v>
+      </c>
+      <c r="L99" t="s">
+        <v>676</v>
+      </c>
+      <c r="M99" t="s">
+        <v>677</v>
+      </c>
+      <c r="N99" t="s">
+        <v>678</v>
+      </c>
+      <c r="O99" t="s">
+        <v>679</v>
+      </c>
+      <c r="P99" t="s">
+        <v>680</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>80</v>
+      </c>
+      <c r="R99" t="s">
+        <v>81</v>
+      </c>
+      <c r="S99" t="s">
+        <v>81</v>
+      </c>
+      <c r="T99" t="s">
+        <v>81</v>
+      </c>
+      <c r="X99" t="s">
+        <v>681</v>
+      </c>
+      <c r="Y99" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="100" spans="1:36">
+      <c r="A100">
+        <v>106755</v>
+      </c>
+      <c r="B100" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C100" t="s">
+        <v>84</v>
+      </c>
+      <c r="D100" t="s">
+        <v>85</v>
+      </c>
+      <c r="H100" t="s">
+        <v>86</v>
+      </c>
+      <c r="I100" t="s">
+        <v>683</v>
+      </c>
+      <c r="J100" t="s">
+        <v>660</v>
+      </c>
+      <c r="K100" t="s">
+        <v>276</v>
+      </c>
+      <c r="L100" t="s">
+        <v>277</v>
+      </c>
+      <c r="M100" t="s">
+        <v>278</v>
+      </c>
+      <c r="N100" t="s">
+        <v>279</v>
+      </c>
+      <c r="O100" t="s">
+        <v>616</v>
+      </c>
+      <c r="P100" t="s">
+        <v>684</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>80</v>
+      </c>
+      <c r="R100" t="s">
+        <v>81</v>
+      </c>
+      <c r="S100" t="s">
+        <v>81</v>
+      </c>
+      <c r="T100" t="s">
+        <v>81</v>
+      </c>
+      <c r="X100" t="s">
+        <v>618</v>
+      </c>
+      <c r="Y100" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="101" spans="1:36">
+      <c r="A101">
+        <v>106757</v>
+      </c>
+      <c r="B101" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C101" t="s">
+        <v>84</v>
+      </c>
+      <c r="D101" t="s">
+        <v>85</v>
+      </c>
+      <c r="H101" t="s">
+        <v>86</v>
+      </c>
+      <c r="I101" t="s">
+        <v>686</v>
+      </c>
+      <c r="J101" t="s">
+        <v>660</v>
+      </c>
+      <c r="K101" t="s">
+        <v>687</v>
+      </c>
+      <c r="L101" t="s">
+        <v>688</v>
+      </c>
+      <c r="M101" t="s">
+        <v>689</v>
+      </c>
+      <c r="N101" t="s">
+        <v>690</v>
+      </c>
+      <c r="O101" t="s">
+        <v>691</v>
+      </c>
+      <c r="P101" t="s">
+        <v>692</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>80</v>
+      </c>
+      <c r="R101" t="s">
+        <v>81</v>
+      </c>
+      <c r="S101" t="s">
+        <v>81</v>
+      </c>
+      <c r="T101" t="s">
+        <v>81</v>
+      </c>
+      <c r="X101" t="s">
+        <v>693</v>
+      </c>
+      <c r="Y101" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="102" spans="1:36">
+      <c r="A102">
+        <v>106760</v>
+      </c>
+      <c r="B102" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C102" t="s">
+        <v>69</v>
+      </c>
+      <c r="D102" t="s">
+        <v>70</v>
+      </c>
+      <c r="H102" t="s">
+        <v>232</v>
+      </c>
+      <c r="I102" t="s">
+        <v>695</v>
+      </c>
+      <c r="J102" t="s">
+        <v>660</v>
+      </c>
+      <c r="L102" t="s">
+        <v>555</v>
+      </c>
+      <c r="M102" t="s">
+        <v>235</v>
+      </c>
+      <c r="N102" t="s">
+        <v>236</v>
+      </c>
+      <c r="O102" t="s">
+        <v>241</v>
+      </c>
+      <c r="P102" t="s">
+        <v>696</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>80</v>
+      </c>
+      <c r="R102" t="s">
+        <v>81</v>
+      </c>
+      <c r="S102" t="s">
+        <v>81</v>
+      </c>
+      <c r="T102" t="s">
+        <v>81</v>
+      </c>
+      <c r="X102" t="s">
+        <v>695</v>
+      </c>
+      <c r="Y102" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="103" spans="1:36">
+      <c r="A103">
+        <v>106762</v>
+      </c>
+      <c r="B103" s="1">
+        <v>46048</v>
+      </c>
+      <c r="C103" t="s">
+        <v>84</v>
+      </c>
+      <c r="D103" t="s">
+        <v>85</v>
+      </c>
+      <c r="H103" t="s">
+        <v>184</v>
+      </c>
+      <c r="I103" t="s">
+        <v>698</v>
+      </c>
+      <c r="J103" t="s">
+        <v>660</v>
+      </c>
+      <c r="K103" t="s">
+        <v>186</v>
+      </c>
+      <c r="L103" t="s">
+        <v>187</v>
+      </c>
+      <c r="M103" t="s">
+        <v>188</v>
+      </c>
+      <c r="N103" t="s">
+        <v>189</v>
+      </c>
+      <c r="O103" t="s">
+        <v>699</v>
+      </c>
+      <c r="P103" t="s">
+        <v>700</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>80</v>
+      </c>
+      <c r="R103" t="s">
+        <v>81</v>
+      </c>
+      <c r="S103" t="s">
+        <v>81</v>
+      </c>
+      <c r="T103" t="s">
+        <v>81</v>
+      </c>
+      <c r="X103" t="s">
+        <v>701</v>
+      </c>
+      <c r="Y103" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="104" spans="1:36">
+      <c r="A104">
+        <v>106713</v>
+      </c>
+      <c r="B104" s="1">
+        <v>46045</v>
+      </c>
+      <c r="C104" t="s">
+        <v>69</v>
+      </c>
+      <c r="D104" t="s">
+        <v>70</v>
+      </c>
+      <c r="H104" t="s">
+        <v>71</v>
+      </c>
+      <c r="I104" t="s">
+        <v>703</v>
+      </c>
+      <c r="J104" t="s">
+        <v>704</v>
+      </c>
+      <c r="L104" t="s">
+        <v>705</v>
+      </c>
+      <c r="M104" t="s">
+        <v>706</v>
+      </c>
+      <c r="N104" t="s">
+        <v>707</v>
+      </c>
+      <c r="O104" t="s">
+        <v>708</v>
+      </c>
+      <c r="P104" t="s">
+        <v>709</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>80</v>
+      </c>
+      <c r="R104" t="s">
+        <v>81</v>
+      </c>
+      <c r="S104" t="s">
+        <v>81</v>
+      </c>
+      <c r="T104" t="s">
+        <v>81</v>
+      </c>
+      <c r="X104" t="s">
+        <v>710</v>
+      </c>
+      <c r="Y104" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="105" spans="1:36">
+      <c r="A105">
+        <v>106701</v>
+      </c>
+      <c r="B105" s="1">
+        <v>46044</v>
+      </c>
+      <c r="C105" t="s">
+        <v>69</v>
+      </c>
+      <c r="D105" t="s">
+        <v>70</v>
+      </c>
+      <c r="I105" t="s">
+        <v>712</v>
+      </c>
+      <c r="J105" t="s">
+        <v>704</v>
+      </c>
+      <c r="K105" t="s">
+        <v>713</v>
+      </c>
+      <c r="L105" t="s">
+        <v>714</v>
+      </c>
+      <c r="M105" t="s">
+        <v>715</v>
+      </c>
+      <c r="N105" t="s">
+        <v>236</v>
+      </c>
+      <c r="O105" t="s">
+        <v>716</v>
+      </c>
+      <c r="P105" t="s">
+        <v>717</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>80</v>
+      </c>
+      <c r="R105" t="s">
+        <v>81</v>
+      </c>
+      <c r="S105" t="s">
+        <v>81</v>
+      </c>
+      <c r="T105" t="s">
+        <v>81</v>
+      </c>
+      <c r="X105" t="s">
+        <v>718</v>
+      </c>
+      <c r="Y105" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="106" spans="1:36">
+      <c r="A106">
+        <v>106702</v>
+      </c>
+      <c r="B106" s="1">
+        <v>46044</v>
+      </c>
+      <c r="C106" t="s">
+        <v>69</v>
+      </c>
+      <c r="D106" t="s">
+        <v>70</v>
+      </c>
+      <c r="I106" t="s">
+        <v>720</v>
+      </c>
+      <c r="J106" t="s">
+        <v>704</v>
+      </c>
+      <c r="K106" t="s">
+        <v>358</v>
+      </c>
+      <c r="L106" t="s">
+        <v>359</v>
+      </c>
+      <c r="M106" t="s">
+        <v>360</v>
+      </c>
+      <c r="N106" t="s">
+        <v>236</v>
+      </c>
+      <c r="O106" t="s">
+        <v>721</v>
+      </c>
+      <c r="P106" t="s">
+        <v>722</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>80</v>
+      </c>
+      <c r="R106" t="s">
+        <v>81</v>
+      </c>
+      <c r="S106" t="s">
+        <v>81</v>
+      </c>
+      <c r="T106" t="s">
+        <v>81</v>
+      </c>
+      <c r="X106" t="s">
+        <v>720</v>
+      </c>
+      <c r="Y106" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="107" spans="1:36">
+      <c r="A107">
+        <v>106703</v>
+      </c>
+      <c r="B107" s="1">
+        <v>46044</v>
+      </c>
+      <c r="C107" t="s">
+        <v>84</v>
+      </c>
+      <c r="D107" t="s">
+        <v>85</v>
+      </c>
+      <c r="H107" t="s">
+        <v>401</v>
+      </c>
+      <c r="I107" t="s">
+        <v>724</v>
+      </c>
+      <c r="J107" t="s">
+        <v>704</v>
+      </c>
+      <c r="K107" t="s">
+        <v>403</v>
+      </c>
+      <c r="L107" t="s">
+        <v>404</v>
+      </c>
+      <c r="M107" t="s">
+        <v>405</v>
+      </c>
+      <c r="N107" t="s">
+        <v>406</v>
+      </c>
+      <c r="O107" t="s">
+        <v>725</v>
+      </c>
+      <c r="P107" t="s">
+        <v>726</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>80</v>
+      </c>
+      <c r="R107" t="s">
+        <v>81</v>
+      </c>
+      <c r="S107" t="s">
+        <v>81</v>
+      </c>
+      <c r="T107" t="s">
+        <v>81</v>
+      </c>
+      <c r="X107" t="s">
+        <v>727</v>
+      </c>
+      <c r="Y107" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="108" spans="1:36">
+      <c r="A108">
+        <v>106705</v>
+      </c>
+      <c r="B108" s="1">
+        <v>46044</v>
+      </c>
+      <c r="C108" t="s">
+        <v>69</v>
+      </c>
+      <c r="D108" t="s">
+        <v>70</v>
+      </c>
+      <c r="H108" t="s">
+        <v>624</v>
+      </c>
+      <c r="I108" t="s">
+        <v>729</v>
+      </c>
+      <c r="J108" t="s">
+        <v>704</v>
+      </c>
+      <c r="K108" t="s">
+        <v>626</v>
+      </c>
+      <c r="L108" t="s">
+        <v>627</v>
+      </c>
+      <c r="M108" t="s">
+        <v>628</v>
+      </c>
+      <c r="N108" t="s">
+        <v>236</v>
+      </c>
+      <c r="O108" t="s">
+        <v>730</v>
+      </c>
+      <c r="P108" t="s">
+        <v>731</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>80</v>
+      </c>
+      <c r="R108" t="s">
+        <v>81</v>
+      </c>
+      <c r="S108" t="s">
+        <v>81</v>
+      </c>
+      <c r="T108" t="s">
+        <v>81</v>
+      </c>
+      <c r="X108" t="s">
+        <v>729</v>
+      </c>
+      <c r="Y108" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="109" spans="1:36">
+      <c r="A109">
+        <v>106678</v>
+      </c>
+      <c r="B109" s="1">
+        <v>46043</v>
+      </c>
+      <c r="C109" t="s">
+        <v>69</v>
+      </c>
+      <c r="D109" t="s">
+        <v>70</v>
+      </c>
+      <c r="I109" t="s">
+        <v>733</v>
+      </c>
+      <c r="J109" t="s">
+        <v>734</v>
+      </c>
+      <c r="K109" t="s">
+        <v>358</v>
+      </c>
+      <c r="L109" t="s">
+        <v>359</v>
+      </c>
+      <c r="M109" t="s">
+        <v>360</v>
+      </c>
+      <c r="N109" t="s">
+        <v>236</v>
+      </c>
+      <c r="O109" t="s">
+        <v>735</v>
+      </c>
+      <c r="P109" t="s">
+        <v>736</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>80</v>
+      </c>
+      <c r="R109" t="s">
+        <v>81</v>
+      </c>
+      <c r="S109" t="s">
+        <v>81</v>
+      </c>
+      <c r="T109" t="s">
+        <v>81</v>
+      </c>
+      <c r="X109" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="110" spans="1:36">
+      <c r="A110">
+        <v>106687</v>
+      </c>
+      <c r="B110" s="1">
+        <v>46043</v>
+      </c>
+      <c r="C110" t="s">
+        <v>84</v>
+      </c>
+      <c r="D110" t="s">
+        <v>85</v>
+      </c>
+      <c r="H110" t="s">
+        <v>86</v>
+      </c>
+      <c r="I110" t="s">
+        <v>738</v>
+      </c>
+      <c r="J110" t="s">
+        <v>734</v>
+      </c>
+      <c r="K110" t="s">
+        <v>276</v>
+      </c>
+      <c r="L110" t="s">
+        <v>277</v>
+      </c>
+      <c r="M110" t="s">
+        <v>278</v>
+      </c>
+      <c r="N110" t="s">
+        <v>279</v>
+      </c>
+      <c r="O110" t="s">
+        <v>739</v>
+      </c>
+      <c r="P110" t="s">
+        <v>740</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>80</v>
+      </c>
+      <c r="R110" t="s">
+        <v>81</v>
+      </c>
+      <c r="S110" t="s">
+        <v>81</v>
+      </c>
+      <c r="T110" t="s">
+        <v>81</v>
+      </c>
+      <c r="X110" t="s">
+        <v>741</v>
+      </c>
+      <c r="Y110" t="s">
+        <v>742</v>
+      </c>
+      <c r="Z110" t="s">
+        <v>743</v>
+      </c>
+      <c r="AA110" t="s">
+        <v>744</v>
+      </c>
+      <c r="AB110" t="s">
+        <v>745</v>
+      </c>
+      <c r="AC110" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD110" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE110" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF110" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ110" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="111" spans="1:36">
+      <c r="A111">
+        <v>106622</v>
+      </c>
+      <c r="B111" s="1">
+        <v>46041</v>
+      </c>
+      <c r="C111" t="s">
+        <v>69</v>
+      </c>
+      <c r="D111" t="s">
+        <v>70</v>
+      </c>
+      <c r="H111" t="s">
+        <v>71</v>
+      </c>
+      <c r="I111" t="s">
+        <v>747</v>
+      </c>
+      <c r="J111" t="s">
+        <v>748</v>
+      </c>
+      <c r="K111" t="s">
+        <v>573</v>
+      </c>
+      <c r="L111" t="s">
+        <v>75</v>
+      </c>
+      <c r="M111" t="s">
+        <v>76</v>
+      </c>
+      <c r="N111" t="s">
+        <v>574</v>
+      </c>
+      <c r="O111" t="s">
+        <v>749</v>
+      </c>
+      <c r="P111" t="s">
+        <v>750</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>80</v>
+      </c>
+      <c r="R111" t="s">
+        <v>81</v>
+      </c>
+      <c r="S111" t="s">
+        <v>81</v>
+      </c>
+      <c r="T111" t="s">
+        <v>81</v>
+      </c>
+      <c r="X111" t="s">
+        <v>751</v>
+      </c>
+      <c r="Y111" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="112" spans="1:36">
+      <c r="A112">
+        <v>106623</v>
+      </c>
+      <c r="B112" s="1">
+        <v>46041</v>
+      </c>
+      <c r="C112" t="s">
+        <v>69</v>
+      </c>
+      <c r="D112" t="s">
+        <v>70</v>
+      </c>
+      <c r="H112" t="s">
+        <v>71</v>
+      </c>
+      <c r="I112" t="s">
+        <v>753</v>
+      </c>
+      <c r="J112" t="s">
+        <v>748</v>
+      </c>
+      <c r="K112" t="s">
+        <v>573</v>
+      </c>
+      <c r="L112" t="s">
+        <v>75</v>
+      </c>
+      <c r="M112" t="s">
+        <v>76</v>
+      </c>
+      <c r="N112" t="s">
+        <v>574</v>
+      </c>
+      <c r="O112" t="s">
+        <v>749</v>
+      </c>
+      <c r="P112" t="s">
+        <v>754</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>80</v>
+      </c>
+      <c r="R112" t="s">
+        <v>81</v>
+      </c>
+      <c r="S112" t="s">
+        <v>81</v>
+      </c>
+      <c r="T112" t="s">
+        <v>81</v>
+      </c>
+      <c r="X112" t="s">
+        <v>751</v>
+      </c>
+      <c r="Y112" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="113" spans="1:25">
+      <c r="A113">
+        <v>106624</v>
+      </c>
+      <c r="B113" s="1">
+        <v>46041</v>
+      </c>
+      <c r="C113" t="s">
+        <v>84</v>
+      </c>
+      <c r="D113" t="s">
+        <v>85</v>
+      </c>
+      <c r="H113" t="s">
+        <v>184</v>
+      </c>
+      <c r="I113" t="s">
+        <v>756</v>
+      </c>
+      <c r="J113" t="s">
+        <v>748</v>
+      </c>
+      <c r="K113" t="s">
+        <v>186</v>
+      </c>
+      <c r="L113" t="s">
+        <v>187</v>
+      </c>
+      <c r="M113" t="s">
+        <v>188</v>
+      </c>
+      <c r="N113" t="s">
+        <v>189</v>
+      </c>
+      <c r="O113" t="s">
+        <v>757</v>
+      </c>
+      <c r="P113" t="s">
+        <v>758</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>80</v>
+      </c>
+      <c r="R113" t="s">
+        <v>81</v>
+      </c>
+      <c r="S113" t="s">
+        <v>81</v>
+      </c>
+      <c r="T113" t="s">
+        <v>81</v>
+      </c>
+      <c r="X113" t="s">
+        <v>759</v>
+      </c>
+      <c r="Y113" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="114" spans="1:25">
+      <c r="A114">
+        <v>106625</v>
+      </c>
+      <c r="B114" s="1">
+        <v>46041</v>
+      </c>
+      <c r="C114" t="s">
+        <v>84</v>
+      </c>
+      <c r="D114" t="s">
+        <v>85</v>
+      </c>
+      <c r="H114" t="s">
+        <v>184</v>
+      </c>
+      <c r="I114" t="s">
+        <v>761</v>
+      </c>
+      <c r="J114" t="s">
+        <v>748</v>
+      </c>
+      <c r="K114" t="s">
+        <v>186</v>
+      </c>
+      <c r="L114" t="s">
+        <v>187</v>
+      </c>
+      <c r="M114" t="s">
+        <v>188</v>
+      </c>
+      <c r="N114" t="s">
+        <v>189</v>
+      </c>
+      <c r="O114" t="s">
+        <v>757</v>
+      </c>
+      <c r="P114" t="s">
+        <v>762</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>80</v>
+      </c>
+      <c r="R114" t="s">
+        <v>81</v>
+      </c>
+      <c r="S114" t="s">
+        <v>81</v>
+      </c>
+      <c r="T114" t="s">
+        <v>81</v>
+      </c>
+      <c r="X114" t="s">
+        <v>759</v>
+      </c>
+      <c r="Y114" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="115" spans="1:25">
+      <c r="A115">
+        <v>106626</v>
+      </c>
+      <c r="B115" s="1">
+        <v>46041</v>
+      </c>
+      <c r="C115" t="s">
+        <v>84</v>
+      </c>
+      <c r="D115" t="s">
+        <v>85</v>
+      </c>
+      <c r="H115" t="s">
+        <v>184</v>
+      </c>
+      <c r="I115" t="s">
+        <v>764</v>
+      </c>
+      <c r="J115" t="s">
+        <v>748</v>
+      </c>
+      <c r="K115" t="s">
+        <v>186</v>
+      </c>
+      <c r="L115" t="s">
+        <v>187</v>
+      </c>
+      <c r="M115" t="s">
+        <v>188</v>
+      </c>
+      <c r="N115" t="s">
+        <v>189</v>
+      </c>
+      <c r="O115" t="s">
+        <v>757</v>
+      </c>
+      <c r="P115" t="s">
+        <v>765</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>80</v>
+      </c>
+      <c r="R115" t="s">
+        <v>81</v>
+      </c>
+      <c r="S115" t="s">
+        <v>81</v>
+      </c>
+      <c r="T115" t="s">
+        <v>81</v>
+      </c>
+      <c r="X115" t="s">
+        <v>759</v>
+      </c>
+      <c r="Y115" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="116" spans="1:25">
+      <c r="A116">
+        <v>106638</v>
+      </c>
+      <c r="B116" s="1">
+        <v>46041</v>
+      </c>
+      <c r="C116" t="s">
+        <v>69</v>
+      </c>
+      <c r="D116" t="s">
+        <v>70</v>
+      </c>
+      <c r="H116" t="s">
+        <v>71</v>
+      </c>
+      <c r="I116" t="s">
+        <v>767</v>
+      </c>
+      <c r="J116" t="s">
+        <v>748</v>
+      </c>
+      <c r="K116" t="s">
+        <v>573</v>
+      </c>
+      <c r="L116" t="s">
+        <v>75</v>
+      </c>
+      <c r="M116" t="s">
+        <v>76</v>
+      </c>
+      <c r="N116" t="s">
+        <v>574</v>
+      </c>
+      <c r="O116" t="s">
+        <v>768</v>
+      </c>
+      <c r="P116" t="s">
+        <v>769</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>80</v>
+      </c>
+      <c r="R116" t="s">
+        <v>81</v>
+      </c>
+      <c r="S116" t="s">
+        <v>81</v>
+      </c>
+      <c r="T116" t="s">
+        <v>81</v>
+      </c>
+      <c r="X116" t="s">
+        <v>770</v>
+      </c>
+      <c r="Y116" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="117" spans="1:25">
+      <c r="A117">
+        <v>106644</v>
+      </c>
+      <c r="B117" s="1">
+        <v>46041</v>
+      </c>
+      <c r="C117" t="s">
+        <v>84</v>
+      </c>
+      <c r="D117" t="s">
+        <v>85</v>
+      </c>
+      <c r="I117" t="s">
+        <v>772</v>
+      </c>
+      <c r="J117" t="s">
+        <v>748</v>
+      </c>
+      <c r="K117" t="s">
+        <v>773</v>
+      </c>
+      <c r="L117" t="s">
+        <v>774</v>
+      </c>
+      <c r="M117" t="s">
+        <v>775</v>
+      </c>
+      <c r="N117" t="s">
+        <v>776</v>
+      </c>
+      <c r="O117" t="s">
+        <v>777</v>
+      </c>
+      <c r="P117" t="s">
+        <v>778</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>80</v>
+      </c>
+      <c r="R117" t="s">
+        <v>81</v>
+      </c>
+      <c r="S117" t="s">
+        <v>81</v>
+      </c>
+      <c r="T117" t="s">
+        <v>81</v>
+      </c>
+      <c r="X117" t="s">
+        <v>779</v>
+      </c>
+      <c r="Y117" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="118" spans="1:25">
+      <c r="A118">
+        <v>106646</v>
+      </c>
+      <c r="B118" s="1">
+        <v>46041</v>
+      </c>
+      <c r="C118" t="s">
+        <v>84</v>
+      </c>
+      <c r="D118" t="s">
+        <v>85</v>
+      </c>
+      <c r="I118" t="s">
+        <v>772</v>
+      </c>
+      <c r="J118" t="s">
+        <v>748</v>
+      </c>
+      <c r="K118" t="s">
+        <v>773</v>
+      </c>
+      <c r="L118" t="s">
+        <v>774</v>
+      </c>
+      <c r="M118" t="s">
+        <v>775</v>
+      </c>
+      <c r="N118" t="s">
+        <v>776</v>
+      </c>
+      <c r="O118" t="s">
+        <v>777</v>
+      </c>
+      <c r="P118" t="s">
+        <v>781</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>80</v>
+      </c>
+      <c r="R118" t="s">
+        <v>81</v>
+      </c>
+      <c r="S118" t="s">
+        <v>81</v>
+      </c>
+      <c r="T118" t="s">
+        <v>81</v>
+      </c>
+      <c r="X118" t="s">
+        <v>782</v>
+      </c>
+      <c r="Y118" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="119" spans="1:25">
+      <c r="A119">
+        <v>106607</v>
+      </c>
+      <c r="B119" s="1">
+        <v>46038</v>
+      </c>
+      <c r="C119" t="s">
+        <v>69</v>
+      </c>
+      <c r="D119" t="s">
+        <v>70</v>
+      </c>
+      <c r="H119" t="s">
+        <v>624</v>
+      </c>
+      <c r="I119" t="s">
+        <v>784</v>
+      </c>
+      <c r="J119" t="s">
+        <v>785</v>
+      </c>
+      <c r="K119" t="s">
+        <v>626</v>
+      </c>
+      <c r="L119" t="s">
+        <v>627</v>
+      </c>
+      <c r="M119" t="s">
+        <v>628</v>
+      </c>
+      <c r="N119" t="s">
+        <v>236</v>
+      </c>
+      <c r="O119" t="s">
+        <v>786</v>
+      </c>
+      <c r="P119" t="s">
+        <v>787</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>80</v>
+      </c>
+      <c r="R119" t="s">
+        <v>81</v>
+      </c>
+      <c r="S119" t="s">
+        <v>81</v>
+      </c>
+      <c r="T119" t="s">
+        <v>81</v>
+      </c>
+      <c r="X119" t="s">
+        <v>788</v>
+      </c>
+      <c r="Y119" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="120" spans="1:25">
+      <c r="A120">
+        <v>106610</v>
+      </c>
+      <c r="B120" s="1">
+        <v>46038</v>
+      </c>
+      <c r="C120" t="s">
+        <v>69</v>
+      </c>
+      <c r="D120" t="s">
+        <v>70</v>
+      </c>
+      <c r="H120" t="s">
+        <v>71</v>
+      </c>
+      <c r="I120" t="s">
+        <v>790</v>
+      </c>
+      <c r="J120" t="s">
+        <v>791</v>
+      </c>
+      <c r="K120" t="s">
+        <v>573</v>
+      </c>
+      <c r="L120" t="s">
+        <v>75</v>
+      </c>
+      <c r="M120" t="s">
+        <v>76</v>
+      </c>
+      <c r="N120" t="s">
+        <v>574</v>
+      </c>
+      <c r="O120" t="s">
+        <v>749</v>
+      </c>
+      <c r="P120" t="s">
+        <v>792</v>
+      </c>
+      <c r="Q120" t="s">
+        <v>80</v>
+      </c>
+      <c r="R120" t="s">
+        <v>81</v>
+      </c>
+      <c r="S120" t="s">
+        <v>81</v>
+      </c>
+      <c r="T120" t="s">
+        <v>81</v>
+      </c>
+      <c r="X120" t="s">
+        <v>793</v>
+      </c>
+      <c r="Y120" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="121" spans="1:25">
+      <c r="A121">
+        <v>106614</v>
+      </c>
+      <c r="B121" s="1">
+        <v>46038</v>
+      </c>
+      <c r="C121" t="s">
+        <v>84</v>
+      </c>
+      <c r="D121" t="s">
+        <v>85</v>
+      </c>
+      <c r="H121" t="s">
+        <v>86</v>
+      </c>
+      <c r="I121" t="s">
+        <v>795</v>
+      </c>
+      <c r="J121" t="s">
+        <v>791</v>
+      </c>
+      <c r="K121" t="s">
+        <v>796</v>
+      </c>
+      <c r="L121" t="s">
+        <v>797</v>
+      </c>
+      <c r="M121" t="s">
+        <v>798</v>
+      </c>
+      <c r="N121" t="s">
+        <v>799</v>
+      </c>
+      <c r="O121" t="s">
+        <v>800</v>
+      </c>
+      <c r="P121" t="s">
+        <v>801</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>80</v>
+      </c>
+      <c r="R121" t="s">
+        <v>81</v>
+      </c>
+      <c r="S121" t="s">
+        <v>81</v>
+      </c>
+      <c r="T121" t="s">
+        <v>81</v>
+      </c>
+      <c r="X121" t="s">
+        <v>802</v>
+      </c>
+      <c r="Y121" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="122" spans="1:25">
+      <c r="A122">
+        <v>106616</v>
+      </c>
+      <c r="B122" s="1">
+        <v>46038</v>
+      </c>
+      <c r="C122" t="s">
+        <v>69</v>
+      </c>
+      <c r="D122" t="s">
+        <v>70</v>
+      </c>
+      <c r="H122" t="s">
+        <v>71</v>
+      </c>
+      <c r="I122" t="s">
+        <v>790</v>
+      </c>
+      <c r="J122" t="s">
+        <v>791</v>
+      </c>
+      <c r="L122" t="s">
+        <v>75</v>
+      </c>
+      <c r="M122" t="s">
+        <v>76</v>
+      </c>
+      <c r="N122" t="s">
+        <v>574</v>
+      </c>
+      <c r="O122" t="s">
+        <v>749</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>80</v>
+      </c>
+      <c r="R122" t="s">
+        <v>81</v>
+      </c>
+      <c r="S122" t="s">
+        <v>81</v>
+      </c>
+      <c r="T122" t="s">
+        <v>81</v>
+      </c>
+      <c r="X122" t="s">
+        <v>751</v>
+      </c>
+      <c r="Y122" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="123" spans="1:25">
+      <c r="A123">
+        <v>106574</v>
+      </c>
+      <c r="B123" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C123" t="s">
+        <v>84</v>
+      </c>
+      <c r="D123" t="s">
+        <v>85</v>
+      </c>
+      <c r="H123" t="s">
+        <v>86</v>
+      </c>
+      <c r="I123" t="s">
+        <v>804</v>
+      </c>
+      <c r="J123" t="s">
+        <v>785</v>
+      </c>
+      <c r="K123" t="s">
+        <v>276</v>
+      </c>
+      <c r="L123" t="s">
+        <v>277</v>
+      </c>
+      <c r="M123" t="s">
+        <v>278</v>
+      </c>
+      <c r="N123" t="s">
+        <v>279</v>
+      </c>
+      <c r="O123" t="s">
+        <v>743</v>
+      </c>
+      <c r="P123" t="s">
+        <v>805</v>
+      </c>
+      <c r="Q123" t="s">
+        <v>80</v>
+      </c>
+      <c r="R123" t="s">
+        <v>81</v>
+      </c>
+      <c r="S123" t="s">
+        <v>81</v>
+      </c>
+      <c r="T123" t="s">
+        <v>81</v>
+      </c>
+      <c r="X123" t="s">
+        <v>806</v>
+      </c>
+      <c r="Y123" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="124" spans="1:25">
+      <c r="A124">
+        <v>106575</v>
+      </c>
+      <c r="B124" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C124" t="s">
+        <v>84</v>
+      </c>
+      <c r="D124" t="s">
+        <v>85</v>
+      </c>
+      <c r="H124" t="s">
+        <v>86</v>
+      </c>
+      <c r="I124" t="s">
+        <v>804</v>
+      </c>
+      <c r="J124" t="s">
+        <v>785</v>
+      </c>
+      <c r="K124" t="s">
+        <v>276</v>
+      </c>
+      <c r="L124" t="s">
+        <v>277</v>
+      </c>
+      <c r="M124" t="s">
+        <v>278</v>
+      </c>
+      <c r="N124" t="s">
+        <v>279</v>
+      </c>
+      <c r="O124" t="s">
+        <v>743</v>
+      </c>
+      <c r="P124" t="s">
+        <v>808</v>
+      </c>
+      <c r="Q124" t="s">
+        <v>80</v>
+      </c>
+      <c r="R124" t="s">
+        <v>81</v>
+      </c>
+      <c r="S124" t="s">
+        <v>81</v>
+      </c>
+      <c r="T124" t="s">
+        <v>81</v>
+      </c>
+      <c r="X124" t="s">
+        <v>809</v>
+      </c>
+      <c r="Y124" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="125" spans="1:25">
+      <c r="A125">
+        <v>106577</v>
+      </c>
+      <c r="B125" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C125" t="s">
+        <v>84</v>
+      </c>
+      <c r="D125" t="s">
+        <v>85</v>
+      </c>
+      <c r="H125" t="s">
+        <v>86</v>
+      </c>
+      <c r="I125" t="s">
+        <v>804</v>
+      </c>
+      <c r="J125" t="s">
+        <v>785</v>
+      </c>
+      <c r="K125" t="s">
+        <v>276</v>
+      </c>
+      <c r="L125" t="s">
+        <v>277</v>
+      </c>
+      <c r="M125" t="s">
+        <v>278</v>
+      </c>
+      <c r="N125" t="s">
+        <v>279</v>
+      </c>
+      <c r="O125" t="s">
+        <v>743</v>
+      </c>
+      <c r="P125" t="s">
+        <v>811</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>80</v>
+      </c>
+      <c r="R125" t="s">
+        <v>81</v>
+      </c>
+      <c r="S125" t="s">
+        <v>81</v>
+      </c>
+      <c r="T125" t="s">
+        <v>81</v>
+      </c>
+      <c r="X125" t="s">
+        <v>806</v>
+      </c>
+      <c r="Y125" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="126" spans="1:25">
+      <c r="A126">
+        <v>106580</v>
+      </c>
+      <c r="B126" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C126" t="s">
+        <v>69</v>
+      </c>
+      <c r="D126" t="s">
+        <v>70</v>
+      </c>
+      <c r="I126" t="s">
+        <v>813</v>
+      </c>
+      <c r="J126" t="s">
+        <v>785</v>
+      </c>
+      <c r="K126" t="s">
+        <v>358</v>
+      </c>
+      <c r="L126" t="s">
+        <v>359</v>
+      </c>
+      <c r="M126" t="s">
+        <v>360</v>
+      </c>
+      <c r="N126" t="s">
+        <v>236</v>
+      </c>
+      <c r="O126" t="s">
+        <v>814</v>
+      </c>
+      <c r="P126" t="s">
+        <v>815</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>80</v>
+      </c>
+      <c r="R126" t="s">
+        <v>81</v>
+      </c>
+      <c r="S126" t="s">
+        <v>81</v>
+      </c>
+      <c r="T126" t="s">
+        <v>81</v>
+      </c>
+      <c r="X126" t="s">
+        <v>816</v>
+      </c>
+      <c r="Y126" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="127" spans="1:25">
+      <c r="A127">
+        <v>106582</v>
+      </c>
+      <c r="B127" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C127" t="s">
+        <v>84</v>
+      </c>
+      <c r="D127" t="s">
+        <v>85</v>
+      </c>
+      <c r="H127" t="s">
+        <v>86</v>
+      </c>
+      <c r="I127" t="s">
+        <v>804</v>
+      </c>
+      <c r="J127" t="s">
+        <v>785</v>
+      </c>
+      <c r="K127" t="s">
+        <v>276</v>
+      </c>
+      <c r="L127" t="s">
+        <v>277</v>
+      </c>
+      <c r="M127" t="s">
+        <v>278</v>
+      </c>
+      <c r="N127" t="s">
+        <v>279</v>
+      </c>
+      <c r="O127" t="s">
+        <v>739</v>
+      </c>
+      <c r="P127" t="s">
+        <v>818</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>80</v>
+      </c>
+      <c r="R127" t="s">
+        <v>81</v>
+      </c>
+      <c r="S127" t="s">
+        <v>81</v>
+      </c>
+      <c r="T127" t="s">
+        <v>81</v>
+      </c>
+      <c r="X127" t="s">
+        <v>819</v>
+      </c>
+      <c r="Y127" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="128" spans="1:25">
+      <c r="A128">
+        <v>106588</v>
+      </c>
+      <c r="B128" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C128" t="s">
+        <v>84</v>
+      </c>
+      <c r="D128" t="s">
+        <v>85</v>
+      </c>
+      <c r="H128" t="s">
+        <v>86</v>
+      </c>
+      <c r="I128" t="s">
+        <v>804</v>
+      </c>
+      <c r="J128" t="s">
+        <v>785</v>
+      </c>
+      <c r="K128" t="s">
+        <v>276</v>
+      </c>
+      <c r="L128" t="s">
+        <v>277</v>
+      </c>
+      <c r="M128" t="s">
+        <v>278</v>
+      </c>
+      <c r="N128" t="s">
+        <v>279</v>
+      </c>
+      <c r="O128" t="s">
+        <v>739</v>
+      </c>
+      <c r="P128" t="s">
+        <v>821</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>80</v>
+      </c>
+      <c r="R128" t="s">
+        <v>81</v>
+      </c>
+      <c r="S128" t="s">
+        <v>81</v>
+      </c>
+      <c r="T128" t="s">
+        <v>81</v>
+      </c>
+      <c r="X128" t="s">
+        <v>809</v>
+      </c>
+      <c r="Y128" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="129" spans="1:36">
+      <c r="A129">
+        <v>106601</v>
+      </c>
+      <c r="B129" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C129" t="s">
+        <v>84</v>
+      </c>
+      <c r="D129" t="s">
+        <v>85</v>
+      </c>
+      <c r="H129" t="s">
+        <v>86</v>
+      </c>
+      <c r="I129" t="s">
+        <v>822</v>
+      </c>
+      <c r="J129" t="s">
+        <v>785</v>
+      </c>
+      <c r="K129" t="s">
+        <v>276</v>
+      </c>
+      <c r="L129" t="s">
+        <v>277</v>
+      </c>
+      <c r="M129" t="s">
+        <v>278</v>
+      </c>
+      <c r="N129" t="s">
+        <v>279</v>
+      </c>
+      <c r="O129" t="s">
+        <v>743</v>
+      </c>
+      <c r="P129" t="s">
+        <v>823</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>80</v>
+      </c>
+      <c r="R129" t="s">
+        <v>81</v>
+      </c>
+      <c r="S129" t="s">
+        <v>81</v>
+      </c>
+      <c r="T129" t="s">
+        <v>81</v>
+      </c>
+      <c r="X129" t="s">
+        <v>824</v>
+      </c>
+      <c r="Y129" t="s">
+        <v>825</v>
+      </c>
+      <c r="Z129" t="s">
+        <v>826</v>
+      </c>
+      <c r="AB129" t="s">
+        <v>827</v>
+      </c>
+      <c r="AC129" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD129" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE129" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF129" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ129" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="130" spans="1:36">
+      <c r="A130">
+        <v>106604</v>
+      </c>
+      <c r="B130" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C130" t="s">
+        <v>84</v>
+      </c>
+      <c r="D130" t="s">
+        <v>85</v>
+      </c>
+      <c r="H130" t="s">
+        <v>86</v>
+      </c>
+      <c r="I130" t="s">
+        <v>829</v>
+      </c>
+      <c r="J130" t="s">
+        <v>785</v>
+      </c>
+      <c r="K130" t="s">
+        <v>276</v>
+      </c>
+      <c r="L130" t="s">
+        <v>277</v>
+      </c>
+      <c r="M130" t="s">
+        <v>278</v>
+      </c>
+      <c r="N130" t="s">
+        <v>279</v>
+      </c>
+      <c r="O130" t="s">
+        <v>830</v>
+      </c>
+      <c r="P130" t="s">
+        <v>831</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>80</v>
+      </c>
+      <c r="R130" t="s">
+        <v>81</v>
+      </c>
+      <c r="S130" t="s">
+        <v>81</v>
+      </c>
+      <c r="T130" t="s">
+        <v>81</v>
+      </c>
+      <c r="X130" t="s">
+        <v>832</v>
+      </c>
+      <c r="Y130" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="131" spans="1:36">
+      <c r="A131">
+        <v>106605</v>
+      </c>
+      <c r="B131" s="1">
+        <v>46037</v>
+      </c>
+      <c r="C131" t="s">
+        <v>84</v>
+      </c>
+      <c r="D131" t="s">
+        <v>85</v>
+      </c>
+      <c r="H131" t="s">
+        <v>86</v>
+      </c>
+      <c r="I131" t="s">
+        <v>834</v>
+      </c>
+      <c r="J131" t="s">
+        <v>785</v>
+      </c>
+      <c r="K131" t="s">
+        <v>276</v>
+      </c>
+      <c r="L131" t="s">
+        <v>277</v>
+      </c>
+      <c r="M131" t="s">
+        <v>278</v>
+      </c>
+      <c r="N131" t="s">
+        <v>279</v>
+      </c>
+      <c r="O131" t="s">
+        <v>835</v>
+      </c>
+      <c r="P131" t="s">
+        <v>836</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>80</v>
+      </c>
+      <c r="R131" t="s">
+        <v>81</v>
+      </c>
+      <c r="S131" t="s">
+        <v>81</v>
+      </c>
+      <c r="T131" t="s">
+        <v>81</v>
+      </c>
+      <c r="X131" t="s">
+        <v>837</v>
+      </c>
+      <c r="Y131" t="s">
+        <v>838</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>