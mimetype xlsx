--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="215" uniqueCount="151">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -219,210 +219,264 @@
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
+    <t>Správa železnic, státní organizace</t>
+  </si>
+  <si>
+    <t>uccchjm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ministerstvo dopravy </t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 1981 a 1982 v k.ú. Studénka nad Odrou</t>
+  </si>
+  <si>
+    <t>2025-11-20</t>
+  </si>
+  <si>
+    <t>721961676</t>
+  </si>
+  <si>
+    <t>najvarek@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Ing. Petr Najvárek</t>
+  </si>
+  <si>
+    <t>SŽF</t>
+  </si>
+  <si>
+    <t>Studénka nad Odrou, Studénka, okres Nový Jičín</t>
+  </si>
+  <si>
+    <t>1981, 1982</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 1981 a 1982 v katastrálním územní Studénka nad Odrou</t>
+  </si>
+  <si>
+    <t>137000</t>
+  </si>
+  <si>
+    <t>Lesy České republiky, s.p.</t>
+  </si>
+  <si>
+    <t>e8jcfsn</t>
+  </si>
+  <si>
+    <t>Ministerstvo zemědělství ČR</t>
+  </si>
+  <si>
+    <t>pozemek v k.ú. Nová Horka</t>
+  </si>
+  <si>
+    <t>2025-11-16</t>
+  </si>
+  <si>
+    <t>956911111</t>
+  </si>
+  <si>
+    <t>jan.mavrev@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ján Mavrev</t>
+  </si>
+  <si>
+    <t>Lesy České republiky, s.p., OŘ severní Morava</t>
+  </si>
+  <si>
+    <t>Nová Horka, Studénka, okres Nový Jičín</t>
+  </si>
+  <si>
+    <t>55/6</t>
+  </si>
+  <si>
+    <t>pozemek p.č. 55/6 ostatní plocha o výměře 138 m2 v k.ú. Nová Horka, obec Studénka</t>
+  </si>
+  <si>
+    <t>83000</t>
+  </si>
+  <si>
     <t>Povodí Odry, státní podnik</t>
   </si>
   <si>
     <t>wwit8gq</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství</t>
   </si>
   <si>
     <t>Pozemek parc.č. 2875, ostatní plocha v kat. území Butovice</t>
   </si>
   <si>
     <t>2025-04-05</t>
   </si>
   <si>
     <t>596657304</t>
   </si>
   <si>
     <t>pustejovska@pod.cz</t>
   </si>
   <si>
     <t>Helena Pustějovská</t>
   </si>
   <si>
     <t>majetkový odbor</t>
   </si>
   <si>
     <t>Butovice, Studénka, okres Nový Jičín</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
-    <t>ano</t>
-[...4 lines deleted...]
-  <si>
     <t>pozemek parc.č. 2875, ostatní plocha v kat. území Butovice</t>
   </si>
   <si>
     <t>20870</t>
   </si>
   <si>
     <t>Vojenské lesy a statky ČR, s.p.</t>
   </si>
   <si>
     <t>bjds93z</t>
   </si>
   <si>
     <t>Ministerstvo obrany</t>
   </si>
   <si>
     <t xml:space="preserve">Prodej pozemu p.č. st. 132 v k.ú. Nová Horka </t>
   </si>
   <si>
     <t>2023-06-02</t>
   </si>
   <si>
     <t>954009150</t>
   </si>
   <si>
     <t>milan.brucek@vls.cz</t>
   </si>
   <si>
     <t>Mgr. Milan Brůček</t>
   </si>
   <si>
     <t>OSM</t>
   </si>
   <si>
-    <t>Nová Horka, Studénka, okres Nový Jičín</t>
-[...1 lines deleted...]
-  <si>
     <t>132</t>
   </si>
   <si>
     <t xml:space="preserve">Jedná se o pozemek st.p.č. 132, zastavěná plocha a nádvoří o výměře 21 m2, zapsaný na LV č. 123 pro k.ú. Nová Horka. </t>
   </si>
   <si>
     <t>14679</t>
   </si>
   <si>
     <t xml:space="preserve">Prodej pozemků p.č. st. 130, 197 v k.ú. Nová Horka </t>
   </si>
   <si>
     <t>130 a 197</t>
   </si>
   <si>
     <t>Jedná se o pozemky p.č. st. 130, zastavěná plocha a nádvoří o výměře 11 m2 a p.č. st. 197, zastavěná plocha a nádvoří o výměře 29 m2, oba zapsané na LV. 123 pro k.ú. Nová Horka, obec Studénka.</t>
   </si>
   <si>
     <t>16400</t>
   </si>
   <si>
-    <t>Lesy České republiky, s.p.</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Ministerstvo zemědělství ČR </t>
   </si>
   <si>
     <t>pozemky p.č. 5/1, 5/2 v k.ú. Nová Horka</t>
   </si>
   <si>
     <t>2022-03-27</t>
   </si>
   <si>
-    <t>956911111</t>
-[...10 lines deleted...]
-  <si>
     <t>5/1, 5/2</t>
   </si>
   <si>
     <t>pozemky p.č. 5/1, 5/2 lesní pozemky v k.ú. Nová Horka - poznámka národní kulturní památka (žádost Moravskoslezského kraje o nabytí pozemků do vlastnictví)</t>
   </si>
   <si>
     <t>2226940</t>
   </si>
   <si>
     <t>Česká pošta, s.p.</t>
   </si>
   <si>
     <t>kr7cdry</t>
   </si>
   <si>
     <t>Ministerstvo vnitra</t>
   </si>
   <si>
     <t>Pozemek parc. č. 896/3 o výměře 52 m2, zastavěná plocha a nádvoří, jehož součástí je stavba č. p. 807, jiná stavba, a pozemek parc. č. 896/2 o výměře 83 m2, jiná plocha, na LV č. 340, Katastrální úřad pro Moravskoslezský kraj, Katastrální pracoviště Nový Jičín, Katastrální území Studénka nad Odrou, obec Studénka. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
     <t>2020-04-12</t>
   </si>
   <si>
     <t>954302157</t>
   </si>
   <si>
     <t>prochazkova.irena.2@cpost.cz</t>
   </si>
   <si>
     <t>Mgr. Irena Procházková</t>
   </si>
   <si>
     <t>Správa majetku</t>
-  </si>
-[...1 lines deleted...]
-    <t>Studénka nad Odrou, Studénka, okres Nový Jičín</t>
   </si>
   <si>
     <t>400000</t>
   </si>
   <si>
     <t xml:space="preserve">Pozemek st.p.č. 214 zastavěná plocha a nádvoří o výměře cca 0,02 ha, jehož součástí je budova bez č.p./č.e. stavba občanského vybavení, a pozemek p.č. 130/29 ostatní plocha-sportoviště a rekreační plocha o výměře cca 0,81 ha, vše zapsané na LV č. 123 pro  k.ú. Nová Horka, obec Studénka, u Katastrálního úřadu pro Moravskoslezský kraj, Katastrální pracoviště Nový Jičín. </t>
   </si>
   <si>
     <t>2018-12-10</t>
   </si>
   <si>
     <t>220405161</t>
   </si>
   <si>
     <t>v.kopecky@vls.cz</t>
   </si>
   <si>
     <t>Ing. Kopecký</t>
   </si>
   <si>
     <t>Správní</t>
   </si>
   <si>
     <t xml:space="preserve">Pozemek st.p.č. 214 zastavěná plocha a nádvoří o výměře cca 0,02 ha, jehož součástí je budova bez č.p./č.e. stavba občanského vybavení, a pozemek p.č. 130/29 ostatní plocha-sportoviště a rekreační plocha o výměře cca 0,81 ha, vše zapsané na LV č. 123 pro       k.ú. Nová Horka, obec Studénka, u Katastrálního úřadu pro Moravskoslezský kraj, Katastrální pracoviště Nový Jičín. V případě budovy bez č.p./č.e. stavba občanského vybavení na pozemku st.p.č. 124 pro k.ú. Nová Horka se jedná o objekt šaten se sociálním zařízením (sprchy a WC) postavený v 70. letech minulého století a slouží jako zázemí k navazujícímu fotbalovému hřišti. Pozemek p.č. 130/29 v k.ú. Nová Horka tvoří část fotbalového hřiště. </t>
   </si>
@@ -748,62 +802,62 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ8"/>
+  <dimension ref="A1:BQ10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
-    <col min="3" max="3" width="33.7109375" customWidth="1"/>
+    <col min="3" max="3" width="36.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="30.7109375" customWidth="1"/>
     <col min="9" max="9" width="705.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="30.7109375" customWidth="1"/>
     <col min="13" max="13" width="24.7109375" customWidth="1"/>
     <col min="14" max="14" width="47.7109375" customWidth="1"/>
     <col min="15" max="15" width="48.7109375" customWidth="1"/>
     <col min="16" max="16" width="16.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
     <col min="24" max="24" width="194.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
@@ -1037,54 +1091,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>104280</v>
+        <v>105774</v>
       </c>
       <c r="B2" s="1">
-        <v>45722</v>
+        <v>45950</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
@@ -1096,379 +1150,497 @@
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
         <v>81</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="X2" t="s">
         <v>82</v>
       </c>
       <c r="Y2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>97832</v>
+        <v>105744</v>
       </c>
       <c r="B3" s="1">
-        <v>45048</v>
+        <v>45946</v>
       </c>
       <c r="C3" t="s">
         <v>84</v>
       </c>
       <c r="D3" t="s">
         <v>85</v>
       </c>
       <c r="H3" t="s">
         <v>86</v>
       </c>
       <c r="I3" t="s">
         <v>87</v>
       </c>
       <c r="J3" t="s">
         <v>88</v>
       </c>
       <c r="K3" t="s">
         <v>89</v>
       </c>
       <c r="L3" t="s">
         <v>90</v>
       </c>
       <c r="M3" t="s">
         <v>91</v>
       </c>
       <c r="N3" t="s">
         <v>92</v>
       </c>
       <c r="O3" t="s">
         <v>93</v>
       </c>
       <c r="P3" t="s">
         <v>94</v>
       </c>
       <c r="Q3" t="s">
         <v>80</v>
       </c>
       <c r="R3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S3" t="s">
         <v>81</v>
       </c>
       <c r="T3" t="s">
         <v>81</v>
       </c>
       <c r="X3" t="s">
         <v>95</v>
       </c>
       <c r="Y3" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>97833</v>
+        <v>104280</v>
       </c>
       <c r="B4" s="1">
-        <v>45048</v>
+        <v>45722</v>
       </c>
       <c r="C4" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="D4" t="s">
-        <v>85</v>
+        <v>98</v>
       </c>
       <c r="H4" t="s">
-        <v>86</v>
+        <v>99</v>
       </c>
       <c r="I4" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="J4" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="K4" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="L4" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="M4" t="s">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c r="N4" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="O4" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="P4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="Y4" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>96195</v>
+        <v>97832</v>
       </c>
       <c r="B5" s="1">
-        <v>44616</v>
+        <v>45048</v>
       </c>
       <c r="C5" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="D5" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="H5" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="I5" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="J5" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="K5" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="L5" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="M5" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="N5" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="O5" t="s">
         <v>93</v>
       </c>
       <c r="P5" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="Y5" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>92300</v>
+        <v>97833</v>
       </c>
       <c r="B6" s="1">
-        <v>43901</v>
+        <v>45048</v>
       </c>
       <c r="C6" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D6" t="s">
+        <v>111</v>
+      </c>
+      <c r="H6" t="s">
+        <v>112</v>
+      </c>
+      <c r="I6" t="s">
+        <v>122</v>
+      </c>
+      <c r="J6" t="s">
         <v>114</v>
       </c>
-      <c r="H6" t="s">
+      <c r="K6" t="s">
         <v>115</v>
       </c>
-      <c r="I6" t="s">
+      <c r="L6" t="s">
         <v>116</v>
       </c>
-      <c r="J6" t="s">
+      <c r="M6" t="s">
         <v>117</v>
       </c>
-      <c r="K6" t="s">
+      <c r="N6" t="s">
         <v>118</v>
       </c>
-      <c r="L6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O6" t="s">
-        <v>122</v>
+        <v>93</v>
+      </c>
+      <c r="P6" t="s">
+        <v>123</v>
       </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
         <v>80</v>
       </c>
       <c r="S6" t="s">
         <v>81</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
+      <c r="X6" t="s">
+        <v>124</v>
+      </c>
       <c r="Y6" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>85973</v>
+        <v>96195</v>
       </c>
       <c r="B7" s="1">
-        <v>43416</v>
+        <v>44616</v>
       </c>
       <c r="C7" t="s">
         <v>84</v>
       </c>
       <c r="D7" t="s">
         <v>85</v>
       </c>
       <c r="H7" t="s">
-        <v>86</v>
+        <v>126</v>
       </c>
       <c r="I7" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="J7" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="K7" t="s">
-        <v>126</v>
+        <v>89</v>
       </c>
       <c r="L7" t="s">
-        <v>127</v>
+        <v>90</v>
       </c>
       <c r="M7" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="N7" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="O7" t="s">
         <v>93</v>
       </c>
+      <c r="P7" t="s">
+        <v>129</v>
+      </c>
       <c r="Q7" t="s">
         <v>80</v>
       </c>
       <c r="R7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
+      <c r="X7" t="s">
+        <v>130</v>
+      </c>
       <c r="Y7" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>85091</v>
+        <v>92300</v>
       </c>
       <c r="B8" s="1">
-        <v>43315</v>
+        <v>43901</v>
       </c>
       <c r="C8" t="s">
-        <v>84</v>
+        <v>132</v>
       </c>
       <c r="D8" t="s">
-        <v>85</v>
+        <v>133</v>
+      </c>
+      <c r="H8" t="s">
+        <v>134</v>
       </c>
       <c r="I8" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="J8" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="K8" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="L8" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="M8" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="N8" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="O8" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>80</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
       <c r="Y8" t="s">
-        <v>132</v>
+        <v>141</v>
+      </c>
+    </row>
+    <row r="9" spans="1:69">
+      <c r="A9">
+        <v>85973</v>
+      </c>
+      <c r="B9" s="1">
+        <v>43416</v>
+      </c>
+      <c r="C9" t="s">
+        <v>110</v>
+      </c>
+      <c r="D9" t="s">
+        <v>111</v>
+      </c>
+      <c r="H9" t="s">
+        <v>112</v>
+      </c>
+      <c r="I9" t="s">
+        <v>142</v>
+      </c>
+      <c r="J9" t="s">
+        <v>143</v>
+      </c>
+      <c r="K9" t="s">
+        <v>144</v>
+      </c>
+      <c r="L9" t="s">
+        <v>145</v>
+      </c>
+      <c r="M9" t="s">
+        <v>146</v>
+      </c>
+      <c r="N9" t="s">
+        <v>147</v>
+      </c>
+      <c r="O9" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>80</v>
+      </c>
+      <c r="R9" t="s">
+        <v>80</v>
+      </c>
+      <c r="S9" t="s">
+        <v>81</v>
+      </c>
+      <c r="T9" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="10" spans="1:69">
+      <c r="A10">
+        <v>85091</v>
+      </c>
+      <c r="B10" s="1">
+        <v>43315</v>
+      </c>
+      <c r="C10" t="s">
+        <v>110</v>
+      </c>
+      <c r="D10" t="s">
+        <v>111</v>
+      </c>
+      <c r="I10" t="s">
+        <v>148</v>
+      </c>
+      <c r="J10" t="s">
+        <v>149</v>
+      </c>
+      <c r="K10" t="s">
+        <v>144</v>
+      </c>
+      <c r="L10" t="s">
+        <v>145</v>
+      </c>
+      <c r="M10" t="s">
+        <v>146</v>
+      </c>
+      <c r="N10" t="s">
+        <v>147</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>80</v>
+      </c>
+      <c r="R10" t="s">
+        <v>80</v>
+      </c>
+      <c r="S10" t="s">
+        <v>81</v>
+      </c>
+      <c r="T10" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>