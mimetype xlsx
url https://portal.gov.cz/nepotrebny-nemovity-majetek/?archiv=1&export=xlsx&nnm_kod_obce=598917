--- v0 (2025-10-20)
+++ v1 (2026-01-15)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="322" uniqueCount="188">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -228,204 +228,261 @@
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>DIAMO, státní podnik</t>
   </si>
   <si>
     <t>sjfywke</t>
   </si>
   <si>
     <t>Ministerstvo průmyslu a obchodu</t>
   </si>
   <si>
+    <t>D550 – Pozemky v k. ú. Darkov</t>
+  </si>
+  <si>
+    <t>2025-12-21</t>
+  </si>
+  <si>
+    <t>karvina@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Kamil Roman</t>
+  </si>
+  <si>
+    <t>DIAMO s. p., odštěpný závod Karviná, Sirotčí 1145/7, Vítkovice, 703 00  Ostrava</t>
+  </si>
+  <si>
+    <t>Darkov, Karviná, okres Karviná</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>pozemky p. č. 519 – ostatní plocha, jiná plocha o výměře 417 m2, p. č. 521 – ostatní plocha, ostatní komunikace o výměře 190 m2, p. č. 522 – ostatní plocha, jiná plocha o výměře 267 m2, p. č. 523 – zahrada o výměře 125 m2, p. č. 524 – zahrada o výměře 199 m2, p. č. 525 – zastavěná plocha a nádvoří, zbořeniště o výměře 249 m2, p. č. 526 – zahrada o výměře 70 m2, p. č. 527 – zahrada o výměře 305 m2, p. č. 530/2 – ostatní plocha, ostatní komunikace o výměře 418 m2, p. č. 531/3 – ostatní plocha, jiná plocha o výměře 174 m2, p. č. 531/4 – ostatní plocha, jiná plocha o výměře 49 m2,  p. č. 533 – ostatní plocha, ostatní komunikace o výměře 60 m2, p. č. 554/1 – orná půda o výměře 2 405 m2, p. č. 554/2 – ostatní plocha, jiná plocha o výměře 462 m2, p. č. 554/3 – ostatní plocha, jiná plocha o výměře 616 m2, p. č. 554/6 – ostatní plocha, jiná plocha o výměře 81 m2, p. č. 587/1 – zahrada o výměře 3 220 m2, p. č. 588 – zastavěná plocha a nádvoří, zbořeniště o výměře 742 m2, vše v k. ú. Darkov zapsaných na LV č. 1992, město Karviná, Moravskoslezský kraj včetně zpevněných ploch.   Převáděné pozemky se nachází v: -	chráněném ložiskovém území, -	zemědělském půdním fondu (p. p. č. 523, p. č. 524, p. č. 526, p. č. 527, p. č. 554/1 a p. č. 587/1), -	území plochy „BK“ chráněného ložiskového území (CHLÚ) české části Hornoslezské pánve pro výhradní ložisko černé uhlí (plocha „BK“ vyžaduje stanovení podmínek zajištění stavby proti účinkům poddolování), -	území kategorizovaném jako území s možnými nahodilými výstupy metanu na povrch. Hodnota převáděných nemovitostí byla stanovena znaleckým posudkem č. 4498-193/2025 zpracovaným Ing. Vlastimilem Outlým, se sídlem: Doudlevecká 495/22, 301 00 Plzeň.</t>
+  </si>
+  <si>
+    <t>2420300</t>
+  </si>
+  <si>
+    <t>2025-11-09</t>
+  </si>
+  <si>
+    <t>519, 521, 522, 523, 524, 525, 526, 527, 530/2, 531/3, 531/4, 533, 554/1, 554/2, 554/3, 554/6, 587/1, 588</t>
+  </si>
+  <si>
+    <t>pozemky p. č. 519 – ostatní plocha, jiná plocha o výměře 417 m2, p. č. 521 – ostatní plocha, ostatní komunikace o výměře 190 m2, p. č. 522 – ostatní plocha, jiná plocha o výměře 267 m2, p. č. 523 – zahrada o výměře 125 m2, p. č. 524 – zahrada o výměře 199 m2, p. č. 525 – zastavěná plocha a nádvoří, zbořeniště o výměře 249 m2, p. č. 526 – zahrada o výměře 70 m2, p. č. 527 – zahrada o výměře 305 m2, p. č. 530/2 – ostatní plocha, ostatní komunikace o výměře 418 m2, p. č. 531/3 – ostatní plocha, jiná plocha o výměře 174 m2, p. č. 531/4 – ostatní plocha, jiná plocha o výměře 49 m2,  p. č. 533 – ostatní plocha, ostatní komunikace o výměře 60 m2, p. č. 554/1 – orná půda o výměře 2 405 m2, p. č. 554/2 – ostatní plocha, jiná plocha o výměře 462 m2, p. č. 554/3 – ostatní plocha, jiná plocha o výměře 616 m2, p. č. 554/6 – ostatní plocha, jiná plocha o výměře 81 m2, p. č. 587/1 – zahrada o výměře 3 220 m2, p. č. 588 – zastavěná plocha a nádvoří, zbořeniště o výměře 742 m2, vše v k. ú. Darkov zapsaných na LV č. 1992, město Karviná, Moravskoslezský kraj včetně zpevněných ploch.   Převáděné pozemky se nachází v: -	chráněném ložiskovém území, -	zemědělském půdním fondu (p. p. č. 523, p. č. 524, p. č. 526, p. č. 527, p. č. 554/1 a p. č. 587/1), -	území plochy „BK“ chráněného ložiskového území (CHLÚ) české části Hornoslezské pánve pro výhradní ložisko černé uhlí (plocha „BK“ vyžaduje stanovení podmínek zajištění stavby proti účinkům poddolování), -	území kategorizovaném jako území s možnými nahodilými výstupy metanu na povrch. Hodnota převáděných nemovitostí byla stanovena znaleckým posudkem č. 078692/2025 ze dne 6. 10. 2025 Ing. Františkem Vlčkem, zastupujícím společnost Ostravská znalecká, a.s., se sídlem Na Prádle 3389/8a, 702 00  Ostrava – Moravská Ostrava.</t>
+  </si>
+  <si>
+    <t>7018000</t>
+  </si>
+  <si>
+    <t>24 pozemků v k. ú. Karviná-Doly včetně součástí a příslušenství</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>606146618</t>
+  </si>
+  <si>
+    <t>Oddělení majetku</t>
+  </si>
+  <si>
+    <t>Karviná-Doly, Karviná, okres Karviná</t>
+  </si>
+  <si>
+    <t>6333/3</t>
+  </si>
+  <si>
+    <t>Předmětem převodu jsou pozemky p. č. 6320/1 – ostatní plocha, dobývací prostor o výměře 3 380 m2, p. č. 6320/2 – ostatní plocha, jiná plocha o výměře 919 m2, p. č. 6320/3 – ostatní plocha, ostatní komunikace o výměře 484 m2, p. č. 6320/4 – ostatní plocha, zeleň o výměře 484 m2, p. č. 6320/5 – ostatní plocha, zeleň o výměře 551 m2, p. č. 6320/6 – ostatní plocha, zeleň o výměře 388 m2, p. č. 6320/7 – ostatní plocha, zeleň o výměře 169 m2, p. č. 6320/8 – ostatní plocha, jiná plocha o výměře 129 m2, p. č. 6320/9 – ostatní plocha, dobývací prostor o výměře 154 m2, p. č. 6320/10 – ostatní plocha, jiná plocha o výměře 80 m2, p. č. 6320/11 – ostatní plocha, jiná plocha o výměře 101 m2, p. č. 6321 – ostatní plocha, dobývací prostor o výměře 1 386 m2, p. č. 6322 – ostatní plocha, dobývací prostor o výměře 168 m2, p. č. 6323/1 – ostatní plocha, dobývací prostor o výměře 1 668 m2, p. č. 6323/2 – ostatní plocha, jiná plocha o výměře 35 m2, p. č. 6323/3 – ostatní plocha, jiná plocha o výměře 26 m2, p. č. 6325 – ostatní plocha, jiná plocha o výměře 546 m2, p. č. 6327 – ostatní plocha, ostatní komunikace o výměře 2 247 m2, p. č. 6328 – ostatní plocha, ostatní komunikace o výměře 1 071 m2, p. č. 6329 – ostatní plocha, jiná plocha o výměře 479 m2, p. č. 6333/2 – ostatní plocha, jiná plocha o výměře 5 305 m2, p. č. 6333/3 – ostatní plocha, dobývací prostor o výměře 5 779 m2, p. č. 6333/4 – ostatní plocha, dobývací prostor o výměře 3 907 m2, p. č. 6333/39 – ostatní plocha, jiná plocha o výměře 241 m2 zapsané u Katastrálního úřadu pro Moravskoslezský kraj, katastrální pracoviště Karviná-Doly, na LV č. 571 pro k. ú. Karviná-Doly, obec Karviná. Součástí převodu je dále 7 sloupů veřejného osvětlení umístěných na/v částech pozemků p. č. 6333/2 a p. č. 6320/1 a zpevněné plochy v podobě asfaltu, ploch s litým betonem, silničních panelů, šotoliny a štěrku o celkové výměře 11 312 m2 na/v částech pozemků p. č. 6320/2, p. č. 6320/3, p. č. 6321, p. č. 6327, p. č. 6333/2 a p. č. 6333/3, zbytek pozemků je pokryt vegetací, vše v k. ú. Karviná-Doly, obec Karviná. Převáděné pozemky jsou veřejně přístupné z ulice U Barbory. Převáděné pozemky se nachází v chráněném ložiskovém území a v platném dobývacím prostoru Karviná-Doly II, stanoveném pro černé uhlí, který je ve správě DIAMO, státní podnik, odštěpný závod Karviná (dobývací prostor se smlouvou nepřevádí). Převáděné pozemky se dále nachází v území kategorizovaném jako území s možnými nahodilými výstupy metanu na povrch. K tíži částí převáděných pozemků jsou zřízena věcná břemena – služebnosti zapsané v katastru nemovitostí, které jsou vedeny na listu vlastnictví (LV) č. 571 pro k. ú. Karviná-Doly. Přes části převáděných pozemků prochází také sítě cizích vlastníků bez uzavřených služebností. Část převáděného pozemku p. č. 6333/2 v k. ú. Karviná-Doly, obec Karviná o výměře 450 m2, je pronajata za účelem uskladnění big bagů s aktivním uhlím. Spolu s převodem výše uvedeného majetku budou smlouvou o zřízení služebností uzavřeny také služebnosti zatěžující části převáděných pozemků, hrazené prodávajícím. Níže uvedená požadovaná cena je uvedena bez DPH. Daň z přidané hodnoty (DPH) bude fakturována ve výši a sazbě dle obecně závazných právních předpisů České republiky platných a účinných v okamžiku zdanitelného plnění.</t>
+  </si>
+  <si>
+    <t>10832100</t>
+  </si>
+  <si>
+    <t>Lesy České republiky, s.p.</t>
+  </si>
+  <si>
+    <t>e8jcfsn</t>
+  </si>
+  <si>
+    <t>Ministerstvo zemědělství ČR</t>
+  </si>
+  <si>
+    <t>pozemky v k.ú. Louky nad Olší</t>
+  </si>
+  <si>
+    <t>2025-10-23</t>
+  </si>
+  <si>
+    <t>956911111</t>
+  </si>
+  <si>
+    <t>jan.mavrev@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ján Mavrev</t>
+  </si>
+  <si>
+    <t>Lesy České republiky, s.p., OŘ severní Morava</t>
+  </si>
+  <si>
+    <t>Louky nad Olší, Karviná, okres Karviná</t>
+  </si>
+  <si>
+    <t>2231/1, 2231/3, 2231/4, 2705/23</t>
+  </si>
+  <si>
+    <t>pozemky p.č. 2231/1, 2231/3, 2231/4, 2705/23 ostatní plochy v k.ú. Louky nad Olší</t>
+  </si>
+  <si>
+    <t>4800000</t>
+  </si>
+  <si>
     <t>D500 - pozemky p. č. st. 6333/23 (včetně objektu), p. č. 6333/24, p. č. 6333/25, p. č. 6333/26 a p. č. 6333/46, vše v k. ú. Karviná-Doly</t>
   </si>
   <si>
     <t>2024-09-09</t>
   </si>
   <si>
-    <t>606146618</t>
-[...1 lines deleted...]
-  <si>
     <t>roman@diamo.cz</t>
   </si>
   <si>
-    <t>Ing. Kamil Roman</t>
-[...7 lines deleted...]
-  <si>
     <t>6333/23</t>
   </si>
   <si>
-    <t>ano</t>
-[...4 lines deleted...]
-  <si>
     <t>U Barbory</t>
   </si>
   <si>
     <t>Předmětem převodu jsou pozemky p. č. st. 6333/23 – zastavěná plocha a nádvoří, součástí kterého je stavba bez č.  p./č. ev., jiná stavba (budova vrátnice) o výměře 140 m2, p. č. 6333/24 – ostatní plocha, jiná plocha o výměře 530 m2, p. č. 6333/25 – ostatní plocha, jiná plocha o výměře 294 m2, p. č. 6333/26 – ostatní plocha, jiná plocha o výměře 271 m2 a p. č. 6333/46 – ostatní plocha, manipulační plocha o výměře 2 473 m2 zapsané na LV č. 571 pro k. ú. Karviná-Doly včetně zpevněných ploch, součástí a příslušenství, vše v k. ú. Karviná-Doly, obec Karviná, Moravskoslezský kraj. Převáděný majetek tvoří jednotný funkční celek nacházející se v areálu bývalého Dolu Barbora. Pozemky se nacházejí v oploceném areálu. Část objektu (prostory vrátnice) je pronajata. Převáděné pozemky se nacházejí v platném dobývacím prostoru Karviná – Doly II, stanoveném pro černé uhlí, který je ve správě DIAMO, s. p., o. z. DARKOV. Zájmové území je součástí území kategorizovaného jako území s možnými nahodilými výstupy metanu na povrch. Převáděné pozemky jsou v částech zatíženy věcnými břemeny – služebnostmi, které jsou v katastru nemovitostí zapsané na listu vlastnictví č. 571 pro k. ú. Karviná-Doly, obec Karviná. Spolu s převodem výše uvedeného majetku bude v rámci kupní smlouvy a smlouvy o zřízení služebnosti uzavřena ve prospěch (budoucího) vlastníka předmětných pozemků služebnost stezky a cesty po části pozemku p. č. 6333/2 v k. ú. Karviná-Doly v rozsahu dle GP č. 598-35/2009 pro k. ú. Karviná-Doly a po části pozemku p. č. 6333/22 v k. ú. Karviná-Doly v rozsahu dle GP č. 713-216/2013 pro k. ú. Karviná-Doly v celkové výši 57 200,00 Kč bez DPH (69 212,00 Kč včetně DPH). Tuto služebnost bude hradit kupující, není součástí kupní ceny. Níže uvedená požadovaná cena je bez DPH. Daň z přidané hodnoty (DPH) bude fakturována ve výši a sazbě dle obecně závazných právních předpisů České republiky platných a účinných v okamžiku zdanitelného plnění.</t>
   </si>
   <si>
     <t>4500000</t>
   </si>
   <si>
     <t>D700</t>
   </si>
   <si>
     <t>2024-08-02</t>
   </si>
   <si>
     <t>721827227</t>
   </si>
   <si>
     <t>sopuchova@diamo.cz</t>
   </si>
   <si>
     <t>Ing. Jana Sopuchová, MBA, LL.M.</t>
   </si>
   <si>
     <t>oddělení majetku</t>
   </si>
   <si>
     <t>Karviná-město, Karviná, okres Karviná</t>
   </si>
   <si>
     <t>část 7204/1, 7340/2, 2221/3</t>
   </si>
   <si>
     <t>Převáděné pozemky jsou zapsány u Katastrálního úřadu pro Moravskoslezský kraj, Katastrální pracoviště Karviná. Pozemky p. č. 7204/1 a p. č. 7340/2, oba k. ú. Karviná-Doly, zapsané na LV č. 571, pozemek parc. č. 2221/3, k. ú. Staré město u Karviné, zapsaný na LV č. 2360. Pozemky p. č. 7204/14 a p. č. 7340/6 v obci Karviná k. ú. Karviná-Doly byly na základě Geometrického plánu č. 871-66/2024 ze dne 05.03.2024, potvrzeného Katastrálním úřadem pro Moravskoslezský kraj, Katastrální pracoviště Karviná PGP-259/2024-803, dne 07.03.2024, vyčleněny z původních pozemků p. č. 7204/1 a p. č. 7340/2, oba v obci Karviná, k. ú. Karviná-Doly. Předmětem převodu jsou nově vzniklé pozemky p. č. 7204/14 o výměře 202 m2 a p. č. 7340/6 o výměře 2 m2 oba v obci Karviná k. ú. Karviná-Doly a dále pozemek p. č. 2221/3 o výměře 36 m2 v obci Karviná, k. ú. Staré město u Karviné. Dále bude spolu s převodem výše uvedeného majetku zřízeno věcné břemeno – služebnost inženýrské sítě Provozní vody, a to v šířce ochranného pásma ve prospěch vlastníka věci neevidované v KN (DIAMO, s. p.). Inženýrská síť Provozní vody se nachází mj. na části pozemků p. č. 7204/1, p. č. 7206 a p. č. 2221/3 za jednorázovou úhradu 500,00 Kč + DPH. Pozemky se nachází v dobývacím prostoru pro černé uhlí ve správě DIAMO, s. p. Karviná – Doly I. Plocha podle podmínek ochrany ložiska: CK0. Jedná se o území, které bylo ovlivněno dlouhodobou důlní činností slojí, kde není možno z důvodu narušení horninového masivu vyloučit nepřímé důlní vlivy.</t>
   </si>
   <si>
     <t>302500</t>
   </si>
   <si>
-    <t>Lesy České republiky, s.p.</t>
-[...7 lines deleted...]
-  <si>
     <t>pozemky v k.ú. Louky nad Olší a v k.ú. Stonava</t>
   </si>
   <si>
     <t>2024-05-30</t>
   </si>
   <si>
-    <t>956911111</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">2228/8, 2228/23, 2228/24 GP, 2224/1 GP, 2227/1 GP, 2232/1 GP, 2232/3 GP, </t>
   </si>
   <si>
     <t>pozemek p.č. 2228/8 o výměře 811 m2, 2228/23 o výměře 886 m2, 2228/24 o výměře 48 m2 GP 436-132/2018 (z p.č. 2228/9), 2224/1 o výměře 976 m2 dle GP č.441-186/2018 ( z p.č. 2224), p.č. 2227/1 o výměře 148 m2 dle GP č. 441-186/2018 (z p.č. 2227), 2232/1 o výměře 12525 m2 a p.č. 2232/3 o výměře 357 m2 dle GP č. 441-186/2018 (z p.č. 2232)</t>
   </si>
   <si>
     <t>Stonava, Stonava, okres Karviná</t>
   </si>
   <si>
     <t>4779860</t>
   </si>
   <si>
     <t>3749/2 GP, 3749/4 GP</t>
   </si>
   <si>
     <t>pozemek p.č. 3749/2 o výměře 4593 m2 dle Gp č. 1417-185/2018 (z p.č. 3749/2), p.č. 3749/4 o výměře 3371m2 dle GP č. 1417-185/2018 (z p.č. 3749/4)</t>
   </si>
   <si>
     <t>D500</t>
   </si>
   <si>
     <t>2023-08-17</t>
   </si>
   <si>
     <t>Odbor obchodu</t>
   </si>
   <si>
-    <t>6333/3</t>
-[...1 lines deleted...]
-  <si>
     <t>Předmětem převodu jsou pozemky p. č. 6333/2 – ostatní plocha, jiná plocha o výměře 5 305 m2, p. č. 6320/1 – ostatní plocha, dobývací prostor o výměře 3 380 m2, p. č. 6320/2 – ostatní plocha, jiná plocha o výměře 919 m2, p. č. 6320/3 – ostatní plocha, ostatní komunikace o výměře 484 m2, p. č. 6320/4 – ostatní plocha, zeleň o výměře 484 m2, p. č. 6320/5 – ostatní plocha, zeleň o výměře 551 m2, p. č. 6320/6 – ostatní plocha, zeleň o výměře 388 m2, p. č. 6320/7 – ostatní plocha, zeleň o výměře 169 m2, p. č. 6320/8 – ostatní plocha, jiná plocha o výměře 129 m2, p. č. 6320/9 – ostatní plocha, dobývací prostor o výměře 154 m2, p. č. 6320/10 – ostatní plocha, jiná plocha o výměře 80 m2, p. č. 6320/11 – ostatní plocha, jiná plocha o výměře 101 m2, p. č. 6321 – ostatní plocha, dobývací prostor o výměře 1 386 m2, p. č. 6322 – ostatní plocha, dobývací prostor o výměře 168 m2, p. č. 6323/1 – ostatní plocha, dobývací prostor o výměře 1 668 m2, p. č. 6323/2 – ostatní plocha, jiná plocha o výměře 35 m2, p. č. 6323/3 – ostatní plocha, jiná plocha o výměře 26 m2, p. č. 6325 – ostatní plocha, jiná plocha o výměře 546 m2, p. č. 6327 – ostatní plocha, ostatní komunikace o výměře 2 247 m2, p. č. 6328 – ostatní plocha, ostatní komunikace o výměře 1 071 m2, p. č. 6329 – ostatní plocha, jiná plocha o výměře 479 m2, p. č. 6333/3 – ostatní plocha, dobývací prostor o výměře 5 779 m2, p. č. 6333/4 – ostatní plocha, dobývací prostor o výměře 3 907 m2, p. č. 6333/39 – ostatní plocha, jiná plocha o výměře 241 m2. Tyto nemovité věci jsou zapsány u Katastrálního úřadu pro Moravskoslezský kraj, katastrální pracoviště Karviná, na LV č. 571 pro k. ú. Karviná, obec Karviná. Součástí převodu je 7 sloupů veřejného osvětlení, zpevněné plochy v podobě asfaltu, ploch s litým betonem, silničními panely, šotolinou a štěrkem o celkové výměře 11 312 m2, zbytek pozemků je pokryt vegetací. Převáděné pozemky jsou veřejně přístupné z ulice U Barbory. Na části pozemku p. č. 6333/4 v k. ú. Karviná-Doly je pro OKD, a.s. zřízeno věcné břemeno vedení a provozování podzemního trubního vodovodu včetně vstupu a vjezdu v souvislosti s provozem, opravami, údržbou, změnami nebo odstraňováním podzemní trubního vodovodu. Na částech pozemku p. č. 6333/2 v k. ú. Karviná-Doly jsou zřízena věcná břemena/služebnosti: - pro vlastníka pozemků p. č. 6333/28, jehož součástí je stavba bez čp/če, jiná stavba a p. č. 6333/40 v právu chůze a jízdy, - pro vlastníka pozemku p. č. 6333/54 v právu stezky a cesty, - pro vlastníka pozemků p. č. 6333/27, jehož součástí je stavba č. p. 3 pro výrobu a skladování, p. č. 6333/29, jehož součástí je stavba bez čp/če pro výrobu a skladování, p. č 6333/45, p. č. 6333/47 v právu chůze a jízdy, - pro vlastníka pozemku p. č. 6333/21, jehož součástí je stavba č. p. 198 pro administrativu v právu stezky a cesty, - pro vlastníka pozemku p. č. 6333/60 v právu chůze a jízdy, - pro ATARA AGRO s.r.o. v právu umístění, vedení, provozování a udržování kanalizačního potrubí včetně vstupu a vjezdu v souvislosti s provozem, opravami, údržbou, změnami nebo odstraněním kanalizačního potrubí. Na pozemku p. č. 6321 v k. ú. Karviná-Doly je zřízeno věcné břemeno pro vlastníka pozemků p. č. 6309, p. č. 6313, p. č. 6316, p. č 6317, p. č. 6318/2, p. č. 6318/1, jehož součástí je stavba bez čp/če, občanského vybavení v právu chůze a jízdy. Spolu s převodem výše uvedeného majetku bude smlouvou o zřízení služebností uzavřena ve prospěch vlastníka věci neevidované v katastru nemovitostí služebnost inženýrské sítě podzemního vodovodního řadu v rozsahu dle GP č. 828-17/2020 pro k. ú. Karviná-Doly v části pozemku p. č. 6333/2 v k. ú. Karviná-Doly a služebnost stezky a cesty v rozsahu dle GP č. 598-35/2009 pro k. ú. Karviná-Doly po části pozemku p. č. 6333/2 v k. ú. Karviná-Doly ve prospěch vlastníka pozemků p. č. 6333/1, p. č. 6333/13, p. č. 6333/14, p. č. 6333/15, p. č. 6333/16, p. č. 6333/17, p. č. 6333/18, p. č. 6333/19, p. č. 6333/20, p. č. 6333/22, p. č. 6333/23, p. č. 6333/24, p. č. 6333/25, p. č. 6333/26, p. č. 6333/36, p. č. 6333/46, p. č. 6333/50, p. č. 6333/51 (dle GP), p. č. 6333/52 (dle GP), p. č. 6333/59, p. č. 6333/61, p. č. 6333/62, p. č. 6333/63, p. č. 6333/64 vše v k. ú. Karviná-Doly v celkové výši 1 000,00 Kč bez DPH (1 210,00 Kč vč. DPH), hradí prodávající.</t>
   </si>
   <si>
     <t>6736675</t>
   </si>
   <si>
     <t>MPO ČR</t>
   </si>
   <si>
     <t>2022-11-28</t>
   </si>
   <si>
     <t>725 818 267</t>
   </si>
   <si>
     <t>reitz@diamo.cz</t>
   </si>
   <si>
     <t>Ing. Boleslav Reitz</t>
   </si>
   <si>
     <t xml:space="preserve">Odbor správy majetku </t>
-  </si>
-[...1 lines deleted...]
-    <t>Darkov, Karviná, okres Karviná</t>
   </si>
   <si>
     <t>554/1</t>
   </si>
   <si>
     <t xml:space="preserve">Nemovitý majetek se nachází v k. ú. Darkov, obec Karviná, Moravskoslezský kraj, pozemky p. č. 554/1 – orná půda o výměře 2 405 m², p. č. 554/2 – ostatní plocha, jiná plocha o výměře 462 m², p. č. 554/3 – ostatní plocha, jiná plocha o výměře 616 m², p. č. 554/6 – ostatní plocha, jiná plocha o výměře 81 m², p. č. 587/1 – zahrada o výměře 3 220 m², p. č. 588/0 – zastavěná plocha a nádvoří, zbořeniště o celkové výměře 742 m², vše zapsané na LV č. 1992. </t>
   </si>
   <si>
     <t>997290</t>
   </si>
   <si>
     <t>MPO</t>
   </si>
   <si>
     <t>2022-11-26</t>
   </si>
   <si>
     <t>725818267</t>
   </si>
   <si>
     <t>435/1</t>
   </si>
   <si>
     <t xml:space="preserve">Řemeslnická </t>
   </si>
@@ -856,73 +913,73 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ12"/>
+  <dimension ref="A1:BQ16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="36.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="33.7109375" customWidth="1"/>
     <col min="9" max="9" width="718.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="22.7109375" customWidth="1"/>
     <col min="13" max="13" width="33.7109375" customWidth="1"/>
-    <col min="14" max="14" width="47.7109375" customWidth="1"/>
+    <col min="14" max="14" width="81.7109375" customWidth="1"/>
     <col min="15" max="15" width="40.7109375" customWidth="1"/>
-    <col min="16" max="16" width="75.7109375" customWidth="1"/>
+    <col min="16" max="16" width="106.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="14.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
     <col min="24" max="24" width="4285.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="33.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="22.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="147.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
@@ -1145,698 +1202,925 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>102362</v>
+        <v>105966</v>
       </c>
       <c r="B2" s="1">
-        <v>45511</v>
+        <v>45982</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>74</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>75</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>76</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>77</v>
       </c>
-      <c r="O2" t="s">
+      <c r="Q2" t="s">
         <v>78</v>
       </c>
-      <c r="P2" t="s">
-[...2 lines deleted...]
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
+        <v>79</v>
+      </c>
+      <c r="S2" t="s">
+        <v>79</v>
+      </c>
+      <c r="T2" t="s">
+        <v>79</v>
+      </c>
+      <c r="X2" t="s">
         <v>80</v>
       </c>
-      <c r="R2" t="s">
-[...2 lines deleted...]
-      <c r="S2" t="s">
+      <c r="Y2" t="s">
         <v>81</v>
-      </c>
-[...10 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>102170</v>
+        <v>105690</v>
       </c>
       <c r="B3" s="1">
-        <v>45475</v>
+        <v>45940</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
         <v>71</v>
       </c>
       <c r="I3" t="s">
+        <v>72</v>
+      </c>
+      <c r="J3" t="s">
+        <v>82</v>
+      </c>
+      <c r="L3" t="s">
+        <v>74</v>
+      </c>
+      <c r="M3" t="s">
+        <v>75</v>
+      </c>
+      <c r="N3" t="s">
+        <v>76</v>
+      </c>
+      <c r="O3" t="s">
+        <v>77</v>
+      </c>
+      <c r="P3" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>78</v>
+      </c>
+      <c r="R3" t="s">
+        <v>79</v>
+      </c>
+      <c r="S3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T3" t="s">
+        <v>79</v>
+      </c>
+      <c r="X3" t="s">
+        <v>84</v>
+      </c>
+      <c r="Y3" t="s">
         <v>85</v>
-      </c>
-[...37 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>101768</v>
+        <v>105539</v>
       </c>
       <c r="B4" s="1">
-        <v>45411</v>
+        <v>45927</v>
       </c>
       <c r="C4" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="D4" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>97</v>
+        <v>71</v>
       </c>
       <c r="I4" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="J4" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="K4" t="s">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="L4" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
       <c r="M4" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="N4" t="s">
-        <v>103</v>
+        <v>89</v>
       </c>
       <c r="O4" t="s">
-        <v>104</v>
+        <v>90</v>
       </c>
       <c r="P4" t="s">
-        <v>105</v>
+        <v>91</v>
       </c>
       <c r="Q4" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R4" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="S4" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="T4" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="X4" t="s">
-        <v>106</v>
-[...23 lines deleted...]
-        <v>110</v>
+        <v>92</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>98188</v>
+        <v>105484</v>
       </c>
       <c r="B5" s="1">
-        <v>45124</v>
+        <v>45922</v>
       </c>
       <c r="C5" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="D5" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="H5" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="I5" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="J5" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="K5" t="s">
-        <v>74</v>
+        <v>99</v>
       </c>
       <c r="L5" t="s">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="M5" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="N5" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="O5" t="s">
+        <v>103</v>
+      </c>
+      <c r="P5" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q5" t="s">
         <v>78</v>
       </c>
-      <c r="P5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R5" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="S5" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="T5" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="X5" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="Y5" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>97143</v>
+        <v>102362</v>
       </c>
       <c r="B6" s="1">
-        <v>44861</v>
+        <v>45511</v>
       </c>
       <c r="C6" t="s">
         <v>69</v>
       </c>
       <c r="D6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>117</v>
+        <v>71</v>
       </c>
       <c r="I6" t="s">
-        <v>85</v>
+        <v>107</v>
       </c>
       <c r="J6" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="K6" t="s">
-        <v>119</v>
+        <v>88</v>
       </c>
       <c r="L6" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="M6" t="s">
-        <v>121</v>
+        <v>75</v>
       </c>
       <c r="N6" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="O6" t="s">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="P6" t="s">
-        <v>124</v>
+        <v>110</v>
       </c>
       <c r="Q6" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R6" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="S6" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="T6" t="s">
-        <v>81</v>
+        <v>79</v>
+      </c>
+      <c r="U6" t="s">
+        <v>111</v>
       </c>
       <c r="X6" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="Y6" t="s">
-        <v>126</v>
+        <v>113</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>97137</v>
+        <v>102170</v>
       </c>
       <c r="B7" s="1">
-        <v>44859</v>
+        <v>45475</v>
       </c>
       <c r="C7" t="s">
         <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>127</v>
+        <v>71</v>
       </c>
       <c r="I7" t="s">
-        <v>85</v>
+        <v>114</v>
       </c>
       <c r="J7" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="K7" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="L7" t="s">
+        <v>117</v>
+      </c>
+      <c r="M7" t="s">
+        <v>118</v>
+      </c>
+      <c r="N7" t="s">
+        <v>119</v>
+      </c>
+      <c r="O7" t="s">
         <v>120</v>
       </c>
-      <c r="M7" t="s">
+      <c r="P7" t="s">
         <v>121</v>
       </c>
-      <c r="N7" t="s">
+      <c r="Q7" t="s">
+        <v>78</v>
+      </c>
+      <c r="R7" t="s">
+        <v>79</v>
+      </c>
+      <c r="S7" t="s">
+        <v>79</v>
+      </c>
+      <c r="T7" t="s">
+        <v>79</v>
+      </c>
+      <c r="X7" t="s">
         <v>122</v>
       </c>
-      <c r="O7" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="Y7" t="s">
-        <v>134</v>
+        <v>123</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>96548</v>
+        <v>101768</v>
       </c>
       <c r="B8" s="1">
-        <v>44707</v>
+        <v>45411</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="D8" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="H8" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="I8" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="J8" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="K8" t="s">
-        <v>74</v>
+        <v>99</v>
       </c>
       <c r="L8" t="s">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="M8" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="N8" t="s">
-        <v>136</v>
+        <v>102</v>
       </c>
       <c r="O8" t="s">
+        <v>103</v>
+      </c>
+      <c r="P8" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q8" t="s">
         <v>78</v>
       </c>
-      <c r="P8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R8" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="S8" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="T8" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="X8" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>127</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>128</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>129</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>130</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>78</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>79</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>79</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>79</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>92453</v>
+        <v>98188</v>
       </c>
       <c r="B9" s="1">
-        <v>43951</v>
+        <v>45124</v>
       </c>
       <c r="C9" t="s">
         <v>69</v>
       </c>
       <c r="D9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
         <v>71</v>
       </c>
       <c r="I9" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="J9" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="K9" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="L9" t="s">
+        <v>109</v>
+      </c>
+      <c r="M9" t="s">
         <v>75</v>
       </c>
-      <c r="M9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N9" t="s">
+        <v>134</v>
+      </c>
+      <c r="O9" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>78</v>
+      </c>
+      <c r="R9" t="s">
+        <v>79</v>
+      </c>
+      <c r="S9" t="s">
+        <v>79</v>
+      </c>
+      <c r="T9" t="s">
+        <v>79</v>
+      </c>
+      <c r="X9" t="s">
+        <v>135</v>
+      </c>
+      <c r="Y9" t="s">
         <v>136</v>
-      </c>
-[...16 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>90949</v>
+        <v>97143</v>
       </c>
       <c r="B10" s="1">
-        <v>43818</v>
+        <v>44861</v>
       </c>
       <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10" t="s">
+        <v>137</v>
+      </c>
+      <c r="I10" t="s">
+        <v>114</v>
+      </c>
+      <c r="J10" t="s">
+        <v>138</v>
+      </c>
+      <c r="K10" t="s">
+        <v>139</v>
+      </c>
+      <c r="L10" t="s">
+        <v>140</v>
+      </c>
+      <c r="M10" t="s">
+        <v>141</v>
+      </c>
+      <c r="N10" t="s">
+        <v>142</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
         <v>143</v>
       </c>
-      <c r="D10" t="s">
+      <c r="Q10" t="s">
+        <v>78</v>
+      </c>
+      <c r="R10" t="s">
+        <v>79</v>
+      </c>
+      <c r="S10" t="s">
+        <v>79</v>
+      </c>
+      <c r="T10" t="s">
+        <v>79</v>
+      </c>
+      <c r="X10" t="s">
         <v>144</v>
       </c>
-      <c r="H10" t="s">
+      <c r="Y10" t="s">
         <v>145</v>
-      </c>
-[...34 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>90235</v>
+        <v>97137</v>
       </c>
       <c r="B11" s="1">
-        <v>43781</v>
+        <v>44859</v>
       </c>
       <c r="C11" t="s">
-        <v>154</v>
+        <v>69</v>
       </c>
       <c r="D11" t="s">
-        <v>155</v>
+        <v>70</v>
       </c>
       <c r="H11" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="I11" t="s">
-        <v>157</v>
+        <v>114</v>
       </c>
       <c r="J11" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="K11" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="L11" t="s">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="M11" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="N11" t="s">
-        <v>162</v>
+        <v>142</v>
       </c>
       <c r="O11" t="s">
-        <v>91</v>
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>149</v>
       </c>
       <c r="Q11" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R11" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="S11" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="T11" t="s">
-        <v>81</v>
+        <v>79</v>
+      </c>
+      <c r="U11" t="s">
+        <v>150</v>
+      </c>
+      <c r="V11" t="s">
+        <v>151</v>
+      </c>
+      <c r="X11" t="s">
+        <v>152</v>
       </c>
       <c r="Y11" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
+        <v>96548</v>
+      </c>
+      <c r="B12" s="1">
+        <v>44707</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12" t="s">
+        <v>71</v>
+      </c>
+      <c r="I12" t="s">
+        <v>132</v>
+      </c>
+      <c r="J12" t="s">
+        <v>154</v>
+      </c>
+      <c r="K12" t="s">
+        <v>88</v>
+      </c>
+      <c r="L12" t="s">
+        <v>109</v>
+      </c>
+      <c r="M12" t="s">
+        <v>75</v>
+      </c>
+      <c r="N12" t="s">
+        <v>155</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>156</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>78</v>
+      </c>
+      <c r="R12" t="s">
+        <v>79</v>
+      </c>
+      <c r="S12" t="s">
+        <v>79</v>
+      </c>
+      <c r="T12" t="s">
+        <v>79</v>
+      </c>
+      <c r="X12" t="s">
+        <v>157</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="13" spans="1:69">
+      <c r="A13">
+        <v>92453</v>
+      </c>
+      <c r="B13" s="1">
+        <v>43951</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>71</v>
+      </c>
+      <c r="I13" t="s">
+        <v>159</v>
+      </c>
+      <c r="J13" t="s">
+        <v>160</v>
+      </c>
+      <c r="K13" t="s">
+        <v>88</v>
+      </c>
+      <c r="L13" t="s">
+        <v>109</v>
+      </c>
+      <c r="M13" t="s">
+        <v>75</v>
+      </c>
+      <c r="N13" t="s">
+        <v>155</v>
+      </c>
+      <c r="O13" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>78</v>
+      </c>
+      <c r="R13" t="s">
+        <v>79</v>
+      </c>
+      <c r="S13" t="s">
+        <v>79</v>
+      </c>
+      <c r="T13" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="14" spans="1:69">
+      <c r="A14">
+        <v>90949</v>
+      </c>
+      <c r="B14" s="1">
+        <v>43818</v>
+      </c>
+      <c r="C14" t="s">
+        <v>162</v>
+      </c>
+      <c r="D14" t="s">
+        <v>163</v>
+      </c>
+      <c r="H14" t="s">
+        <v>164</v>
+      </c>
+      <c r="I14" t="s">
+        <v>165</v>
+      </c>
+      <c r="J14" t="s">
+        <v>166</v>
+      </c>
+      <c r="K14" t="s">
+        <v>167</v>
+      </c>
+      <c r="L14" t="s">
+        <v>168</v>
+      </c>
+      <c r="M14" t="s">
+        <v>169</v>
+      </c>
+      <c r="N14" t="s">
+        <v>170</v>
+      </c>
+      <c r="O14" t="s">
+        <v>171</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>78</v>
+      </c>
+      <c r="R14" t="s">
+        <v>78</v>
+      </c>
+      <c r="S14" t="s">
+        <v>79</v>
+      </c>
+      <c r="T14" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y14" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="15" spans="1:69">
+      <c r="A15">
+        <v>90235</v>
+      </c>
+      <c r="B15" s="1">
+        <v>43781</v>
+      </c>
+      <c r="C15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D15" t="s">
+        <v>174</v>
+      </c>
+      <c r="H15" t="s">
+        <v>175</v>
+      </c>
+      <c r="I15" t="s">
+        <v>176</v>
+      </c>
+      <c r="J15" t="s">
+        <v>177</v>
+      </c>
+      <c r="K15" t="s">
+        <v>178</v>
+      </c>
+      <c r="L15" t="s">
+        <v>179</v>
+      </c>
+      <c r="M15" t="s">
+        <v>180</v>
+      </c>
+      <c r="N15" t="s">
+        <v>181</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>78</v>
+      </c>
+      <c r="R15" t="s">
+        <v>79</v>
+      </c>
+      <c r="S15" t="s">
+        <v>79</v>
+      </c>
+      <c r="T15" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="16" spans="1:69">
+      <c r="A16">
         <v>85304</v>
       </c>
-      <c r="B12" s="1">
+      <c r="B16" s="1">
         <v>43367</v>
       </c>
-      <c r="C12" t="s">
+      <c r="C16" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" t="s">
         <v>95</v>
       </c>
-      <c r="D12" t="s">
-[...11 lines deleted...]
-      <c r="L12" t="s">
+      <c r="I16" t="s">
+        <v>183</v>
+      </c>
+      <c r="J16" t="s">
+        <v>184</v>
+      </c>
+      <c r="K16" t="s">
+        <v>185</v>
+      </c>
+      <c r="L16" t="s">
+        <v>100</v>
+      </c>
+      <c r="M16" t="s">
         <v>101</v>
       </c>
-      <c r="M12" t="s">
-[...21 lines deleted...]
-        <v>168</v>
+      <c r="N16" t="s">
+        <v>186</v>
+      </c>
+      <c r="O16" t="s">
+        <v>171</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>78</v>
+      </c>
+      <c r="R16" t="s">
+        <v>79</v>
+      </c>
+      <c r="S16" t="s">
+        <v>79</v>
+      </c>
+      <c r="T16" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>187</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>