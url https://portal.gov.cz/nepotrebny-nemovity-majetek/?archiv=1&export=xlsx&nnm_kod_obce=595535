--- v0 (2025-12-07)
+++ v1 (2026-03-23)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="126">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -228,78 +228,108 @@
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>DIAMO, státní podnik</t>
   </si>
   <si>
     <t>sjfywke</t>
   </si>
   <si>
     <t>MPO ČR</t>
   </si>
   <si>
+    <t>Prodej částí pozemků p. č. 137/2, p. č. 137/5 v k. ú. Dolní Rožínka a části pozemku p. č. 1436/9 v k. ú. Rožná (prostor bývalého dřeviště)</t>
+  </si>
+  <si>
+    <t>2026-03-15</t>
+  </si>
+  <si>
+    <t>318644151</t>
+  </si>
+  <si>
+    <t>majetekpribram@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Dagmar Kesslová</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIAMO, s. p., o. z. Příbram, oddělení majetku  </t>
+  </si>
+  <si>
+    <t>Dolní Rožínka, Dolní Rožínka, okres Žďár nad Sázavou</t>
+  </si>
+  <si>
+    <t>137/2, 137/5</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej částí pozemků p. č. 137/2 - ostatní plocha, manipulační plocha o výměře 5 979 m2 z celkové výměry 6 632 m2 a p. č. 137/5 - ostatní plocha, manipulační plocha o výměře 56 m2 z celkové výměry 87 m2 v k. ú. Dolní Rožínka. Pozemky včetně zpevněných ploch se nacházejí v dobývacím prostoru Rožná a jsou situovány v oploceném areálu dolu R1 – prostor bývalého dřeviště.   </t>
+  </si>
+  <si>
+    <t>7302246</t>
+  </si>
+  <si>
+    <t>Rožná, Rožná, okres Žďár nad Sázavou</t>
+  </si>
+  <si>
+    <t>18587754</t>
+  </si>
+  <si>
+    <t>1436/9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej části pozemku p. č. 1436/9 - ostatní plocha, jiná plocha o výměře 15 362 m2 z celkové výměry 182 180 m2 v k. ú. Rožná. Pozemek včetně zpevněných ploch se nachází v dobývacím prostoru Rožná a je situovány v oploceném areálu dolu R1 – prostor bývalého dřeviště. Na pozemku se nachází inženýrská síť nezapsaná v katastru nemovitostí, a to vodovodní potrubí – přípojka Vírského vodovodu. Dále se zde nachází hlavní důlní dílo, komín ústící na povrch, který není předmětem převodu.   </t>
+  </si>
+  <si>
     <t>Prodej pozemků p. č. 126/38 a p. č. 126/37 v k. ú. Dolní Rožínka</t>
   </si>
   <si>
     <t>2025-09-19</t>
   </si>
   <si>
-    <t>318644151</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">DIAMO, s. p., o. z. Příbram, oddělení majeku  </t>
   </si>
   <si>
-    <t>Dolní Rožínka, Dolní Rožínka, okres Žďár nad Sázavou</t>
-[...1 lines deleted...]
-  <si>
     <t>126/38, 126/37</t>
-  </si>
-[...4 lines deleted...]
-    <t>ne</t>
   </si>
   <si>
     <t>Prodej pozemků p. č. 126/38 – ostatní plocha, ostatní komunikace o výměře 887 m2 a p. č. 126/37 – ostatní plocha, zeleň o výměře 378 m2 v k. ú. Dolní Rožínka. Oba pozemky se nacházejí v bytovém a občanském centru obce a tvoří komunikační a prostorové propojení vč. přístupu k stávajícímu kulturnímu středisku.</t>
   </si>
   <si>
     <t>1340000</t>
   </si>
   <si>
     <t>Pozemky parc. č. 126/15, 126/42, 126/43, k. ú. Dolní Rožínka</t>
   </si>
   <si>
     <t>2021-12-31</t>
   </si>
   <si>
     <t>566593769</t>
   </si>
   <si>
     <t>maskova@diamo.cz</t>
   </si>
   <si>
     <t>Ing. Mašková</t>
   </si>
   <si>
     <t>126/15, 126/42, 126/43</t>
   </si>
@@ -697,93 +727,93 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ8"/>
+  <dimension ref="A1:BQ9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="22.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="23.7109375" customWidth="1"/>
     <col min="9" max="9" width="177.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="25.7109375" customWidth="1"/>
     <col min="13" max="13" width="23.7109375" customWidth="1"/>
-    <col min="14" max="14" width="48.7109375" customWidth="1"/>
+    <col min="14" max="14" width="49.7109375" customWidth="1"/>
     <col min="15" max="15" width="54.7109375" customWidth="1"/>
     <col min="16" max="16" width="24.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="311.7109375" customWidth="1"/>
+    <col min="24" max="24" width="375.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
-    <col min="26" max="26" width="21.7109375" customWidth="1"/>
+    <col min="26" max="26" width="38.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
-    <col min="36" max="36" width="17.7109375" customWidth="1"/>
+    <col min="36" max="36" width="488.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
     <col min="47" max="47" width="17.7109375" customWidth="1"/>
     <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
     <col min="50" max="50" width="18.7109375" customWidth="1"/>
     <col min="51" max="51" width="15.7109375" customWidth="1"/>
     <col min="52" max="52" width="14.7109375" customWidth="1"/>
     <col min="53" max="53" width="16.7109375" customWidth="1"/>
     <col min="54" max="54" width="12.7109375" customWidth="1"/>
     <col min="55" max="55" width="9.7109375" customWidth="1"/>
     <col min="56" max="56" width="10.7109375" customWidth="1"/>
     <col min="57" max="57" width="13.7109375" customWidth="1"/>
     <col min="58" max="58" width="17.7109375" customWidth="1"/>
     <col min="59" max="59" width="21.7109375" customWidth="1"/>
     <col min="60" max="60" width="18.7109375" customWidth="1"/>
     <col min="61" max="61" width="19.7109375" customWidth="1"/>
@@ -986,54 +1016,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>105280</v>
+        <v>107135</v>
       </c>
       <c r="B2" s="1">
-        <v>45888</v>
+        <v>46065</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
@@ -1041,368 +1071,451 @@
         <v>77</v>
       </c>
       <c r="O2" t="s">
         <v>78</v>
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
         <v>81</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="X2" t="s">
         <v>82</v>
       </c>
       <c r="Y2" t="s">
         <v>83</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>84</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>85</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>86</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ2" t="s">
+        <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>95766</v>
+        <v>105280</v>
       </c>
       <c r="B3" s="1">
-        <v>44530</v>
+        <v>45888</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
         <v>71</v>
       </c>
       <c r="I3" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="J3" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="K3" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="L3" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="M3" t="s">
-        <v>88</v>
+        <v>76</v>
+      </c>
+      <c r="N3" t="s">
+        <v>90</v>
       </c>
       <c r="O3" t="s">
         <v>78</v>
       </c>
       <c r="P3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="Q3" t="s">
         <v>80</v>
       </c>
       <c r="R3" t="s">
         <v>81</v>
       </c>
       <c r="S3" t="s">
         <v>81</v>
       </c>
       <c r="T3" t="s">
         <v>81</v>
       </c>
       <c r="X3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="Y3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>95625</v>
+        <v>95766</v>
       </c>
       <c r="B4" s="1">
-        <v>44496</v>
+        <v>44530</v>
       </c>
       <c r="C4" t="s">
         <v>69</v>
       </c>
       <c r="D4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
         <v>71</v>
       </c>
       <c r="I4" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="J4" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="K4" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="L4" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="M4" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="O4" t="s">
         <v>78</v>
       </c>
       <c r="P4" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
         <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="Y4" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>95336</v>
+        <v>95625</v>
       </c>
       <c r="B5" s="1">
-        <v>44434</v>
+        <v>44496</v>
       </c>
       <c r="C5" t="s">
         <v>69</v>
       </c>
       <c r="D5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
         <v>71</v>
       </c>
       <c r="I5" t="s">
+        <v>102</v>
+      </c>
+      <c r="J5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K5" t="s">
+        <v>96</v>
+      </c>
+      <c r="L5" t="s">
         <v>97</v>
       </c>
-      <c r="J5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M5" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="O5" t="s">
         <v>78</v>
       </c>
       <c r="P5" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="Y5" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>91689</v>
+        <v>95336</v>
       </c>
       <c r="B6" s="1">
-        <v>43859</v>
+        <v>44434</v>
       </c>
       <c r="C6" t="s">
         <v>69</v>
       </c>
       <c r="D6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>105</v>
+        <v>71</v>
       </c>
       <c r="I6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="L6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="O6" t="s">
         <v>78</v>
       </c>
+      <c r="P6" t="s">
+        <v>112</v>
+      </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S6" t="s">
         <v>81</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
+      <c r="X6" t="s">
+        <v>113</v>
+      </c>
       <c r="Y6" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>91308</v>
+        <v>91689</v>
       </c>
       <c r="B7" s="1">
-        <v>43840</v>
+        <v>43859</v>
       </c>
       <c r="C7" t="s">
         <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="I7" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="J7" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="K7" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="L7" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="M7" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="O7" t="s">
         <v>78</v>
       </c>
       <c r="Q7" t="s">
         <v>80</v>
       </c>
       <c r="R7" t="s">
         <v>81</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
       <c r="Y7" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>91312</v>
+        <v>91308</v>
       </c>
       <c r="B8" s="1">
         <v>43840</v>
       </c>
       <c r="C8" t="s">
         <v>69</v>
       </c>
       <c r="D8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="I8" t="s">
-        <v>106</v>
+        <v>122</v>
       </c>
       <c r="J8" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="K8" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="L8" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="M8" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="O8" t="s">
         <v>78</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
       <c r="Y8" t="s">
-        <v>111</v>
+        <v>121</v>
+      </c>
+    </row>
+    <row r="9" spans="1:69">
+      <c r="A9">
+        <v>91312</v>
+      </c>
+      <c r="B9" s="1">
+        <v>43840</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" t="s">
+        <v>115</v>
+      </c>
+      <c r="I9" t="s">
+        <v>116</v>
+      </c>
+      <c r="J9" t="s">
+        <v>123</v>
+      </c>
+      <c r="K9" t="s">
+        <v>118</v>
+      </c>
+      <c r="L9" t="s">
+        <v>119</v>
+      </c>
+      <c r="M9" t="s">
+        <v>125</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>80</v>
+      </c>
+      <c r="R9" t="s">
+        <v>81</v>
+      </c>
+      <c r="S9" t="s">
+        <v>81</v>
+      </c>
+      <c r="T9" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>