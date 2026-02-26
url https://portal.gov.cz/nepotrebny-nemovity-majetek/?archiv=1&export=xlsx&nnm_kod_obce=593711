--- v0 (2025-12-16)
+++ v1 (2026-02-26)
@@ -312,81 +312,81 @@
   <si>
     <t>2025-06-19</t>
   </si>
   <si>
     <t>Odbor pozbývání majetku</t>
   </si>
   <si>
     <t>5603/4</t>
   </si>
   <si>
     <t>Pozemek o výměře 440 m2, ostatní plocha, způsob využití: zahrádka</t>
   </si>
   <si>
     <t>328000</t>
   </si>
   <si>
     <t>Česká pošta, s.p.</t>
   </si>
   <si>
     <t>kr7cdry</t>
   </si>
   <si>
     <t>Ministerstvo vnitra</t>
   </si>
   <si>
+    <t>Pozemek parc. č. St. 47 o výměře 218 m2, zastavěná plocha a nádvoří, jehož součástí je stavba Přímětice, č. p. 82, občanská vybavenost, k. ú. Přímětice, obec Znojmo, LV č. 1170, KÚ pro Jihomoravský kraj, Katastrálního pracoviště Znojmo.  . Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>2024-02-10</t>
+  </si>
+  <si>
+    <t>954302327</t>
+  </si>
+  <si>
+    <t>reality.prodej@cpost.cz</t>
+  </si>
+  <si>
+    <t>Denisa Janderková</t>
+  </si>
+  <si>
+    <t>Správa majetku</t>
+  </si>
+  <si>
+    <t>Přímětice, Znojmo, okres Znojmo</t>
+  </si>
+  <si>
+    <t>Prodej bude probíhat formou e-aukce</t>
+  </si>
+  <si>
+    <t>2100000</t>
+  </si>
+  <si>
     <t>Stavba č. p. 2561, stavba občanského vybavení, na pozemku 3400/14, k. ú. Znojmo-město, obec Znojmo, LV č. 2336, KÚ pro Jihomoravský kraj, Katastrálního pracoviště Znojmo. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
-    <t>2024-02-10</t>
-[...16 lines deleted...]
-  <si>
     <t>3500000</t>
-  </si>
-[...7 lines deleted...]
-    <t>2100000</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
     <t xml:space="preserve">Ministerstvo zemědělství </t>
   </si>
   <si>
     <t>Prodej pozemků v k.ú. Oblekovice - S 872/22</t>
   </si>
   <si>
     <t>2023-11-27</t>
   </si>
   <si>
     <t>956149106</t>
   </si>
   <si>
     <t>radek.veskrna@lesycr.cz</t>
   </si>
   <si>
     <t>Ing. Radek Veškrna</t>
   </si>
@@ -1348,155 +1348,155 @@
       </c>
       <c r="P4" t="s">
         <v>94</v>
       </c>
       <c r="Q4" t="s">
         <v>79</v>
       </c>
       <c r="R4" t="s">
         <v>80</v>
       </c>
       <c r="S4" t="s">
         <v>80</v>
       </c>
       <c r="T4" t="s">
         <v>80</v>
       </c>
       <c r="X4" t="s">
         <v>95</v>
       </c>
       <c r="Y4" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>100549</v>
+        <v>100548</v>
       </c>
       <c r="B5" s="1">
         <v>45301</v>
       </c>
       <c r="C5" t="s">
         <v>97</v>
       </c>
       <c r="D5" t="s">
         <v>98</v>
       </c>
       <c r="H5" t="s">
         <v>99</v>
       </c>
       <c r="I5" t="s">
         <v>100</v>
       </c>
       <c r="J5" t="s">
         <v>101</v>
       </c>
       <c r="K5" t="s">
         <v>102</v>
       </c>
       <c r="L5" t="s">
         <v>103</v>
       </c>
       <c r="M5" t="s">
         <v>104</v>
       </c>
       <c r="N5" t="s">
         <v>105</v>
       </c>
       <c r="O5" t="s">
-        <v>77</v>
+        <v>106</v>
       </c>
       <c r="Q5" t="s">
         <v>79</v>
       </c>
       <c r="R5" t="s">
         <v>79</v>
       </c>
       <c r="S5" t="s">
         <v>80</v>
       </c>
       <c r="T5" t="s">
         <v>80</v>
       </c>
       <c r="X5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="Y5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>100548</v>
+        <v>100549</v>
       </c>
       <c r="B6" s="1">
         <v>45301</v>
       </c>
       <c r="C6" t="s">
         <v>97</v>
       </c>
       <c r="D6" t="s">
         <v>98</v>
       </c>
       <c r="H6" t="s">
         <v>99</v>
       </c>
       <c r="I6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J6" t="s">
         <v>101</v>
       </c>
       <c r="K6" t="s">
         <v>102</v>
       </c>
       <c r="L6" t="s">
         <v>103</v>
       </c>
       <c r="M6" t="s">
         <v>104</v>
       </c>
       <c r="N6" t="s">
         <v>105</v>
       </c>
       <c r="O6" t="s">
-        <v>109</v>
+        <v>77</v>
       </c>
       <c r="Q6" t="s">
         <v>79</v>
       </c>
       <c r="R6" t="s">
         <v>79</v>
       </c>
       <c r="S6" t="s">
         <v>80</v>
       </c>
       <c r="T6" t="s">
         <v>80</v>
       </c>
       <c r="X6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="Y6" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
         <v>99980</v>
       </c>
       <c r="B7" s="1">
         <v>45226</v>
       </c>
       <c r="C7" t="s">
         <v>111</v>
       </c>
       <c r="D7" t="s">
         <v>112</v>
       </c>
       <c r="H7" t="s">
         <v>113</v>
       </c>
       <c r="I7" t="s">
         <v>114</v>
       </c>
       <c r="J7" t="s">