--- v0 (2025-10-21)
+++ v1 (2026-03-29)
@@ -228,90 +228,90 @@
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>Správa železnic, státní organizace</t>
   </si>
   <si>
     <t>uccchjm</t>
   </si>
   <si>
     <t>Ministerstvo dopravy</t>
   </si>
   <si>
+    <t>Prodej pozemků p. č. 1682/38 a p. č. 1682/40</t>
+  </si>
+  <si>
+    <t>2021-10-30</t>
+  </si>
+  <si>
+    <t>972235335</t>
+  </si>
+  <si>
+    <t>CermakovaV@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Bc. Veronika Čermáková</t>
+  </si>
+  <si>
+    <t>O31</t>
+  </si>
+  <si>
+    <t>Moravské Budějovice, Moravské Budějovice, okres Třebíč</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>p. č. 1682/38 a p. č. 1682/40</t>
+  </si>
+  <si>
+    <t>15000</t>
+  </si>
+  <si>
     <t>Prodej pozemku p. č. 1682/36</t>
   </si>
   <si>
-    <t>2021-10-30</t>
-[...22 lines deleted...]
-  <si>
     <t>p. č. 1682/36</t>
   </si>
   <si>
     <t>28000</t>
-  </si>
-[...7 lines deleted...]
-    <t>15000</t>
   </si>
   <si>
     <t>Prodej pozemku p. č. st. 1148</t>
   </si>
   <si>
     <t>2021-08-01</t>
   </si>
   <si>
     <t>p. č. st. 1148</t>
   </si>
   <si>
     <t>32000</t>
   </si>
   <si>
     <t>Pozemek p. č. st. 3203 a pozemek p. č. 1682/33</t>
   </si>
   <si>
     <t>2021-01-08</t>
   </si>
   <si>
     <t>61000</t>
   </si>
   <si>
     <t>Prodej části pozemku p. č. 1682/19</t>
   </si>
@@ -953,51 +953,51 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>95491</v>
+        <v>95492</v>
       </c>
       <c r="B2" s="1">
         <v>44468</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
@@ -1009,51 +1009,51 @@
       </c>
       <c r="O2" t="s">
         <v>78</v>
       </c>
       <c r="Q2" t="s">
         <v>79</v>
       </c>
       <c r="R2" t="s">
         <v>80</v>
       </c>
       <c r="S2" t="s">
         <v>80</v>
       </c>
       <c r="T2" t="s">
         <v>80</v>
       </c>
       <c r="X2" t="s">
         <v>81</v>
       </c>
       <c r="Y2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>95492</v>
+        <v>95491</v>
       </c>
       <c r="B3" s="1">
         <v>44468</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
         <v>71</v>
       </c>
       <c r="I3" t="s">
         <v>83</v>
       </c>
       <c r="J3" t="s">
         <v>73</v>
       </c>
       <c r="K3" t="s">
         <v>74</v>
       </c>
       <c r="L3" t="s">
         <v>75</v>
       </c>