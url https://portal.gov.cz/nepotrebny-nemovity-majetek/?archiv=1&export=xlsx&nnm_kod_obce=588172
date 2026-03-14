--- v0 (2025-12-13)
+++ v1 (2026-03-14)
@@ -264,83 +264,83 @@
   <si>
     <t>Josef Kovář</t>
   </si>
   <si>
     <t>Lesní správa Ledeč nad Sázavou</t>
   </si>
   <si>
     <t>Rounek, Vyskytná nad Jihlavou, okres Jihlava</t>
   </si>
   <si>
     <t>587/1, 587/2</t>
   </si>
   <si>
     <t>ano</t>
   </si>
   <si>
     <t>ne</t>
   </si>
   <si>
     <t>Jedná se o prodej pozemků v k.ú.  Rounek, p.č. 587/1 ostatní plocha a p.č. 587/2 lesní pozemek</t>
   </si>
   <si>
     <t>25660</t>
   </si>
   <si>
+    <t>Prodej pozemku v k.ú. Jiřín S 300/23</t>
+  </si>
+  <si>
+    <t>2025-04-12</t>
+  </si>
+  <si>
+    <t>Jiřín, Vyskytná nad Jihlavou, okres Jihlava</t>
+  </si>
+  <si>
+    <t>101/1</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesního pozemku p.č. 101/1 v k.ú. Jiřín</t>
+  </si>
+  <si>
+    <t>59760</t>
+  </si>
+  <si>
     <t>Prodej pozemků v k.ú. Vyskytná nad Jihlavou</t>
   </si>
   <si>
-    <t>2025-04-12</t>
-[...1 lines deleted...]
-  <si>
     <t>Vyskytná nad Jihlavou, Vyskytná nad Jihlavou, okres Jihlava</t>
   </si>
   <si>
     <t>824, 825/2, 827, 828</t>
   </si>
   <si>
     <t>Jedná se o prodej lesních pozemků o celkové výměře 4964 m2</t>
   </si>
   <si>
     <t>69500</t>
   </si>
   <si>
-    <t>Prodej pozemku v k.ú. Jiřín S 300/23</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Ministerstvo zemědělství ČR </t>
   </si>
   <si>
     <t>Prodej pozemku v k.ú. Jiřín - S 300/23</t>
   </si>
   <si>
     <t>2023-09-25</t>
   </si>
   <si>
     <t>Jedná se o prodej pozemku p.č. 101/1 - lesní pozemek o výměře 1660 m2, prodej formou VŘ</t>
   </si>
   <si>
     <t>99600</t>
   </si>
   <si>
     <t>Prodej pozemku v k.ú. Vyskytná nad Jihlavou - S 44/23</t>
   </si>
   <si>
     <t>2023-09-14</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>Jedná se o prodej lesního pozemku p.č. 1238 o výměře 1623 m2, prodej formou VŘ</t>
@@ -399,72 +399,72 @@
   <si>
     <t>603</t>
   </si>
   <si>
     <t>Jedná se o prodej lesního pozemku p.č. 603 v k.ú. Rounek</t>
   </si>
   <si>
     <t>26790</t>
   </si>
   <si>
     <t>Povodí Moravy, s.p.</t>
   </si>
   <si>
     <t>m49t8gw</t>
   </si>
   <si>
     <t>Dřevařská 932/11, 60200 Brno, CZ</t>
   </si>
   <si>
     <t>70890013</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství</t>
   </si>
   <si>
+    <t>Prodej pozemku parc. č. 1754/5, k. ú. Vyskytná nad Jihlavou</t>
+  </si>
+  <si>
+    <t>2022-06-06</t>
+  </si>
+  <si>
+    <t>kubiznak@pmo.cz</t>
+  </si>
+  <si>
+    <t>1754/5</t>
+  </si>
+  <si>
+    <t>16100</t>
+  </si>
+  <si>
     <t>Prodej pozemku parc. č. 1754/2, k. ú. Vyskytná nad Jihlavou</t>
   </si>
   <si>
-    <t>2022-06-06</t>
-[...4 lines deleted...]
-  <si>
     <t>1754/2</t>
   </si>
   <si>
     <t>59070</t>
-  </si>
-[...7 lines deleted...]
-    <t>16100</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství ČR - S 147/21</t>
   </si>
   <si>
     <t>S 147/21 Prodej pozemku v k.ú. Vyskytná nad Jihlavou</t>
   </si>
   <si>
     <t>2021-11-08</t>
   </si>
   <si>
     <t>1009/2</t>
   </si>
   <si>
     <t>Jedná se o prodej pozemku p.č. 1009/2- lesní pozemek o výměře 2222 m2 v k.ú. Vyskytná nad Jihlavou</t>
   </si>
   <si>
     <t>63620</t>
   </si>
   <si>
     <t>Pozemky parc. č. 118/30, 118/29 a 118/17, k. ú. Vyskytná nad Jihlavou</t>
   </si>
   <si>
     <t>2021-10-25</t>
   </si>
@@ -1200,51 +1200,51 @@
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
         <v>81</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="X2" t="s">
         <v>82</v>
       </c>
       <c r="Y2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>104345</v>
+        <v>104344</v>
       </c>
       <c r="B3" s="1">
         <v>45728</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
         <v>71</v>
       </c>
       <c r="I3" t="s">
         <v>84</v>
       </c>
       <c r="J3" t="s">
         <v>85</v>
       </c>
       <c r="K3" t="s">
         <v>74</v>
       </c>
       <c r="L3" t="s">
         <v>75</v>
       </c>
@@ -1259,51 +1259,51 @@
       </c>
       <c r="P3" t="s">
         <v>87</v>
       </c>
       <c r="Q3" t="s">
         <v>80</v>
       </c>
       <c r="R3" t="s">
         <v>81</v>
       </c>
       <c r="S3" t="s">
         <v>81</v>
       </c>
       <c r="T3" t="s">
         <v>81</v>
       </c>
       <c r="X3" t="s">
         <v>88</v>
       </c>
       <c r="Y3" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>104344</v>
+        <v>104345</v>
       </c>
       <c r="B4" s="1">
         <v>45728</v>
       </c>
       <c r="C4" t="s">
         <v>69</v>
       </c>
       <c r="D4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
         <v>71</v>
       </c>
       <c r="I4" t="s">
         <v>90</v>
       </c>
       <c r="J4" t="s">
         <v>85</v>
       </c>
       <c r="K4" t="s">
         <v>74</v>
       </c>
       <c r="L4" t="s">
         <v>75</v>
       </c>
@@ -1351,54 +1351,54 @@
       <c r="D5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
         <v>95</v>
       </c>
       <c r="I5" t="s">
         <v>96</v>
       </c>
       <c r="J5" t="s">
         <v>97</v>
       </c>
       <c r="K5" t="s">
         <v>74</v>
       </c>
       <c r="L5" t="s">
         <v>75</v>
       </c>
       <c r="M5" t="s">
         <v>76</v>
       </c>
       <c r="N5" t="s">
         <v>77</v>
       </c>
       <c r="O5" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="P5" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
         <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
         <v>98</v>
       </c>
       <c r="Y5" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
         <v>98337</v>
       </c>
       <c r="B6" s="1">
@@ -1410,51 +1410,51 @@
       <c r="D6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
         <v>95</v>
       </c>
       <c r="I6" t="s">
         <v>100</v>
       </c>
       <c r="J6" t="s">
         <v>101</v>
       </c>
       <c r="K6" t="s">
         <v>74</v>
       </c>
       <c r="L6" t="s">
         <v>75</v>
       </c>
       <c r="M6" t="s">
         <v>76</v>
       </c>
       <c r="N6" t="s">
         <v>77</v>
       </c>
       <c r="O6" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="P6" t="s">
         <v>102</v>
       </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
         <v>81</v>
       </c>
       <c r="S6" t="s">
         <v>81</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
       <c r="X6" t="s">
         <v>103</v>
       </c>
       <c r="Y6" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
@@ -1528,54 +1528,54 @@
       <c r="D8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
         <v>95</v>
       </c>
       <c r="I8" t="s">
         <v>111</v>
       </c>
       <c r="J8" t="s">
         <v>112</v>
       </c>
       <c r="K8" t="s">
         <v>74</v>
       </c>
       <c r="L8" t="s">
         <v>75</v>
       </c>
       <c r="M8" t="s">
         <v>76</v>
       </c>
       <c r="N8" t="s">
         <v>77</v>
       </c>
       <c r="O8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="P8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
       <c r="X8" t="s">
         <v>113</v>
       </c>
       <c r="Y8" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
         <v>97083</v>
       </c>
       <c r="B9" s="1">
@@ -1672,143 +1672,143 @@
       </c>
       <c r="P10" t="s">
         <v>121</v>
       </c>
       <c r="Q10" t="s">
         <v>80</v>
       </c>
       <c r="R10" t="s">
         <v>81</v>
       </c>
       <c r="S10" t="s">
         <v>81</v>
       </c>
       <c r="T10" t="s">
         <v>81</v>
       </c>
       <c r="X10" t="s">
         <v>122</v>
       </c>
       <c r="Y10" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>96465</v>
+        <v>96464</v>
       </c>
       <c r="B11" s="1">
         <v>44687</v>
       </c>
       <c r="C11" t="s">
         <v>124</v>
       </c>
       <c r="D11" t="s">
         <v>125</v>
       </c>
       <c r="E11" t="s">
         <v>124</v>
       </c>
       <c r="F11" t="s">
         <v>126</v>
       </c>
       <c r="G11" t="s">
         <v>127</v>
       </c>
       <c r="H11" t="s">
         <v>128</v>
       </c>
       <c r="I11" t="s">
         <v>129</v>
       </c>
       <c r="J11" t="s">
         <v>130</v>
       </c>
       <c r="L11" t="s">
         <v>131</v>
       </c>
       <c r="O11" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="P11" t="s">
         <v>132</v>
       </c>
       <c r="Q11" t="s">
         <v>80</v>
       </c>
       <c r="R11" t="s">
         <v>81</v>
       </c>
       <c r="S11" t="s">
         <v>81</v>
       </c>
       <c r="T11" t="s">
         <v>81</v>
       </c>
       <c r="X11" t="s">
         <v>129</v>
       </c>
       <c r="Y11" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>96464</v>
+        <v>96465</v>
       </c>
       <c r="B12" s="1">
         <v>44687</v>
       </c>
       <c r="C12" t="s">
         <v>124</v>
       </c>
       <c r="D12" t="s">
         <v>125</v>
       </c>
       <c r="E12" t="s">
         <v>124</v>
       </c>
       <c r="F12" t="s">
         <v>126</v>
       </c>
       <c r="G12" t="s">
         <v>127</v>
       </c>
       <c r="H12" t="s">
         <v>128</v>
       </c>
       <c r="I12" t="s">
         <v>134</v>
       </c>
       <c r="J12" t="s">
         <v>130</v>
       </c>
       <c r="L12" t="s">
         <v>131</v>
       </c>
       <c r="O12" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="P12" t="s">
         <v>135</v>
       </c>
       <c r="Q12" t="s">
         <v>80</v>
       </c>
       <c r="R12" t="s">
         <v>81</v>
       </c>
       <c r="S12" t="s">
         <v>81</v>
       </c>
       <c r="T12" t="s">
         <v>81</v>
       </c>
       <c r="X12" t="s">
         <v>134</v>
       </c>
       <c r="Y12" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
@@ -1823,51 +1823,51 @@
       <c r="D13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
         <v>137</v>
       </c>
       <c r="I13" t="s">
         <v>138</v>
       </c>
       <c r="J13" t="s">
         <v>139</v>
       </c>
       <c r="K13" t="s">
         <v>74</v>
       </c>
       <c r="L13" t="s">
         <v>75</v>
       </c>
       <c r="M13" t="s">
         <v>76</v>
       </c>
       <c r="N13" t="s">
         <v>107</v>
       </c>
       <c r="O13" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="P13" t="s">
         <v>140</v>
       </c>
       <c r="Q13" t="s">
         <v>80</v>
       </c>
       <c r="R13" t="s">
         <v>81</v>
       </c>
       <c r="S13" t="s">
         <v>81</v>
       </c>
       <c r="T13" t="s">
         <v>81</v>
       </c>
       <c r="X13" t="s">
         <v>141</v>
       </c>
       <c r="Y13" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
@@ -1885,51 +1885,51 @@
       <c r="E14" t="s">
         <v>124</v>
       </c>
       <c r="F14" t="s">
         <v>126</v>
       </c>
       <c r="G14" t="s">
         <v>127</v>
       </c>
       <c r="H14" t="s">
         <v>128</v>
       </c>
       <c r="I14" t="s">
         <v>143</v>
       </c>
       <c r="J14" t="s">
         <v>144</v>
       </c>
       <c r="K14" t="s">
         <v>145</v>
       </c>
       <c r="M14" t="s">
         <v>146</v>
       </c>
       <c r="O14" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="P14" t="s">
         <v>147</v>
       </c>
       <c r="Q14" t="s">
         <v>80</v>
       </c>
       <c r="R14" t="s">
         <v>81</v>
       </c>
       <c r="S14" t="s">
         <v>81</v>
       </c>
       <c r="T14" t="s">
         <v>81</v>
       </c>
       <c r="X14" t="s">
         <v>148</v>
       </c>
       <c r="Y14" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
@@ -2062,51 +2062,51 @@
       <c r="F17" t="s">
         <v>126</v>
       </c>
       <c r="G17" t="s">
         <v>127</v>
       </c>
       <c r="I17" t="s">
         <v>158</v>
       </c>
       <c r="J17" t="s">
         <v>159</v>
       </c>
       <c r="K17" t="s">
         <v>160</v>
       </c>
       <c r="L17" t="s">
         <v>131</v>
       </c>
       <c r="M17" t="s">
         <v>161</v>
       </c>
       <c r="N17" t="s">
         <v>162</v>
       </c>
       <c r="O17" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="Q17" t="s">
         <v>80</v>
       </c>
       <c r="R17" t="s">
         <v>81</v>
       </c>
       <c r="S17" t="s">
         <v>81</v>
       </c>
       <c r="T17" t="s">
         <v>81</v>
       </c>
       <c r="Y17" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18">
         <v>93540</v>
       </c>
       <c r="B18" s="1">
         <v>44076</v>
       </c>
       <c r="C18" t="s">
@@ -2124,51 +2124,51 @@
       <c r="G18" t="s">
         <v>127</v>
       </c>
       <c r="H18" t="s">
         <v>128</v>
       </c>
       <c r="I18" t="s">
         <v>164</v>
       </c>
       <c r="J18" t="s">
         <v>165</v>
       </c>
       <c r="K18" t="s">
         <v>160</v>
       </c>
       <c r="L18" t="s">
         <v>131</v>
       </c>
       <c r="M18" t="s">
         <v>161</v>
       </c>
       <c r="N18" t="s">
         <v>166</v>
       </c>
       <c r="O18" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="Q18" t="s">
         <v>80</v>
       </c>
       <c r="R18" t="s">
         <v>81</v>
       </c>
       <c r="S18" t="s">
         <v>81</v>
       </c>
       <c r="T18" t="s">
         <v>81</v>
       </c>
       <c r="Y18" t="s">
         <v>163</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>