--- v0 (2025-11-06)
+++ v1 (2026-02-04)
@@ -372,84 +372,84 @@
   <si>
     <t xml:space="preserve">Ministerstvo zemědělství </t>
   </si>
   <si>
     <t>Prodej pozemku v k.ú. Třešť S 462/24</t>
   </si>
   <si>
     <t>2024-09-01</t>
   </si>
   <si>
     <t>956191107</t>
   </si>
   <si>
     <t>Světlana Pechová</t>
   </si>
   <si>
     <t>3666/1</t>
   </si>
   <si>
     <t>jedná se o prodej lesního pozemku o výměře 1547 m2, prodej formou VŘ</t>
   </si>
   <si>
     <t>46410</t>
   </si>
   <si>
+    <t>Prodej pozemku v k.ú. Buková u Třešti S 479/24</t>
+  </si>
+  <si>
+    <t>2413</t>
+  </si>
+  <si>
+    <t>jedná se o prodej pozemku o výměře 18115 m2 v k.ú. Buková u Třešti, prodej formou VŘ</t>
+  </si>
+  <si>
+    <t>217380</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Buková u Třešti S 477/24</t>
+  </si>
+  <si>
+    <t>2389</t>
+  </si>
+  <si>
+    <t>jedná se o prodej lesního pozemku o výměře 8802 m2, prodej formou VŘ</t>
+  </si>
+  <si>
+    <t>114430</t>
+  </si>
+  <si>
     <t>Prodej pozemků v k.ú. Buková u Třešti S 476/24</t>
   </si>
   <si>
     <t xml:space="preserve">2000, 2004, 2034 </t>
   </si>
   <si>
     <t>Jedná se o prodej lesních pozemků o celkové výměře 19788m2, prodej formou VŘ</t>
   </si>
   <si>
     <t>316610</t>
-  </si>
-[...22 lines deleted...]
-    <t>114430</t>
   </si>
   <si>
     <t>Povodí Moravy, s.p.</t>
   </si>
   <si>
     <t>m49t8gw</t>
   </si>
   <si>
     <t>Dřevařská 932/11, Veveří, 60200 Brno, CZ</t>
   </si>
   <si>
     <t>70890013</t>
   </si>
   <si>
     <t>Prodej pozemků v k. ú. Salavice</t>
   </si>
   <si>
     <t>2024-06-03</t>
   </si>
   <si>
     <t>kubiznak@pmo.cz</t>
   </si>
   <si>
     <t>Salavice, Třešť, okres Jihlava</t>
   </si>
@@ -1550,51 +1550,51 @@
       </c>
       <c r="P8" t="s">
         <v>117</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
       <c r="X8" t="s">
         <v>118</v>
       </c>
       <c r="Y8" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>102319</v>
+        <v>102318</v>
       </c>
       <c r="B9" s="1">
         <v>45505</v>
       </c>
       <c r="C9" t="s">
         <v>69</v>
       </c>
       <c r="D9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
         <v>112</v>
       </c>
       <c r="I9" t="s">
         <v>120</v>
       </c>
       <c r="J9" t="s">
         <v>114</v>
       </c>
       <c r="K9" t="s">
         <v>115</v>
       </c>
       <c r="L9" t="s">
         <v>75</v>
       </c>
@@ -1609,51 +1609,51 @@
       </c>
       <c r="P9" t="s">
         <v>121</v>
       </c>
       <c r="Q9" t="s">
         <v>80</v>
       </c>
       <c r="R9" t="s">
         <v>81</v>
       </c>
       <c r="S9" t="s">
         <v>81</v>
       </c>
       <c r="T9" t="s">
         <v>81</v>
       </c>
       <c r="X9" t="s">
         <v>122</v>
       </c>
       <c r="Y9" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>102318</v>
+        <v>102324</v>
       </c>
       <c r="B10" s="1">
         <v>45505</v>
       </c>
       <c r="C10" t="s">
         <v>69</v>
       </c>
       <c r="D10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
         <v>112</v>
       </c>
       <c r="I10" t="s">
         <v>124</v>
       </c>
       <c r="J10" t="s">
         <v>114</v>
       </c>
       <c r="K10" t="s">
         <v>115</v>
       </c>
       <c r="L10" t="s">
         <v>75</v>
       </c>
@@ -1668,51 +1668,51 @@
       </c>
       <c r="P10" t="s">
         <v>125</v>
       </c>
       <c r="Q10" t="s">
         <v>80</v>
       </c>
       <c r="R10" t="s">
         <v>81</v>
       </c>
       <c r="S10" t="s">
         <v>81</v>
       </c>
       <c r="T10" t="s">
         <v>81</v>
       </c>
       <c r="X10" t="s">
         <v>126</v>
       </c>
       <c r="Y10" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>102324</v>
+        <v>102319</v>
       </c>
       <c r="B11" s="1">
         <v>45505</v>
       </c>
       <c r="C11" t="s">
         <v>69</v>
       </c>
       <c r="D11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
         <v>112</v>
       </c>
       <c r="I11" t="s">
         <v>128</v>
       </c>
       <c r="J11" t="s">
         <v>114</v>
       </c>
       <c r="K11" t="s">
         <v>115</v>
       </c>
       <c r="L11" t="s">
         <v>75</v>
       </c>