--- v0 (2025-12-27)
+++ v1 (2026-02-11)
@@ -330,75 +330,75 @@
   <si>
     <t>Jedná se o prodej spoluvlastnického podílu o velikosti id. 1/3 k pozemkům v k.ú. Polná, prodej formou VŘ</t>
   </si>
   <si>
     <t>159510</t>
   </si>
   <si>
     <t>Prodej pozemku v k.ú. Polná - S 327/24</t>
   </si>
   <si>
     <t>2025-02-09</t>
   </si>
   <si>
     <t>956150106</t>
   </si>
   <si>
     <t>1992/27</t>
   </si>
   <si>
     <t>Jedná se o přímý prodej pozemku p.č. 1992/39 o výměře 76 m2, který byl oddělen na základě GP z pozemku p.č. 1992/27</t>
   </si>
   <si>
     <t>11400</t>
   </si>
   <si>
+    <t>Prodej pozemku v k.ú. Polná - S 326/24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">jedná se o přímý prodej pozemku p.č. 1992/27 o výměře 160 m2, vzniklého na základě GP </t>
+  </si>
+  <si>
+    <t>24000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Polná - S 328/24</t>
+  </si>
+  <si>
+    <t>Jedná se o přímý prodej pozemku p.č. 1992/38 o výměře 134 m2, který byl oddělen na základě GP z pozemku p.č. 1992/27</t>
+  </si>
+  <si>
+    <t>20100</t>
+  </si>
+  <si>
     <t>Prodej pozemku v k.ú. Polná - S 329/24</t>
   </si>
   <si>
     <t>Jedná se o přímý prodej pozemku p.č. 1992/40 o výměře 92 m2, který byl oddělen na základě GP z pozemku p.č. 1992/27</t>
   </si>
   <si>
     <t>13800</t>
-  </si>
-[...16 lines deleted...]
-    <t>20100</t>
   </si>
   <si>
     <t xml:space="preserve">Ministerstvo zemědělství ČR </t>
   </si>
   <si>
     <t>Prodej lesního pozemku v k.ú. Polná S 323/22</t>
   </si>
   <si>
     <t>2022-09-30</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>Jedná se o prodej lesního pozemku p.č. 840 v k.ú. Polná o výměře 446 m2, prodej formou VŘ</t>
   </si>
   <si>
     <t>4460</t>
   </si>
   <si>
     <t>S 302/21 prodej lesních pozemků v k.ú. Hrbov</t>
   </si>
   <si>
     <t>2022-03-20</t>
   </si>
@@ -1307,51 +1307,51 @@
       </c>
       <c r="P5" t="s">
         <v>103</v>
       </c>
       <c r="Q5" t="s">
         <v>79</v>
       </c>
       <c r="R5" t="s">
         <v>80</v>
       </c>
       <c r="S5" t="s">
         <v>80</v>
       </c>
       <c r="T5" t="s">
         <v>80</v>
       </c>
       <c r="X5" t="s">
         <v>104</v>
       </c>
       <c r="Y5" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>103229</v>
+        <v>103227</v>
       </c>
       <c r="B6" s="1">
         <v>45666</v>
       </c>
       <c r="C6" t="s">
         <v>84</v>
       </c>
       <c r="D6" t="s">
         <v>85</v>
       </c>
       <c r="H6" t="s">
         <v>86</v>
       </c>
       <c r="I6" t="s">
         <v>106</v>
       </c>
       <c r="J6" t="s">
         <v>101</v>
       </c>
       <c r="K6" t="s">
         <v>102</v>
       </c>
       <c r="L6" t="s">
         <v>90</v>
       </c>
@@ -1366,51 +1366,51 @@
       </c>
       <c r="P6" t="s">
         <v>103</v>
       </c>
       <c r="Q6" t="s">
         <v>79</v>
       </c>
       <c r="R6" t="s">
         <v>80</v>
       </c>
       <c r="S6" t="s">
         <v>80</v>
       </c>
       <c r="T6" t="s">
         <v>80</v>
       </c>
       <c r="X6" t="s">
         <v>107</v>
       </c>
       <c r="Y6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>103227</v>
+        <v>103228</v>
       </c>
       <c r="B7" s="1">
         <v>45666</v>
       </c>
       <c r="C7" t="s">
         <v>84</v>
       </c>
       <c r="D7" t="s">
         <v>85</v>
       </c>
       <c r="H7" t="s">
         <v>86</v>
       </c>
       <c r="I7" t="s">
         <v>109</v>
       </c>
       <c r="J7" t="s">
         <v>101</v>
       </c>
       <c r="K7" t="s">
         <v>102</v>
       </c>
       <c r="L7" t="s">
         <v>90</v>
       </c>
@@ -1425,51 +1425,51 @@
       </c>
       <c r="P7" t="s">
         <v>103</v>
       </c>
       <c r="Q7" t="s">
         <v>79</v>
       </c>
       <c r="R7" t="s">
         <v>80</v>
       </c>
       <c r="S7" t="s">
         <v>80</v>
       </c>
       <c r="T7" t="s">
         <v>80</v>
       </c>
       <c r="X7" t="s">
         <v>110</v>
       </c>
       <c r="Y7" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>103228</v>
+        <v>103229</v>
       </c>
       <c r="B8" s="1">
         <v>45666</v>
       </c>
       <c r="C8" t="s">
         <v>84</v>
       </c>
       <c r="D8" t="s">
         <v>85</v>
       </c>
       <c r="H8" t="s">
         <v>86</v>
       </c>
       <c r="I8" t="s">
         <v>112</v>
       </c>
       <c r="J8" t="s">
         <v>101</v>
       </c>
       <c r="K8" t="s">
         <v>102</v>
       </c>
       <c r="L8" t="s">
         <v>90</v>
       </c>