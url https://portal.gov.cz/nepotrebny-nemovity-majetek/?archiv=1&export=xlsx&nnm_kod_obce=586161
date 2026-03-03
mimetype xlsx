--- v0 (2026-01-09)
+++ v1 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="293" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="394" uniqueCount="178">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -219,246 +219,324 @@
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
+    <t>Lesy České republiky, s.p.</t>
+  </si>
+  <si>
+    <t>e8jcfsn</t>
+  </si>
+  <si>
+    <t>Ministerstvo zemědělství ČR</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/48 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>2026-03-02</t>
+  </si>
+  <si>
+    <t>725257511</t>
+  </si>
+  <si>
+    <t>veronika.sedlackova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Sedláčková</t>
+  </si>
+  <si>
+    <t>LZ Židlochovice</t>
+  </si>
+  <si>
+    <t>Dubňany, Dubňany, okres Hodonín</t>
+  </si>
+  <si>
+    <t>1058/48</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/48 o výměře 124 m2, zastavěná plocha a nádvoří, dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany, obec Dubňany. Pozemek se nachází v okrajové části města Dubňany. V platném územním plánu je vedenyv ploše OS – plochy občanského vybavení. Na pozemku se nachází stavba ve vlastnictví třetí osoby.</t>
+  </si>
+  <si>
+    <t>116290</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/47 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>1058/47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek p.č. 1058/47 o výměře 23 m2, zastavěná plocha a nádvoří, dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany. Leží v okrajové části města Dubňany. V platném územním plánu je veden v ploše OS – plochy občanského vybavení. Na pozemku se nachází obytná místnost ve vlastnictví třetí osoby, nad kterou je balkon, který navazuje na bytovou jednotku ve vlastnictví třetí osoby.  </t>
+  </si>
+  <si>
+    <t>21570</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/56 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>1058/56</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/56 o výměře 68 m2, ostatní plocha, vznik z pozemku p.č. 1058/44 na základě GP č. 2438-41/2013. Pozemek p.č. 1058/44 je dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany. Pozemek se nachází v okrajové části města Dubňany. V platném územním plánu je veden v ploše OS – plochy občanského vybavení. Je užíván na základě nájemní smlouvy jako dvůr, navazuje na nebytovou jednotku.</t>
+  </si>
+  <si>
+    <t>63770</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/44 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t xml:space="preserve">pozemek se nachází v okrajové části města Dubňany. V platném územním plánu je veden v ploše OS – plochy občanského vybavení. Jedná se o společný dvůr vlastníků jednotek bytového domu č.p. 1643 </t>
+  </si>
+  <si>
+    <t>100350</t>
+  </si>
+  <si>
+    <t>Pozemky p.č.1058/58, 1058/57, 1058/59 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>1058/58, 1058/57, 1058/59</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/58 o výměře 15 m2, zastavěná plocha a nádvoří, p.č. 1058/57 o výměře 21 m2, ostatní plocha, vznik z pozemku p.č. 1058/44 na základě GP č. 2438-41/2013 a p.č. 1058/59 o výměře 18 m2, ostatní plocha, vznik z pozemku p.č. 1058/44 na základě GP č. 2438-41/2013. Pozemek p.č. 1058/44 je dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany. Pozemky se nachází v okrajové části města Dubňany. V platném územním plánu jsou vedeny v ploše OS – plochy občanského vybavení. Na pozemku p.č. 1058/58 je stavba bez č.p./ č.ev. (sklad), která je ve vlastnictví třetí osoby. Oddělená část pozemku 1058/44 označená jako p.č. 1058/57 je pozemek pod balkonem, který je součástí bytové jednotky ve vlastnictví třetí osoby, část pozemku 1058/44 označená jako p.č. 1058/59 je pozemek pod pergolou.</t>
+  </si>
+  <si>
+    <t>50650</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/45 a 1058/55 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>1505/45 a 1058/55</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1058/45 o výměře 18 m2, zastavěná plocha a nádvoří, p.č. 1058/55 o výměře 61 m2, ostatní plocha, vznik z pozemku p.č. 1058/44 na základě GP č. 2438-41/2013. Pozemek p.č. 1058/44 je dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 3555, pro k.ú. Dubňany, obec Dubňany. Pozemky se nachází v okrajové části města Dubňany. V platném územním plánu jsou vedeny v ploše OS – plochy občanského vybavení. Na pozemku p.č. 1058/45 je stavba bez č.p./ č.ev. garáž, která je ve vlastnictví třetí osoby. Oddělená část pozemku 1058/44 označená jako p.č. 1058/55 navazuje na bytovou jednotku a je užívána jako předzahrádka. Na oba pozemky je uzavřená nájemní smlouva.</t>
+  </si>
+  <si>
+    <t>74090</t>
+  </si>
+  <si>
     <t>DIAMO, státní podnik</t>
   </si>
   <si>
     <t>sjfywke</t>
   </si>
   <si>
     <t>MPO ČR</t>
   </si>
   <si>
     <t>Prodej pozemku p. č. 1724 v k. ú. Dubňany</t>
   </si>
   <si>
     <t>2025-12-15</t>
   </si>
   <si>
     <t>318644151</t>
   </si>
   <si>
     <t>majetekpribram@diamo.cz</t>
   </si>
   <si>
     <t>Ing. Dagmar Kesslová</t>
   </si>
   <si>
     <t xml:space="preserve">DIAMO, s. p., o. z. Příbram, oddělení majetku  </t>
   </si>
   <si>
-    <t>Dubňany, Dubňany, okres Hodonín</t>
-[...1 lines deleted...]
-  <si>
     <t>1724</t>
   </si>
   <si>
-    <t>ano</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Prodej pozemku p. č. 1724 - ostatní plocha, sportoviště a rekreační plocha o výměře 6 786 m2 v k. ú. Dubňany. Pozemek se nachází v lokalitě Dubňanský háj na severozápadním okraji města. Pozemek je rovinatý a na části pozemku se nachází trvalé porosty. Přístup je pouze po nezpevněné komunikaci a v minulosti pozemek sloužil jako přírodní sportoviště – fotbalové hřiště. Pozemek je dotčen inženýrskými sítěmi, které nejsou zapsány v katastru nemovitostí – trasa plynovodní sítě ve správě GasNet, s.r.o. </t>
   </si>
   <si>
     <t>2500000</t>
   </si>
   <si>
-    <t>Lesy České republiky, s.p.</t>
-[...7 lines deleted...]
-  <si>
     <t>Pozemek PKN 3399/2, 6, 19,20,21,23 25 a 29 k.ú. Dubňany</t>
   </si>
   <si>
     <t>2025-05-02</t>
   </si>
   <si>
-    <t>725257511</t>
-[...10 lines deleted...]
-  <si>
     <t>3399/2,6,19,20,21,23,25,29</t>
   </si>
   <si>
     <t>Pozemky v areálu bývalých skláren mimo zastavěnou část města v průmyslové zóně. V platném UP jsou vedeny v ploše VP - plochy pro průmysl a zemědělskou výrobu.</t>
   </si>
   <si>
     <t>954210</t>
   </si>
   <si>
+    <t>Pozemky PKN 1058/44, 1058/47, 1058/48 k.ú. Dubňany</t>
+  </si>
+  <si>
+    <t>2024-10-05</t>
+  </si>
+  <si>
+    <t>1058/44, 1058/47, 1058/48</t>
+  </si>
+  <si>
+    <t>Pozemky ve funkčním celku s pozemkem jiného vlastníka jehož součástí je stavba</t>
+  </si>
+  <si>
+    <t>345600</t>
+  </si>
+  <si>
     <t>Pozemky PKN 1058/45 k.ú. Dubňany</t>
   </si>
   <si>
-    <t>2024-10-05</t>
-[...1 lines deleted...]
-  <si>
     <t>1058/45</t>
   </si>
   <si>
     <t>Pozemek pod garáží ve vlastnictví třetí osoby</t>
   </si>
   <si>
     <t>14740</t>
   </si>
   <si>
     <t>Pozemek PKN 1058/46 k.ú. Dubňany</t>
   </si>
   <si>
     <t>1058/46</t>
   </si>
   <si>
     <t>35210</t>
   </si>
   <si>
     <t>Pozemek PKN 1058/58 k.ú. Dubňany</t>
   </si>
   <si>
     <t>1058/58</t>
   </si>
   <si>
     <t>Pozemek pod stavbou ve vlastnictví třetí osoby</t>
   </si>
   <si>
     <t>12280</t>
   </si>
   <si>
-    <t>Pozemky PKN 1058/44, 1058/47, 1058/48 k.ú. Dubňany</t>
-[...10 lines deleted...]
-  <si>
     <t>Pozemky PKN 1058/19, 1058/31 a 1058/32 k.ú. Dubňany</t>
   </si>
   <si>
     <t>1058/19, 1058/31 a 1058/32</t>
   </si>
   <si>
     <t>121200</t>
   </si>
   <si>
     <t>k.ú. Dubňany - parc.č. 2482 a k.ú. Ratíškovice - parc. č. 2599/1</t>
   </si>
   <si>
     <t>2021-10-17</t>
   </si>
   <si>
     <t>566593725</t>
   </si>
   <si>
     <t>hajkovak@diamo.cz</t>
   </si>
   <si>
     <t>Kateřina Hájková</t>
   </si>
   <si>
     <t>Dubňany 2482, Ratíškovice 2599/1</t>
   </si>
   <si>
     <t>Druh pozemku ostatní plocha, způsob využití jiná plocha. Jedná se o pozemky, které se částečně nacházejí ve větším obhospodařovaném celku, částečně se jedná o nezpevněnou polní cestu a částečně o břeh porostlý náletovými dřevinami.</t>
   </si>
   <si>
     <t>750950</t>
   </si>
   <si>
     <t>Ministerstvo průmyslu a obchodu</t>
   </si>
   <si>
+    <t>Jedná se o pozemky druhu ostat. pl. - manipulační pl., ostat. pl. – ostat. komunikace, ostat. pl. – silnice, zahrada v katastrálním území Dubňany v sousedství bývalého dolu Josef (nyní kemp Josef)</t>
+  </si>
+  <si>
+    <t>2021-05-14</t>
+  </si>
+  <si>
+    <t>566593769</t>
+  </si>
+  <si>
+    <t>maskova@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Mašková</t>
+  </si>
+  <si>
+    <t>o. z. GEAM</t>
+  </si>
+  <si>
+    <t>2404/97, 2404/105, 2408/20, 2417/1, 2418/17, 2421/71, 2421/72, 2421/73, 2421/81</t>
+  </si>
+  <si>
+    <t>430330</t>
+  </si>
+  <si>
     <t>Jedná se o pozemky druhu ostatní plocha - manipulační plocha, trojúhelníkového tvaru porostlé náletovými dřevinami v katastrálním území Dubňany v sousedství bývalého dolu 1. máj.</t>
   </si>
   <si>
-    <t>2021-05-14</t>
-[...13 lines deleted...]
-  <si>
     <t>2479/1, 2479/6, 2479/8</t>
   </si>
   <si>
     <t>22470</t>
-  </si>
-[...7 lines deleted...]
-    <t>430330</t>
   </si>
   <si>
     <t>2021-04-22</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>74500</t>
   </si>
   <si>
     <t>MPO</t>
   </si>
   <si>
     <t>Jedná se o pozemek parc. č. 2482 - ostatní plocha o výměře 5233 m2 a parc. č. 2457 - ostatní plocha o výměře 16 m2 zapsané na LV 161 pro obec a k.ú. Dubňany. Oba pozemky jsou součástí většího obhospodařovaného zemědělského celku, nyní po rekultivaci.</t>
   </si>
   <si>
     <t>2020-05-24</t>
   </si>
   <si>
     <t>566593711</t>
   </si>
   <si>
     <t>koukal@diamo.cz</t>
   </si>
@@ -805,81 +883,81 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ15"/>
+  <dimension ref="A1:BQ21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="28.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="33.7109375" customWidth="1"/>
     <col min="9" max="9" width="252.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="31.7109375" customWidth="1"/>
     <col min="13" max="13" width="23.7109375" customWidth="1"/>
     <col min="14" max="14" width="49.7109375" customWidth="1"/>
     <col min="15" max="15" width="33.7109375" customWidth="1"/>
     <col min="16" max="16" width="81.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="504.7109375" customWidth="1"/>
+    <col min="24" max="24" width="866.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="17.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
     <col min="47" max="47" width="17.7109375" customWidth="1"/>
     <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
@@ -1094,54 +1172,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>105950</v>
+        <v>106875</v>
       </c>
       <c r="B2" s="1">
-        <v>45975</v>
+        <v>46052</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
@@ -1153,771 +1231,1122 @@
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
         <v>81</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="X2" t="s">
         <v>82</v>
       </c>
       <c r="Y2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>104509</v>
+        <v>106815</v>
       </c>
       <c r="B3" s="1">
-        <v>45748</v>
+        <v>46050</v>
       </c>
       <c r="C3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I3" t="s">
         <v>84</v>
       </c>
-      <c r="D3" t="s">
+      <c r="J3" t="s">
         <v>85</v>
       </c>
-      <c r="H3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K3" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="L3" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="M3" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="N3" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="O3" t="s">
         <v>78</v>
       </c>
       <c r="P3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="Q3" t="s">
         <v>80</v>
       </c>
       <c r="R3" t="s">
         <v>81</v>
       </c>
       <c r="S3" t="s">
         <v>81</v>
       </c>
       <c r="T3" t="s">
         <v>81</v>
       </c>
       <c r="X3" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="Y3" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>102533</v>
+        <v>106811</v>
       </c>
       <c r="B4" s="1">
-        <v>45539</v>
+        <v>46050</v>
       </c>
       <c r="C4" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="D4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4" t="s">
+        <v>71</v>
+      </c>
+      <c r="I4" t="s">
+        <v>89</v>
+      </c>
+      <c r="J4" t="s">
         <v>85</v>
       </c>
-      <c r="H4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K4" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="L4" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="M4" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="N4" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="O4" t="s">
         <v>78</v>
       </c>
       <c r="P4" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
         <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="Y4" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>102534</v>
+        <v>106818</v>
       </c>
       <c r="B5" s="1">
-        <v>45539</v>
+        <v>46050</v>
       </c>
       <c r="C5" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="D5" t="s">
+        <v>70</v>
+      </c>
+      <c r="H5" t="s">
+        <v>71</v>
+      </c>
+      <c r="I5" t="s">
+        <v>93</v>
+      </c>
+      <c r="J5" t="s">
         <v>85</v>
       </c>
-      <c r="H5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K5" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="L5" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="M5" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="N5" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="O5" t="s">
         <v>78</v>
       </c>
-      <c r="P5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
         <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="Y5" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>102535</v>
+        <v>106807</v>
       </c>
       <c r="B6" s="1">
-        <v>45539</v>
+        <v>46050</v>
       </c>
       <c r="C6" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="D6" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I6" t="s">
+        <v>96</v>
+      </c>
+      <c r="J6" t="s">
         <v>85</v>
       </c>
-      <c r="H6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K6" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="L6" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="M6" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="N6" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="O6" t="s">
         <v>78</v>
       </c>
       <c r="P6" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
         <v>81</v>
       </c>
       <c r="S6" t="s">
         <v>81</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
       <c r="X6" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="Y6" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>102536</v>
+        <v>106797</v>
       </c>
       <c r="B7" s="1">
-        <v>45539</v>
+        <v>46049</v>
       </c>
       <c r="C7" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="D7" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>86</v>
+        <v>71</v>
       </c>
       <c r="I7" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="J7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="K7" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="L7" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="M7" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="N7" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="O7" t="s">
         <v>78</v>
       </c>
       <c r="P7" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="Q7" t="s">
         <v>80</v>
       </c>
       <c r="R7" t="s">
         <v>81</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
       <c r="X7" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="Y7" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>102537</v>
+        <v>105950</v>
       </c>
       <c r="B8" s="1">
-        <v>45539</v>
+        <v>45975</v>
       </c>
       <c r="C8" t="s">
-        <v>84</v>
+        <v>105</v>
       </c>
       <c r="D8" t="s">
-        <v>85</v>
+        <v>106</v>
       </c>
       <c r="H8" t="s">
-        <v>86</v>
+        <v>107</v>
       </c>
       <c r="I8" t="s">
+        <v>108</v>
+      </c>
+      <c r="J8" t="s">
+        <v>109</v>
+      </c>
+      <c r="K8" t="s">
+        <v>110</v>
+      </c>
+      <c r="L8" t="s">
+        <v>111</v>
+      </c>
+      <c r="M8" t="s">
         <v>112</v>
       </c>
-      <c r="J8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N8" t="s">
-        <v>92</v>
+        <v>113</v>
       </c>
       <c r="O8" t="s">
         <v>78</v>
       </c>
       <c r="P8" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
       <c r="X8" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="Y8" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>95426</v>
+        <v>104509</v>
       </c>
       <c r="B9" s="1">
-        <v>44455</v>
+        <v>45748</v>
       </c>
       <c r="C9" t="s">
         <v>69</v>
       </c>
       <c r="D9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
         <v>71</v>
       </c>
       <c r="I9" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="J9" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="K9" t="s">
-        <v>117</v>
+        <v>74</v>
       </c>
       <c r="L9" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="M9" t="s">
-        <v>119</v>
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>77</v>
       </c>
       <c r="O9" t="s">
         <v>78</v>
       </c>
       <c r="P9" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="Q9" t="s">
         <v>80</v>
       </c>
       <c r="R9" t="s">
         <v>81</v>
       </c>
       <c r="S9" t="s">
         <v>81</v>
       </c>
       <c r="T9" t="s">
         <v>81</v>
       </c>
       <c r="X9" t="s">
+        <v>120</v>
+      </c>
+      <c r="Y9" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>94842</v>
+        <v>102536</v>
       </c>
       <c r="B10" s="1">
-        <v>44299</v>
+        <v>45539</v>
       </c>
       <c r="C10" t="s">
         <v>69</v>
       </c>
       <c r="D10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
+        <v>71</v>
+      </c>
+      <c r="I10" t="s">
+        <v>122</v>
+      </c>
+      <c r="J10" t="s">
         <v>123</v>
       </c>
-      <c r="I10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K10" t="s">
-        <v>126</v>
+        <v>74</v>
       </c>
       <c r="L10" t="s">
-        <v>127</v>
+        <v>75</v>
       </c>
       <c r="M10" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="N10" t="s">
-        <v>129</v>
+        <v>77</v>
       </c>
       <c r="O10" t="s">
         <v>78</v>
       </c>
       <c r="P10" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="Q10" t="s">
         <v>80</v>
       </c>
       <c r="R10" t="s">
         <v>81</v>
       </c>
       <c r="S10" t="s">
         <v>81</v>
       </c>
       <c r="T10" t="s">
         <v>81</v>
       </c>
+      <c r="X10" t="s">
+        <v>125</v>
+      </c>
       <c r="Y10" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>94843</v>
+        <v>102533</v>
       </c>
       <c r="B11" s="1">
-        <v>44299</v>
+        <v>45539</v>
       </c>
       <c r="C11" t="s">
         <v>69</v>
       </c>
       <c r="D11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
+        <v>71</v>
+      </c>
+      <c r="I11" t="s">
+        <v>127</v>
+      </c>
+      <c r="J11" t="s">
         <v>123</v>
       </c>
-      <c r="I11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K11" t="s">
-        <v>126</v>
+        <v>74</v>
       </c>
       <c r="L11" t="s">
-        <v>127</v>
+        <v>75</v>
       </c>
       <c r="M11" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="N11" t="s">
-        <v>129</v>
+        <v>77</v>
       </c>
       <c r="O11" t="s">
         <v>78</v>
       </c>
       <c r="P11" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="Q11" t="s">
         <v>80</v>
       </c>
       <c r="R11" t="s">
         <v>81</v>
       </c>
       <c r="S11" t="s">
         <v>81</v>
       </c>
       <c r="T11" t="s">
         <v>81</v>
       </c>
+      <c r="X11" t="s">
+        <v>129</v>
+      </c>
       <c r="Y11" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>94748</v>
+        <v>102534</v>
       </c>
       <c r="B12" s="1">
-        <v>44277</v>
+        <v>45539</v>
       </c>
       <c r="C12" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>86</v>
+        <v>71</v>
+      </c>
+      <c r="I12" t="s">
+        <v>131</v>
       </c>
       <c r="J12" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="K12" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="L12" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="M12" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="N12" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="O12" t="s">
         <v>78</v>
       </c>
       <c r="P12" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="Q12" t="s">
         <v>80</v>
       </c>
       <c r="R12" t="s">
         <v>81</v>
       </c>
       <c r="S12" t="s">
         <v>81</v>
       </c>
       <c r="T12" t="s">
         <v>81</v>
       </c>
+      <c r="X12" t="s">
+        <v>129</v>
+      </c>
       <c r="Y12" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>92428</v>
+        <v>102535</v>
       </c>
       <c r="B13" s="1">
-        <v>43945</v>
+        <v>45539</v>
       </c>
       <c r="C13" t="s">
         <v>69</v>
       </c>
       <c r="D13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>138</v>
+        <v>71</v>
       </c>
       <c r="I13" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="J13" t="s">
-        <v>140</v>
+        <v>123</v>
       </c>
       <c r="K13" t="s">
-        <v>141</v>
+        <v>74</v>
       </c>
       <c r="L13" t="s">
-        <v>142</v>
+        <v>75</v>
       </c>
       <c r="M13" t="s">
-        <v>143</v>
+        <v>76</v>
+      </c>
+      <c r="N13" t="s">
+        <v>77</v>
       </c>
       <c r="O13" t="s">
         <v>78</v>
       </c>
+      <c r="P13" t="s">
+        <v>135</v>
+      </c>
       <c r="Q13" t="s">
         <v>80</v>
       </c>
       <c r="R13" t="s">
         <v>81</v>
       </c>
       <c r="S13" t="s">
         <v>81</v>
       </c>
       <c r="T13" t="s">
         <v>81</v>
       </c>
+      <c r="X13" t="s">
+        <v>136</v>
+      </c>
       <c r="Y13" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>91868</v>
+        <v>102537</v>
       </c>
       <c r="B14" s="1">
-        <v>43868</v>
+        <v>45539</v>
       </c>
       <c r="C14" t="s">
         <v>69</v>
       </c>
       <c r="D14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
+        <v>71</v>
+      </c>
+      <c r="I14" t="s">
+        <v>138</v>
+      </c>
+      <c r="J14" t="s">
         <v>123</v>
       </c>
-      <c r="I14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K14" t="s">
-        <v>147</v>
+        <v>74</v>
       </c>
       <c r="L14" t="s">
-        <v>142</v>
+        <v>75</v>
       </c>
       <c r="M14" t="s">
-        <v>148</v>
+        <v>76</v>
+      </c>
+      <c r="N14" t="s">
+        <v>77</v>
       </c>
       <c r="O14" t="s">
         <v>78</v>
       </c>
+      <c r="P14" t="s">
+        <v>139</v>
+      </c>
       <c r="Q14" t="s">
         <v>80</v>
       </c>
       <c r="R14" t="s">
         <v>81</v>
       </c>
       <c r="S14" t="s">
         <v>81</v>
       </c>
       <c r="T14" t="s">
         <v>81</v>
       </c>
+      <c r="X14" t="s">
+        <v>125</v>
+      </c>
       <c r="Y14" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>91869</v>
+        <v>95426</v>
       </c>
       <c r="B15" s="1">
-        <v>43868</v>
+        <v>44455</v>
       </c>
       <c r="C15" t="s">
-        <v>69</v>
+        <v>105</v>
       </c>
       <c r="D15" t="s">
-        <v>70</v>
+        <v>106</v>
       </c>
       <c r="H15" t="s">
-        <v>123</v>
+        <v>107</v>
       </c>
       <c r="I15" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="J15" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="K15" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="L15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="M15" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="O15" t="s">
         <v>78</v>
       </c>
+      <c r="P15" t="s">
+        <v>146</v>
+      </c>
       <c r="Q15" t="s">
         <v>80</v>
       </c>
       <c r="R15" t="s">
         <v>81</v>
       </c>
       <c r="S15" t="s">
         <v>81</v>
       </c>
       <c r="T15" t="s">
         <v>81</v>
       </c>
+      <c r="X15" t="s">
+        <v>147</v>
+      </c>
       <c r="Y15" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="16" spans="1:69">
+      <c r="A16">
+        <v>94843</v>
+      </c>
+      <c r="B16" s="1">
+        <v>44299</v>
+      </c>
+      <c r="C16" t="s">
+        <v>105</v>
+      </c>
+      <c r="D16" t="s">
+        <v>106</v>
+      </c>
+      <c r="H16" t="s">
+        <v>149</v>
+      </c>
+      <c r="I16" t="s">
+        <v>150</v>
+      </c>
+      <c r="J16" t="s">
         <v>151</v>
+      </c>
+      <c r="K16" t="s">
+        <v>152</v>
+      </c>
+      <c r="L16" t="s">
+        <v>153</v>
+      </c>
+      <c r="M16" t="s">
+        <v>154</v>
+      </c>
+      <c r="N16" t="s">
+        <v>155</v>
+      </c>
+      <c r="O16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P16" t="s">
+        <v>156</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>80</v>
+      </c>
+      <c r="R16" t="s">
+        <v>81</v>
+      </c>
+      <c r="S16" t="s">
+        <v>81</v>
+      </c>
+      <c r="T16" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25">
+      <c r="A17">
+        <v>94842</v>
+      </c>
+      <c r="B17" s="1">
+        <v>44299</v>
+      </c>
+      <c r="C17" t="s">
+        <v>105</v>
+      </c>
+      <c r="D17" t="s">
+        <v>106</v>
+      </c>
+      <c r="H17" t="s">
+        <v>149</v>
+      </c>
+      <c r="I17" t="s">
+        <v>158</v>
+      </c>
+      <c r="J17" t="s">
+        <v>151</v>
+      </c>
+      <c r="K17" t="s">
+        <v>152</v>
+      </c>
+      <c r="L17" t="s">
+        <v>153</v>
+      </c>
+      <c r="M17" t="s">
+        <v>154</v>
+      </c>
+      <c r="N17" t="s">
+        <v>155</v>
+      </c>
+      <c r="O17" t="s">
+        <v>78</v>
+      </c>
+      <c r="P17" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>80</v>
+      </c>
+      <c r="R17" t="s">
+        <v>81</v>
+      </c>
+      <c r="S17" t="s">
+        <v>81</v>
+      </c>
+      <c r="T17" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25">
+      <c r="A18">
+        <v>94748</v>
+      </c>
+      <c r="B18" s="1">
+        <v>44277</v>
+      </c>
+      <c r="C18" t="s">
+        <v>69</v>
+      </c>
+      <c r="D18" t="s">
+        <v>70</v>
+      </c>
+      <c r="H18" t="s">
+        <v>71</v>
+      </c>
+      <c r="J18" t="s">
+        <v>161</v>
+      </c>
+      <c r="K18" t="s">
+        <v>74</v>
+      </c>
+      <c r="L18" t="s">
+        <v>75</v>
+      </c>
+      <c r="M18" t="s">
+        <v>76</v>
+      </c>
+      <c r="N18" t="s">
+        <v>77</v>
+      </c>
+      <c r="O18" t="s">
+        <v>78</v>
+      </c>
+      <c r="P18" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>80</v>
+      </c>
+      <c r="R18" t="s">
+        <v>81</v>
+      </c>
+      <c r="S18" t="s">
+        <v>81</v>
+      </c>
+      <c r="T18" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25">
+      <c r="A19">
+        <v>92428</v>
+      </c>
+      <c r="B19" s="1">
+        <v>43945</v>
+      </c>
+      <c r="C19" t="s">
+        <v>105</v>
+      </c>
+      <c r="D19" t="s">
+        <v>106</v>
+      </c>
+      <c r="H19" t="s">
+        <v>164</v>
+      </c>
+      <c r="I19" t="s">
+        <v>165</v>
+      </c>
+      <c r="J19" t="s">
+        <v>166</v>
+      </c>
+      <c r="K19" t="s">
+        <v>167</v>
+      </c>
+      <c r="L19" t="s">
+        <v>168</v>
+      </c>
+      <c r="M19" t="s">
+        <v>169</v>
+      </c>
+      <c r="O19" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>80</v>
+      </c>
+      <c r="R19" t="s">
+        <v>81</v>
+      </c>
+      <c r="S19" t="s">
+        <v>81</v>
+      </c>
+      <c r="T19" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="20" spans="1:25">
+      <c r="A20">
+        <v>91868</v>
+      </c>
+      <c r="B20" s="1">
+        <v>43868</v>
+      </c>
+      <c r="C20" t="s">
+        <v>105</v>
+      </c>
+      <c r="D20" t="s">
+        <v>106</v>
+      </c>
+      <c r="H20" t="s">
+        <v>149</v>
+      </c>
+      <c r="I20" t="s">
+        <v>171</v>
+      </c>
+      <c r="J20" t="s">
+        <v>172</v>
+      </c>
+      <c r="K20" t="s">
+        <v>173</v>
+      </c>
+      <c r="L20" t="s">
+        <v>168</v>
+      </c>
+      <c r="M20" t="s">
+        <v>174</v>
+      </c>
+      <c r="O20" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>80</v>
+      </c>
+      <c r="R20" t="s">
+        <v>81</v>
+      </c>
+      <c r="S20" t="s">
+        <v>81</v>
+      </c>
+      <c r="T20" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="21" spans="1:25">
+      <c r="A21">
+        <v>91869</v>
+      </c>
+      <c r="B21" s="1">
+        <v>43868</v>
+      </c>
+      <c r="C21" t="s">
+        <v>105</v>
+      </c>
+      <c r="D21" t="s">
+        <v>106</v>
+      </c>
+      <c r="H21" t="s">
+        <v>149</v>
+      </c>
+      <c r="I21" t="s">
+        <v>176</v>
+      </c>
+      <c r="J21" t="s">
+        <v>172</v>
+      </c>
+      <c r="K21" t="s">
+        <v>167</v>
+      </c>
+      <c r="L21" t="s">
+        <v>168</v>
+      </c>
+      <c r="M21" t="s">
+        <v>174</v>
+      </c>
+      <c r="O21" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>80</v>
+      </c>
+      <c r="R21" t="s">
+        <v>81</v>
+      </c>
+      <c r="S21" t="s">
+        <v>81</v>
+      </c>
+      <c r="T21" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>177</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>