--- v0 (2025-11-05)
+++ v1 (2026-03-13)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="578" uniqueCount="230">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="595" uniqueCount="235">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -228,80 +228,95 @@
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství ČR</t>
   </si>
   <si>
+    <t>Pozemek p.č. 2446/10 k.ú. Hodonín</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>725257511</t>
+  </si>
+  <si>
+    <t>veronika.sedlackova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Sedláčková</t>
+  </si>
+  <si>
+    <t>LZ Židlochovice</t>
+  </si>
+  <si>
+    <t>Hodonín, Hodonín, okres Hodonín</t>
+  </si>
+  <si>
+    <t>2446/10</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek PKN 2446/10 o výměře 29 m2, druh pozemku – ostatní plocha, dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 8981, pro k.ú. Hodonín, obec Hodonín. Pozemek se nachází v severozápadním okraji zastavěného území města Hodonín. Tvoří funkční celek s oploceným areálem rodinného domu č. p. 3902, je užíván na základě nájemní smlouvy. Na pozemku se nenachází žádné trvalé porosty, má spíše charakter zahrady než ostatní plochy. Dle platného územního plánu města Hodonín je zahrnutý do ploch SM – plochy smíšené obytné. </t>
+  </si>
+  <si>
+    <t>50400</t>
+  </si>
+  <si>
     <t>Pozemek PKN 9972/2 k.ú. Hodonín</t>
   </si>
   <si>
     <t>2025-08-29</t>
   </si>
   <si>
-    <t>725257511</t>
-[...13 lines deleted...]
-  <si>
     <t>9972/2</t>
   </si>
   <si>
-    <t>ano</t>
-[...4 lines deleted...]
-  <si>
     <t>Jedná se o zahradu ležící na Jihozápadním okraji Hodonína – lokalita Salajka. Dle územního plánu je pozemek veden v ploše NL - lesní. Na pozemku se nachází stavba jiného vlastníka.</t>
   </si>
   <si>
     <t>248352</t>
   </si>
   <si>
     <t>PKN2506/8 k.ú. Hodonín</t>
   </si>
   <si>
     <t>2025-08-18</t>
   </si>
   <si>
     <t>2506/8</t>
   </si>
   <si>
     <t>Pozemek p.č. 2506/8 k.ú. Hodonín se nachází v odloučené lokalitě severně od města Hodonín v areálu Na Dole. Pozemek je oplocen slouží jako manipulační plocha. Dle platného územního plánu je veden v ploše V – plochy výroby a skladování. Na pozemku se nachází nelegální stavby ve vlastnictví třetí osoby. Pozemek je užíván na základě pachtovní smlouvy, smlouva je uzavřená na dobu určitou do 31.12.2025.</t>
   </si>
   <si>
     <t>248310</t>
   </si>
   <si>
     <t>MZe</t>
   </si>
   <si>
     <t>pozemek PKN 40/2 o výměře 754 m2</t>
@@ -441,183 +456,183 @@
   <si>
     <t>st. 5796</t>
   </si>
   <si>
     <t>Stavební pozemek, na kterém stojí garáž v SJM manželů Zahnašových, Hodonín</t>
   </si>
   <si>
     <t>22000.00</t>
   </si>
   <si>
     <t>Prodej pozemku p. č. st. 8579/2, zastavěná plocha a nádvoří, o výměře 11 m2, k. ú. Hodonín</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p., Lesní závod Židlochovice</t>
   </si>
   <si>
     <t>st. 8579/2</t>
   </si>
   <si>
     <t>Jedná se o stavební pozemek, na kterém částí stojí garáž č. ev. 2044 ve vlastnictví Ing. Jaromíra Hradila, Hodonín</t>
   </si>
   <si>
     <t>14000.00</t>
   </si>
   <si>
+    <t>Prodej pozemku p. č. st. 4046, o výměře 22 m2, zast. plocha a nádvoří, k. ú. Hodonín</t>
+  </si>
+  <si>
+    <t>2022-11-10</t>
+  </si>
+  <si>
+    <t>st. 4046</t>
+  </si>
+  <si>
+    <t>pozemek p. č. st. 4046 je zastavěn garáží  č. ev. 736, když garáž je ve vlastnictví fyzické osoby (Ludmila Mičíková, Hodonín)</t>
+  </si>
+  <si>
+    <t>25000</t>
+  </si>
+  <si>
+    <t>prodej pozemku p. č. st. 4057, o výměře 18 m2, zast. plocha a nádvoří, k. ú. Hodonín</t>
+  </si>
+  <si>
+    <t>st. 4057</t>
+  </si>
+  <si>
+    <t>pozemek p. č. st. 4057 je zastavěn garáží ve vlastnictví fyzické osoby (Šárka Kokešová Rolínková), Dubňany</t>
+  </si>
+  <si>
+    <t>21000</t>
+  </si>
+  <si>
     <t>Prodej pozemku p. č. st. 4047, o výměře 21 m2, zast. plocha a nádvoří, k. ú. Hodonín</t>
   </si>
   <si>
-    <t>2022-11-10</t>
-[...1 lines deleted...]
-  <si>
     <t>st. 4047</t>
   </si>
   <si>
     <t>pozemek p. č. st. 4047 je zastavěn garáží č. ev. 737, která je ve vlastnictví fyzické osoby (Severýn Prčík, Charvatská Nová Ves, Břeclav)</t>
   </si>
   <si>
     <t>24000</t>
   </si>
   <si>
-    <t>prodej pozemku p. č. st. 4057, o výměře 18 m2, zast. plocha a nádvoří, k. ú. Hodonín</t>
-[...20 lines deleted...]
-    <t>25000</t>
+    <t>Prodej pozemku p. č. st. 4042, o výměře 22 m2, zast. plocha a nádvoří, k. ú. Hodonín</t>
+  </si>
+  <si>
+    <t>2022-11-06</t>
+  </si>
+  <si>
+    <t>st. 4042</t>
+  </si>
+  <si>
+    <t>st. pozemek pod garáží ev. č. 732, která je ve vlastnictví manželů Marie a Vladislava Hradilových, Hodonín, pro jejich společné jmění manželů</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. st. 4053, o výměře 20 m2, zast. plocha a nádvoří, k. ú. Hodonín</t>
+  </si>
+  <si>
+    <t>st. 4053</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. st. 4053 je zastavěn garáží č. ev.743, když garáž je ve vlastnictví fyzické osoby (Zdeněk Ptáček, Hodonín)</t>
+  </si>
+  <si>
+    <t>23000</t>
   </si>
   <si>
     <t>Prodej pozemku p. č. st. 4031, o výměře 22 m2, zast. plocha a nádvoří, k. ú. Hodonín</t>
   </si>
   <si>
-    <t>2022-11-06</t>
-[...1 lines deleted...]
-  <si>
     <t>st. 4031</t>
   </si>
   <si>
     <t>pozemek p. č. st. 4031, k. ú. Hodonín, je zastavěný garáží č. ev. 721, která je v podílovém spoluvlastnictví Dr. Letnické a Ing. Klímy;</t>
   </si>
   <si>
-    <t>Prodej pozemku p. č. st. 4053, o výměře 20 m2, zast. plocha a nádvoří, k. ú. Hodonín</t>
-[...19 lines deleted...]
-  <si>
     <t>Prodej pozemku p. č. st. 4048, o výměře 20 m2, zast. plocha a nádvoří, k. ú. Hodonín</t>
   </si>
   <si>
     <t>st. 4048</t>
   </si>
   <si>
     <t>st. pozemek pod garáží č. ev. 738, která je ve vlastnictví, pro jejich společné jmění manželů, manželů Jana a Jany Čechových, Hodonín</t>
   </si>
   <si>
     <t>Prodej pozemku p. č. st. 8754, zastavěná plocha a nádvoří, o výměře 24 m2, k. ú. Hodonín</t>
   </si>
   <si>
     <t>2022-10-06</t>
   </si>
   <si>
     <t>st. 8754</t>
   </si>
   <si>
     <t xml:space="preserve">st. pozemek pod garáží ev. č. 1521, která je vlastnictvím Ing. Milana Cetkovského </t>
   </si>
   <si>
     <t>22200</t>
   </si>
   <si>
     <t>prodej pozemku p. č. st. 4063, zastavěná plocha a nádvoří, o výměře 20 m2, k. ú. Hodonín</t>
   </si>
   <si>
     <t>2022-09-29</t>
   </si>
   <si>
     <t>st. 4063</t>
   </si>
   <si>
     <t>st. pozemek pod garáží ev. č. 753, která je ve společném jmění manželů Jany a Jiřího Kalinových;</t>
   </si>
   <si>
     <t>Prodej části pozemku p. č. 8014 (dle GP č. 9969-66/2019 p. č. 8014/6)</t>
   </si>
   <si>
     <t>2022-02-24</t>
   </si>
   <si>
     <t>8014</t>
   </si>
   <si>
     <t>322000</t>
   </si>
   <si>
+    <t>Prodej části pozemku p. č. 8014 (dle GP č. 9969-66/2019 p. č. 8014/4)</t>
+  </si>
+  <si>
+    <t>Prodej části p. p. č. 8014 (dle GP č. 9969-66/2019 podílově p. č. 8014/4)</t>
+  </si>
+  <si>
+    <t>273000</t>
+  </si>
+  <si>
     <t>Prodej části pozemku p. č. 8014 (dle GP č. 9969-66/2019 p. č. 8014/3)</t>
   </si>
   <si>
     <t>433000</t>
-  </si>
-[...7 lines deleted...]
-    <t>273000</t>
   </si>
   <si>
     <t>Prodej části pozemku p. č. 8014 (dle GP č. 9969-66/2019 p. č. 8014/5)</t>
   </si>
   <si>
     <t>2022-02-21</t>
   </si>
   <si>
     <t>p.č. 8014</t>
   </si>
   <si>
     <t>183000</t>
   </si>
   <si>
     <t>Prodej části pozemku p.č. 2864/1 formou veř. soutěže (dle GP p.č. 2864/663)</t>
   </si>
   <si>
     <t>2021-07-26</t>
   </si>
   <si>
     <t>972235257</t>
   </si>
   <si>
     <t>bogdanovski@spravazeleznic.cz</t>
   </si>
@@ -1039,83 +1054,83 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ32"/>
+  <dimension ref="A1:BQ33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="36.7109375" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="52.7109375" customWidth="1"/>
     <col min="6" max="6" width="51.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="29.7109375" customWidth="1"/>
     <col min="9" max="9" width="223.7109375" customWidth="1"/>
     <col min="10" max="10" width="13.7109375" customWidth="1"/>
     <col min="11" max="11" width="15.7109375" customWidth="1"/>
     <col min="12" max="12" width="31.7109375" customWidth="1"/>
     <col min="13" max="13" width="25.7109375" customWidth="1"/>
     <col min="14" max="14" width="54.7109375" customWidth="1"/>
     <col min="15" max="15" width="41.7109375" customWidth="1"/>
     <col min="16" max="16" width="22.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="403.7109375" customWidth="1"/>
+    <col min="24" max="24" width="572.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="17.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
     <col min="47" max="47" width="17.7109375" customWidth="1"/>
     <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
@@ -1330,54 +1345,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>105186</v>
+        <v>107111</v>
       </c>
       <c r="B2" s="1">
-        <v>45867</v>
+        <v>46064</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
@@ -1389,54 +1404,54 @@
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
         <v>81</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="X2" t="s">
         <v>82</v>
       </c>
       <c r="Y2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>105131</v>
+        <v>105186</v>
       </c>
       <c r="B3" s="1">
-        <v>45856</v>
+        <v>45867</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
         <v>71</v>
       </c>
       <c r="I3" t="s">
         <v>84</v>
       </c>
       <c r="J3" t="s">
         <v>85</v>
       </c>
       <c r="K3" t="s">
         <v>74</v>
       </c>
       <c r="L3" t="s">
         <v>75</v>
       </c>
       <c r="M3" t="s">
         <v>76</v>
       </c>
@@ -1448,1703 +1463,1762 @@
       </c>
       <c r="P3" t="s">
         <v>86</v>
       </c>
       <c r="Q3" t="s">
         <v>80</v>
       </c>
       <c r="R3" t="s">
         <v>81</v>
       </c>
       <c r="S3" t="s">
         <v>81</v>
       </c>
       <c r="T3" t="s">
         <v>81</v>
       </c>
       <c r="X3" t="s">
         <v>87</v>
       </c>
       <c r="Y3" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>102983</v>
+        <v>105131</v>
       </c>
       <c r="B4" s="1">
-        <v>45623</v>
+        <v>45856</v>
       </c>
       <c r="C4" t="s">
         <v>69</v>
       </c>
       <c r="D4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
+        <v>71</v>
+      </c>
+      <c r="I4" t="s">
         <v>89</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
         <v>90</v>
       </c>
-      <c r="J4" t="s">
-        <v>91</v>
+      <c r="K4" t="s">
+        <v>74</v>
+      </c>
+      <c r="L4" t="s">
+        <v>75</v>
       </c>
       <c r="M4" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="N4" t="s">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="O4" t="s">
         <v>78</v>
       </c>
       <c r="P4" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
         <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="Y4" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>100785</v>
+        <v>102983</v>
       </c>
       <c r="B5" s="1">
-        <v>45316</v>
+        <v>45623</v>
       </c>
       <c r="C5" t="s">
         <v>69</v>
       </c>
       <c r="D5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="I5" t="s">
+        <v>95</v>
+      </c>
+      <c r="J5" t="s">
+        <v>96</v>
+      </c>
+      <c r="M5" t="s">
         <v>97</v>
       </c>
-      <c r="J5" t="s">
+      <c r="N5" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
       <c r="O5" t="s">
         <v>78</v>
       </c>
+      <c r="P5" t="s">
+        <v>99</v>
+      </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
         <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="Y5" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>100662</v>
+        <v>100785</v>
       </c>
       <c r="B6" s="1">
-        <v>45308</v>
+        <v>45316</v>
       </c>
       <c r="C6" t="s">
         <v>69</v>
       </c>
       <c r="D6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="I6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J6" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-        <v>75</v>
+        <v>103</v>
       </c>
       <c r="M6" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="N6" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="O6" t="s">
         <v>78</v>
       </c>
-      <c r="P6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
         <v>81</v>
       </c>
       <c r="S6" t="s">
         <v>81</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
       <c r="X6" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="Y6" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>100663</v>
+        <v>100662</v>
       </c>
       <c r="B7" s="1">
         <v>45308</v>
       </c>
       <c r="C7" t="s">
         <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
         <v>71</v>
       </c>
       <c r="I7" t="s">
         <v>106</v>
       </c>
       <c r="J7" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="K7" t="s">
         <v>74</v>
       </c>
       <c r="L7" t="s">
         <v>75</v>
       </c>
       <c r="M7" t="s">
         <v>76</v>
       </c>
       <c r="N7" t="s">
         <v>77</v>
       </c>
       <c r="O7" t="s">
         <v>78</v>
       </c>
       <c r="P7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Q7" t="s">
         <v>80</v>
       </c>
       <c r="R7" t="s">
         <v>81</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
       <c r="X7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Y7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>98443</v>
+        <v>100663</v>
       </c>
       <c r="B8" s="1">
-        <v>45170</v>
+        <v>45308</v>
       </c>
       <c r="C8" t="s">
         <v>69</v>
       </c>
       <c r="D8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="I8" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J8" t="s">
-        <v>111</v>
+        <v>107</v>
+      </c>
+      <c r="K8" t="s">
+        <v>74</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
       </c>
       <c r="M8" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="N8" t="s">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="O8" t="s">
         <v>78</v>
       </c>
+      <c r="P8" t="s">
+        <v>112</v>
+      </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
       <c r="X8" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="Y8" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>98398</v>
+        <v>98443</v>
       </c>
       <c r="B9" s="1">
-        <v>45163</v>
+        <v>45170</v>
       </c>
       <c r="C9" t="s">
         <v>69</v>
       </c>
       <c r="D9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="I9" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="J9" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-        <v>75</v>
+        <v>116</v>
       </c>
       <c r="M9" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="N9" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="O9" t="s">
         <v>78</v>
       </c>
-      <c r="P9" t="s">
+      <c r="Q9" t="s">
+        <v>80</v>
+      </c>
+      <c r="R9" t="s">
+        <v>81</v>
+      </c>
+      <c r="S9" t="s">
+        <v>81</v>
+      </c>
+      <c r="T9" t="s">
+        <v>81</v>
+      </c>
+      <c r="X9" t="s">
         <v>115</v>
-      </c>
-[...13 lines deleted...]
-        <v>116</v>
       </c>
       <c r="Y9" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>97232</v>
+        <v>98398</v>
       </c>
       <c r="B10" s="1">
-        <v>44881</v>
+        <v>45163</v>
       </c>
       <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10" t="s">
+        <v>71</v>
+      </c>
+      <c r="I10" t="s">
         <v>118</v>
       </c>
-      <c r="D10" t="s">
+      <c r="J10" t="s">
         <v>119</v>
       </c>
-      <c r="H10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K10" t="s">
-        <v>123</v>
+        <v>74</v>
       </c>
       <c r="L10" t="s">
-        <v>124</v>
+        <v>75</v>
       </c>
       <c r="M10" t="s">
-        <v>125</v>
+        <v>76</v>
       </c>
       <c r="N10" t="s">
-        <v>126</v>
+        <v>77</v>
       </c>
       <c r="O10" t="s">
         <v>78</v>
       </c>
       <c r="P10" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="Q10" t="s">
         <v>80</v>
       </c>
       <c r="R10" t="s">
         <v>81</v>
       </c>
       <c r="S10" t="s">
         <v>81</v>
       </c>
       <c r="T10" t="s">
         <v>81</v>
       </c>
       <c r="X10" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="Y10" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>97149</v>
+        <v>97232</v>
       </c>
       <c r="B11" s="1">
-        <v>44865</v>
+        <v>44881</v>
       </c>
       <c r="C11" t="s">
-        <v>69</v>
+        <v>123</v>
       </c>
       <c r="D11" t="s">
-        <v>70</v>
+        <v>124</v>
       </c>
       <c r="H11" t="s">
-        <v>71</v>
+        <v>125</v>
       </c>
       <c r="I11" t="s">
+        <v>126</v>
+      </c>
+      <c r="J11" t="s">
+        <v>127</v>
+      </c>
+      <c r="K11" t="s">
+        <v>128</v>
+      </c>
+      <c r="L11" t="s">
+        <v>129</v>
+      </c>
+      <c r="M11" t="s">
         <v>130</v>
       </c>
-      <c r="J11" t="s">
+      <c r="N11" t="s">
         <v>131</v>
-      </c>
-[...10 lines deleted...]
-        <v>69</v>
       </c>
       <c r="O11" t="s">
         <v>78</v>
       </c>
       <c r="P11" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="Q11" t="s">
         <v>80</v>
       </c>
       <c r="R11" t="s">
         <v>81</v>
       </c>
       <c r="S11" t="s">
         <v>81</v>
       </c>
       <c r="T11" t="s">
         <v>81</v>
       </c>
       <c r="X11" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="Y11" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>97147</v>
+        <v>97149</v>
       </c>
       <c r="B12" s="1">
         <v>44865</v>
       </c>
       <c r="C12" t="s">
         <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
         <v>71</v>
       </c>
       <c r="I12" t="s">
+        <v>135</v>
+      </c>
+      <c r="J12" t="s">
+        <v>136</v>
+      </c>
+      <c r="K12" t="s">
+        <v>137</v>
+      </c>
+      <c r="L12" t="s">
         <v>138</v>
       </c>
-      <c r="J12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M12" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="N12" t="s">
-        <v>139</v>
+        <v>69</v>
       </c>
       <c r="O12" t="s">
         <v>78</v>
       </c>
       <c r="P12" t="s">
         <v>140</v>
       </c>
       <c r="Q12" t="s">
         <v>80</v>
       </c>
       <c r="R12" t="s">
         <v>81</v>
       </c>
       <c r="S12" t="s">
         <v>81</v>
       </c>
       <c r="T12" t="s">
         <v>81</v>
       </c>
       <c r="X12" t="s">
         <v>141</v>
       </c>
       <c r="Y12" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>97051</v>
+        <v>97147</v>
       </c>
       <c r="B13" s="1">
-        <v>44844</v>
+        <v>44865</v>
       </c>
       <c r="C13" t="s">
         <v>69</v>
       </c>
       <c r="D13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
         <v>71</v>
       </c>
       <c r="I13" t="s">
         <v>143</v>
       </c>
       <c r="J13" t="s">
+        <v>136</v>
+      </c>
+      <c r="K13" t="s">
+        <v>137</v>
+      </c>
+      <c r="L13" t="s">
+        <v>138</v>
+      </c>
+      <c r="M13" t="s">
+        <v>139</v>
+      </c>
+      <c r="N13" t="s">
         <v>144</v>
-      </c>
-[...10 lines deleted...]
-        <v>139</v>
       </c>
       <c r="O13" t="s">
         <v>78</v>
       </c>
       <c r="P13" t="s">
         <v>145</v>
       </c>
       <c r="Q13" t="s">
         <v>80</v>
       </c>
       <c r="R13" t="s">
         <v>81</v>
       </c>
       <c r="S13" t="s">
         <v>81</v>
       </c>
       <c r="T13" t="s">
         <v>81</v>
       </c>
       <c r="X13" t="s">
         <v>146</v>
       </c>
       <c r="Y13" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>97049</v>
+        <v>97050</v>
       </c>
       <c r="B14" s="1">
         <v>44844</v>
       </c>
       <c r="C14" t="s">
         <v>69</v>
       </c>
       <c r="D14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
         <v>71</v>
       </c>
       <c r="I14" t="s">
         <v>148</v>
       </c>
       <c r="J14" t="s">
+        <v>149</v>
+      </c>
+      <c r="K14" t="s">
+        <v>137</v>
+      </c>
+      <c r="L14" t="s">
+        <v>138</v>
+      </c>
+      <c r="M14" t="s">
+        <v>139</v>
+      </c>
+      <c r="N14" t="s">
         <v>144</v>
-      </c>
-[...10 lines deleted...]
-        <v>139</v>
       </c>
       <c r="O14" t="s">
         <v>78</v>
       </c>
       <c r="P14" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="Q14" t="s">
         <v>80</v>
       </c>
       <c r="R14" t="s">
         <v>81</v>
       </c>
       <c r="S14" t="s">
         <v>81</v>
       </c>
       <c r="T14" t="s">
         <v>81</v>
       </c>
       <c r="X14" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="Y14" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>97050</v>
+        <v>97049</v>
       </c>
       <c r="B15" s="1">
         <v>44844</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
         <v>71</v>
       </c>
       <c r="I15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="J15" t="s">
+        <v>149</v>
+      </c>
+      <c r="K15" t="s">
+        <v>137</v>
+      </c>
+      <c r="L15" t="s">
+        <v>138</v>
+      </c>
+      <c r="M15" t="s">
+        <v>139</v>
+      </c>
+      <c r="N15" t="s">
         <v>144</v>
-      </c>
-[...10 lines deleted...]
-        <v>139</v>
       </c>
       <c r="O15" t="s">
         <v>78</v>
       </c>
       <c r="P15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="Q15" t="s">
         <v>80</v>
       </c>
       <c r="R15" t="s">
         <v>81</v>
       </c>
       <c r="S15" t="s">
         <v>81</v>
       </c>
       <c r="T15" t="s">
         <v>81</v>
       </c>
       <c r="X15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="Y15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
-        <v>97039</v>
+        <v>97051</v>
       </c>
       <c r="B16" s="1">
-        <v>44840</v>
+        <v>44844</v>
       </c>
       <c r="C16" t="s">
         <v>69</v>
       </c>
       <c r="D16" t="s">
         <v>70</v>
       </c>
       <c r="H16" t="s">
         <v>71</v>
       </c>
       <c r="I16" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="J16" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="K16" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="L16" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="M16" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="N16" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="O16" t="s">
         <v>78</v>
       </c>
       <c r="P16" t="s">
         <v>158</v>
       </c>
       <c r="Q16" t="s">
         <v>80</v>
       </c>
       <c r="R16" t="s">
         <v>81</v>
       </c>
       <c r="S16" t="s">
         <v>81</v>
       </c>
       <c r="T16" t="s">
         <v>81</v>
       </c>
       <c r="X16" t="s">
         <v>159</v>
       </c>
       <c r="Y16" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17">
-        <v>97040</v>
+        <v>97037</v>
       </c>
       <c r="B17" s="1">
         <v>44840</v>
       </c>
       <c r="C17" t="s">
         <v>69</v>
       </c>
       <c r="D17" t="s">
         <v>70</v>
       </c>
       <c r="H17" t="s">
         <v>71</v>
       </c>
       <c r="I17" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="J17" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="K17" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="L17" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="M17" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="N17" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="O17" t="s">
         <v>78</v>
       </c>
       <c r="P17" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="Q17" t="s">
         <v>80</v>
       </c>
       <c r="R17" t="s">
         <v>81</v>
       </c>
       <c r="S17" t="s">
         <v>81</v>
       </c>
       <c r="T17" t="s">
         <v>81</v>
       </c>
       <c r="X17" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="Y17" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18">
-        <v>97037</v>
+        <v>97040</v>
       </c>
       <c r="B18" s="1">
         <v>44840</v>
       </c>
       <c r="C18" t="s">
         <v>69</v>
       </c>
       <c r="D18" t="s">
         <v>70</v>
       </c>
       <c r="H18" t="s">
         <v>71</v>
       </c>
       <c r="I18" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="J18" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="K18" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="L18" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="M18" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="N18" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="O18" t="s">
         <v>78</v>
       </c>
       <c r="P18" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="Q18" t="s">
         <v>80</v>
       </c>
       <c r="R18" t="s">
         <v>81</v>
       </c>
       <c r="S18" t="s">
         <v>81</v>
       </c>
       <c r="T18" t="s">
         <v>81</v>
       </c>
       <c r="X18" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="Y18" t="s">
-        <v>155</v>
+        <v>168</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19">
-        <v>97038</v>
+        <v>97039</v>
       </c>
       <c r="B19" s="1">
         <v>44840</v>
       </c>
       <c r="C19" t="s">
         <v>69</v>
       </c>
       <c r="D19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
         <v>71</v>
       </c>
       <c r="I19" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J19" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="K19" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="L19" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="M19" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="N19" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="O19" t="s">
         <v>78</v>
       </c>
       <c r="P19" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="Q19" t="s">
         <v>80</v>
       </c>
       <c r="R19" t="s">
         <v>81</v>
       </c>
       <c r="S19" t="s">
         <v>81</v>
       </c>
       <c r="T19" t="s">
         <v>81</v>
       </c>
       <c r="X19" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="Y19" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20">
-        <v>96918</v>
+        <v>97038</v>
       </c>
       <c r="B20" s="1">
-        <v>44809</v>
+        <v>44840</v>
       </c>
       <c r="C20" t="s">
         <v>69</v>
       </c>
       <c r="D20" t="s">
         <v>70</v>
       </c>
       <c r="H20" t="s">
         <v>71</v>
       </c>
       <c r="I20" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="J20" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="K20" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="L20" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="M20" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="N20" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="O20" t="s">
         <v>78</v>
       </c>
       <c r="P20" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="Q20" t="s">
         <v>80</v>
       </c>
       <c r="R20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S20" t="s">
         <v>81</v>
       </c>
       <c r="T20" t="s">
         <v>81</v>
       </c>
       <c r="X20" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="Y20" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21">
-        <v>96882</v>
+        <v>96918</v>
       </c>
       <c r="B21" s="1">
-        <v>44802</v>
+        <v>44809</v>
       </c>
       <c r="C21" t="s">
         <v>69</v>
       </c>
       <c r="D21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
         <v>71</v>
       </c>
       <c r="I21" t="s">
         <v>175</v>
       </c>
       <c r="J21" t="s">
         <v>176</v>
       </c>
       <c r="K21" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="L21" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="M21" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="N21" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="O21" t="s">
         <v>78</v>
       </c>
       <c r="P21" t="s">
         <v>177</v>
       </c>
       <c r="Q21" t="s">
         <v>80</v>
       </c>
       <c r="R21" t="s">
         <v>80</v>
       </c>
       <c r="S21" t="s">
         <v>81</v>
       </c>
       <c r="T21" t="s">
         <v>81</v>
       </c>
       <c r="X21" t="s">
         <v>178</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22">
-        <v>96083</v>
+        <v>96882</v>
       </c>
       <c r="B22" s="1">
-        <v>44585</v>
+        <v>44802</v>
       </c>
       <c r="C22" t="s">
-        <v>118</v>
+        <v>69</v>
       </c>
       <c r="D22" t="s">
-        <v>119</v>
+        <v>70</v>
       </c>
       <c r="H22" t="s">
-        <v>120</v>
+        <v>71</v>
       </c>
       <c r="I22" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="J22" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K22" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="L22" t="s">
-        <v>124</v>
+        <v>138</v>
       </c>
       <c r="M22" t="s">
-        <v>125</v>
+        <v>139</v>
       </c>
       <c r="N22" t="s">
-        <v>126</v>
+        <v>144</v>
       </c>
       <c r="O22" t="s">
         <v>78</v>
       </c>
       <c r="P22" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="Q22" t="s">
         <v>80</v>
       </c>
       <c r="R22" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S22" t="s">
         <v>81</v>
       </c>
       <c r="T22" t="s">
         <v>81</v>
       </c>
       <c r="X22" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23">
-        <v>96081</v>
+        <v>96083</v>
       </c>
       <c r="B23" s="1">
         <v>44585</v>
       </c>
       <c r="C23" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="D23" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H23" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="I23" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="J23" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="K23" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="L23" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="M23" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="N23" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="O23" t="s">
         <v>78</v>
       </c>
       <c r="P23" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="Q23" t="s">
         <v>80</v>
       </c>
       <c r="R23" t="s">
         <v>81</v>
       </c>
       <c r="S23" t="s">
         <v>81</v>
       </c>
       <c r="T23" t="s">
         <v>81</v>
       </c>
       <c r="X23" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="Y23" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24">
         <v>96082</v>
       </c>
       <c r="B24" s="1">
         <v>44585</v>
       </c>
       <c r="C24" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="D24" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H24" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="I24" t="s">
+        <v>188</v>
+      </c>
+      <c r="J24" t="s">
         <v>185</v>
       </c>
-      <c r="J24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K24" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="L24" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="M24" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="O24" t="s">
         <v>78</v>
       </c>
       <c r="P24" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="Q24" t="s">
         <v>80</v>
       </c>
       <c r="R24" t="s">
         <v>81</v>
       </c>
       <c r="S24" t="s">
         <v>81</v>
       </c>
       <c r="T24" t="s">
         <v>81</v>
       </c>
       <c r="X24" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="Y24" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25">
-        <v>96078</v>
+        <v>96081</v>
       </c>
       <c r="B25" s="1">
-        <v>44582</v>
+        <v>44585</v>
       </c>
       <c r="C25" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="D25" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H25" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="I25" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="J25" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="K25" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="L25" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="M25" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="N25" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="O25" t="s">
         <v>78</v>
       </c>
       <c r="P25" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="Q25" t="s">
         <v>80</v>
       </c>
       <c r="R25" t="s">
         <v>81</v>
       </c>
       <c r="S25" t="s">
         <v>81</v>
       </c>
       <c r="T25" t="s">
         <v>81</v>
       </c>
       <c r="X25" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="Y25" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26">
-        <v>95121</v>
+        <v>96078</v>
       </c>
       <c r="B26" s="1">
-        <v>44372</v>
+        <v>44582</v>
       </c>
       <c r="C26" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="D26" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H26" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="I26" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J26" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="K26" t="s">
-        <v>194</v>
+        <v>128</v>
       </c>
       <c r="L26" t="s">
-        <v>195</v>
+        <v>129</v>
       </c>
       <c r="M26" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="N26" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="O26" t="s">
         <v>78</v>
       </c>
       <c r="P26" t="s">
+        <v>195</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>80</v>
+      </c>
+      <c r="R26" t="s">
+        <v>81</v>
+      </c>
+      <c r="S26" t="s">
+        <v>81</v>
+      </c>
+      <c r="T26" t="s">
+        <v>81</v>
+      </c>
+      <c r="X26" t="s">
+        <v>193</v>
+      </c>
+      <c r="Y26" t="s">
         <v>196</v>
-      </c>
-[...16 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27">
-        <v>93818</v>
+        <v>95121</v>
       </c>
       <c r="B27" s="1">
-        <v>44118</v>
+        <v>44372</v>
       </c>
       <c r="C27" t="s">
+        <v>123</v>
+      </c>
+      <c r="D27" t="s">
+        <v>124</v>
+      </c>
+      <c r="H27" t="s">
+        <v>125</v>
+      </c>
+      <c r="I27" t="s">
+        <v>197</v>
+      </c>
+      <c r="J27" t="s">
+        <v>198</v>
+      </c>
+      <c r="K27" t="s">
         <v>199</v>
       </c>
-      <c r="D27" t="s">
+      <c r="L27" t="s">
         <v>200</v>
       </c>
-      <c r="E27" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M27" t="s">
-        <v>208</v>
+        <v>130</v>
       </c>
       <c r="N27" t="s">
-        <v>209</v>
+        <v>131</v>
       </c>
       <c r="O27" t="s">
         <v>78</v>
       </c>
+      <c r="P27" t="s">
+        <v>201</v>
+      </c>
       <c r="Q27" t="s">
         <v>80</v>
       </c>
       <c r="R27" t="s">
         <v>81</v>
       </c>
       <c r="S27" t="s">
         <v>81</v>
       </c>
       <c r="T27" t="s">
         <v>81</v>
       </c>
+      <c r="X27" t="s">
+        <v>202</v>
+      </c>
       <c r="Y27" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28">
-        <v>89695</v>
+        <v>93818</v>
       </c>
       <c r="B28" s="1">
-        <v>43754</v>
+        <v>44118</v>
       </c>
       <c r="C28" t="s">
-        <v>118</v>
+        <v>204</v>
       </c>
       <c r="D28" t="s">
-        <v>119</v>
+        <v>205</v>
+      </c>
+      <c r="E28" t="s">
+        <v>204</v>
+      </c>
+      <c r="F28" t="s">
+        <v>206</v>
+      </c>
+      <c r="G28" t="s">
+        <v>207</v>
       </c>
       <c r="H28" t="s">
-        <v>120</v>
+        <v>208</v>
       </c>
       <c r="I28" t="s">
+        <v>209</v>
+      </c>
+      <c r="J28" t="s">
+        <v>210</v>
+      </c>
+      <c r="K28" t="s">
         <v>211</v>
       </c>
-      <c r="J28" t="s">
+      <c r="L28" t="s">
         <v>212</v>
       </c>
-      <c r="K28" t="s">
-[...2 lines deleted...]
-      <c r="L28" t="s">
+      <c r="M28" t="s">
         <v>213</v>
       </c>
-      <c r="M28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N28" t="s">
-        <v>126</v>
+        <v>214</v>
       </c>
       <c r="O28" t="s">
         <v>78</v>
       </c>
       <c r="Q28" t="s">
         <v>80</v>
       </c>
       <c r="R28" t="s">
         <v>81</v>
       </c>
       <c r="S28" t="s">
         <v>81</v>
       </c>
       <c r="T28" t="s">
         <v>81</v>
       </c>
       <c r="Y28" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29">
-        <v>88746</v>
+        <v>89695</v>
       </c>
       <c r="B29" s="1">
-        <v>43649</v>
+        <v>43754</v>
       </c>
       <c r="C29" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="D29" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H29" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="I29" t="s">
-        <v>215</v>
+        <v>216</v>
+      </c>
+      <c r="J29" t="s">
+        <v>217</v>
       </c>
       <c r="K29" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="L29" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="M29" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="N29" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="O29" t="s">
         <v>78</v>
       </c>
       <c r="Q29" t="s">
         <v>80</v>
       </c>
       <c r="R29" t="s">
         <v>81</v>
       </c>
       <c r="S29" t="s">
         <v>81</v>
       </c>
       <c r="T29" t="s">
         <v>81</v>
       </c>
       <c r="Y29" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30">
-        <v>88744</v>
+        <v>88746</v>
       </c>
       <c r="B30" s="1">
         <v>43649</v>
       </c>
       <c r="C30" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="D30" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H30" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="I30" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="K30" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="L30" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="M30" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="N30" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="O30" t="s">
         <v>78</v>
       </c>
       <c r="Q30" t="s">
         <v>80</v>
       </c>
       <c r="R30" t="s">
         <v>81</v>
       </c>
       <c r="S30" t="s">
         <v>81</v>
       </c>
       <c r="T30" t="s">
         <v>81</v>
       </c>
       <c r="Y30" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31">
-        <v>84968</v>
+        <v>88744</v>
       </c>
       <c r="B31" s="1">
-        <v>43277</v>
+        <v>43649</v>
       </c>
       <c r="C31" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="D31" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H31" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="I31" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K31" t="s">
-        <v>221</v>
+        <v>199</v>
       </c>
       <c r="L31" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="M31" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="N31" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="O31" t="s">
         <v>78</v>
       </c>
       <c r="Q31" t="s">
         <v>80</v>
       </c>
       <c r="R31" t="s">
         <v>81</v>
       </c>
       <c r="S31" t="s">
         <v>81</v>
       </c>
       <c r="T31" t="s">
         <v>81</v>
       </c>
       <c r="Y31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32">
+        <v>84968</v>
+      </c>
+      <c r="B32" s="1">
+        <v>43277</v>
+      </c>
+      <c r="C32" t="s">
+        <v>123</v>
+      </c>
+      <c r="D32" t="s">
+        <v>124</v>
+      </c>
+      <c r="H32" t="s">
+        <v>125</v>
+      </c>
+      <c r="I32" t="s">
+        <v>224</v>
+      </c>
+      <c r="J32" t="s">
+        <v>225</v>
+      </c>
+      <c r="K32" t="s">
+        <v>226</v>
+      </c>
+      <c r="L32" t="s">
+        <v>218</v>
+      </c>
+      <c r="M32" t="s">
+        <v>130</v>
+      </c>
+      <c r="N32" t="s">
+        <v>131</v>
+      </c>
+      <c r="O32" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>80</v>
+      </c>
+      <c r="R32" t="s">
+        <v>81</v>
+      </c>
+      <c r="S32" t="s">
+        <v>81</v>
+      </c>
+      <c r="T32" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="33" spans="1:25">
+      <c r="A33">
         <v>84426</v>
       </c>
-      <c r="B32" s="1">
+      <c r="B33" s="1">
         <v>43206</v>
       </c>
-      <c r="C32" t="s">
-[...20 lines deleted...]
-      <c r="J32" t="s">
+      <c r="C33" t="s">
+        <v>123</v>
+      </c>
+      <c r="D33" t="s">
+        <v>124</v>
+      </c>
+      <c r="E33" t="s">
+        <v>228</v>
+      </c>
+      <c r="F33" t="s">
+        <v>229</v>
+      </c>
+      <c r="G33" t="s">
+        <v>230</v>
+      </c>
+      <c r="H33" t="s">
+        <v>125</v>
+      </c>
+      <c r="I33" t="s">
+        <v>231</v>
+      </c>
+      <c r="J33" t="s">
+        <v>232</v>
+      </c>
+      <c r="K33" t="s">
+        <v>199</v>
+      </c>
+      <c r="L33" t="s">
+        <v>218</v>
+      </c>
+      <c r="M33" t="s">
+        <v>233</v>
+      </c>
+      <c r="N33" t="s">
+        <v>131</v>
+      </c>
+      <c r="O33" t="s">
+        <v>234</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>80</v>
+      </c>
+      <c r="R33" t="s">
+        <v>81</v>
+      </c>
+      <c r="S33" t="s">
+        <v>81</v>
+      </c>
+      <c r="T33" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y33" t="s">
         <v>227</v>
-      </c>
-[...28 lines deleted...]
-        <v>222</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>