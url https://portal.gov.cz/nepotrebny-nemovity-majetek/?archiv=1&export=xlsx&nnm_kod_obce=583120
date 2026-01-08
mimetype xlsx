--- v0 (2025-11-13)
+++ v1 (2026-01-08)
@@ -435,84 +435,84 @@
   <si>
     <t>Ministerstvo obrany</t>
   </si>
   <si>
     <t>Jedná se o pozemek p.č. 1145/49, lesní pozemek, PUPFL, o výměře 1738 m2, zapsaný na LV č. 1605 pro k.ú. Kounické Předměstí, obec Ivančice v podílovém spoluvlastnictví, kdy id. 2/18 tohoto pozemku jsou ve vlastnictví ČR s právem hospodařit pro VLS ČR, s.p. a zbylé podíly jsou ve spoluvlastnictví celkem sedmi nedostatečně identifikovaných vlastníků s neznámou adresou.</t>
   </si>
   <si>
     <t>2021-05-15</t>
   </si>
   <si>
     <t>739532159</t>
   </si>
   <si>
     <t>ivana.sediva@vls.cz</t>
   </si>
   <si>
     <t>Ivana Šedivá</t>
   </si>
   <si>
     <t>ŘSP</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
+    <t>Pozemky p.č. 2118/32 atd. uvedené v příloze jsou zapsány na LV č. 189 pro k.ú. a obec Ivančice. Tvoří roztroušenou nesouvislou držbu zbylých pozemků po proběhlých restitucích dle zákona č. 229/1991 Sb, a přímo sousedí s četnými pozemky ve vlastnictví fyzických osob a s pozemky města.</t>
+  </si>
+  <si>
+    <t>2020-10-19</t>
+  </si>
+  <si>
+    <t>Ivančice, Ivančice, okres Brno-venkov</t>
+  </si>
+  <si>
+    <t>2637530</t>
+  </si>
+  <si>
     <t xml:space="preserve">Jedná se o pozemek p.č. 1213/4, lesní pozemek, PUPFL, o výměře 61 m2, p.č. 1631/4, lesní pozemek, PUPFL, o výměře 4584 m2, p.č. 2748/2, ostatní plocha, ostatní komunikace, o výměře 103 m2, p.č. 1145/41, lesní pozemek, PUPFL, o výměře 655 m2, p.č. 1145/42, lesní pozemek, PUPFL, o výměře 375 m2, p.č. 1145/43, lesní pozemek, PUPFL, o výměře 24 m2 a p.č. 1145/77, lesní pozemek, PUPFL, o výměře 24 m2, vše zapsané na LV č. 189 pro k.ú. Kounické Předměstí, obec Ivančice. </t>
   </si>
   <si>
-    <t>2020-10-19</t>
-[...1 lines deleted...]
-  <si>
     <t>93262</t>
   </si>
   <si>
-    <t>Pozemky p.č. 2118/32 atd. uvedené v příloze jsou zapsány na LV č. 189 pro k.ú. a obec Ivančice. Tvoří roztroušenou nesouvislou držbu zbylých pozemků po proběhlých restitucích dle zákona č. 229/1991 Sb, a přímo sousedí s četnými pozemky ve vlastnictví fyzických osob a s pozemky města.</t>
-[...7 lines deleted...]
-  <si>
     <t>Jedná se o pozemek p.č. 1145/27, lesní pozemek, PUPFL, o výměře 4177 m2, p. č. 1213/3, lesní pozemek, PUPFL, o výměře 921 m2 a p.č. 2791/41, vodní plocha, o výměře 2 m2, vše zapsané na LV č. 2632 pro k.ú. Kounické Předměstí, obec Ivančice. Pozemky jsou v podílovém spoluvlastnictví, id. 1/2 těchto pozemků je ve vlastnictví ČR s právem hospodařit pro VLS ČR, s.p. a id. 1/2 je ve vlastnictví jiného vlastníka.</t>
   </si>
   <si>
     <t>56070</t>
   </si>
   <si>
+    <t>Jedná se o pozemek p.č. 1025/85, lesní pozemek, PUPFL, o výměře 1309 m2, zapsaný na LV č. 1613 pro k.ú. Kounické Předměstí, obec Ivančice. Pozemek je v podílovém spoluvlastnictví, id. 1/2 tohoto pozemku je ve vlastnictví ČR s právem hospodařit pro VLS ČR, s.p. a id. 1/2 je ve vlastnictví jiného vlastníka.</t>
+  </si>
+  <si>
+    <t>4160</t>
+  </si>
+  <si>
     <t>Jedná se o pozemek p.č. 2121/4, lesní pozemek, PUPFL, o výměře 5174 m2, p.č. 2197/2, trvalý travní porost, o výměře 822 m2 a p.č. 2197/3, trvalý travní porost, o výměře 1547 m2, vše zapsané na LV č. 2786 pro k.ú. a obec Ivančice. Pozemky jsou v podílovém spoluvlastnictví, kdy id. 1/2 těchto pozemků je ve vlastnictví ČR s právem hospodařit pro VLS ČR, s.p. a id. 1/2 je ve vlastnictví jiného vlastníka.</t>
   </si>
   <si>
     <t>63510</t>
-  </si>
-[...4 lines deleted...]
-    <t>4160</t>
   </si>
   <si>
     <t xml:space="preserve">Soubor 76 pozemků uvedených v příloze tvoří roztroušenou držbu zbylých po proběhlých restitucích dle zákona č. 229/1991 Sb., a přímo sousedí s četnými pozemky ve vlastnictví fyzických osob a dále s pozemky města Ivančice resp. firmy MADREV s.r.o. </t>
   </si>
   <si>
     <t>2020-09-07</t>
   </si>
   <si>
     <t>4039322</t>
   </si>
   <si>
     <t>MZe ČR</t>
   </si>
   <si>
     <t xml:space="preserve">Lesní pozemek PKN 1395/7 k.ú. Němčice u Ivančic o výměře 952 m2. Porost je tvořen přestárlou akátovou kmenovinou s podrostem keřů, sousedí se stání silnicí z Ivančic do Moravského Krumlova. </t>
   </si>
   <si>
     <t>724524911</t>
   </si>
   <si>
     <t>jana.schmidova@lesycr.cz</t>
   </si>
   <si>
     <t>Bc. Schmidová</t>
   </si>
@@ -1660,137 +1660,137 @@
       </c>
       <c r="O9" t="s">
         <v>91</v>
       </c>
       <c r="P9" t="s">
         <v>92</v>
       </c>
       <c r="Q9" t="s">
         <v>80</v>
       </c>
       <c r="R9" t="s">
         <v>81</v>
       </c>
       <c r="S9" t="s">
         <v>81</v>
       </c>
       <c r="T9" t="s">
         <v>81</v>
       </c>
       <c r="Y9" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>93624</v>
+        <v>93623</v>
       </c>
       <c r="B10" s="1">
         <v>44092</v>
       </c>
       <c r="C10" t="s">
         <v>131</v>
       </c>
       <c r="D10" t="s">
         <v>132</v>
       </c>
       <c r="H10" t="s">
         <v>133</v>
       </c>
       <c r="I10" t="s">
         <v>141</v>
       </c>
       <c r="J10" t="s">
         <v>142</v>
       </c>
       <c r="K10" t="s">
         <v>136</v>
       </c>
       <c r="L10" t="s">
         <v>137</v>
       </c>
       <c r="M10" t="s">
         <v>138</v>
       </c>
       <c r="N10" t="s">
         <v>139</v>
       </c>
       <c r="O10" t="s">
-        <v>91</v>
+        <v>143</v>
       </c>
       <c r="Q10" t="s">
         <v>80</v>
       </c>
       <c r="R10" t="s">
         <v>81</v>
       </c>
       <c r="S10" t="s">
         <v>81</v>
       </c>
       <c r="T10" t="s">
         <v>81</v>
       </c>
       <c r="Y10" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>93623</v>
+        <v>93624</v>
       </c>
       <c r="B11" s="1">
         <v>44092</v>
       </c>
       <c r="C11" t="s">
         <v>131</v>
       </c>
       <c r="D11" t="s">
         <v>132</v>
       </c>
       <c r="H11" t="s">
         <v>133</v>
       </c>
       <c r="I11" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="J11" t="s">
         <v>142</v>
       </c>
       <c r="K11" t="s">
         <v>136</v>
       </c>
       <c r="L11" t="s">
         <v>137</v>
       </c>
       <c r="M11" t="s">
         <v>138</v>
       </c>
       <c r="N11" t="s">
         <v>139</v>
       </c>
       <c r="O11" t="s">
-        <v>145</v>
+        <v>91</v>
       </c>
       <c r="Q11" t="s">
         <v>80</v>
       </c>
       <c r="R11" t="s">
         <v>81</v>
       </c>
       <c r="S11" t="s">
         <v>81</v>
       </c>
       <c r="T11" t="s">
         <v>81</v>
       </c>
       <c r="Y11" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
         <v>93625</v>
       </c>
       <c r="B12" s="1">
         <v>44092</v>
       </c>
       <c r="C12" t="s">
@@ -1819,137 +1819,137 @@
       </c>
       <c r="N12" t="s">
         <v>139</v>
       </c>
       <c r="O12" t="s">
         <v>91</v>
       </c>
       <c r="Q12" t="s">
         <v>80</v>
       </c>
       <c r="R12" t="s">
         <v>81</v>
       </c>
       <c r="S12" t="s">
         <v>81</v>
       </c>
       <c r="T12" t="s">
         <v>81</v>
       </c>
       <c r="Y12" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>93610</v>
+        <v>93615</v>
       </c>
       <c r="B13" s="1">
         <v>44091</v>
       </c>
       <c r="C13" t="s">
         <v>131</v>
       </c>
       <c r="D13" t="s">
         <v>132</v>
       </c>
       <c r="H13" t="s">
         <v>133</v>
       </c>
       <c r="I13" t="s">
         <v>149</v>
       </c>
       <c r="J13" t="s">
         <v>142</v>
       </c>
       <c r="K13" t="s">
         <v>136</v>
       </c>
       <c r="L13" t="s">
         <v>137</v>
       </c>
       <c r="M13" t="s">
         <v>138</v>
       </c>
       <c r="N13" t="s">
         <v>139</v>
       </c>
       <c r="O13" t="s">
-        <v>145</v>
+        <v>91</v>
       </c>
       <c r="Q13" t="s">
         <v>80</v>
       </c>
       <c r="R13" t="s">
         <v>81</v>
       </c>
       <c r="S13" t="s">
         <v>81</v>
       </c>
       <c r="T13" t="s">
         <v>81</v>
       </c>
       <c r="Y13" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>93615</v>
+        <v>93610</v>
       </c>
       <c r="B14" s="1">
         <v>44091</v>
       </c>
       <c r="C14" t="s">
         <v>131</v>
       </c>
       <c r="D14" t="s">
         <v>132</v>
       </c>
       <c r="H14" t="s">
         <v>133</v>
       </c>
       <c r="I14" t="s">
         <v>151</v>
       </c>
       <c r="J14" t="s">
         <v>142</v>
       </c>
       <c r="K14" t="s">
         <v>136</v>
       </c>
       <c r="L14" t="s">
         <v>137</v>
       </c>
       <c r="M14" t="s">
         <v>138</v>
       </c>
       <c r="N14" t="s">
         <v>139</v>
       </c>
       <c r="O14" t="s">
-        <v>91</v>
+        <v>143</v>
       </c>
       <c r="Q14" t="s">
         <v>80</v>
       </c>
       <c r="R14" t="s">
         <v>81</v>
       </c>
       <c r="S14" t="s">
         <v>81</v>
       </c>
       <c r="T14" t="s">
         <v>81</v>
       </c>
       <c r="Y14" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
         <v>93449</v>
       </c>
       <c r="B15" s="1">
         <v>44049</v>
       </c>
       <c r="C15" t="s">
@@ -2061,51 +2061,51 @@
       <c r="D17" t="s">
         <v>132</v>
       </c>
       <c r="H17" t="s">
         <v>133</v>
       </c>
       <c r="I17" t="s">
         <v>163</v>
       </c>
       <c r="J17" t="s">
         <v>164</v>
       </c>
       <c r="K17" t="s">
         <v>165</v>
       </c>
       <c r="L17" t="s">
         <v>166</v>
       </c>
       <c r="M17" t="s">
         <v>167</v>
       </c>
       <c r="N17" t="s">
         <v>168</v>
       </c>
       <c r="O17" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="Q17" t="s">
         <v>80</v>
       </c>
       <c r="R17" t="s">
         <v>81</v>
       </c>
       <c r="S17" t="s">
         <v>81</v>
       </c>
       <c r="T17" t="s">
         <v>81</v>
       </c>
       <c r="Y17" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18">
         <v>89375</v>
       </c>
       <c r="B18" s="1">
         <v>43738</v>
       </c>
       <c r="C18" t="s">