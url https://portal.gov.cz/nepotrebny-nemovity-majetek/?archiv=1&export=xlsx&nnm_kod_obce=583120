--- v1 (2026-01-08)
+++ v2 (2026-03-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="365" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="381" uniqueCount="193">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -225,113 +225,125 @@
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
+    <t>Ministerstvo zemědělství ČR</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 2034, 2040/8, 488/28, 2486/5 a 2442/3 k.ú. Kounické Předměstí</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>725257511</t>
+  </si>
+  <si>
+    <t>veronika.sedlackova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Sedláčková</t>
+  </si>
+  <si>
+    <t>LZ Židlochovice</t>
+  </si>
+  <si>
+    <t>Kounické Předměstí, Ivančice, okres Brno-venkov</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 488/28 – lesní pozemek o výměře 58 m2, p.č. 2034 – lesní pozemek o výměře 1592 m2, p.č. 2040/8 – lesní pozemek o výměře 61 m2, p.č. 2442/3 – ostatní plocha o výměře 1006 m2, p.č. 2486/5 – lesní pozemek o výměře 701 m2, vše dosud zapsáno v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Brno-venkov, na LV č. 2781, pro k.ú. Kounické Předměstí, obec Ivančice. Výše uvedené pozemky na sebe nenavazují, jsou roztroušeny v katastru Kounické Předměstí. Jejich celková výměra činí 3 418 m2. Pozemky p.č. 488/28, 2034, 2040/8 a 2486/5 jsou v územním plánu vedeny v ploše LE – plochy lesní, pozemek p.č. 2442/3 v ploše MNp – plochy smíšené nezastavěného území – přírodní priority. Na pozemcích 488/28 a 2040/8 je evidováno bezlesí, na pozemku p.č. 2034 (834F07), a na p.č. 2486/5 (834E07) se nachází akátový porost ve věku cca 69 let, na pozemku p.č. 2442/3 se nachází porost akátu a jasanu ve věku 15 let, cca 120 m2 tvoří polní cesta.</t>
+  </si>
+  <si>
+    <t>59370</t>
+  </si>
+  <si>
     <t xml:space="preserve">Ministerstvo zemědělství </t>
   </si>
   <si>
     <t>Prodej pozemků v k.ú. Hrubšice S 311/25</t>
   </si>
   <si>
     <t>2025-10-17</t>
   </si>
   <si>
     <t>956148106</t>
   </si>
   <si>
     <t>dana.ruskova@lesycr.cz</t>
   </si>
   <si>
     <t>Ing. Dana Rusková</t>
   </si>
   <si>
     <t>Lesní správa Třebíč</t>
   </si>
   <si>
     <t>Hrubšice, Ivančice, okres Brno-venkov</t>
   </si>
   <si>
     <t>452/2, 451/5</t>
   </si>
   <si>
-    <t>ano</t>
-[...4 lines deleted...]
-  <si>
     <t>Jedná se o prodej lesních pozemků v k.ú. Hrubšice o celkové výměře 7188 m2, prodej formou VŘ</t>
   </si>
   <si>
     <t>143760</t>
   </si>
   <si>
-    <t>Ministerstvo zemědělství ČR</t>
-[...1 lines deleted...]
-  <si>
     <t>Spoluvlastnický podíl 8/9 k pozemku p.č. 1145/49 k.ú. Kounické Předměstí</t>
   </si>
   <si>
     <t>2025-04-12</t>
   </si>
   <si>
-    <t>725257511</t>
-[...13 lines deleted...]
-  <si>
     <t>1145/49</t>
   </si>
   <si>
     <t>Jedná se o malý pozemek, velikost spoluvlastnického podílu vyjádřená výměrou činí 0,1545 ha. V platném územním plánu je veden v ploše LE – plochy lesní. Dle výpisu z LHO (111Cb10), se na většině výměry pozemku nachází mýtný porost dubu zimního s příměsí akátu, na 200 m2 potom akátový porost ve věku 18 let (111Cb02).</t>
   </si>
   <si>
     <t>53036</t>
   </si>
   <si>
     <t>PKN 396/21 k.ú. Alexovice</t>
   </si>
   <si>
     <t>2024-05-23</t>
   </si>
   <si>
     <t>Alexovice, Ivančice, okres Brno-venkov</t>
   </si>
   <si>
     <t>396/21</t>
   </si>
   <si>
     <t xml:space="preserve">Pozemek p.č. 396/21 o výměře 48 m2, který vznikl oddělením z pozemku p.č. 396/5 k.ú. Alexovice na základě GP. Nachází v souvislé zástavbě místní části Alexovice. Pozemek leží vedle rodinného domu stojícího na pozemku PKN st. 597 k.ú. Němčice u Ivančic. Vlastníci rodinného domu jej užívají na základě nájemní smlouvy jako předzahrádku a vjezd do dvora. V platném územním plánu obce je řazen do ploch PV – plochy veřejných prostranství. </t>
   </si>
   <si>
     <t>61390</t>
@@ -435,66 +447,66 @@
   <si>
     <t>Ministerstvo obrany</t>
   </si>
   <si>
     <t>Jedná se o pozemek p.č. 1145/49, lesní pozemek, PUPFL, o výměře 1738 m2, zapsaný na LV č. 1605 pro k.ú. Kounické Předměstí, obec Ivančice v podílovém spoluvlastnictví, kdy id. 2/18 tohoto pozemku jsou ve vlastnictví ČR s právem hospodařit pro VLS ČR, s.p. a zbylé podíly jsou ve spoluvlastnictví celkem sedmi nedostatečně identifikovaných vlastníků s neznámou adresou.</t>
   </si>
   <si>
     <t>2021-05-15</t>
   </si>
   <si>
     <t>739532159</t>
   </si>
   <si>
     <t>ivana.sediva@vls.cz</t>
   </si>
   <si>
     <t>Ivana Šedivá</t>
   </si>
   <si>
     <t>ŘSP</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
+    <t xml:space="preserve">Jedná se o pozemek p.č. 1213/4, lesní pozemek, PUPFL, o výměře 61 m2, p.č. 1631/4, lesní pozemek, PUPFL, o výměře 4584 m2, p.č. 2748/2, ostatní plocha, ostatní komunikace, o výměře 103 m2, p.č. 1145/41, lesní pozemek, PUPFL, o výměře 655 m2, p.č. 1145/42, lesní pozemek, PUPFL, o výměře 375 m2, p.č. 1145/43, lesní pozemek, PUPFL, o výměře 24 m2 a p.č. 1145/77, lesní pozemek, PUPFL, o výměře 24 m2, vše zapsané na LV č. 189 pro k.ú. Kounické Předměstí, obec Ivančice. </t>
+  </si>
+  <si>
+    <t>2020-10-19</t>
+  </si>
+  <si>
+    <t>93262</t>
+  </si>
+  <si>
     <t>Pozemky p.č. 2118/32 atd. uvedené v příloze jsou zapsány na LV č. 189 pro k.ú. a obec Ivančice. Tvoří roztroušenou nesouvislou držbu zbylých pozemků po proběhlých restitucích dle zákona č. 229/1991 Sb, a přímo sousedí s četnými pozemky ve vlastnictví fyzických osob a s pozemky města.</t>
   </si>
   <si>
-    <t>2020-10-19</t>
-[...1 lines deleted...]
-  <si>
     <t>Ivančice, Ivančice, okres Brno-venkov</t>
   </si>
   <si>
     <t>2637530</t>
-  </si>
-[...4 lines deleted...]
-    <t>93262</t>
   </si>
   <si>
     <t>Jedná se o pozemek p.č. 1145/27, lesní pozemek, PUPFL, o výměře 4177 m2, p. č. 1213/3, lesní pozemek, PUPFL, o výměře 921 m2 a p.č. 2791/41, vodní plocha, o výměře 2 m2, vše zapsané na LV č. 2632 pro k.ú. Kounické Předměstí, obec Ivančice. Pozemky jsou v podílovém spoluvlastnictví, id. 1/2 těchto pozemků je ve vlastnictví ČR s právem hospodařit pro VLS ČR, s.p. a id. 1/2 je ve vlastnictví jiného vlastníka.</t>
   </si>
   <si>
     <t>56070</t>
   </si>
   <si>
     <t>Jedná se o pozemek p.č. 1025/85, lesní pozemek, PUPFL, o výměře 1309 m2, zapsaný na LV č. 1613 pro k.ú. Kounické Předměstí, obec Ivančice. Pozemek je v podílovém spoluvlastnictví, id. 1/2 tohoto pozemku je ve vlastnictví ČR s právem hospodařit pro VLS ČR, s.p. a id. 1/2 je ve vlastnictví jiného vlastníka.</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
     <t>Jedná se o pozemek p.č. 2121/4, lesní pozemek, PUPFL, o výměře 5174 m2, p.č. 2197/2, trvalý travní porost, o výměře 822 m2 a p.č. 2197/3, trvalý travní porost, o výměře 1547 m2, vše zapsané na LV č. 2786 pro k.ú. a obec Ivančice. Pozemky jsou v podílovém spoluvlastnictví, kdy id. 1/2 těchto pozemků je ve vlastnictví ČR s právem hospodařit pro VLS ČR, s.p. a id. 1/2 je ve vlastnictví jiného vlastníka.</t>
   </si>
   <si>
     <t>63510</t>
   </si>
   <si>
     <t xml:space="preserve">Soubor 76 pozemků uvedených v příloze tvoří roztroušenou držbu zbylých po proběhlých restitucích dle zákona č. 229/1991 Sb., a přímo sousedí s četnými pozemky ve vlastnictví fyzických osob a dále s pozemky města Ivančice resp. firmy MADREV s.r.o. </t>
   </si>
   <si>
     <t>2020-09-07</t>
   </si>
@@ -916,82 +928,82 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ20"/>
+  <dimension ref="A1:BQ21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="36.7109375" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="52.7109375" customWidth="1"/>
     <col min="6" max="6" width="51.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="42.7109375" customWidth="1"/>
     <col min="9" max="9" width="994.7109375" customWidth="1"/>
     <col min="10" max="10" width="13.7109375" customWidth="1"/>
     <col min="11" max="11" width="15.7109375" customWidth="1"/>
     <col min="12" max="12" width="31.7109375" customWidth="1"/>
     <col min="13" max="14" width="26.7109375" customWidth="1"/>
     <col min="15" max="15" width="49.7109375" customWidth="1"/>
     <col min="16" max="16" width="37.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="438.7109375" customWidth="1"/>
+    <col min="24" max="24" width="962.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="17.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
     <col min="47" max="47" width="17.7109375" customWidth="1"/>
     <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
@@ -1206,1086 +1218,1142 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>105461</v>
+        <v>106890</v>
       </c>
       <c r="B2" s="1">
-        <v>45916</v>
+        <v>46055</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
       <c r="N2" t="s">
         <v>77</v>
       </c>
       <c r="O2" t="s">
         <v>78</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>79</v>
       </c>
-      <c r="Q2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R2" t="s">
+        <v>80</v>
+      </c>
+      <c r="S2" t="s">
+        <v>80</v>
+      </c>
+      <c r="T2" t="s">
+        <v>80</v>
+      </c>
+      <c r="X2" t="s">
         <v>81</v>
       </c>
-      <c r="S2" t="s">
-[...5 lines deleted...]
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>104337</v>
+        <v>105461</v>
       </c>
       <c r="B3" s="1">
-        <v>45728</v>
+        <v>45916</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I3" t="s">
         <v>84</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J3" t="s">
         <v>85</v>
       </c>
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>86</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>87</v>
       </c>
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>88</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>89</v>
       </c>
-      <c r="N3" t="s">
+      <c r="O3" t="s">
         <v>90</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>91</v>
       </c>
-      <c r="P3" t="s">
+      <c r="Q3" t="s">
+        <v>79</v>
+      </c>
+      <c r="R3" t="s">
+        <v>80</v>
+      </c>
+      <c r="S3" t="s">
+        <v>80</v>
+      </c>
+      <c r="T3" t="s">
+        <v>80</v>
+      </c>
+      <c r="X3" t="s">
         <v>92</v>
       </c>
-      <c r="Q3" t="s">
-[...11 lines deleted...]
-      <c r="X3" t="s">
+      <c r="Y3" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>101690</v>
+        <v>104337</v>
       </c>
       <c r="B4" s="1">
-        <v>45404</v>
+        <v>45728</v>
       </c>
       <c r="C4" t="s">
         <v>69</v>
       </c>
       <c r="D4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="I4" t="s">
+        <v>94</v>
+      </c>
+      <c r="J4" t="s">
         <v>95</v>
       </c>
-      <c r="J4" t="s">
+      <c r="K4" t="s">
+        <v>74</v>
+      </c>
+      <c r="L4" t="s">
+        <v>75</v>
+      </c>
+      <c r="M4" t="s">
+        <v>76</v>
+      </c>
+      <c r="N4" t="s">
+        <v>77</v>
+      </c>
+      <c r="O4" t="s">
+        <v>78</v>
+      </c>
+      <c r="P4" t="s">
         <v>96</v>
       </c>
-      <c r="K4" t="s">
-[...11 lines deleted...]
-      <c r="O4" t="s">
+      <c r="Q4" t="s">
+        <v>79</v>
+      </c>
+      <c r="R4" t="s">
+        <v>80</v>
+      </c>
+      <c r="S4" t="s">
+        <v>80</v>
+      </c>
+      <c r="T4" t="s">
+        <v>80</v>
+      </c>
+      <c r="X4" t="s">
         <v>97</v>
       </c>
-      <c r="P4" t="s">
+      <c r="Y4" t="s">
         <v>98</v>
-      </c>
-[...16 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>98055</v>
+        <v>101690</v>
       </c>
       <c r="B5" s="1">
-        <v>45096</v>
+        <v>45404</v>
       </c>
       <c r="C5" t="s">
+        <v>69</v>
+      </c>
+      <c r="D5" t="s">
+        <v>70</v>
+      </c>
+      <c r="H5" t="s">
+        <v>71</v>
+      </c>
+      <c r="I5" t="s">
+        <v>99</v>
+      </c>
+      <c r="J5" t="s">
+        <v>100</v>
+      </c>
+      <c r="K5" t="s">
+        <v>74</v>
+      </c>
+      <c r="L5" t="s">
+        <v>75</v>
+      </c>
+      <c r="M5" t="s">
+        <v>76</v>
+      </c>
+      <c r="N5" t="s">
+        <v>77</v>
+      </c>
+      <c r="O5" t="s">
         <v>101</v>
       </c>
-      <c r="D5" t="s">
+      <c r="P5" t="s">
         <v>102</v>
       </c>
-      <c r="E5" t="s">
-[...2 lines deleted...]
-      <c r="F5" t="s">
+      <c r="Q5" t="s">
+        <v>79</v>
+      </c>
+      <c r="R5" t="s">
+        <v>80</v>
+      </c>
+      <c r="S5" t="s">
+        <v>80</v>
+      </c>
+      <c r="T5" t="s">
+        <v>80</v>
+      </c>
+      <c r="X5" t="s">
         <v>103</v>
       </c>
-      <c r="G5" t="s">
+      <c r="Y5" t="s">
         <v>104</v>
-      </c>
-[...34 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>96451</v>
+        <v>98055</v>
       </c>
       <c r="B6" s="1">
-        <v>44683</v>
+        <v>45096</v>
       </c>
       <c r="C6" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D6" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="E6" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F6" t="s">
+        <v>107</v>
+      </c>
+      <c r="G6" t="s">
+        <v>108</v>
+      </c>
+      <c r="H6" t="s">
+        <v>109</v>
+      </c>
+      <c r="I6" t="s">
+        <v>110</v>
+      </c>
+      <c r="J6" t="s">
         <v>111</v>
       </c>
-      <c r="G6" t="s">
-[...5 lines deleted...]
-      <c r="I6" t="s">
+      <c r="L6" t="s">
         <v>112</v>
       </c>
-      <c r="J6" t="s">
+      <c r="O6" t="s">
+        <v>78</v>
+      </c>
+      <c r="P6" t="s">
         <v>113</v>
       </c>
-      <c r="L6" t="s">
-[...2 lines deleted...]
-      <c r="O6" t="s">
+      <c r="Q6" t="s">
+        <v>79</v>
+      </c>
+      <c r="R6" t="s">
+        <v>80</v>
+      </c>
+      <c r="S6" t="s">
+        <v>80</v>
+      </c>
+      <c r="T6" t="s">
+        <v>80</v>
+      </c>
+      <c r="X6" t="s">
+        <v>110</v>
+      </c>
+      <c r="Y6" t="s">
         <v>114</v>
-      </c>
-[...19 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>95549</v>
+        <v>96451</v>
       </c>
       <c r="B7" s="1">
-        <v>44482</v>
+        <v>44683</v>
       </c>
       <c r="C7" t="s">
+        <v>105</v>
+      </c>
+      <c r="D7" t="s">
+        <v>106</v>
+      </c>
+      <c r="E7" t="s">
+        <v>105</v>
+      </c>
+      <c r="F7" t="s">
+        <v>115</v>
+      </c>
+      <c r="G7" t="s">
+        <v>108</v>
+      </c>
+      <c r="H7" t="s">
+        <v>109</v>
+      </c>
+      <c r="I7" t="s">
+        <v>116</v>
+      </c>
+      <c r="J7" t="s">
         <v>117</v>
       </c>
-      <c r="D7" t="s">
+      <c r="L7" t="s">
+        <v>112</v>
+      </c>
+      <c r="O7" t="s">
         <v>118</v>
       </c>
-      <c r="H7" t="s">
+      <c r="P7" t="s">
         <v>119</v>
       </c>
-      <c r="I7" t="s">
+      <c r="Q7" t="s">
+        <v>79</v>
+      </c>
+      <c r="R7" t="s">
+        <v>80</v>
+      </c>
+      <c r="S7" t="s">
+        <v>80</v>
+      </c>
+      <c r="T7" t="s">
+        <v>80</v>
+      </c>
+      <c r="X7" t="s">
+        <v>116</v>
+      </c>
+      <c r="Y7" t="s">
         <v>120</v>
-      </c>
-[...37 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>94923</v>
+        <v>95549</v>
       </c>
       <c r="B8" s="1">
-        <v>44329</v>
+        <v>44482</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>121</v>
       </c>
       <c r="D8" t="s">
-        <v>70</v>
+        <v>122</v>
       </c>
       <c r="H8" t="s">
-        <v>84</v>
+        <v>123</v>
       </c>
       <c r="I8" t="s">
+        <v>124</v>
+      </c>
+      <c r="J8" t="s">
+        <v>125</v>
+      </c>
+      <c r="K8" t="s">
+        <v>126</v>
+      </c>
+      <c r="L8" t="s">
+        <v>127</v>
+      </c>
+      <c r="M8" t="s">
         <v>128</v>
       </c>
-      <c r="J8" t="s">
+      <c r="N8" t="s">
         <v>129</v>
       </c>
-      <c r="K8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O8" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="P8" t="s">
         <v>130</v>
       </c>
       <c r="Q8" t="s">
-        <v>80</v>
+        <v>79</v>
+      </c>
+      <c r="R8" t="s">
+        <v>80</v>
+      </c>
+      <c r="S8" t="s">
+        <v>80</v>
+      </c>
+      <c r="T8" t="s">
+        <v>80</v>
+      </c>
+      <c r="X8" t="s">
+        <v>124</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>94846</v>
+        <v>94923</v>
       </c>
       <c r="B9" s="1">
-        <v>44300</v>
+        <v>44329</v>
       </c>
       <c r="C9" t="s">
-        <v>131</v>
+        <v>69</v>
       </c>
       <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" t="s">
+        <v>71</v>
+      </c>
+      <c r="I9" t="s">
         <v>132</v>
       </c>
-      <c r="H9" t="s">
+      <c r="J9" t="s">
         <v>133</v>
       </c>
-      <c r="I9" t="s">
+      <c r="K9" t="s">
+        <v>74</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>77</v>
+      </c>
+      <c r="O9" t="s">
+        <v>101</v>
+      </c>
+      <c r="P9" t="s">
         <v>134</v>
       </c>
-      <c r="J9" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="Q9" t="s">
-        <v>80</v>
-[...11 lines deleted...]
-        <v>140</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>93623</v>
+        <v>94846</v>
       </c>
       <c r="B10" s="1">
-        <v>44092</v>
+        <v>44300</v>
       </c>
       <c r="C10" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D10" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="H10" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="I10" t="s">
+        <v>138</v>
+      </c>
+      <c r="J10" t="s">
+        <v>139</v>
+      </c>
+      <c r="K10" t="s">
+        <v>140</v>
+      </c>
+      <c r="L10" t="s">
         <v>141</v>
       </c>
-      <c r="J10" t="s">
+      <c r="M10" t="s">
         <v>142</v>
       </c>
-      <c r="K10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N10" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="O10" t="s">
-        <v>143</v>
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
       </c>
       <c r="Q10" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R10" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S10" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T10" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Y10" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
         <v>93624</v>
       </c>
       <c r="B11" s="1">
         <v>44092</v>
       </c>
       <c r="C11" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D11" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="H11" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="I11" t="s">
         <v>145</v>
       </c>
       <c r="J11" t="s">
+        <v>146</v>
+      </c>
+      <c r="K11" t="s">
+        <v>140</v>
+      </c>
+      <c r="L11" t="s">
+        <v>141</v>
+      </c>
+      <c r="M11" t="s">
         <v>142</v>
       </c>
-      <c r="K11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N11" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="O11" t="s">
-        <v>91</v>
+        <v>78</v>
       </c>
       <c r="Q11" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R11" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S11" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T11" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Y11" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>93625</v>
+        <v>93623</v>
       </c>
       <c r="B12" s="1">
         <v>44092</v>
       </c>
       <c r="C12" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D12" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="H12" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="I12" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="J12" t="s">
+        <v>146</v>
+      </c>
+      <c r="K12" t="s">
+        <v>140</v>
+      </c>
+      <c r="L12" t="s">
+        <v>141</v>
+      </c>
+      <c r="M12" t="s">
         <v>142</v>
       </c>
-      <c r="K12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N12" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="O12" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="Q12" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Y12" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>93615</v>
+        <v>93625</v>
       </c>
       <c r="B13" s="1">
-        <v>44091</v>
+        <v>44092</v>
       </c>
       <c r="C13" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D13" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="H13" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="I13" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="J13" t="s">
+        <v>146</v>
+      </c>
+      <c r="K13" t="s">
+        <v>140</v>
+      </c>
+      <c r="L13" t="s">
+        <v>141</v>
+      </c>
+      <c r="M13" t="s">
         <v>142</v>
       </c>
-      <c r="K13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N13" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="O13" t="s">
-        <v>91</v>
+        <v>78</v>
       </c>
       <c r="Q13" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R13" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S13" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T13" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Y13" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>93610</v>
+        <v>93615</v>
       </c>
       <c r="B14" s="1">
         <v>44091</v>
       </c>
       <c r="C14" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D14" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="H14" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="I14" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="J14" t="s">
+        <v>146</v>
+      </c>
+      <c r="K14" t="s">
+        <v>140</v>
+      </c>
+      <c r="L14" t="s">
+        <v>141</v>
+      </c>
+      <c r="M14" t="s">
         <v>142</v>
       </c>
-      <c r="K14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N14" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="O14" t="s">
-        <v>143</v>
+        <v>78</v>
       </c>
       <c r="Q14" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R14" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S14" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T14" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Y14" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>93449</v>
+        <v>93610</v>
       </c>
       <c r="B15" s="1">
-        <v>44049</v>
+        <v>44091</v>
       </c>
       <c r="C15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D15" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="H15" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="I15" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="J15" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="K15" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="L15" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="M15" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="N15" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="O15" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="Q15" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Y15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
-        <v>93299</v>
+        <v>93449</v>
       </c>
       <c r="B16" s="1">
-        <v>44007</v>
+        <v>44049</v>
       </c>
       <c r="C16" t="s">
-        <v>69</v>
+        <v>135</v>
       </c>
       <c r="D16" t="s">
-        <v>70</v>
+        <v>136</v>
       </c>
       <c r="H16" t="s">
-        <v>156</v>
+        <v>137</v>
       </c>
       <c r="I16" t="s">
         <v>157</v>
       </c>
+      <c r="J16" t="s">
+        <v>158</v>
+      </c>
       <c r="K16" t="s">
-        <v>158</v>
+        <v>140</v>
       </c>
       <c r="L16" t="s">
+        <v>141</v>
+      </c>
+      <c r="M16" t="s">
+        <v>142</v>
+      </c>
+      <c r="N16" t="s">
+        <v>143</v>
+      </c>
+      <c r="O16" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>79</v>
+      </c>
+      <c r="R16" t="s">
+        <v>80</v>
+      </c>
+      <c r="S16" t="s">
+        <v>80</v>
+      </c>
+      <c r="T16" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y16" t="s">
         <v>159</v>
-      </c>
-[...22 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17">
-        <v>92748</v>
+        <v>93299</v>
       </c>
       <c r="B17" s="1">
-        <v>43962</v>
+        <v>44007</v>
       </c>
       <c r="C17" t="s">
-        <v>131</v>
+        <v>69</v>
       </c>
       <c r="D17" t="s">
-        <v>132</v>
+        <v>70</v>
       </c>
       <c r="H17" t="s">
-        <v>133</v>
+        <v>160</v>
       </c>
       <c r="I17" t="s">
+        <v>161</v>
+      </c>
+      <c r="K17" t="s">
+        <v>162</v>
+      </c>
+      <c r="L17" t="s">
         <v>163</v>
       </c>
-      <c r="J17" t="s">
+      <c r="M17" t="s">
         <v>164</v>
       </c>
-      <c r="K17" t="s">
+      <c r="N17" t="s">
+        <v>77</v>
+      </c>
+      <c r="O17" t="s">
         <v>165</v>
       </c>
-      <c r="L17" t="s">
+      <c r="Q17" t="s">
+        <v>79</v>
+      </c>
+      <c r="R17" t="s">
+        <v>80</v>
+      </c>
+      <c r="S17" t="s">
+        <v>80</v>
+      </c>
+      <c r="T17" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y17" t="s">
         <v>166</v>
-      </c>
-[...22 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18">
-        <v>89375</v>
+        <v>92748</v>
       </c>
       <c r="B18" s="1">
-        <v>43738</v>
+        <v>43962</v>
       </c>
       <c r="C18" t="s">
-        <v>69</v>
+        <v>135</v>
       </c>
       <c r="D18" t="s">
-        <v>70</v>
+        <v>136</v>
       </c>
       <c r="H18" t="s">
+        <v>137</v>
+      </c>
+      <c r="I18" t="s">
+        <v>167</v>
+      </c>
+      <c r="J18" t="s">
+        <v>168</v>
+      </c>
+      <c r="K18" t="s">
+        <v>169</v>
+      </c>
+      <c r="L18" t="s">
         <v>170</v>
       </c>
-      <c r="I18" t="s">
+      <c r="M18" t="s">
         <v>171</v>
       </c>
-      <c r="J18" t="s">
+      <c r="N18" t="s">
         <v>172</v>
       </c>
-      <c r="K18" t="s">
-[...5 lines deleted...]
-      <c r="M18" t="s">
+      <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>79</v>
+      </c>
+      <c r="R18" t="s">
+        <v>80</v>
+      </c>
+      <c r="S18" t="s">
+        <v>80</v>
+      </c>
+      <c r="T18" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y18" t="s">
         <v>173</v>
-      </c>
-[...19 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19">
-        <v>85590</v>
+        <v>89375</v>
       </c>
       <c r="B19" s="1">
-        <v>43392</v>
+        <v>43738</v>
       </c>
       <c r="C19" t="s">
-        <v>117</v>
+        <v>69</v>
       </c>
       <c r="D19" t="s">
-        <v>118</v>
+        <v>70</v>
       </c>
       <c r="H19" t="s">
-        <v>119</v>
+        <v>174</v>
       </c>
       <c r="I19" t="s">
+        <v>175</v>
+      </c>
+      <c r="J19" t="s">
         <v>176</v>
       </c>
       <c r="K19" t="s">
+        <v>74</v>
+      </c>
+      <c r="L19" t="s">
+        <v>75</v>
+      </c>
+      <c r="M19" t="s">
         <v>177</v>
       </c>
-      <c r="L19" t="s">
+      <c r="N19" t="s">
         <v>178</v>
       </c>
-      <c r="M19" t="s">
+      <c r="O19" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>79</v>
+      </c>
+      <c r="R19" t="s">
+        <v>80</v>
+      </c>
+      <c r="S19" t="s">
+        <v>80</v>
+      </c>
+      <c r="T19" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y19" t="s">
         <v>179</v>
-      </c>
-[...19 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20">
+        <v>85590</v>
+      </c>
+      <c r="B20" s="1">
+        <v>43392</v>
+      </c>
+      <c r="C20" t="s">
+        <v>121</v>
+      </c>
+      <c r="D20" t="s">
+        <v>122</v>
+      </c>
+      <c r="H20" t="s">
+        <v>123</v>
+      </c>
+      <c r="I20" t="s">
+        <v>180</v>
+      </c>
+      <c r="K20" t="s">
+        <v>181</v>
+      </c>
+      <c r="L20" t="s">
+        <v>182</v>
+      </c>
+      <c r="M20" t="s">
+        <v>183</v>
+      </c>
+      <c r="N20" t="s">
+        <v>129</v>
+      </c>
+      <c r="O20" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>79</v>
+      </c>
+      <c r="R20" t="s">
+        <v>80</v>
+      </c>
+      <c r="S20" t="s">
+        <v>80</v>
+      </c>
+      <c r="T20" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="21" spans="1:25">
+      <c r="A21">
         <v>84159</v>
       </c>
-      <c r="B20" s="1">
+      <c r="B21" s="1">
         <v>43140</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="C21" t="s">
+        <v>121</v>
+      </c>
+      <c r="D21" t="s">
+        <v>122</v>
+      </c>
+      <c r="E21" t="s">
+        <v>185</v>
+      </c>
+      <c r="F21" t="s">
+        <v>186</v>
+      </c>
+      <c r="G21" t="s">
+        <v>187</v>
+      </c>
+      <c r="H21" t="s">
+        <v>123</v>
+      </c>
+      <c r="I21" t="s">
+        <v>188</v>
+      </c>
+      <c r="J21" t="s">
+        <v>189</v>
+      </c>
+      <c r="K21" t="s">
         <v>181</v>
       </c>
-      <c r="F20" t="s">
+      <c r="L21" t="s">
         <v>182</v>
       </c>
-      <c r="G20" t="s">
-[...39 lines deleted...]
-        <v>188</v>
+      <c r="M21" t="s">
+        <v>190</v>
+      </c>
+      <c r="N21" t="s">
+        <v>129</v>
+      </c>
+      <c r="O21" t="s">
+        <v>191</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>79</v>
+      </c>
+      <c r="R21" t="s">
+        <v>80</v>
+      </c>
+      <c r="S21" t="s">
+        <v>80</v>
+      </c>
+      <c r="T21" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>192</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>