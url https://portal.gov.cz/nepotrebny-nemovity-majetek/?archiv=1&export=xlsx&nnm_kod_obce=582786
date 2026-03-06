--- v0 (2026-01-06)
+++ v1 (2026-03-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1124" uniqueCount="438">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1140" uniqueCount="444">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -228,95 +228,113 @@
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>Správa železnic, státní organizace</t>
   </si>
   <si>
     <t>uccchjm</t>
   </si>
   <si>
     <t>Ministerstvo dopravy</t>
   </si>
   <si>
+    <t>Pozemek p. č. 1370/6, k. ú. Veveří</t>
+  </si>
+  <si>
+    <t>2026-02-22</t>
+  </si>
+  <si>
+    <t>Pejsarova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Daniela Pejsarová</t>
+  </si>
+  <si>
+    <t>Správa železnic, s.o., SŽ Facility, Odbor pozbývání majetku</t>
+  </si>
+  <si>
+    <t>Veveří, Brno, okres Brno-město</t>
+  </si>
+  <si>
+    <t>p. č. 1370/6</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Pozemek o výměře 113 m2, druh pozemku - ostatní plocha, způsob využití - jiná plocha</t>
+  </si>
+  <si>
+    <t>806000</t>
+  </si>
+  <si>
     <t>Prodej pozemku p. č. 142/8 v k. ú. Holásky</t>
   </si>
   <si>
     <t>2025-11-30</t>
   </si>
   <si>
     <t>JenikovaA@spravazeleznic.cz</t>
   </si>
   <si>
     <t>A. Jeníková</t>
   </si>
   <si>
     <t>Správa železnic, státní organizace, SŽ Facility, Odbor pozbývání majetku, Oddělení přípravy pozbytí Sídlo: Dlážděná 1003/7, 110 00 Praha 1, pracoviště: Ke Štvanici 656/3, 186 00 Praha 8</t>
   </si>
   <si>
     <t>Holásky, Brno, okres Brno-město</t>
   </si>
   <si>
     <t>p. č. 142/8</t>
   </si>
   <si>
-    <t>ano</t>
-[...4 lines deleted...]
-  <si>
     <t>13000</t>
   </si>
   <si>
     <t>p. č. 1191/29, k. ú. Trnítá</t>
   </si>
   <si>
     <t>2025-11-02</t>
   </si>
   <si>
-    <t>Pejsarova@spravazeleznic.cz</t>
-[...7 lines deleted...]
-  <si>
     <t>Trnitá, Brno, okres Brno-město</t>
   </si>
   <si>
     <t>p. č. 1191/29</t>
   </si>
   <si>
     <t>Pozemek o výměře 114 m2, druh pozemku - ostatní plocha</t>
   </si>
   <si>
     <t>299000</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství</t>
   </si>
   <si>
     <t>prodej id. 1/3 pozemku p.č. 38/1 v k.ú. Jundrov</t>
   </si>
   <si>
     <t>2025-10-27</t>
@@ -660,119 +678,119 @@
   <si>
     <t>Prodej pozemku p. č. 1897/28 v k. ú. Maloměřice</t>
   </si>
   <si>
     <t>2024-03-24</t>
   </si>
   <si>
     <t>+420972235257</t>
   </si>
   <si>
     <t>bogdanovski@spravazeleznic.cz</t>
   </si>
   <si>
     <t>Bogdanovski</t>
   </si>
   <si>
     <t>SŽ Facility</t>
   </si>
   <si>
     <t>1897/28</t>
   </si>
   <si>
     <t>126500</t>
   </si>
   <si>
+    <t>Prodej pozemků v k. ú. Horní Heršpice, Dolní Heršpice a Komín</t>
+  </si>
+  <si>
+    <t>2024-02-23</t>
+  </si>
+  <si>
+    <t>1124/17, 1124/25, 1124/30, 1124/33, 1124/36, 1124/39, 1124/40</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k. ú. Horní Heršpice</t>
+  </si>
+  <si>
+    <t>612408</t>
+  </si>
+  <si>
+    <t>Dolní Heršpice, Brno, okres Brno-město</t>
+  </si>
+  <si>
+    <t>227610</t>
+  </si>
+  <si>
+    <t>403/2</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k. ú. Dolní Heršpice</t>
+  </si>
+  <si>
+    <t>56540</t>
+  </si>
+  <si>
+    <t>1557/3</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k. ú. Komín</t>
+  </si>
+  <si>
+    <t>180750</t>
+  </si>
+  <si>
+    <t>4808/1, 4810/1, 1526/286</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k. ú. Komín</t>
+  </si>
+  <si>
     <t>Prodej pozemků v k. ú. Bystrc</t>
   </si>
   <si>
-    <t>2024-02-23</t>
-[...1 lines deleted...]
-  <si>
     <t>Bystrc, Brno, okres Brno-město</t>
   </si>
   <si>
     <t>1682/15, 1682/17, 1682/20</t>
   </si>
   <si>
     <t>980820</t>
   </si>
   <si>
     <t>23561720</t>
   </si>
   <si>
     <t>31/58, 31/60, 31/63, 31/68, 31/70, 31/75, 39/26, 39/28, 31/2, 1407/56, 1407/58</t>
   </si>
   <si>
     <t>748880</t>
   </si>
   <si>
     <t>1407/8, 1412/5, 1412/9, 1412/13, 1412/14</t>
   </si>
   <si>
-    <t>Prodej pozemků v k. ú. Horní Heršpice, Dolní Heršpice a Komín</t>
-[...40 lines deleted...]
-  <si>
     <t>prodej pozemku</t>
   </si>
   <si>
     <t>2024-02-22</t>
   </si>
   <si>
     <t>Žebětín, Brno, okres Brno-město</t>
   </si>
   <si>
     <t>2213/2</t>
   </si>
   <si>
     <t>Pozemek je rovinatý až mírně svažitý v místě zvaném Farinova zatáčka. Předmětný pozemek představuje místo tohoto památníku.</t>
   </si>
   <si>
     <t>323000</t>
   </si>
   <si>
     <t>Prodej pozemků parc. č. 138/10, 138/11, 138/12, 138/13, 138/14, 138/15, 933/33, 933/34, 933/35, 933/37, 933/38, 933/39, 934/8, 934/9, 934/10, 934/11, 934/12, 934/13, k. ú. Obřany</t>
   </si>
   <si>
     <t>2023-09-18</t>
   </si>
   <si>
     <t>138/10, 138/11, 138/12, 138/13, 138/14, 138/15, 933/33, 933/34, 933/35, 933/37, 933/38, 933/39, 934/8, 934/9, 934/10, 934/11, 934/12, 934/13</t>
@@ -1185,66 +1203,66 @@
   <si>
     <t>774432549</t>
   </si>
   <si>
     <t>cajda@cpptransgas.cz</t>
   </si>
   <si>
     <t>Ing. Martin Čajda</t>
   </si>
   <si>
     <t>1133496</t>
   </si>
   <si>
     <t xml:space="preserve">Pozemky parc. č. 978/1 o výměře 107 m2, parc. č. 978/4 o výměře 81 m2, parc. č. 978/5 o výměře 61 m2. Druh všech pozemků ostatní plocha. </t>
   </si>
   <si>
     <t>2019-06-13</t>
   </si>
   <si>
     <t>541637 573</t>
   </si>
   <si>
     <t>303780</t>
   </si>
   <si>
+    <t xml:space="preserve">Část vodního díla typu úprava vodního toku, ev. č. HM210150, v délce cca 1800 m, která je umístěna v korytě významného vodního toku Svratka IDVT 10100010, na pozemcích parc. č. 889/3 v k. ú. Pisárky a parc. č. 192/1 v k. ú. Štýřice. Jedná se o úsek od železničního mostu Uhelná ř. km 40,100 až po konec úpravy ř. km 41,900. Úprava je tvořena oboustrannou nábřežní zdí na celou hloubku profilu 4,5 m, šířka dna cca 30 m, dále jsou oboustranné nábřežní zdi na výšku 2 m, nad nimi je odlážděný nebo osetý svah. Součástí jsou tři stabilizační stupně.  </t>
+  </si>
+  <si>
+    <t>2019-05-20</t>
+  </si>
+  <si>
+    <t>541 637 573</t>
+  </si>
+  <si>
+    <t>Pisárky, Brno, okres Brno-město</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t xml:space="preserve">Část vodního díla typu úprava vodního toku, ev. č. HM214274, v délce cca 700 m, která je umístěna v korytě významného vodního toku Svratka IDVT 10100010, na pozemcích parc. č. 889/1, 889/17, 889/18, 889/27, 889/28, 889/29, 889/30, 889/31, 889/32, 889/33, 889/34, 889/20, 889/21, 889/35, 889/4 v k. ú. Pisárky. Jedná se o dvojitý lichoběžník, šířka dna 25 m, sklon svahu 1:2, šířka bermy 5 m. </t>
-  </si>
-[...13 lines deleted...]
-    <t xml:space="preserve">Část vodního díla typu úprava vodního toku, ev. č. HM210150, v délce cca 1800 m, která je umístěna v korytě významného vodního toku Svratka IDVT 10100010, na pozemcích parc. č. 889/3 v k. ú. Pisárky a parc. č. 192/1 v k. ú. Štýřice. Jedná se o úsek od železničního mostu Uhelná ř. km 40,100 až po konec úpravy ř. km 41,900. Úprava je tvořena oboustrannou nábřežní zdí na celou hloubku profilu 4,5 m, šířka dna cca 30 m, dále jsou oboustranné nábřežní zdi na výšku 2 m, nad nimi je odlážděný nebo osetý svah. Součástí jsou tři stabilizační stupně.  </t>
   </si>
   <si>
     <t>Pozemek parc.č. 351/3, ostatní plocha, jiná plocha, o výměře 25 m2; pozemek parc.č. 351/20, ostatní plocha, jiná plocha, o výměře 31 m2.</t>
   </si>
   <si>
     <t>2018-11-20</t>
   </si>
   <si>
     <t>541637605</t>
   </si>
   <si>
     <t>havel@pmo.cz</t>
   </si>
   <si>
     <t>Mgr. Jaroslav Havel</t>
   </si>
   <si>
     <t>67200</t>
   </si>
   <si>
     <t>Pozemek p. č. 57/32 o výměře 706 m2, ostatní plocha, jiná plocha, obec Brno, k. ú. Štýřice, na LV č. 1032, Katastrální úřad pro Jihomoravský kraj, Katastrální pracoviště Brno-město. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
     <t>2018-10-06</t>
   </si>
@@ -1663,51 +1681,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ60"/>
+  <dimension ref="A1:BQ61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="36.7109375" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="52.7109375" customWidth="1"/>
     <col min="6" max="6" width="53.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="48.7109375" customWidth="1"/>
     <col min="9" max="9" width="1352.7109375" customWidth="1"/>
     <col min="10" max="10" width="13.7109375" customWidth="1"/>
     <col min="11" max="11" width="18.7109375" customWidth="1"/>
     <col min="12" max="12" width="33.7109375" customWidth="1"/>
     <col min="13" max="13" width="29.7109375" customWidth="1"/>
     <col min="14" max="14" width="187.7109375" customWidth="1"/>
     <col min="15" max="15" width="43.7109375" customWidth="1"/>
     <col min="16" max="16" width="142.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
@@ -1954,3683 +1972,3739 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>105894</v>
+        <v>106713</v>
       </c>
       <c r="B2" s="1">
-        <v>45960</v>
+        <v>46045</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="L2" t="s">
         <v>74</v>
       </c>
       <c r="M2" t="s">
         <v>75</v>
       </c>
       <c r="N2" t="s">
         <v>76</v>
       </c>
       <c r="O2" t="s">
         <v>77</v>
       </c>
       <c r="P2" t="s">
         <v>78</v>
       </c>
       <c r="Q2" t="s">
         <v>79</v>
       </c>
       <c r="R2" t="s">
         <v>80</v>
       </c>
       <c r="S2" t="s">
         <v>80</v>
       </c>
       <c r="T2" t="s">
         <v>80</v>
       </c>
       <c r="X2" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="Y2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>105592</v>
+        <v>105894</v>
       </c>
       <c r="B3" s="1">
-        <v>45932</v>
+        <v>45960</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
         <v>71</v>
       </c>
       <c r="I3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J3" t="s">
+        <v>84</v>
+      </c>
+      <c r="L3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M3" t="s">
+        <v>86</v>
+      </c>
+      <c r="N3" t="s">
+        <v>87</v>
+      </c>
+      <c r="O3" t="s">
+        <v>88</v>
+      </c>
+      <c r="P3" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>79</v>
+      </c>
+      <c r="R3" t="s">
+        <v>80</v>
+      </c>
+      <c r="S3" t="s">
+        <v>80</v>
+      </c>
+      <c r="T3" t="s">
+        <v>80</v>
+      </c>
+      <c r="X3" t="s">
         <v>83</v>
-      </c>
-[...28 lines deleted...]
-        <v>89</v>
       </c>
       <c r="Y3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>105523</v>
+        <v>105592</v>
       </c>
       <c r="B4" s="1">
-        <v>45926</v>
+        <v>45932</v>
       </c>
       <c r="C4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4" t="s">
+        <v>71</v>
+      </c>
+      <c r="I4" t="s">
         <v>91</v>
       </c>
-      <c r="D4" t="s">
+      <c r="J4" t="s">
         <v>92</v>
       </c>
-      <c r="H4" t="s">
+      <c r="L4" t="s">
+        <v>74</v>
+      </c>
+      <c r="M4" t="s">
+        <v>75</v>
+      </c>
+      <c r="N4" t="s">
+        <v>76</v>
+      </c>
+      <c r="O4" t="s">
         <v>93</v>
       </c>
-      <c r="I4" t="s">
+      <c r="P4" t="s">
         <v>94</v>
       </c>
-      <c r="J4" t="s">
+      <c r="Q4" t="s">
+        <v>79</v>
+      </c>
+      <c r="R4" t="s">
+        <v>80</v>
+      </c>
+      <c r="S4" t="s">
+        <v>80</v>
+      </c>
+      <c r="T4" t="s">
+        <v>80</v>
+      </c>
+      <c r="X4" t="s">
         <v>95</v>
       </c>
-      <c r="K4" t="s">
+      <c r="Y4" t="s">
         <v>96</v>
-      </c>
-[...31 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>105209</v>
+        <v>105523</v>
       </c>
       <c r="B5" s="1">
-        <v>45870</v>
+        <v>45926</v>
       </c>
       <c r="C5" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="D5" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="H5" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="I5" t="s">
+        <v>100</v>
+      </c>
+      <c r="J5" t="s">
+        <v>101</v>
+      </c>
+      <c r="K5" t="s">
+        <v>102</v>
+      </c>
+      <c r="L5" t="s">
+        <v>103</v>
+      </c>
+      <c r="M5" t="s">
         <v>104</v>
       </c>
-      <c r="J5" t="s">
+      <c r="N5" t="s">
         <v>105</v>
-      </c>
-[...10 lines deleted...]
-        <v>99</v>
       </c>
       <c r="O5" t="s">
         <v>106</v>
       </c>
       <c r="P5" t="s">
         <v>107</v>
       </c>
       <c r="Q5" t="s">
         <v>79</v>
       </c>
       <c r="R5" t="s">
         <v>80</v>
       </c>
       <c r="S5" t="s">
         <v>80</v>
       </c>
       <c r="T5" t="s">
         <v>80</v>
       </c>
       <c r="X5" t="s">
         <v>108</v>
       </c>
       <c r="Y5" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>104813</v>
+        <v>105209</v>
       </c>
       <c r="B6" s="1">
-        <v>45798</v>
+        <v>45870</v>
       </c>
       <c r="C6" t="s">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="D6" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="H6" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
       <c r="I6" t="s">
         <v>110</v>
       </c>
       <c r="J6" t="s">
         <v>111</v>
       </c>
+      <c r="K6" t="s">
+        <v>102</v>
+      </c>
       <c r="L6" t="s">
-        <v>74</v>
+        <v>103</v>
       </c>
       <c r="M6" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="N6" t="s">
-        <v>76</v>
+        <v>105</v>
       </c>
       <c r="O6" t="s">
         <v>112</v>
       </c>
       <c r="P6" t="s">
         <v>113</v>
       </c>
       <c r="Q6" t="s">
         <v>79</v>
       </c>
       <c r="R6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S6" t="s">
         <v>80</v>
       </c>
       <c r="T6" t="s">
         <v>80</v>
       </c>
       <c r="X6" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="Y6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>104479</v>
+        <v>104813</v>
       </c>
       <c r="B7" s="1">
-        <v>45743</v>
+        <v>45798</v>
       </c>
       <c r="C7" t="s">
-        <v>91</v>
+        <v>69</v>
       </c>
       <c r="D7" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="I7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J7" t="s">
+        <v>117</v>
+      </c>
+      <c r="L7" t="s">
+        <v>85</v>
+      </c>
+      <c r="M7" t="s">
+        <v>86</v>
+      </c>
+      <c r="N7" t="s">
+        <v>87</v>
+      </c>
+      <c r="O7" t="s">
+        <v>118</v>
+      </c>
+      <c r="P7" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>79</v>
+      </c>
+      <c r="R7" t="s">
+        <v>79</v>
+      </c>
+      <c r="S7" t="s">
+        <v>80</v>
+      </c>
+      <c r="T7" t="s">
+        <v>80</v>
+      </c>
+      <c r="X7" t="s">
         <v>116</v>
-      </c>
-[...31 lines deleted...]
-        <v>119</v>
       </c>
       <c r="Y7" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>103862</v>
+        <v>104479</v>
       </c>
       <c r="B8" s="1">
-        <v>45705</v>
+        <v>45743</v>
       </c>
       <c r="C8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D8" t="s">
+        <v>98</v>
+      </c>
+      <c r="H8" t="s">
+        <v>99</v>
+      </c>
+      <c r="I8" t="s">
         <v>121</v>
       </c>
-      <c r="D8" t="s">
+      <c r="J8" t="s">
         <v>122</v>
       </c>
-      <c r="E8" t="s">
-[...2 lines deleted...]
-      <c r="F8" t="s">
+      <c r="K8" t="s">
+        <v>102</v>
+      </c>
+      <c r="L8" t="s">
+        <v>103</v>
+      </c>
+      <c r="M8" t="s">
+        <v>104</v>
+      </c>
+      <c r="N8" t="s">
+        <v>105</v>
+      </c>
+      <c r="O8" t="s">
         <v>123</v>
       </c>
-      <c r="G8" t="s">
+      <c r="P8" t="s">
         <v>124</v>
-      </c>
-[...16 lines deleted...]
-        <v>129</v>
       </c>
       <c r="Q8" t="s">
         <v>79</v>
       </c>
       <c r="R8" t="s">
         <v>80</v>
       </c>
       <c r="S8" t="s">
         <v>80</v>
       </c>
       <c r="T8" t="s">
         <v>80</v>
       </c>
       <c r="X8" t="s">
         <v>125</v>
       </c>
       <c r="Y8" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>103241</v>
+        <v>103862</v>
       </c>
       <c r="B9" s="1">
-        <v>45667</v>
+        <v>45705</v>
       </c>
       <c r="C9" t="s">
-        <v>69</v>
+        <v>127</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>128</v>
+      </c>
+      <c r="E9" t="s">
+        <v>127</v>
+      </c>
+      <c r="F9" t="s">
+        <v>129</v>
+      </c>
+      <c r="G9" t="s">
+        <v>130</v>
       </c>
       <c r="H9" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
       <c r="I9" t="s">
         <v>131</v>
       </c>
       <c r="J9" t="s">
         <v>132</v>
       </c>
-      <c r="K9" t="s">
+      <c r="L9" t="s">
         <v>133</v>
       </c>
-      <c r="L9" t="s">
+      <c r="O9" t="s">
         <v>134</v>
       </c>
-      <c r="M9" t="s">
+      <c r="P9" t="s">
         <v>135</v>
       </c>
-      <c r="N9" t="s">
+      <c r="Q9" t="s">
+        <v>79</v>
+      </c>
+      <c r="R9" t="s">
+        <v>80</v>
+      </c>
+      <c r="S9" t="s">
+        <v>80</v>
+      </c>
+      <c r="T9" t="s">
+        <v>80</v>
+      </c>
+      <c r="X9" t="s">
+        <v>131</v>
+      </c>
+      <c r="Y9" t="s">
         <v>136</v>
-      </c>
-[...22 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>103175</v>
+        <v>103241</v>
       </c>
       <c r="B10" s="1">
-        <v>45665</v>
+        <v>45667</v>
       </c>
       <c r="C10" t="s">
         <v>69</v>
       </c>
       <c r="D10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
         <v>71</v>
       </c>
       <c r="I10" t="s">
+        <v>137</v>
+      </c>
+      <c r="J10" t="s">
+        <v>138</v>
+      </c>
+      <c r="K10" t="s">
+        <v>139</v>
+      </c>
+      <c r="L10" t="s">
+        <v>140</v>
+      </c>
+      <c r="M10" t="s">
         <v>141</v>
       </c>
-      <c r="J10" t="s">
+      <c r="N10" t="s">
         <v>142</v>
       </c>
-      <c r="L10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O10" t="s">
-        <v>77</v>
+        <v>143</v>
       </c>
       <c r="P10" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="Q10" t="s">
         <v>79</v>
       </c>
       <c r="R10" t="s">
         <v>80</v>
       </c>
       <c r="S10" t="s">
         <v>80</v>
       </c>
       <c r="T10" t="s">
         <v>80</v>
       </c>
       <c r="X10" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="Y10" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>103174</v>
+        <v>103175</v>
       </c>
       <c r="B11" s="1">
         <v>45665</v>
       </c>
       <c r="C11" t="s">
         <v>69</v>
       </c>
       <c r="D11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
         <v>71</v>
       </c>
       <c r="I11" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="J11" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="L11" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="M11" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="N11" t="s">
-        <v>145</v>
+        <v>87</v>
       </c>
       <c r="O11" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="P11" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="Q11" t="s">
         <v>79</v>
       </c>
       <c r="R11" t="s">
         <v>80</v>
       </c>
       <c r="S11" t="s">
         <v>80</v>
       </c>
       <c r="T11" t="s">
         <v>80</v>
       </c>
       <c r="X11" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="Y11" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>102868</v>
+        <v>103174</v>
       </c>
       <c r="B12" s="1">
-        <v>45597</v>
+        <v>45665</v>
       </c>
       <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12" t="s">
+        <v>71</v>
+      </c>
+      <c r="I12" t="s">
+        <v>151</v>
+      </c>
+      <c r="J12" t="s">
         <v>148</v>
       </c>
-      <c r="D12" t="s">
-[...5 lines deleted...]
-      <c r="F12" t="s">
+      <c r="L12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M12" t="s">
+        <v>86</v>
+      </c>
+      <c r="N12" t="s">
         <v>151</v>
       </c>
-      <c r="G12" t="s">
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
         <v>152</v>
       </c>
-      <c r="H12" t="s">
+      <c r="Q12" t="s">
+        <v>79</v>
+      </c>
+      <c r="R12" t="s">
+        <v>80</v>
+      </c>
+      <c r="S12" t="s">
+        <v>80</v>
+      </c>
+      <c r="T12" t="s">
+        <v>80</v>
+      </c>
+      <c r="X12" t="s">
+        <v>151</v>
+      </c>
+      <c r="Y12" t="s">
         <v>153</v>
-      </c>
-[...37 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>102285</v>
+        <v>102868</v>
       </c>
       <c r="B13" s="1">
-        <v>45502</v>
+        <v>45597</v>
       </c>
       <c r="C13" t="s">
-        <v>121</v>
+        <v>154</v>
       </c>
       <c r="D13" t="s">
-        <v>122</v>
+        <v>155</v>
       </c>
       <c r="E13" t="s">
-        <v>121</v>
+        <v>156</v>
       </c>
       <c r="F13" t="s">
-        <v>123</v>
+        <v>157</v>
       </c>
       <c r="G13" t="s">
-        <v>124</v>
+        <v>158</v>
       </c>
       <c r="H13" t="s">
-        <v>93</v>
+        <v>159</v>
       </c>
       <c r="I13" t="s">
+        <v>160</v>
+      </c>
+      <c r="J13" t="s">
+        <v>161</v>
+      </c>
+      <c r="K13" t="s">
+        <v>162</v>
+      </c>
+      <c r="L13" t="s">
         <v>163</v>
       </c>
-      <c r="J13" t="s">
+      <c r="M13" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="O13" t="s">
         <v>165</v>
       </c>
       <c r="P13" t="s">
         <v>166</v>
       </c>
       <c r="Q13" t="s">
         <v>79</v>
       </c>
       <c r="R13" t="s">
         <v>80</v>
       </c>
       <c r="S13" t="s">
         <v>80</v>
       </c>
       <c r="T13" t="s">
         <v>80</v>
       </c>
       <c r="X13" t="s">
         <v>167</v>
       </c>
       <c r="Y13" t="s">
         <v>168</v>
       </c>
-      <c r="Z13" t="s">
-[...94 lines deleted...]
-      </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>102286</v>
+        <v>102285</v>
       </c>
       <c r="B14" s="1">
         <v>45502</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D14" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="E14" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="F14" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="G14" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="H14" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="I14" t="s">
+        <v>169</v>
+      </c>
+      <c r="J14" t="s">
+        <v>170</v>
+      </c>
+      <c r="L14" t="s">
+        <v>133</v>
+      </c>
+      <c r="O14" t="s">
+        <v>171</v>
+      </c>
+      <c r="P14" t="s">
+        <v>172</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>79</v>
+      </c>
+      <c r="R14" t="s">
+        <v>80</v>
+      </c>
+      <c r="S14" t="s">
+        <v>80</v>
+      </c>
+      <c r="T14" t="s">
+        <v>80</v>
+      </c>
+      <c r="X14" t="s">
+        <v>173</v>
+      </c>
+      <c r="Y14" t="s">
+        <v>174</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>171</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>175</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>176</v>
+      </c>
+      <c r="AC14" t="s">
+        <v>79</v>
+      </c>
+      <c r="AD14" t="s">
+        <v>80</v>
+      </c>
+      <c r="AE14" t="s">
+        <v>80</v>
+      </c>
+      <c r="AF14" t="s">
+        <v>80</v>
+      </c>
+      <c r="AJ14" t="s">
+        <v>177</v>
+      </c>
+      <c r="AK14" t="s">
+        <v>171</v>
+      </c>
+      <c r="AL14" t="s">
+        <v>178</v>
+      </c>
+      <c r="AM14" t="s">
+        <v>179</v>
+      </c>
+      <c r="AN14" t="s">
+        <v>79</v>
+      </c>
+      <c r="AO14" t="s">
+        <v>80</v>
+      </c>
+      <c r="AP14" t="s">
+        <v>80</v>
+      </c>
+      <c r="AQ14" t="s">
+        <v>80</v>
+      </c>
+      <c r="AU14" t="s">
+        <v>180</v>
+      </c>
+      <c r="AV14" t="s">
+        <v>171</v>
+      </c>
+      <c r="AW14" t="s">
         <v>181</v>
       </c>
-      <c r="J14" t="s">
-[...23 lines deleted...]
-      <c r="Y14" t="s">
+      <c r="AX14" t="s">
         <v>182</v>
+      </c>
+      <c r="AY14" t="s">
+        <v>79</v>
+      </c>
+      <c r="AZ14" t="s">
+        <v>80</v>
+      </c>
+      <c r="BA14" t="s">
+        <v>80</v>
+      </c>
+      <c r="BB14" t="s">
+        <v>80</v>
+      </c>
+      <c r="BF14" t="s">
+        <v>183</v>
+      </c>
+      <c r="BG14" t="s">
+        <v>171</v>
+      </c>
+      <c r="BH14" t="s">
+        <v>184</v>
+      </c>
+      <c r="BI14" t="s">
+        <v>185</v>
+      </c>
+      <c r="BJ14" t="s">
+        <v>79</v>
+      </c>
+      <c r="BK14" t="s">
+        <v>80</v>
+      </c>
+      <c r="BL14" t="s">
+        <v>80</v>
+      </c>
+      <c r="BM14" t="s">
+        <v>80</v>
+      </c>
+      <c r="BQ14" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>102231</v>
+        <v>102286</v>
       </c>
       <c r="B15" s="1">
-        <v>45490</v>
+        <v>45502</v>
       </c>
       <c r="C15" t="s">
-        <v>69</v>
+        <v>127</v>
       </c>
       <c r="D15" t="s">
-        <v>70</v>
+        <v>128</v>
+      </c>
+      <c r="E15" t="s">
+        <v>127</v>
+      </c>
+      <c r="F15" t="s">
+        <v>129</v>
+      </c>
+      <c r="G15" t="s">
+        <v>130</v>
       </c>
       <c r="H15" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
       <c r="I15" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="J15" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>170</v>
       </c>
       <c r="L15" t="s">
-        <v>134</v>
-[...5 lines deleted...]
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>80</v>
+      </c>
+      <c r="R15" t="s">
+        <v>80</v>
+      </c>
+      <c r="S15" t="s">
+        <v>80</v>
+      </c>
+      <c r="T15" t="s">
+        <v>79</v>
+      </c>
+      <c r="X15" t="s">
         <v>187</v>
       </c>
-      <c r="P15" t="s">
+      <c r="Y15" t="s">
         <v>188</v>
-      </c>
-[...16 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
-        <v>101740</v>
+        <v>102231</v>
       </c>
       <c r="B16" s="1">
-        <v>45408</v>
+        <v>45490</v>
       </c>
       <c r="C16" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16" t="s">
+        <v>71</v>
+      </c>
+      <c r="I16" t="s">
+        <v>189</v>
+      </c>
+      <c r="J16" t="s">
+        <v>190</v>
+      </c>
+      <c r="K16" t="s">
         <v>191</v>
       </c>
-      <c r="D16" t="s">
+      <c r="L16" t="s">
+        <v>140</v>
+      </c>
+      <c r="M16" t="s">
         <v>192</v>
       </c>
-      <c r="H16" t="s">
+      <c r="N16" t="s">
+        <v>142</v>
+      </c>
+      <c r="O16" t="s">
         <v>193</v>
       </c>
-      <c r="I16" t="s">
+      <c r="P16" t="s">
         <v>194</v>
       </c>
-      <c r="J16" t="s">
+      <c r="Q16" t="s">
+        <v>79</v>
+      </c>
+      <c r="R16" t="s">
+        <v>80</v>
+      </c>
+      <c r="S16" t="s">
+        <v>80</v>
+      </c>
+      <c r="T16" t="s">
+        <v>80</v>
+      </c>
+      <c r="X16" t="s">
         <v>195</v>
       </c>
-      <c r="K16" t="s">
+      <c r="Y16" t="s">
         <v>196</v>
-      </c>
-[...28 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="17" spans="1:58">
       <c r="A17">
-        <v>101741</v>
+        <v>101740</v>
       </c>
       <c r="B17" s="1">
         <v>45408</v>
       </c>
       <c r="C17" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="D17" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="H17" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="I17" t="s">
+        <v>200</v>
+      </c>
+      <c r="J17" t="s">
+        <v>201</v>
+      </c>
+      <c r="K17" t="s">
+        <v>202</v>
+      </c>
+      <c r="L17" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
       <c r="M17" t="s">
         <v>204</v>
       </c>
       <c r="N17" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="O17" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="Q17" t="s">
         <v>79</v>
       </c>
       <c r="R17" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S17" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="T17" t="s">
         <v>80</v>
       </c>
       <c r="X17" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="Y17" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="18" spans="1:58">
       <c r="A18">
-        <v>101222</v>
+        <v>101741</v>
       </c>
       <c r="B18" s="1">
-        <v>45344</v>
+        <v>45408</v>
       </c>
       <c r="C18" t="s">
-        <v>69</v>
+        <v>197</v>
       </c>
       <c r="D18" t="s">
-        <v>70</v>
+        <v>198</v>
       </c>
       <c r="H18" t="s">
-        <v>71</v>
+        <v>199</v>
       </c>
       <c r="I18" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="J18" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="K18" t="s">
+        <v>202</v>
+      </c>
+      <c r="L18" t="s">
+        <v>203</v>
+      </c>
+      <c r="M18" t="s">
         <v>210</v>
       </c>
-      <c r="L18" t="s">
+      <c r="N18" t="s">
+        <v>205</v>
+      </c>
+      <c r="O18" t="s">
         <v>211</v>
       </c>
-      <c r="M18" t="s">
+      <c r="Q18" t="s">
+        <v>79</v>
+      </c>
+      <c r="R18" t="s">
+        <v>79</v>
+      </c>
+      <c r="S18" t="s">
+        <v>80</v>
+      </c>
+      <c r="T18" t="s">
+        <v>80</v>
+      </c>
+      <c r="X18" t="s">
         <v>212</v>
       </c>
-      <c r="N18" t="s">
+      <c r="Y18" t="s">
         <v>213</v>
-      </c>
-[...22 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="19" spans="1:58">
       <c r="A19">
-        <v>100742</v>
+        <v>101222</v>
       </c>
       <c r="B19" s="1">
-        <v>45314</v>
+        <v>45344</v>
       </c>
       <c r="C19" t="s">
-        <v>121</v>
+        <v>69</v>
       </c>
       <c r="D19" t="s">
-        <v>122</v>
-[...8 lines deleted...]
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="H19" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="I19" t="s">
+        <v>214</v>
+      </c>
+      <c r="J19" t="s">
+        <v>215</v>
+      </c>
+      <c r="K19" t="s">
         <v>216</v>
       </c>
-      <c r="J19" t="s">
+      <c r="L19" t="s">
         <v>217</v>
       </c>
-      <c r="L19" t="s">
-        <v>127</v>
+      <c r="M19" t="s">
+        <v>218</v>
+      </c>
+      <c r="N19" t="s">
+        <v>219</v>
       </c>
       <c r="O19" t="s">
-        <v>218</v>
+        <v>193</v>
       </c>
       <c r="P19" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="Q19" t="s">
         <v>79</v>
       </c>
       <c r="R19" t="s">
         <v>80</v>
       </c>
       <c r="S19" t="s">
         <v>80</v>
       </c>
       <c r="T19" t="s">
         <v>80</v>
       </c>
       <c r="X19" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="Y19" t="s">
-        <v>220</v>
-[...4 lines deleted...]
-      <c r="AA19" t="s">
         <v>221</v>
-      </c>
-[...40 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="20" spans="1:58">
       <c r="A20">
         <v>100741</v>
       </c>
       <c r="B20" s="1">
         <v>45314</v>
       </c>
       <c r="C20" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D20" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="E20" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="F20" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="G20" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="H20" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="I20" t="s">
+        <v>222</v>
+      </c>
+      <c r="J20" t="s">
+        <v>223</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="O20" t="s">
+        <v>118</v>
+      </c>
+      <c r="P20" t="s">
+        <v>224</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>79</v>
+      </c>
+      <c r="R20" t="s">
+        <v>80</v>
+      </c>
+      <c r="S20" t="s">
+        <v>80</v>
+      </c>
+      <c r="T20" t="s">
+        <v>80</v>
+      </c>
+      <c r="X20" t="s">
         <v>225</v>
       </c>
-      <c r="J20" t="s">
-[...8 lines deleted...]
-      <c r="P20" t="s">
+      <c r="Y20" t="s">
         <v>226</v>
       </c>
-      <c r="Q20" t="s">
-[...11 lines deleted...]
-      <c r="X20" t="s">
+      <c r="Z20" t="s">
         <v>227</v>
       </c>
-      <c r="Y20" t="s">
+      <c r="AA20" t="s">
         <v>228</v>
       </c>
-      <c r="Z20" t="s">
+      <c r="AB20" t="s">
         <v>229</v>
       </c>
-      <c r="AA20" t="s">
+      <c r="AC20" t="s">
+        <v>79</v>
+      </c>
+      <c r="AD20" t="s">
+        <v>80</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>80</v>
+      </c>
+      <c r="AF20" t="s">
+        <v>80</v>
+      </c>
+      <c r="AJ20" t="s">
         <v>230</v>
       </c>
-      <c r="AB20" t="s">
+      <c r="AK20" t="s">
+        <v>171</v>
+      </c>
+      <c r="AL20" t="s">
         <v>231</v>
       </c>
-      <c r="AC20" t="s">
-[...11 lines deleted...]
-      <c r="AJ20" t="s">
+      <c r="AM20" t="s">
         <v>232</v>
       </c>
-      <c r="AK20" t="s">
-[...2 lines deleted...]
-      <c r="AL20" t="s">
+      <c r="AN20" t="s">
+        <v>79</v>
+      </c>
+      <c r="AO20" t="s">
+        <v>80</v>
+      </c>
+      <c r="AP20" t="s">
+        <v>80</v>
+      </c>
+      <c r="AQ20" t="s">
+        <v>80</v>
+      </c>
+      <c r="AU20" t="s">
         <v>233</v>
       </c>
-      <c r="AM20" t="s">
+      <c r="AV20" t="s">
+        <v>171</v>
+      </c>
+      <c r="AW20" t="s">
         <v>234</v>
       </c>
-      <c r="AN20" t="s">
-[...11 lines deleted...]
-      <c r="AU20" t="s">
+      <c r="AX20" t="s">
         <v>235</v>
       </c>
-      <c r="AV20" t="s">
-[...2 lines deleted...]
-      <c r="AW20" t="s">
+      <c r="AY20" t="s">
+        <v>79</v>
+      </c>
+      <c r="AZ20" t="s">
+        <v>80</v>
+      </c>
+      <c r="BA20" t="s">
+        <v>80</v>
+      </c>
+      <c r="BB20" t="s">
+        <v>80</v>
+      </c>
+      <c r="BF20" t="s">
         <v>236</v>
-      </c>
-[...16 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="21" spans="1:58">
       <c r="A21">
-        <v>100722</v>
+        <v>100742</v>
       </c>
       <c r="B21" s="1">
-        <v>45313</v>
+        <v>45314</v>
       </c>
       <c r="C21" t="s">
-        <v>91</v>
+        <v>127</v>
       </c>
       <c r="D21" t="s">
-        <v>92</v>
+        <v>128</v>
+      </c>
+      <c r="E21" t="s">
+        <v>127</v>
+      </c>
+      <c r="F21" t="s">
+        <v>129</v>
+      </c>
+      <c r="G21" t="s">
+        <v>130</v>
       </c>
       <c r="H21" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="I21" t="s">
+        <v>237</v>
+      </c>
+      <c r="J21" t="s">
+        <v>223</v>
+      </c>
+      <c r="L21" t="s">
+        <v>133</v>
+      </c>
+      <c r="O21" t="s">
+        <v>238</v>
+      </c>
+      <c r="P21" t="s">
         <v>239</v>
       </c>
-      <c r="J21" t="s">
+      <c r="Q21" t="s">
+        <v>79</v>
+      </c>
+      <c r="R21" t="s">
+        <v>80</v>
+      </c>
+      <c r="S21" t="s">
+        <v>80</v>
+      </c>
+      <c r="T21" t="s">
+        <v>80</v>
+      </c>
+      <c r="X21" t="s">
+        <v>237</v>
+      </c>
+      <c r="Y21" t="s">
         <v>240</v>
       </c>
-      <c r="K21" t="s">
-[...11 lines deleted...]
-      <c r="O21" t="s">
+      <c r="Z21" t="s">
+        <v>238</v>
+      </c>
+      <c r="AA21" t="s">
         <v>241</v>
       </c>
-      <c r="P21" t="s">
+      <c r="AB21" t="s">
         <v>242</v>
       </c>
-      <c r="Q21" t="s">
-[...11 lines deleted...]
-      <c r="X21" t="s">
+      <c r="AC21" t="s">
+        <v>79</v>
+      </c>
+      <c r="AD21" t="s">
+        <v>80</v>
+      </c>
+      <c r="AE21" t="s">
+        <v>80</v>
+      </c>
+      <c r="AF21" t="s">
+        <v>80</v>
+      </c>
+      <c r="AJ21" t="s">
+        <v>237</v>
+      </c>
+      <c r="AK21" t="s">
+        <v>238</v>
+      </c>
+      <c r="AL21" t="s">
         <v>243</v>
       </c>
-      <c r="Y21" t="s">
+      <c r="AM21" t="s">
         <v>244</v>
+      </c>
+      <c r="AN21" t="s">
+        <v>79</v>
+      </c>
+      <c r="AO21" t="s">
+        <v>80</v>
+      </c>
+      <c r="AP21" t="s">
+        <v>80</v>
+      </c>
+      <c r="AQ21" t="s">
+        <v>80</v>
+      </c>
+      <c r="AU21" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="22" spans="1:58">
       <c r="A22">
-        <v>98364</v>
+        <v>100722</v>
       </c>
       <c r="B22" s="1">
-        <v>45156</v>
+        <v>45313</v>
       </c>
       <c r="C22" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D22" t="s">
-        <v>122</v>
-[...8 lines deleted...]
-        <v>124</v>
+        <v>98</v>
       </c>
       <c r="H22" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="I22" t="s">
         <v>245</v>
       </c>
       <c r="J22" t="s">
         <v>246</v>
       </c>
+      <c r="K22" t="s">
+        <v>102</v>
+      </c>
       <c r="L22" t="s">
-        <v>127</v>
+        <v>103</v>
+      </c>
+      <c r="M22" t="s">
+        <v>104</v>
+      </c>
+      <c r="N22" t="s">
+        <v>105</v>
       </c>
       <c r="O22" t="s">
-        <v>128</v>
+        <v>247</v>
       </c>
       <c r="P22" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="Q22" t="s">
         <v>79</v>
       </c>
       <c r="R22" t="s">
         <v>80</v>
       </c>
       <c r="S22" t="s">
         <v>80</v>
       </c>
       <c r="T22" t="s">
         <v>80</v>
       </c>
       <c r="X22" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="Y22" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:58">
       <c r="A23">
-        <v>98241</v>
+        <v>98364</v>
       </c>
       <c r="B23" s="1">
-        <v>45134</v>
+        <v>45156</v>
       </c>
       <c r="C23" t="s">
-        <v>69</v>
+        <v>127</v>
       </c>
       <c r="D23" t="s">
-        <v>70</v>
+        <v>128</v>
+      </c>
+      <c r="E23" t="s">
+        <v>127</v>
+      </c>
+      <c r="F23" t="s">
+        <v>129</v>
+      </c>
+      <c r="G23" t="s">
+        <v>130</v>
       </c>
       <c r="H23" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
       <c r="I23" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="J23" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>252</v>
       </c>
       <c r="L23" t="s">
-        <v>211</v>
-[...4 lines deleted...]
-      <c r="N23" t="s">
+        <v>133</v>
+      </c>
+      <c r="O23" t="s">
+        <v>134</v>
+      </c>
+      <c r="P23" t="s">
+        <v>253</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>79</v>
+      </c>
+      <c r="R23" t="s">
+        <v>80</v>
+      </c>
+      <c r="S23" t="s">
+        <v>80</v>
+      </c>
+      <c r="T23" t="s">
+        <v>80</v>
+      </c>
+      <c r="X23" t="s">
         <v>251</v>
       </c>
-      <c r="O23" t="s">
-[...20 lines deleted...]
-      <c r="V23" t="s">
+      <c r="Y23" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="24" spans="1:58">
       <c r="A24">
-        <v>97715</v>
+        <v>98241</v>
       </c>
       <c r="B24" s="1">
-        <v>45022</v>
+        <v>45134</v>
       </c>
       <c r="C24" t="s">
         <v>69</v>
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
       <c r="H24" t="s">
         <v>71</v>
       </c>
       <c r="I24" t="s">
+        <v>255</v>
+      </c>
+      <c r="J24" t="s">
         <v>256</v>
       </c>
-      <c r="J24" t="s">
+      <c r="K24" t="s">
+        <v>216</v>
+      </c>
+      <c r="L24" t="s">
+        <v>217</v>
+      </c>
+      <c r="M24" t="s">
+        <v>218</v>
+      </c>
+      <c r="N24" t="s">
         <v>257</v>
       </c>
-      <c r="K24" t="s">
-[...2 lines deleted...]
-      <c r="L24" t="s">
+      <c r="O24" t="s">
+        <v>206</v>
+      </c>
+      <c r="P24" t="s">
         <v>258</v>
       </c>
-      <c r="M24" t="s">
-[...8 lines deleted...]
-      <c r="P24" t="s">
+      <c r="Q24" t="s">
+        <v>79</v>
+      </c>
+      <c r="R24" t="s">
+        <v>79</v>
+      </c>
+      <c r="S24" t="s">
+        <v>80</v>
+      </c>
+      <c r="T24" t="s">
+        <v>80</v>
+      </c>
+      <c r="U24" t="s">
         <v>259</v>
       </c>
-      <c r="Q24" t="s">
-[...9 lines deleted...]
-        <v>80</v>
+      <c r="V24" t="s">
+        <v>260</v>
       </c>
       <c r="X24" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="Y24" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="25" spans="1:58">
       <c r="A25">
-        <v>97126</v>
+        <v>97715</v>
       </c>
       <c r="B25" s="1">
-        <v>44858</v>
+        <v>45022</v>
       </c>
       <c r="C25" t="s">
         <v>69</v>
       </c>
       <c r="D25" t="s">
         <v>70</v>
       </c>
       <c r="H25" t="s">
         <v>71</v>
       </c>
       <c r="I25" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J25" t="s">
+        <v>263</v>
+      </c>
+      <c r="K25" t="s">
+        <v>216</v>
+      </c>
+      <c r="L25" t="s">
+        <v>264</v>
+      </c>
+      <c r="M25" t="s">
+        <v>218</v>
+      </c>
+      <c r="N25" t="s">
+        <v>257</v>
+      </c>
+      <c r="O25" t="s">
+        <v>193</v>
+      </c>
+      <c r="P25" t="s">
+        <v>265</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>79</v>
+      </c>
+      <c r="R25" t="s">
+        <v>80</v>
+      </c>
+      <c r="S25" t="s">
+        <v>80</v>
+      </c>
+      <c r="T25" t="s">
+        <v>80</v>
+      </c>
+      <c r="X25" t="s">
         <v>262</v>
       </c>
-      <c r="K25" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="Y25" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="26" spans="1:58">
       <c r="A26">
-        <v>96876</v>
+        <v>97126</v>
       </c>
       <c r="B26" s="1">
-        <v>44799</v>
+        <v>44858</v>
       </c>
       <c r="C26" t="s">
-        <v>121</v>
+        <v>69</v>
       </c>
       <c r="D26" t="s">
-        <v>122</v>
-[...8 lines deleted...]
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="H26" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="I26" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J26" t="s">
+        <v>268</v>
+      </c>
+      <c r="K26" t="s">
+        <v>216</v>
+      </c>
+      <c r="L26" t="s">
+        <v>264</v>
+      </c>
+      <c r="M26" t="s">
+        <v>218</v>
+      </c>
+      <c r="N26" t="s">
+        <v>257</v>
+      </c>
+      <c r="O26" t="s">
+        <v>193</v>
+      </c>
+      <c r="P26" t="s">
+        <v>269</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>79</v>
+      </c>
+      <c r="R26" t="s">
+        <v>80</v>
+      </c>
+      <c r="S26" t="s">
+        <v>80</v>
+      </c>
+      <c r="T26" t="s">
+        <v>80</v>
+      </c>
+      <c r="X26" t="s">
         <v>267</v>
       </c>
-      <c r="L26" t="s">
-[...8 lines deleted...]
-      <c r="P26" t="s">
+      <c r="Y26" t="s">
         <v>270</v>
-      </c>
-[...16 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="27" spans="1:58">
       <c r="A27">
-        <v>96473</v>
+        <v>96876</v>
       </c>
       <c r="B27" s="1">
-        <v>44690</v>
+        <v>44799</v>
       </c>
       <c r="C27" t="s">
-        <v>69</v>
+        <v>127</v>
       </c>
       <c r="D27" t="s">
-        <v>70</v>
+        <v>128</v>
+      </c>
+      <c r="E27" t="s">
+        <v>127</v>
+      </c>
+      <c r="F27" t="s">
+        <v>271</v>
+      </c>
+      <c r="G27" t="s">
+        <v>130</v>
       </c>
       <c r="H27" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
       <c r="I27" t="s">
         <v>272</v>
       </c>
       <c r="J27" t="s">
         <v>273</v>
       </c>
-      <c r="K27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L27" t="s">
-        <v>258</v>
+        <v>133</v>
       </c>
       <c r="M27" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="O27" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="P27" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="Q27" t="s">
         <v>79</v>
       </c>
       <c r="R27" t="s">
         <v>80</v>
       </c>
       <c r="S27" t="s">
         <v>80</v>
       </c>
       <c r="T27" t="s">
         <v>80</v>
       </c>
       <c r="X27" t="s">
         <v>272</v>
       </c>
       <c r="Y27" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="28" spans="1:58">
       <c r="A28">
-        <v>96349</v>
+        <v>96473</v>
       </c>
       <c r="B28" s="1">
-        <v>44656</v>
+        <v>44690</v>
       </c>
       <c r="C28" t="s">
-        <v>91</v>
+        <v>69</v>
       </c>
       <c r="D28" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="H28" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="I28" t="s">
-        <v>239</v>
+        <v>278</v>
       </c>
       <c r="J28" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="K28" t="s">
-        <v>96</v>
+        <v>216</v>
       </c>
       <c r="L28" t="s">
-        <v>97</v>
+        <v>264</v>
       </c>
       <c r="M28" t="s">
-        <v>98</v>
+        <v>218</v>
       </c>
       <c r="N28" t="s">
-        <v>99</v>
+        <v>257</v>
       </c>
       <c r="O28" t="s">
-        <v>241</v>
+        <v>280</v>
       </c>
       <c r="P28" t="s">
+        <v>281</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>79</v>
+      </c>
+      <c r="R28" t="s">
+        <v>80</v>
+      </c>
+      <c r="S28" t="s">
+        <v>80</v>
+      </c>
+      <c r="T28" t="s">
+        <v>80</v>
+      </c>
+      <c r="X28" t="s">
         <v>278</v>
       </c>
-      <c r="Q28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="Y28" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="29" spans="1:58">
       <c r="A29">
-        <v>96169</v>
+        <v>96349</v>
       </c>
       <c r="B29" s="1">
-        <v>44608</v>
+        <v>44656</v>
       </c>
       <c r="C29" t="s">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="D29" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="H29" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
       <c r="I29" t="s">
-        <v>281</v>
+        <v>245</v>
       </c>
       <c r="J29" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="K29" t="s">
-        <v>210</v>
+        <v>102</v>
       </c>
       <c r="L29" t="s">
-        <v>258</v>
+        <v>103</v>
       </c>
       <c r="M29" t="s">
-        <v>212</v>
+        <v>104</v>
       </c>
       <c r="N29" t="s">
-        <v>251</v>
+        <v>105</v>
       </c>
       <c r="O29" t="s">
-        <v>187</v>
+        <v>247</v>
       </c>
       <c r="P29" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="Q29" t="s">
         <v>79</v>
       </c>
       <c r="R29" t="s">
         <v>80</v>
       </c>
       <c r="S29" t="s">
         <v>80</v>
       </c>
       <c r="T29" t="s">
         <v>80</v>
       </c>
       <c r="X29" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="Y29" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="30" spans="1:58">
       <c r="A30">
-        <v>95781</v>
+        <v>96169</v>
       </c>
       <c r="B30" s="1">
-        <v>44533</v>
+        <v>44608</v>
       </c>
       <c r="C30" t="s">
         <v>69</v>
       </c>
       <c r="D30" t="s">
         <v>70</v>
       </c>
       <c r="H30" t="s">
         <v>71</v>
       </c>
       <c r="I30" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="J30" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K30" t="s">
+        <v>216</v>
+      </c>
+      <c r="L30" t="s">
+        <v>264</v>
+      </c>
+      <c r="M30" t="s">
+        <v>218</v>
+      </c>
+      <c r="N30" t="s">
+        <v>257</v>
+      </c>
+      <c r="O30" t="s">
+        <v>193</v>
+      </c>
+      <c r="P30" t="s">
+        <v>289</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>79</v>
+      </c>
+      <c r="R30" t="s">
+        <v>80</v>
+      </c>
+      <c r="S30" t="s">
+        <v>80</v>
+      </c>
+      <c r="T30" t="s">
+        <v>80</v>
+      </c>
+      <c r="X30" t="s">
         <v>287</v>
       </c>
-      <c r="L30" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="Y30" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="31" spans="1:58">
       <c r="A31">
-        <v>95322</v>
+        <v>95781</v>
       </c>
       <c r="B31" s="1">
-        <v>44428</v>
+        <v>44533</v>
       </c>
       <c r="C31" t="s">
-        <v>191</v>
+        <v>69</v>
       </c>
       <c r="D31" t="s">
-        <v>192</v>
+        <v>70</v>
       </c>
       <c r="H31" t="s">
-        <v>290</v>
+        <v>71</v>
       </c>
       <c r="I31" t="s">
         <v>291</v>
       </c>
       <c r="J31" t="s">
         <v>292</v>
       </c>
       <c r="K31" t="s">
-        <v>196</v>
+        <v>293</v>
       </c>
       <c r="L31" t="s">
-        <v>197</v>
+        <v>264</v>
       </c>
       <c r="M31" t="s">
-        <v>293</v>
+        <v>218</v>
       </c>
       <c r="N31" t="s">
-        <v>199</v>
+        <v>257</v>
       </c>
       <c r="O31" t="s">
-        <v>205</v>
+        <v>118</v>
+      </c>
+      <c r="P31" t="s">
+        <v>294</v>
       </c>
       <c r="Q31" t="s">
         <v>79</v>
       </c>
       <c r="R31" t="s">
         <v>79</v>
       </c>
       <c r="S31" t="s">
         <v>80</v>
       </c>
       <c r="T31" t="s">
         <v>80</v>
       </c>
       <c r="X31" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="Y31" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:58">
       <c r="A32">
-        <v>95154</v>
+        <v>95322</v>
       </c>
       <c r="B32" s="1">
-        <v>44385</v>
+        <v>44428</v>
       </c>
       <c r="C32" t="s">
-        <v>69</v>
+        <v>197</v>
       </c>
       <c r="D32" t="s">
-        <v>70</v>
+        <v>198</v>
       </c>
       <c r="H32" t="s">
-        <v>71</v>
+        <v>296</v>
       </c>
       <c r="I32" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="J32" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K32" t="s">
-        <v>287</v>
+        <v>202</v>
       </c>
       <c r="L32" t="s">
+        <v>203</v>
+      </c>
+      <c r="M32" t="s">
+        <v>299</v>
+      </c>
+      <c r="N32" t="s">
+        <v>205</v>
+      </c>
+      <c r="O32" t="s">
         <v>211</v>
       </c>
-      <c r="M32" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q32" t="s">
         <v>79</v>
       </c>
       <c r="R32" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="S32" t="s">
         <v>80</v>
       </c>
       <c r="T32" t="s">
         <v>80</v>
       </c>
       <c r="X32" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="Y32" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="33" spans="1:39">
       <c r="A33">
-        <v>95131</v>
+        <v>95154</v>
       </c>
       <c r="B33" s="1">
-        <v>44376</v>
+        <v>44385</v>
       </c>
       <c r="C33" t="s">
-        <v>121</v>
+        <v>69</v>
       </c>
       <c r="D33" t="s">
-        <v>122</v>
-[...8 lines deleted...]
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="H33" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="I33" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="J33" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="K33" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="L33" t="s">
-        <v>127</v>
+        <v>217</v>
       </c>
       <c r="M33" t="s">
-        <v>268</v>
+        <v>218</v>
+      </c>
+      <c r="N33" t="s">
+        <v>257</v>
       </c>
       <c r="O33" t="s">
-        <v>128</v>
+        <v>193</v>
       </c>
       <c r="P33" t="s">
         <v>304</v>
       </c>
       <c r="Q33" t="s">
         <v>79</v>
       </c>
       <c r="R33" t="s">
         <v>80</v>
       </c>
       <c r="S33" t="s">
         <v>80</v>
       </c>
       <c r="T33" t="s">
         <v>80</v>
       </c>
       <c r="X33" t="s">
         <v>305</v>
       </c>
       <c r="Y33" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="34" spans="1:39">
       <c r="A34">
-        <v>94900</v>
+        <v>95131</v>
       </c>
       <c r="B34" s="1">
-        <v>44323</v>
+        <v>44376</v>
       </c>
       <c r="C34" t="s">
-        <v>69</v>
+        <v>127</v>
       </c>
       <c r="D34" t="s">
-        <v>70</v>
+        <v>128</v>
+      </c>
+      <c r="E34" t="s">
+        <v>127</v>
+      </c>
+      <c r="F34" t="s">
+        <v>271</v>
+      </c>
+      <c r="G34" t="s">
+        <v>130</v>
       </c>
       <c r="H34" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
       <c r="I34" t="s">
         <v>307</v>
       </c>
       <c r="J34" t="s">
         <v>308</v>
       </c>
       <c r="K34" t="s">
-        <v>287</v>
+        <v>309</v>
       </c>
       <c r="L34" t="s">
-        <v>211</v>
+        <v>133</v>
       </c>
       <c r="M34" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>309</v>
+        <v>274</v>
       </c>
       <c r="O34" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="P34" t="s">
         <v>310</v>
       </c>
       <c r="Q34" t="s">
         <v>79</v>
       </c>
+      <c r="R34" t="s">
+        <v>80</v>
+      </c>
+      <c r="S34" t="s">
+        <v>80</v>
+      </c>
+      <c r="T34" t="s">
+        <v>80</v>
+      </c>
+      <c r="X34" t="s">
+        <v>311</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>312</v>
+      </c>
     </row>
     <row r="35" spans="1:39">
       <c r="A35">
-        <v>94857</v>
+        <v>94900</v>
       </c>
       <c r="B35" s="1">
-        <v>44302</v>
+        <v>44323</v>
       </c>
       <c r="C35" t="s">
         <v>69</v>
       </c>
       <c r="D35" t="s">
         <v>70</v>
       </c>
       <c r="H35" t="s">
         <v>71</v>
       </c>
       <c r="I35" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="J35" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="K35" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="L35" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="M35" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="N35" t="s">
-        <v>251</v>
+        <v>315</v>
       </c>
       <c r="O35" t="s">
-        <v>313</v>
+        <v>143</v>
       </c>
       <c r="P35" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="Q35" t="s">
         <v>79</v>
-      </c>
-[...10 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="36" spans="1:39">
       <c r="A36">
-        <v>94855</v>
+        <v>94857</v>
       </c>
       <c r="B36" s="1">
         <v>44302</v>
       </c>
       <c r="C36" t="s">
-        <v>121</v>
+        <v>69</v>
       </c>
       <c r="D36" t="s">
-        <v>122</v>
-[...8 lines deleted...]
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="H36" t="s">
-        <v>93</v>
+        <v>71</v>
+      </c>
+      <c r="I36" t="s">
+        <v>317</v>
       </c>
       <c r="J36" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="K36" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="L36" t="s">
-        <v>127</v>
+        <v>217</v>
       </c>
       <c r="M36" t="s">
-        <v>316</v>
+        <v>218</v>
+      </c>
+      <c r="N36" t="s">
+        <v>257</v>
       </c>
       <c r="O36" t="s">
-        <v>218</v>
+        <v>319</v>
       </c>
       <c r="P36" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="Q36" t="s">
         <v>79</v>
       </c>
       <c r="R36" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="S36" t="s">
         <v>80</v>
       </c>
       <c r="T36" t="s">
         <v>80</v>
       </c>
       <c r="Y36" t="s">
-        <v>318</v>
-[...10 lines deleted...]
-      <c r="AM36" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="37" spans="1:39">
       <c r="A37">
-        <v>94405</v>
+        <v>94855</v>
       </c>
       <c r="B37" s="1">
-        <v>44214</v>
+        <v>44302</v>
       </c>
       <c r="C37" t="s">
-        <v>69</v>
+        <v>127</v>
       </c>
       <c r="D37" t="s">
-        <v>70</v>
+        <v>128</v>
+      </c>
+      <c r="E37" t="s">
+        <v>127</v>
+      </c>
+      <c r="F37" t="s">
+        <v>271</v>
+      </c>
+      <c r="G37" t="s">
+        <v>130</v>
       </c>
       <c r="H37" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="I37" t="s">
+        <v>99</v>
+      </c>
+      <c r="J37" t="s">
+        <v>318</v>
+      </c>
+      <c r="K37" t="s">
+        <v>309</v>
+      </c>
+      <c r="L37" t="s">
+        <v>133</v>
+      </c>
+      <c r="M37" t="s">
         <v>322</v>
       </c>
-      <c r="J37" t="s">
+      <c r="O37" t="s">
+        <v>238</v>
+      </c>
+      <c r="P37" t="s">
         <v>323</v>
       </c>
-      <c r="K37" t="s">
+      <c r="Q37" t="s">
+        <v>79</v>
+      </c>
+      <c r="R37" t="s">
+        <v>80</v>
+      </c>
+      <c r="S37" t="s">
+        <v>80</v>
+      </c>
+      <c r="T37" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y37" t="s">
         <v>324</v>
       </c>
-      <c r="L37" t="s">
-[...23 lines deleted...]
-      <c r="Y37" t="s">
+      <c r="Z37" t="s">
+        <v>275</v>
+      </c>
+      <c r="AB37" t="s">
         <v>325</v>
+      </c>
+      <c r="AK37" t="s">
+        <v>326</v>
+      </c>
+      <c r="AM37" t="s">
+        <v>327</v>
       </c>
     </row>
     <row r="38" spans="1:39">
       <c r="A38">
-        <v>94184</v>
+        <v>94405</v>
       </c>
       <c r="B38" s="1">
-        <v>44169</v>
+        <v>44214</v>
       </c>
       <c r="C38" t="s">
-        <v>121</v>
+        <v>69</v>
       </c>
       <c r="D38" t="s">
-        <v>122</v>
-[...8 lines deleted...]
-        <v>124</v>
+        <v>70</v>
+      </c>
+      <c r="H38" t="s">
+        <v>71</v>
       </c>
       <c r="I38" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="J38" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="K38" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="L38" t="s">
-        <v>127</v>
+        <v>217</v>
       </c>
       <c r="M38" t="s">
-        <v>316</v>
+        <v>218</v>
       </c>
       <c r="N38" t="s">
-        <v>329</v>
+        <v>257</v>
       </c>
       <c r="O38" t="s">
-        <v>229</v>
+        <v>93</v>
       </c>
       <c r="Q38" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R38" t="s">
         <v>80</v>
       </c>
       <c r="S38" t="s">
         <v>80</v>
       </c>
       <c r="T38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Y38" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="39" spans="1:39">
       <c r="A39">
-        <v>94024</v>
+        <v>94184</v>
       </c>
       <c r="B39" s="1">
-        <v>44146</v>
+        <v>44169</v>
       </c>
       <c r="C39" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D39" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="E39" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="F39" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="G39" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>130</v>
       </c>
       <c r="I39" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J39" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="K39" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="L39" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="M39" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="N39" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="O39" t="s">
-        <v>334</v>
+        <v>227</v>
       </c>
       <c r="Q39" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R39" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S39" t="s">
         <v>80</v>
       </c>
       <c r="T39" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="Y39" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="40" spans="1:39">
       <c r="A40">
-        <v>93614</v>
+        <v>94024</v>
       </c>
       <c r="B40" s="1">
-        <v>44091</v>
+        <v>44146</v>
       </c>
       <c r="C40" t="s">
-        <v>336</v>
+        <v>127</v>
       </c>
       <c r="D40" t="s">
+        <v>128</v>
+      </c>
+      <c r="E40" t="s">
+        <v>127</v>
+      </c>
+      <c r="F40" t="s">
+        <v>271</v>
+      </c>
+      <c r="G40" t="s">
+        <v>130</v>
+      </c>
+      <c r="H40" t="s">
+        <v>99</v>
+      </c>
+      <c r="I40" t="s">
         <v>337</v>
       </c>
-      <c r="H40" t="s">
+      <c r="J40" t="s">
         <v>338</v>
       </c>
-      <c r="I40" t="s">
+      <c r="K40" t="s">
+        <v>334</v>
+      </c>
+      <c r="L40" t="s">
+        <v>133</v>
+      </c>
+      <c r="M40" t="s">
+        <v>322</v>
+      </c>
+      <c r="N40" t="s">
         <v>339</v>
       </c>
-      <c r="J40" t="s">
+      <c r="O40" t="s">
         <v>340</v>
       </c>
-      <c r="K40" t="s">
+      <c r="Q40" t="s">
+        <v>79</v>
+      </c>
+      <c r="R40" t="s">
+        <v>79</v>
+      </c>
+      <c r="S40" t="s">
+        <v>80</v>
+      </c>
+      <c r="T40" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y40" t="s">
         <v>341</v>
-      </c>
-[...25 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="41" spans="1:39">
       <c r="A41">
-        <v>93611</v>
+        <v>93614</v>
       </c>
       <c r="B41" s="1">
         <v>44091</v>
       </c>
       <c r="C41" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="D41" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="H41" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="I41" t="s">
+        <v>345</v>
+      </c>
+      <c r="J41" t="s">
         <v>346</v>
       </c>
-      <c r="J41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K41" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="L41" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="M41" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="N41" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="O41" t="s">
-        <v>347</v>
+        <v>171</v>
       </c>
       <c r="Q41" t="s">
         <v>79</v>
       </c>
       <c r="R41" t="s">
         <v>80</v>
       </c>
       <c r="S41" t="s">
         <v>80</v>
       </c>
       <c r="T41" t="s">
         <v>80</v>
       </c>
       <c r="Y41" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="42" spans="1:39">
       <c r="A42">
-        <v>93548</v>
+        <v>93611</v>
       </c>
       <c r="B42" s="1">
-        <v>44077</v>
+        <v>44091</v>
       </c>
       <c r="C42" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="D42" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="H42" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="I42" t="s">
+        <v>352</v>
+      </c>
+      <c r="J42" t="s">
+        <v>346</v>
+      </c>
+      <c r="K42" t="s">
+        <v>347</v>
+      </c>
+      <c r="L42" t="s">
+        <v>348</v>
+      </c>
+      <c r="M42" t="s">
         <v>349</v>
       </c>
-      <c r="J42" t="s">
+      <c r="N42" t="s">
         <v>350</v>
       </c>
-      <c r="K42" t="s">
-[...5 lines deleted...]
-      <c r="M42" t="s">
+      <c r="O42" t="s">
         <v>353</v>
       </c>
-      <c r="N42" t="s">
+      <c r="Q42" t="s">
+        <v>79</v>
+      </c>
+      <c r="R42" t="s">
+        <v>80</v>
+      </c>
+      <c r="S42" t="s">
+        <v>80</v>
+      </c>
+      <c r="T42" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y42" t="s">
         <v>354</v>
-      </c>
-[...16 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="43" spans="1:39">
       <c r="A43">
-        <v>93552</v>
+        <v>93548</v>
       </c>
       <c r="B43" s="1">
         <v>44077</v>
       </c>
       <c r="C43" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="D43" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="H43" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="I43" t="s">
+        <v>355</v>
+      </c>
+      <c r="J43" t="s">
         <v>356</v>
       </c>
-      <c r="J43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K43" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="L43" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="M43" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="N43" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="O43" t="s">
-        <v>205</v>
+        <v>171</v>
       </c>
       <c r="Q43" t="s">
         <v>79</v>
       </c>
       <c r="R43" t="s">
         <v>80</v>
       </c>
       <c r="S43" t="s">
         <v>80</v>
       </c>
       <c r="T43" t="s">
         <v>80</v>
       </c>
       <c r="Y43" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
     </row>
     <row r="44" spans="1:39">
       <c r="A44">
-        <v>93282</v>
+        <v>93552</v>
       </c>
       <c r="B44" s="1">
-        <v>44001</v>
+        <v>44077</v>
       </c>
       <c r="C44" t="s">
-        <v>91</v>
+        <v>342</v>
       </c>
       <c r="D44" t="s">
-        <v>92</v>
+        <v>343</v>
       </c>
       <c r="H44" t="s">
+        <v>344</v>
+      </c>
+      <c r="I44" t="s">
+        <v>362</v>
+      </c>
+      <c r="J44" t="s">
+        <v>356</v>
+      </c>
+      <c r="K44" t="s">
+        <v>357</v>
+      </c>
+      <c r="L44" t="s">
         <v>358</v>
       </c>
-      <c r="I44" t="s">
+      <c r="M44" t="s">
         <v>359</v>
       </c>
-      <c r="K44" t="s">
+      <c r="N44" t="s">
         <v>360</v>
       </c>
-      <c r="L44" t="s">
-[...5 lines deleted...]
-      <c r="N44" t="s">
+      <c r="O44" t="s">
+        <v>211</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>79</v>
+      </c>
+      <c r="R44" t="s">
+        <v>80</v>
+      </c>
+      <c r="S44" t="s">
+        <v>80</v>
+      </c>
+      <c r="T44" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y44" t="s">
         <v>363</v>
-      </c>
-[...16 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="45" spans="1:39">
       <c r="A45">
-        <v>92819</v>
+        <v>93282</v>
       </c>
       <c r="B45" s="1">
-        <v>43966</v>
+        <v>44001</v>
       </c>
       <c r="C45" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D45" t="s">
-        <v>122</v>
-[...8 lines deleted...]
-        <v>124</v>
+        <v>98</v>
       </c>
       <c r="H45" t="s">
-        <v>93</v>
+        <v>364</v>
       </c>
       <c r="I45" t="s">
         <v>365</v>
       </c>
-      <c r="J45" t="s">
+      <c r="K45" t="s">
         <v>366</v>
       </c>
-      <c r="K45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L45" t="s">
-        <v>127</v>
+        <v>367</v>
       </c>
       <c r="M45" t="s">
-        <v>316</v>
+        <v>368</v>
       </c>
       <c r="N45" t="s">
-        <v>333</v>
+        <v>369</v>
       </c>
       <c r="O45" t="s">
-        <v>77</v>
+        <v>238</v>
       </c>
       <c r="Q45" t="s">
         <v>79</v>
       </c>
       <c r="R45" t="s">
         <v>80</v>
       </c>
       <c r="S45" t="s">
         <v>80</v>
       </c>
       <c r="T45" t="s">
         <v>80</v>
       </c>
       <c r="Y45" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
     </row>
     <row r="46" spans="1:39">
       <c r="A46">
-        <v>92356</v>
+        <v>92819</v>
       </c>
       <c r="B46" s="1">
-        <v>43921</v>
+        <v>43966</v>
       </c>
       <c r="C46" t="s">
-        <v>91</v>
+        <v>127</v>
       </c>
       <c r="D46" t="s">
-        <v>92</v>
+        <v>128</v>
+      </c>
+      <c r="E46" t="s">
+        <v>127</v>
+      </c>
+      <c r="F46" t="s">
+        <v>271</v>
+      </c>
+      <c r="G46" t="s">
+        <v>130</v>
       </c>
       <c r="H46" t="s">
-        <v>358</v>
+        <v>99</v>
       </c>
       <c r="I46" t="s">
-        <v>368</v>
+        <v>371</v>
+      </c>
+      <c r="J46" t="s">
+        <v>372</v>
       </c>
       <c r="K46" t="s">
-        <v>369</v>
+        <v>334</v>
       </c>
       <c r="L46" t="s">
-        <v>361</v>
+        <v>133</v>
       </c>
       <c r="M46" t="s">
-        <v>362</v>
+        <v>322</v>
       </c>
       <c r="N46" t="s">
-        <v>363</v>
+        <v>339</v>
       </c>
       <c r="O46" t="s">
-        <v>218</v>
+        <v>88</v>
       </c>
       <c r="Q46" t="s">
         <v>79</v>
       </c>
       <c r="R46" t="s">
         <v>80</v>
       </c>
       <c r="S46" t="s">
         <v>80</v>
       </c>
       <c r="T46" t="s">
         <v>80</v>
       </c>
       <c r="Y46" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="47" spans="1:39">
       <c r="A47">
-        <v>92334</v>
+        <v>92356</v>
       </c>
       <c r="B47" s="1">
-        <v>43913</v>
+        <v>43921</v>
       </c>
       <c r="C47" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="D47" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="H47" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="I47" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="K47" t="s">
-        <v>360</v>
+        <v>375</v>
       </c>
       <c r="L47" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="M47" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="N47" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="O47" t="s">
-        <v>218</v>
+        <v>238</v>
       </c>
       <c r="Q47" t="s">
         <v>79</v>
       </c>
       <c r="R47" t="s">
         <v>80</v>
       </c>
       <c r="S47" t="s">
         <v>80</v>
       </c>
       <c r="T47" t="s">
         <v>80</v>
       </c>
       <c r="Y47" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
     </row>
     <row r="48" spans="1:39">
       <c r="A48">
-        <v>92329</v>
+        <v>92334</v>
       </c>
       <c r="B48" s="1">
-        <v>43910</v>
+        <v>43913</v>
       </c>
       <c r="C48" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="D48" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="H48" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="I48" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="K48" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="L48" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="M48" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="N48" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="O48" t="s">
-        <v>218</v>
+        <v>238</v>
       </c>
       <c r="Q48" t="s">
         <v>79</v>
       </c>
       <c r="R48" t="s">
         <v>80</v>
       </c>
       <c r="S48" t="s">
         <v>80</v>
       </c>
       <c r="T48" t="s">
         <v>80</v>
       </c>
       <c r="Y48" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49">
-        <v>90803</v>
+        <v>92329</v>
       </c>
       <c r="B49" s="1">
-        <v>43810</v>
+        <v>43910</v>
       </c>
       <c r="C49" t="s">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="D49" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="H49" t="s">
-        <v>71</v>
+        <v>364</v>
       </c>
       <c r="I49" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="K49" t="s">
-        <v>324</v>
+        <v>366</v>
       </c>
       <c r="L49" t="s">
-        <v>377</v>
+        <v>367</v>
       </c>
       <c r="M49" t="s">
-        <v>212</v>
+        <v>368</v>
       </c>
       <c r="N49" t="s">
-        <v>251</v>
+        <v>369</v>
       </c>
       <c r="O49" t="s">
-        <v>378</v>
+        <v>238</v>
       </c>
       <c r="Q49" t="s">
         <v>79</v>
       </c>
       <c r="R49" t="s">
         <v>80</v>
       </c>
       <c r="S49" t="s">
         <v>80</v>
       </c>
       <c r="T49" t="s">
         <v>80</v>
       </c>
       <c r="Y49" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50">
-        <v>89272</v>
+        <v>90803</v>
       </c>
       <c r="B50" s="1">
-        <v>43732</v>
+        <v>43810</v>
       </c>
       <c r="C50" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
       <c r="D50" t="s">
-        <v>149</v>
-[...8 lines deleted...]
-        <v>152</v>
+        <v>70</v>
+      </c>
+      <c r="H50" t="s">
+        <v>71</v>
       </c>
       <c r="I50" t="s">
         <v>381</v>
       </c>
       <c r="J50" t="s">
         <v>382</v>
       </c>
       <c r="K50" t="s">
+        <v>330</v>
+      </c>
+      <c r="L50" t="s">
         <v>383</v>
       </c>
-      <c r="L50" t="s">
+      <c r="M50" t="s">
+        <v>218</v>
+      </c>
+      <c r="N50" t="s">
+        <v>257</v>
+      </c>
+      <c r="O50" t="s">
         <v>384</v>
       </c>
-      <c r="M50" t="s">
+      <c r="Q50" t="s">
+        <v>79</v>
+      </c>
+      <c r="R50" t="s">
+        <v>80</v>
+      </c>
+      <c r="S50" t="s">
+        <v>80</v>
+      </c>
+      <c r="T50" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y50" t="s">
         <v>385</v>
-      </c>
-[...19 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51">
-        <v>87856</v>
+        <v>89272</v>
       </c>
       <c r="B51" s="1">
-        <v>43598</v>
+        <v>43732</v>
       </c>
       <c r="C51" t="s">
-        <v>121</v>
+        <v>154</v>
       </c>
       <c r="D51" t="s">
-        <v>122</v>
+        <v>155</v>
       </c>
       <c r="E51" t="s">
-        <v>121</v>
+        <v>156</v>
       </c>
       <c r="F51" t="s">
-        <v>265</v>
+        <v>386</v>
       </c>
       <c r="G51" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>158</v>
       </c>
       <c r="I51" t="s">
         <v>387</v>
       </c>
       <c r="J51" t="s">
         <v>388</v>
       </c>
       <c r="K51" t="s">
         <v>389</v>
       </c>
       <c r="L51" t="s">
-        <v>127</v>
+        <v>390</v>
       </c>
       <c r="M51" t="s">
-        <v>316</v>
+        <v>391</v>
       </c>
       <c r="N51" t="s">
-        <v>333</v>
+        <v>156</v>
       </c>
       <c r="O51" t="s">
-        <v>128</v>
+        <v>165</v>
       </c>
       <c r="Q51" t="s">
         <v>79</v>
       </c>
       <c r="R51" t="s">
         <v>80</v>
       </c>
       <c r="S51" t="s">
         <v>80</v>
       </c>
       <c r="T51" t="s">
         <v>80</v>
       </c>
       <c r="Y51" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52">
-        <v>87572</v>
+        <v>87856</v>
       </c>
       <c r="B52" s="1">
-        <v>43573</v>
+        <v>43598</v>
       </c>
       <c r="C52" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D52" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="E52" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="F52" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="G52" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="H52" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="I52" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="J52" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="K52" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="L52" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="M52" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="N52" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="O52" t="s">
-        <v>394</v>
+        <v>134</v>
       </c>
       <c r="Q52" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R52" t="s">
         <v>80</v>
       </c>
       <c r="S52" t="s">
         <v>80</v>
       </c>
       <c r="T52" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Y52" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53">
         <v>87571</v>
       </c>
       <c r="B53" s="1">
         <v>43573</v>
       </c>
       <c r="C53" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D53" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="E53" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="F53" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="G53" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="H53" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="I53" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="J53" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="K53" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="L53" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="M53" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="N53" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="O53" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="Q53" t="s">
         <v>80</v>
       </c>
       <c r="R53" t="s">
         <v>80</v>
       </c>
       <c r="S53" t="s">
         <v>80</v>
       </c>
       <c r="T53" t="s">
         <v>79</v>
       </c>
       <c r="Y53" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="Z53" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54">
-        <v>85383</v>
+        <v>87572</v>
       </c>
       <c r="B54" s="1">
-        <v>43388</v>
+        <v>43573</v>
       </c>
       <c r="C54" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D54" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="E54" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="F54" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="G54" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="H54" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="I54" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="J54" t="s">
         <v>398</v>
       </c>
       <c r="K54" t="s">
         <v>399</v>
       </c>
       <c r="L54" t="s">
+        <v>133</v>
+      </c>
+      <c r="M54" t="s">
+        <v>322</v>
+      </c>
+      <c r="N54" t="s">
+        <v>339</v>
+      </c>
+      <c r="O54" t="s">
         <v>400</v>
       </c>
-      <c r="M54" t="s">
+      <c r="Q54" t="s">
+        <v>80</v>
+      </c>
+      <c r="R54" t="s">
+        <v>80</v>
+      </c>
+      <c r="S54" t="s">
+        <v>80</v>
+      </c>
+      <c r="T54" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y54" t="s">
         <v>401</v>
-      </c>
-[...19 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55">
-        <v>85227</v>
+        <v>85383</v>
       </c>
       <c r="B55" s="1">
-        <v>43348</v>
+        <v>43388</v>
       </c>
       <c r="C55" t="s">
-        <v>191</v>
+        <v>127</v>
       </c>
       <c r="D55" t="s">
-        <v>192</v>
+        <v>128</v>
+      </c>
+      <c r="E55" t="s">
+        <v>127</v>
+      </c>
+      <c r="F55" t="s">
+        <v>271</v>
+      </c>
+      <c r="G55" t="s">
+        <v>130</v>
       </c>
       <c r="H55" t="s">
-        <v>193</v>
+        <v>99</v>
       </c>
       <c r="I55" t="s">
         <v>403</v>
       </c>
       <c r="J55" t="s">
         <v>404</v>
       </c>
       <c r="K55" t="s">
         <v>405</v>
       </c>
       <c r="L55" t="s">
         <v>406</v>
       </c>
       <c r="M55" t="s">
         <v>407</v>
       </c>
       <c r="N55" t="s">
-        <v>199</v>
+        <v>335</v>
       </c>
       <c r="O55" t="s">
-        <v>313</v>
+        <v>123</v>
       </c>
       <c r="Q55" t="s">
         <v>79</v>
       </c>
       <c r="R55" t="s">
         <v>80</v>
       </c>
       <c r="S55" t="s">
         <v>80</v>
       </c>
       <c r="T55" t="s">
         <v>80</v>
       </c>
       <c r="Y55" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56">
-        <v>85085</v>
+        <v>85227</v>
       </c>
       <c r="B56" s="1">
-        <v>43314</v>
+        <v>43348</v>
       </c>
       <c r="C56" t="s">
-        <v>121</v>
+        <v>197</v>
       </c>
       <c r="D56" t="s">
-        <v>122</v>
-[...8 lines deleted...]
-        <v>124</v>
+        <v>198</v>
       </c>
       <c r="H56" t="s">
-        <v>93</v>
+        <v>199</v>
       </c>
       <c r="I56" t="s">
         <v>409</v>
       </c>
       <c r="J56" t="s">
         <v>410</v>
       </c>
       <c r="K56" t="s">
         <v>411</v>
       </c>
       <c r="L56" t="s">
         <v>412</v>
       </c>
       <c r="M56" t="s">
         <v>413</v>
       </c>
       <c r="N56" t="s">
+        <v>205</v>
+      </c>
+      <c r="O56" t="s">
+        <v>319</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>79</v>
+      </c>
+      <c r="R56" t="s">
+        <v>80</v>
+      </c>
+      <c r="S56" t="s">
+        <v>80</v>
+      </c>
+      <c r="T56" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y56" t="s">
         <v>414</v>
-      </c>
-[...16 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57">
-        <v>85064</v>
+        <v>85085</v>
       </c>
       <c r="B57" s="1">
-        <v>43311</v>
+        <v>43314</v>
       </c>
       <c r="C57" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D57" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="E57" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="F57" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="G57" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="H57" t="s">
+        <v>99</v>
+      </c>
+      <c r="I57" t="s">
+        <v>415</v>
+      </c>
+      <c r="J57" t="s">
         <v>416</v>
       </c>
-      <c r="I57" t="s">
+      <c r="K57" t="s">
         <v>417</v>
       </c>
-      <c r="J57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L57" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="M57" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="N57" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="O57" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="Q57" t="s">
         <v>79</v>
       </c>
       <c r="R57" t="s">
         <v>79</v>
       </c>
       <c r="S57" t="s">
         <v>80</v>
       </c>
       <c r="T57" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Y57" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58">
-        <v>84930</v>
+        <v>85064</v>
       </c>
       <c r="B58" s="1">
-        <v>43269</v>
+        <v>43311</v>
       </c>
       <c r="C58" t="s">
-        <v>148</v>
+        <v>127</v>
       </c>
       <c r="D58" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="E58" t="s">
-        <v>150</v>
+        <v>127</v>
       </c>
       <c r="F58" t="s">
-        <v>380</v>
+        <v>271</v>
       </c>
       <c r="G58" t="s">
-        <v>152</v>
+        <v>130</v>
+      </c>
+      <c r="H58" t="s">
+        <v>422</v>
       </c>
       <c r="I58" t="s">
+        <v>423</v>
+      </c>
+      <c r="J58" t="s">
+        <v>416</v>
+      </c>
+      <c r="K58" t="s">
+        <v>417</v>
+      </c>
+      <c r="L58" t="s">
+        <v>418</v>
+      </c>
+      <c r="M58" t="s">
         <v>419</v>
       </c>
-      <c r="J58" t="s">
-[...2 lines deleted...]
-      <c r="K58" t="s">
+      <c r="N58" t="s">
+        <v>424</v>
+      </c>
+      <c r="O58" t="s">
+        <v>206</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>79</v>
+      </c>
+      <c r="R58" t="s">
+        <v>79</v>
+      </c>
+      <c r="S58" t="s">
+        <v>80</v>
+      </c>
+      <c r="T58" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y58" t="s">
         <v>421</v>
-      </c>
-[...22 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59">
-        <v>84344</v>
+        <v>84930</v>
       </c>
       <c r="B59" s="1">
-        <v>43182</v>
+        <v>43269</v>
       </c>
       <c r="C59" t="s">
-        <v>69</v>
+        <v>154</v>
       </c>
       <c r="D59" t="s">
-        <v>70</v>
+        <v>155</v>
       </c>
       <c r="E59" t="s">
-        <v>423</v>
+        <v>156</v>
       </c>
       <c r="F59" t="s">
-        <v>424</v>
+        <v>386</v>
       </c>
       <c r="G59" t="s">
+        <v>158</v>
+      </c>
+      <c r="I59" t="s">
         <v>425</v>
       </c>
-      <c r="H59" t="s">
-[...2 lines deleted...]
-      <c r="I59" t="s">
+      <c r="J59" t="s">
         <v>426</v>
       </c>
-      <c r="J59" t="s">
+      <c r="K59" t="s">
         <v>427</v>
       </c>
-      <c r="K59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L59" t="s">
+        <v>390</v>
+      </c>
+      <c r="M59" t="s">
+        <v>391</v>
+      </c>
+      <c r="O59" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>79</v>
+      </c>
+      <c r="R59" t="s">
+        <v>80</v>
+      </c>
+      <c r="S59" t="s">
+        <v>80</v>
+      </c>
+      <c r="T59" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y59" t="s">
         <v>428</v>
-      </c>
-[...22 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60">
-        <v>84266</v>
+        <v>84344</v>
       </c>
       <c r="B60" s="1">
-        <v>43161</v>
+        <v>43182</v>
       </c>
       <c r="C60" t="s">
-        <v>191</v>
+        <v>69</v>
       </c>
       <c r="D60" t="s">
-        <v>192</v>
+        <v>70</v>
       </c>
       <c r="E60" t="s">
-        <v>191</v>
+        <v>429</v>
       </c>
       <c r="F60" t="s">
+        <v>430</v>
+      </c>
+      <c r="G60" t="s">
+        <v>431</v>
+      </c>
+      <c r="H60" t="s">
+        <v>71</v>
+      </c>
+      <c r="I60" t="s">
         <v>432</v>
       </c>
-      <c r="G60" t="s">
+      <c r="J60" t="s">
         <v>433</v>
       </c>
-      <c r="H60" t="s">
-[...2 lines deleted...]
-      <c r="I60" t="s">
+      <c r="K60" t="s">
+        <v>293</v>
+      </c>
+      <c r="L60" t="s">
         <v>434</v>
       </c>
-      <c r="J60" t="s">
+      <c r="M60" t="s">
         <v>435</v>
       </c>
-      <c r="K60" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N60" t="s">
-        <v>199</v>
+        <v>257</v>
       </c>
       <c r="O60" t="s">
         <v>436</v>
       </c>
       <c r="Q60" t="s">
         <v>79</v>
       </c>
       <c r="R60" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S60" t="s">
         <v>80</v>
       </c>
       <c r="T60" t="s">
         <v>80</v>
       </c>
       <c r="Y60" t="s">
         <v>437</v>
+      </c>
+    </row>
+    <row r="61" spans="1:26">
+      <c r="A61">
+        <v>84266</v>
+      </c>
+      <c r="B61" s="1">
+        <v>43161</v>
+      </c>
+      <c r="C61" t="s">
+        <v>197</v>
+      </c>
+      <c r="D61" t="s">
+        <v>198</v>
+      </c>
+      <c r="E61" t="s">
+        <v>197</v>
+      </c>
+      <c r="F61" t="s">
+        <v>438</v>
+      </c>
+      <c r="G61" t="s">
+        <v>439</v>
+      </c>
+      <c r="H61" t="s">
+        <v>199</v>
+      </c>
+      <c r="I61" t="s">
+        <v>440</v>
+      </c>
+      <c r="J61" t="s">
+        <v>441</v>
+      </c>
+      <c r="K61" t="s">
+        <v>411</v>
+      </c>
+      <c r="L61" t="s">
+        <v>412</v>
+      </c>
+      <c r="M61" t="s">
+        <v>413</v>
+      </c>
+      <c r="N61" t="s">
+        <v>205</v>
+      </c>
+      <c r="O61" t="s">
+        <v>442</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>79</v>
+      </c>
+      <c r="R61" t="s">
+        <v>79</v>
+      </c>
+      <c r="S61" t="s">
+        <v>80</v>
+      </c>
+      <c r="T61" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y61" t="s">
+        <v>443</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>