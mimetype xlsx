--- v0 (2025-12-17)
+++ v1 (2026-03-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="98">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -219,99 +219,135 @@
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
+    <t>Povodí Labe, státní podnik</t>
+  </si>
+  <si>
+    <t>dbyt8g2</t>
+  </si>
+  <si>
+    <t>Ministerstvo zemědělství</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 1579/4 v katastrálním území Brusnice</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>495088871</t>
+  </si>
+  <si>
+    <t>lodrovam@pla.cz</t>
+  </si>
+  <si>
+    <t>Martina Lodrová</t>
+  </si>
+  <si>
+    <t>majetkový odbor</t>
+  </si>
+  <si>
+    <t>Brusnice, Hajnice, okres Trutnov</t>
+  </si>
+  <si>
+    <t>1579/4</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 1579/4 v katastrálním území Brusnice, vodní plocha, vznikl geometrickým odměřením od původní pozemkové parcely č. 1579. Nově vzniklý pozemek není vodním tokem a je užíván společné s pozemky, které na něho navazují. Pozemek je částečně zastavěný vedlejšími stavbami. Přístup na nově vzniklý pozemek je z veřejné komunikace.</t>
+  </si>
+  <si>
+    <t>102400</t>
+  </si>
+  <si>
     <t>Česká pošta, s.p.</t>
   </si>
   <si>
     <t>kr7cdry</t>
   </si>
   <si>
     <t>Ministerstvo vnitra</t>
   </si>
   <si>
+    <t>Pozemek parc. č. st. 200 o výměře 588 m2, zastavěná plocha a nádvoří, jehož součástí je i budova s č. p. 126 víceúčelová stavba, k. ú. Brusnice, obec Hajnice, LV č. 437, KÚ pro Královéhradecký kraj, Katastrálního pracoviště Trutnov. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>2022-10-03</t>
+  </si>
+  <si>
+    <t>954302327</t>
+  </si>
+  <si>
+    <t>reality.prodej@cpost.cz</t>
+  </si>
+  <si>
+    <t>Dana Tučková</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Správa realit </t>
+  </si>
+  <si>
+    <t>Prodej proběhne formou e-aukce</t>
+  </si>
+  <si>
+    <t>1730000</t>
+  </si>
+  <si>
     <t>Pozemek parc. č. st. 357 zastavěná plocha a nádvoří, jehož součástí je i část stavby bez č.p./č.e., oddělený GP 450-125/2021, z čehož výměra pozemku určená k prodeji je 17 m2, k. ú. Brusnice, obec Hajnice, LV č. 437, KÚ pro Královéhradecký kraj, Katastrálního pracoviště Trutnov. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
-    <t>2022-10-03</t>
-[...22 lines deleted...]
-  <si>
     <t>Pozemek je prodáván formou přímého prodeje jako narovnání majetkoprávních vad na základě výzvy KÚ</t>
   </si>
   <si>
     <t>11220</t>
-  </si>
-[...7 lines deleted...]
-    <t>1730000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -607,81 +643,80 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ3"/>
+  <dimension ref="A1:BQ4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
-    <col min="3" max="3" width="19.7109375" customWidth="1"/>
+    <col min="3" max="3" width="28.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
-    <col min="8" max="8" width="23.7109375" customWidth="1"/>
+    <col min="8" max="8" width="26.7109375" customWidth="1"/>
     <col min="9" max="9" width="334.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="25.7109375" customWidth="1"/>
-    <col min="13" max="13" width="15.7109375" customWidth="1"/>
-    <col min="14" max="14" width="16.7109375" customWidth="1"/>
+    <col min="13" max="14" width="17.7109375" customWidth="1"/>
     <col min="15" max="15" width="34.7109375" customWidth="1"/>
     <col min="16" max="16" width="16.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="99.7109375" customWidth="1"/>
+    <col min="24" max="24" width="355.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="17.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
     <col min="47" max="47" width="17.7109375" customWidth="1"/>
     <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
@@ -896,158 +931,217 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>96915</v>
+        <v>105984</v>
       </c>
       <c r="B2" s="1">
-        <v>44806</v>
+        <v>45986</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
       <c r="N2" t="s">
         <v>77</v>
       </c>
       <c r="O2" t="s">
         <v>78</v>
       </c>
+      <c r="P2" t="s">
+        <v>79</v>
+      </c>
       <c r="Q2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Y2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
         <v>96914</v>
       </c>
       <c r="B3" s="1">
         <v>44806</v>
       </c>
       <c r="C3" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H3" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="J3" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="K3" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="L3" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="M3" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N3" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="O3" t="s">
         <v>78</v>
       </c>
       <c r="Q3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S3" t="s">
+        <v>81</v>
+      </c>
+      <c r="T3" t="s">
+        <v>81</v>
+      </c>
+      <c r="X3" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="4" spans="1:69">
+      <c r="A4">
+        <v>96915</v>
+      </c>
+      <c r="B4" s="1">
+        <v>44806</v>
+      </c>
+      <c r="C4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D4" t="s">
+        <v>85</v>
+      </c>
+      <c r="H4" t="s">
+        <v>86</v>
+      </c>
+      <c r="I4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J4" t="s">
+        <v>88</v>
+      </c>
+      <c r="K4" t="s">
+        <v>89</v>
+      </c>
+      <c r="L4" t="s">
+        <v>90</v>
+      </c>
+      <c r="M4" t="s">
+        <v>91</v>
+      </c>
+      <c r="N4" t="s">
+        <v>92</v>
+      </c>
+      <c r="O4" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q4" t="s">
         <v>80</v>
       </c>
-      <c r="T3" t="s">
-[...6 lines deleted...]
-        <v>85</v>
+      <c r="R4" t="s">
+        <v>81</v>
+      </c>
+      <c r="S4" t="s">
+        <v>81</v>
+      </c>
+      <c r="T4" t="s">
+        <v>81</v>
+      </c>
+      <c r="X4" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>