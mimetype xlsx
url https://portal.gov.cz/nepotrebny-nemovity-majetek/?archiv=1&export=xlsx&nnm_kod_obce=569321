--- v0 (2025-12-18)
+++ v1 (2026-03-19)
@@ -267,129 +267,129 @@
   <si>
     <t>Přibyslav, Přibyslav, okres Havlíčkův Brod</t>
   </si>
   <si>
     <t>p. č. 1771/6</t>
   </si>
   <si>
     <t>ano</t>
   </si>
   <si>
     <t>ne</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
     <t xml:space="preserve">Ministerstvo zemědělství </t>
   </si>
   <si>
+    <t>Prodej pozemků v k.ú. Přibyslav S 399/14</t>
+  </si>
+  <si>
+    <t>2025-02-24</t>
+  </si>
+  <si>
+    <t>956155106</t>
+  </si>
+  <si>
+    <t>josef.kovar@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Josef Kovář</t>
+  </si>
+  <si>
+    <t>Lesní správa Ledeč nad Sázavou</t>
+  </si>
+  <si>
+    <t>825/6, 825/10</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesních pozemků celkové výměře 707 m2 v k.ú. Přibyslav</t>
+  </si>
+  <si>
+    <t>7070</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú.Přibyslav S 848/24</t>
+  </si>
+  <si>
+    <t>1557/17</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesního pozemku o výměře 20 m2</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
     <t>Prodej pozemku v k.ú. Poříčí u Přibyslavi S 1005/24</t>
   </si>
   <si>
-    <t>2025-02-24</t>
-[...1 lines deleted...]
-  <si>
     <t>956150106</t>
   </si>
   <si>
-    <t>josef.kovar@lesycr.cz</t>
-[...7 lines deleted...]
-  <si>
     <t>Poříčí u Přibyslavi, Přibyslav, okres Havlíčkův Brod</t>
   </si>
   <si>
     <t>125/4</t>
   </si>
   <si>
     <t>Jedná se o prodej pozemku lesního pozemku o výměře 1214 m2</t>
   </si>
   <si>
     <t>20640</t>
   </si>
   <si>
     <t>Prodej pozemků v k.ú. Přibyslav a Ronov nad Sázavou S 972/24</t>
   </si>
   <si>
     <t>1036/3</t>
   </si>
   <si>
     <t>Jedná se o prodej lesního pozemku o výměře 887 m2</t>
   </si>
   <si>
     <t>17740</t>
   </si>
   <si>
     <t>Ronov nad Sázavou, Přibyslav, okres Havlíčkův Brod</t>
   </si>
   <si>
     <t>17850</t>
   </si>
   <si>
     <t>150/1</t>
   </si>
   <si>
     <t>Jedná se o prodej lesního pozemku o výměře 1190 m2</t>
-  </si>
-[...25 lines deleted...]
-    <t>200</t>
   </si>
   <si>
     <t xml:space="preserve">Ministerstvo zemědělství ČR </t>
   </si>
   <si>
     <t>Prodej pozemku v k.ú. Hřiště S 743/22</t>
   </si>
   <si>
     <t>2023-04-22</t>
   </si>
   <si>
     <t>Hřiště, Přibyslav, okres Havlíčkův Brod</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t xml:space="preserve">Jedná se o prodej pozemku p.č. 857 v k.ú. Hřiště - lesní pozemek o výměře 363 m2. Prodej formou výběrového řízení </t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>Prodej pozemku v k.ú. Česká Jablonná S 335/2</t>
   </si>
@@ -1174,332 +1174,332 @@
       </c>
       <c r="P2" t="s">
         <v>78</v>
       </c>
       <c r="Q2" t="s">
         <v>79</v>
       </c>
       <c r="R2" t="s">
         <v>80</v>
       </c>
       <c r="S2" t="s">
         <v>80</v>
       </c>
       <c r="T2" t="s">
         <v>80</v>
       </c>
       <c r="X2" t="s">
         <v>72</v>
       </c>
       <c r="Y2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>103457</v>
+        <v>103459</v>
       </c>
       <c r="B3" s="1">
         <v>45681</v>
       </c>
       <c r="C3" t="s">
         <v>82</v>
       </c>
       <c r="D3" t="s">
         <v>83</v>
       </c>
       <c r="H3" t="s">
         <v>84</v>
       </c>
       <c r="I3" t="s">
         <v>85</v>
       </c>
       <c r="J3" t="s">
         <v>86</v>
       </c>
       <c r="K3" t="s">
         <v>87</v>
       </c>
       <c r="L3" t="s">
         <v>88</v>
       </c>
       <c r="M3" t="s">
         <v>89</v>
       </c>
       <c r="N3" t="s">
         <v>90</v>
       </c>
       <c r="O3" t="s">
+        <v>77</v>
+      </c>
+      <c r="P3" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="Q3" t="s">
         <v>79</v>
       </c>
       <c r="R3" t="s">
         <v>80</v>
       </c>
       <c r="S3" t="s">
         <v>80</v>
       </c>
       <c r="T3" t="s">
         <v>80</v>
       </c>
       <c r="X3" t="s">
+        <v>92</v>
+      </c>
+      <c r="Y3" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>103456</v>
+        <v>103458</v>
       </c>
       <c r="B4" s="1">
         <v>45681</v>
       </c>
       <c r="C4" t="s">
         <v>82</v>
       </c>
       <c r="D4" t="s">
         <v>83</v>
       </c>
       <c r="H4" t="s">
         <v>84</v>
       </c>
       <c r="I4" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J4" t="s">
         <v>86</v>
       </c>
       <c r="K4" t="s">
         <v>87</v>
       </c>
       <c r="L4" t="s">
         <v>88</v>
       </c>
       <c r="M4" t="s">
         <v>89</v>
       </c>
       <c r="N4" t="s">
         <v>90</v>
       </c>
       <c r="O4" t="s">
         <v>77</v>
       </c>
       <c r="P4" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="Q4" t="s">
         <v>79</v>
       </c>
       <c r="R4" t="s">
         <v>80</v>
       </c>
       <c r="S4" t="s">
         <v>80</v>
       </c>
       <c r="T4" t="s">
         <v>80</v>
       </c>
       <c r="X4" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y4" t="s">
         <v>97</v>
-      </c>
-[...25 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>103459</v>
+        <v>103457</v>
       </c>
       <c r="B5" s="1">
         <v>45681</v>
       </c>
       <c r="C5" t="s">
         <v>82</v>
       </c>
       <c r="D5" t="s">
         <v>83</v>
       </c>
       <c r="H5" t="s">
         <v>84</v>
       </c>
       <c r="I5" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="J5" t="s">
         <v>86</v>
       </c>
       <c r="K5" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="L5" t="s">
         <v>88</v>
       </c>
       <c r="M5" t="s">
         <v>89</v>
       </c>
       <c r="N5" t="s">
         <v>90</v>
       </c>
       <c r="O5" t="s">
-        <v>77</v>
+        <v>100</v>
       </c>
       <c r="P5" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="Q5" t="s">
         <v>79</v>
       </c>
       <c r="R5" t="s">
         <v>80</v>
       </c>
       <c r="S5" t="s">
         <v>80</v>
       </c>
       <c r="T5" t="s">
         <v>80</v>
       </c>
       <c r="X5" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="Y5" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>103458</v>
+        <v>103456</v>
       </c>
       <c r="B6" s="1">
         <v>45681</v>
       </c>
       <c r="C6" t="s">
         <v>82</v>
       </c>
       <c r="D6" t="s">
         <v>83</v>
       </c>
       <c r="H6" t="s">
         <v>84</v>
       </c>
       <c r="I6" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="J6" t="s">
         <v>86</v>
       </c>
       <c r="K6" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="L6" t="s">
         <v>88</v>
       </c>
       <c r="M6" t="s">
         <v>89</v>
       </c>
       <c r="N6" t="s">
         <v>90</v>
       </c>
       <c r="O6" t="s">
         <v>77</v>
       </c>
       <c r="P6" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="Q6" t="s">
         <v>79</v>
       </c>
       <c r="R6" t="s">
         <v>80</v>
       </c>
       <c r="S6" t="s">
         <v>80</v>
       </c>
       <c r="T6" t="s">
         <v>80</v>
       </c>
       <c r="X6" t="s">
+        <v>106</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>107</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>109</v>
+      </c>
+      <c r="AB6" t="s">
         <v>110</v>
       </c>
-      <c r="Y6" t="s">
+      <c r="AC6" t="s">
+        <v>79</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>80</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>80</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>80</v>
+      </c>
+      <c r="AJ6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
         <v>97663</v>
       </c>
       <c r="B7" s="1">
         <v>45007</v>
       </c>
       <c r="C7" t="s">
         <v>82</v>
       </c>
       <c r="D7" t="s">
         <v>83</v>
       </c>
       <c r="H7" t="s">
         <v>112</v>
       </c>
       <c r="I7" t="s">
         <v>113</v>
       </c>
       <c r="J7" t="s">
         <v>114</v>
       </c>
       <c r="K7" t="s">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="L7" t="s">
         <v>88</v>
       </c>
       <c r="M7" t="s">
         <v>89</v>
       </c>
       <c r="N7" t="s">
         <v>90</v>
       </c>
       <c r="O7" t="s">
         <v>115</v>
       </c>
       <c r="P7" t="s">
         <v>116</v>
       </c>
       <c r="Q7" t="s">
         <v>79</v>
       </c>
       <c r="R7" t="s">
         <v>80</v>
       </c>
       <c r="S7" t="s">
         <v>80</v>
       </c>
@@ -1514,51 +1514,51 @@
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
         <v>97543</v>
       </c>
       <c r="B8" s="1">
         <v>44984</v>
       </c>
       <c r="C8" t="s">
         <v>82</v>
       </c>
       <c r="D8" t="s">
         <v>83</v>
       </c>
       <c r="H8" t="s">
         <v>112</v>
       </c>
       <c r="I8" t="s">
         <v>119</v>
       </c>
       <c r="J8" t="s">
         <v>120</v>
       </c>
       <c r="K8" t="s">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="L8" t="s">
         <v>88</v>
       </c>
       <c r="M8" t="s">
         <v>89</v>
       </c>
       <c r="N8" t="s">
         <v>90</v>
       </c>
       <c r="O8" t="s">
         <v>121</v>
       </c>
       <c r="P8" t="s">
         <v>122</v>
       </c>
       <c r="Q8" t="s">
         <v>79</v>
       </c>
       <c r="R8" t="s">
         <v>80</v>
       </c>
       <c r="S8" t="s">
         <v>80</v>
       </c>
@@ -1573,110 +1573,110 @@
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
         <v>97438</v>
       </c>
       <c r="B9" s="1">
         <v>44952</v>
       </c>
       <c r="C9" t="s">
         <v>82</v>
       </c>
       <c r="D9" t="s">
         <v>83</v>
       </c>
       <c r="H9" t="s">
         <v>112</v>
       </c>
       <c r="I9" t="s">
         <v>125</v>
       </c>
       <c r="J9" t="s">
         <v>126</v>
       </c>
       <c r="K9" t="s">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="L9" t="s">
         <v>88</v>
       </c>
       <c r="M9" t="s">
         <v>89</v>
       </c>
       <c r="N9" t="s">
         <v>90</v>
       </c>
       <c r="O9" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="P9" t="s">
         <v>127</v>
       </c>
       <c r="Q9" t="s">
         <v>79</v>
       </c>
       <c r="R9" t="s">
         <v>80</v>
       </c>
       <c r="S9" t="s">
         <v>80</v>
       </c>
       <c r="T9" t="s">
         <v>80</v>
       </c>
       <c r="X9" t="s">
         <v>128</v>
       </c>
       <c r="Y9" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
         <v>96281</v>
       </c>
       <c r="B10" s="1">
         <v>44638</v>
       </c>
       <c r="C10" t="s">
         <v>82</v>
       </c>
       <c r="D10" t="s">
         <v>83</v>
       </c>
       <c r="H10" t="s">
         <v>112</v>
       </c>
       <c r="I10" t="s">
         <v>130</v>
       </c>
       <c r="J10" t="s">
         <v>131</v>
       </c>
       <c r="K10" t="s">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="L10" t="s">
         <v>88</v>
       </c>
       <c r="M10" t="s">
         <v>89</v>
       </c>
       <c r="N10" t="s">
         <v>90</v>
       </c>
       <c r="O10" t="s">
         <v>132</v>
       </c>
       <c r="P10" t="s">
         <v>133</v>
       </c>
       <c r="Q10" t="s">
         <v>79</v>
       </c>
       <c r="R10" t="s">
         <v>80</v>
       </c>
       <c r="S10" t="s">
         <v>80</v>
       </c>
@@ -1712,119 +1712,119 @@
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
         <v>95418</v>
       </c>
       <c r="B11" s="1">
         <v>44453</v>
       </c>
       <c r="C11" t="s">
         <v>82</v>
       </c>
       <c r="D11" t="s">
         <v>83</v>
       </c>
       <c r="H11" t="s">
         <v>138</v>
       </c>
       <c r="I11" t="s">
         <v>139</v>
       </c>
       <c r="J11" t="s">
         <v>140</v>
       </c>
       <c r="K11" t="s">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="L11" t="s">
         <v>88</v>
       </c>
       <c r="M11" t="s">
         <v>141</v>
       </c>
       <c r="N11" t="s">
         <v>142</v>
       </c>
       <c r="O11" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="P11" t="s">
         <v>143</v>
       </c>
       <c r="Q11" t="s">
         <v>79</v>
       </c>
       <c r="R11" t="s">
         <v>80</v>
       </c>
       <c r="S11" t="s">
         <v>80</v>
       </c>
       <c r="T11" t="s">
         <v>80</v>
       </c>
       <c r="X11" t="s">
         <v>144</v>
       </c>
       <c r="Y11" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
         <v>94550</v>
       </c>
       <c r="B12" s="1">
         <v>44229</v>
       </c>
       <c r="C12" t="s">
         <v>82</v>
       </c>
       <c r="D12" t="s">
         <v>83</v>
       </c>
       <c r="I12" t="s">
         <v>146</v>
       </c>
       <c r="J12" t="s">
         <v>147</v>
       </c>
       <c r="K12" t="s">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="L12" t="s">
         <v>88</v>
       </c>
       <c r="M12" t="s">
         <v>89</v>
       </c>
       <c r="N12" t="s">
         <v>142</v>
       </c>
       <c r="O12" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="Q12" t="s">
         <v>79</v>
       </c>
       <c r="R12" t="s">
         <v>80</v>
       </c>
       <c r="S12" t="s">
         <v>80</v>
       </c>
       <c r="T12" t="s">
         <v>80</v>
       </c>
       <c r="Y12" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
         <v>93634</v>
       </c>
       <c r="B13" s="1">
         <v>44095</v>
       </c>
       <c r="C13" t="s">
@@ -1871,51 +1871,51 @@
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
         <v>93608</v>
       </c>
       <c r="B14" s="1">
         <v>44091</v>
       </c>
       <c r="C14" t="s">
         <v>82</v>
       </c>
       <c r="D14" t="s">
         <v>83</v>
       </c>
       <c r="H14" t="s">
         <v>153</v>
       </c>
       <c r="I14" t="s">
         <v>154</v>
       </c>
       <c r="J14" t="s">
         <v>155</v>
       </c>
       <c r="K14" t="s">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="L14" t="s">
         <v>88</v>
       </c>
       <c r="M14" t="s">
         <v>89</v>
       </c>
       <c r="N14" t="s">
         <v>142</v>
       </c>
       <c r="O14" t="s">
         <v>132</v>
       </c>
       <c r="Q14" t="s">
         <v>79</v>
       </c>
       <c r="R14" t="s">
         <v>80</v>
       </c>
       <c r="S14" t="s">
         <v>80</v>
       </c>
       <c r="T14" t="s">
         <v>80</v>
       </c>
@@ -1924,51 +1924,51 @@
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
         <v>92331</v>
       </c>
       <c r="B15" s="1">
         <v>43913</v>
       </c>
       <c r="C15" t="s">
         <v>82</v>
       </c>
       <c r="D15" t="s">
         <v>83</v>
       </c>
       <c r="H15" t="s">
         <v>153</v>
       </c>
       <c r="I15" t="s">
         <v>156</v>
       </c>
       <c r="J15" t="s">
         <v>157</v>
       </c>
       <c r="K15" t="s">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="L15" t="s">
         <v>88</v>
       </c>
       <c r="M15" t="s">
         <v>89</v>
       </c>
       <c r="N15" t="s">
         <v>142</v>
       </c>
       <c r="O15" t="s">
         <v>158</v>
       </c>
       <c r="Q15" t="s">
         <v>79</v>
       </c>
       <c r="R15" t="s">
         <v>80</v>
       </c>
       <c r="S15" t="s">
         <v>80</v>
       </c>
       <c r="T15" t="s">
         <v>80</v>
       </c>