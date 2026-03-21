--- v0 (2025-11-07)
+++ v1 (2026-03-21)
@@ -288,114 +288,114 @@
   <si>
     <t>1660000</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
     <t>MZE</t>
   </si>
   <si>
     <t>Prodej pozemku v k.ú. Lubenec</t>
   </si>
   <si>
     <t>2024-11-18</t>
   </si>
   <si>
     <t>956226106</t>
   </si>
   <si>
     <t>martina.ptackova@lesycr.cz</t>
   </si>
   <si>
+    <t>Mgr. Martina Ptáčková</t>
+  </si>
+  <si>
     <t>LS Toužim</t>
   </si>
   <si>
     <t>Lubenec, Lubenec, okres Louny</t>
   </si>
   <si>
+    <t>1798/8</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1798/8 o výměře 99 m2 ostatní plocha v k.ú. Lubenec.</t>
+  </si>
+  <si>
+    <t>29700</t>
+  </si>
+  <si>
     <t>1798/6</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 1798/6 o výměře 213 m2 ostatní plocha v k.ú. Lubenec.</t>
   </si>
   <si>
     <t>46860</t>
   </si>
   <si>
-    <t>Mgr. Martina Ptáčková</t>
-[...10 lines deleted...]
-  <si>
     <t>2024-11-17</t>
   </si>
   <si>
     <t>1798/2</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 1798/2 o výměře 603 m2, ostatní plocha v k.ú. Lubenec.</t>
   </si>
   <si>
     <t>132660</t>
   </si>
   <si>
     <t>Prodej pozemku</t>
   </si>
   <si>
     <t>2022-11-13</t>
   </si>
   <si>
     <t>Vítkovice u Lubence, Lubenec, okres Louny</t>
   </si>
   <si>
+    <t>170/2</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 170/2, ostatní plocha v k.ú. Vítkovice u Lubence.</t>
+  </si>
+  <si>
+    <t>37340</t>
+  </si>
+  <si>
     <t>89/9</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 89/9, ostatní plocha o výměře 100 m2 v k.ú. Vítkovice u Lubence.</t>
   </si>
   <si>
     <t>25400</t>
-  </si>
-[...7 lines deleted...]
-    <t>37340</t>
   </si>
   <si>
     <t>MZe</t>
   </si>
   <si>
     <t>2021-12-02</t>
   </si>
   <si>
     <t>Lesní správa Toužim</t>
   </si>
   <si>
     <t>Dle GP část pozemku p.č. 98/1 a část pozemku p.č. 102 v k.ú. Vítkovice u Lubence.</t>
   </si>
   <si>
     <t>13250</t>
   </si>
   <si>
     <t>2021-05-31</t>
   </si>
   <si>
     <t>St. p. č. 8 a p.č. 98/4</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství České republiky.</t>
   </si>
@@ -1078,140 +1078,140 @@
       </c>
       <c r="R2" t="s">
         <v>80</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="U2" t="s">
         <v>82</v>
       </c>
       <c r="V2" t="s">
         <v>83</v>
       </c>
       <c r="X2" t="s">
         <v>72</v>
       </c>
       <c r="Y2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>102809</v>
+        <v>102810</v>
       </c>
       <c r="B3" s="1">
         <v>45583</v>
       </c>
       <c r="C3" t="s">
         <v>85</v>
       </c>
       <c r="D3" t="s">
         <v>86</v>
       </c>
       <c r="H3" t="s">
         <v>87</v>
       </c>
       <c r="I3" t="s">
         <v>88</v>
       </c>
       <c r="J3" t="s">
         <v>89</v>
       </c>
       <c r="K3" t="s">
         <v>90</v>
       </c>
       <c r="L3" t="s">
         <v>91</v>
       </c>
+      <c r="M3" t="s">
+        <v>92</v>
+      </c>
       <c r="N3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Q3" t="s">
         <v>80</v>
       </c>
       <c r="R3" t="s">
         <v>81</v>
       </c>
       <c r="S3" t="s">
         <v>81</v>
       </c>
       <c r="T3" t="s">
         <v>81</v>
       </c>
       <c r="X3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="Y3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>102810</v>
+        <v>102809</v>
       </c>
       <c r="B4" s="1">
         <v>45583</v>
       </c>
       <c r="C4" t="s">
         <v>85</v>
       </c>
       <c r="D4" t="s">
         <v>86</v>
       </c>
       <c r="H4" t="s">
         <v>87</v>
       </c>
       <c r="I4" t="s">
         <v>88</v>
       </c>
       <c r="J4" t="s">
         <v>89</v>
       </c>
       <c r="K4" t="s">
         <v>90</v>
       </c>
       <c r="L4" t="s">
         <v>91</v>
       </c>
-      <c r="M4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P4" t="s">
         <v>98</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
         <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
         <v>99</v>
       </c>
       <c r="Y4" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
@@ -1220,169 +1220,169 @@
       <c r="B5" s="1">
         <v>45582</v>
       </c>
       <c r="C5" t="s">
         <v>85</v>
       </c>
       <c r="D5" t="s">
         <v>86</v>
       </c>
       <c r="H5" t="s">
         <v>87</v>
       </c>
       <c r="I5" t="s">
         <v>88</v>
       </c>
       <c r="J5" t="s">
         <v>101</v>
       </c>
       <c r="K5" t="s">
         <v>90</v>
       </c>
       <c r="L5" t="s">
         <v>91</v>
       </c>
       <c r="N5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O5" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P5" t="s">
         <v>102</v>
       </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
         <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
         <v>103</v>
       </c>
       <c r="Y5" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>97088</v>
+        <v>97087</v>
       </c>
       <c r="B6" s="1">
         <v>44847</v>
       </c>
       <c r="C6" t="s">
         <v>85</v>
       </c>
       <c r="D6" t="s">
         <v>86</v>
       </c>
       <c r="H6" t="s">
         <v>87</v>
       </c>
       <c r="I6" t="s">
         <v>105</v>
       </c>
       <c r="J6" t="s">
         <v>106</v>
       </c>
       <c r="K6" t="s">
         <v>90</v>
       </c>
       <c r="L6" t="s">
         <v>91</v>
       </c>
       <c r="M6" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="N6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O6" t="s">
         <v>107</v>
       </c>
       <c r="P6" t="s">
         <v>108</v>
       </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
         <v>81</v>
       </c>
       <c r="S6" t="s">
         <v>81</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
       <c r="X6" t="s">
         <v>109</v>
       </c>
       <c r="Y6" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>97087</v>
+        <v>97088</v>
       </c>
       <c r="B7" s="1">
         <v>44847</v>
       </c>
       <c r="C7" t="s">
         <v>85</v>
       </c>
       <c r="D7" t="s">
         <v>86</v>
       </c>
       <c r="H7" t="s">
         <v>87</v>
       </c>
       <c r="I7" t="s">
         <v>105</v>
       </c>
       <c r="J7" t="s">
         <v>106</v>
       </c>
       <c r="K7" t="s">
         <v>90</v>
       </c>
       <c r="L7" t="s">
         <v>91</v>
       </c>
       <c r="M7" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="N7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O7" t="s">
         <v>107</v>
       </c>
       <c r="P7" t="s">
         <v>111</v>
       </c>
       <c r="Q7" t="s">
         <v>80</v>
       </c>
       <c r="R7" t="s">
         <v>81</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
       <c r="X7" t="s">
         <v>112</v>
       </c>
       <c r="Y7" t="s">
         <v>113</v>
       </c>
@@ -1394,51 +1394,51 @@
       <c r="B8" s="1">
         <v>44501</v>
       </c>
       <c r="C8" t="s">
         <v>85</v>
       </c>
       <c r="D8" t="s">
         <v>86</v>
       </c>
       <c r="H8" t="s">
         <v>114</v>
       </c>
       <c r="I8" t="s">
         <v>105</v>
       </c>
       <c r="J8" t="s">
         <v>115</v>
       </c>
       <c r="K8" t="s">
         <v>90</v>
       </c>
       <c r="L8" t="s">
         <v>91</v>
       </c>
       <c r="M8" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="N8" t="s">
         <v>116</v>
       </c>
       <c r="O8" t="s">
         <v>107</v>
       </c>
       <c r="P8" t="s">
         <v>117</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
       <c r="X8" t="s">
         <v>117</v>
       </c>
@@ -1453,95 +1453,95 @@
       <c r="B9" s="1">
         <v>44316</v>
       </c>
       <c r="C9" t="s">
         <v>85</v>
       </c>
       <c r="D9" t="s">
         <v>86</v>
       </c>
       <c r="H9" t="s">
         <v>87</v>
       </c>
       <c r="I9" t="s">
         <v>85</v>
       </c>
       <c r="J9" t="s">
         <v>119</v>
       </c>
       <c r="K9" t="s">
         <v>90</v>
       </c>
       <c r="L9" t="s">
         <v>91</v>
       </c>
       <c r="M9" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="N9" t="s">
         <v>116</v>
       </c>
       <c r="O9" t="s">
         <v>107</v>
       </c>
       <c r="P9" t="s">
         <v>120</v>
       </c>
       <c r="Q9" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
         <v>89267</v>
       </c>
       <c r="B10" s="1">
         <v>43731</v>
       </c>
       <c r="C10" t="s">
         <v>85</v>
       </c>
       <c r="D10" t="s">
         <v>86</v>
       </c>
       <c r="H10" t="s">
         <v>121</v>
       </c>
       <c r="I10" t="s">
         <v>122</v>
       </c>
       <c r="J10" t="s">
         <v>123</v>
       </c>
       <c r="K10" t="s">
         <v>90</v>
       </c>
       <c r="L10" t="s">
         <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="N10" t="s">
         <v>116</v>
       </c>
       <c r="O10" t="s">
         <v>107</v>
       </c>
       <c r="Q10" t="s">
         <v>80</v>
       </c>
       <c r="R10" t="s">
         <v>81</v>
       </c>
       <c r="S10" t="s">
         <v>81</v>
       </c>
       <c r="T10" t="s">
         <v>81</v>
       </c>
       <c r="Y10" t="s">
         <v>124</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>