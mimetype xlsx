--- v0 (2025-12-25)
+++ v1 (2026-03-21)
@@ -324,75 +324,75 @@
   <si>
     <t>MZe - spis S 507/21</t>
   </si>
   <si>
     <t>prodej pozemku</t>
   </si>
   <si>
     <t>2022-05-27</t>
   </si>
   <si>
     <t>Lesní správa Litoměřice</t>
   </si>
   <si>
     <t>Sedlec u Litoměřic, Křešice, okres Litoměřice</t>
   </si>
   <si>
     <t>118/2</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 118/2 druhem pozemku trvalý travní porost o výměře 3 271 m2 v k.ú. Sedlec u Litoměřic</t>
   </si>
   <si>
     <t>114490</t>
   </si>
   <si>
+    <t xml:space="preserve">pozemek - pozemková parcela č. 453/1 v katastrálním území Třeboutice </t>
+  </si>
+  <si>
+    <t>2021-07-25</t>
+  </si>
+  <si>
+    <t>453/1</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 453/1 v katastrálním území Třeboutice, výměra 151m2, druh pozemku: ostatní plocha</t>
+  </si>
+  <si>
+    <t>3020</t>
+  </si>
+  <si>
     <t xml:space="preserve">pozemek - pozemková parcela č. 453/2 v katastrálním území Třeboutice </t>
   </si>
   <si>
-    <t>2021-07-25</t>
-[...1 lines deleted...]
-  <si>
     <t>453/2</t>
   </si>
   <si>
     <t>Pozemek - pozemková parcela č. 453/2 v katastrálním území Třeboutice, výměra 52m2, druh pozemku: ostatní plocha</t>
   </si>
   <si>
     <t>1040</t>
-  </si>
-[...10 lines deleted...]
-    <t>3020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1154,51 +1154,51 @@
       </c>
       <c r="P4" t="s">
         <v>101</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
         <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
         <v>102</v>
       </c>
       <c r="Y4" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>95117</v>
+        <v>95118</v>
       </c>
       <c r="B5" s="1">
         <v>44371</v>
       </c>
       <c r="C5" t="s">
         <v>69</v>
       </c>
       <c r="D5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
         <v>71</v>
       </c>
       <c r="I5" t="s">
         <v>104</v>
       </c>
       <c r="J5" t="s">
         <v>105</v>
       </c>
       <c r="K5" t="s">
         <v>74</v>
       </c>
       <c r="L5" t="s">
         <v>75</v>
       </c>
@@ -1213,51 +1213,51 @@
       </c>
       <c r="P5" t="s">
         <v>106</v>
       </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
         <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
         <v>107</v>
       </c>
       <c r="Y5" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>95118</v>
+        <v>95117</v>
       </c>
       <c r="B6" s="1">
         <v>44371</v>
       </c>
       <c r="C6" t="s">
         <v>69</v>
       </c>
       <c r="D6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
         <v>71</v>
       </c>
       <c r="I6" t="s">
         <v>109</v>
       </c>
       <c r="J6" t="s">
         <v>105</v>
       </c>
       <c r="K6" t="s">
         <v>74</v>
       </c>
       <c r="L6" t="s">
         <v>75</v>
       </c>