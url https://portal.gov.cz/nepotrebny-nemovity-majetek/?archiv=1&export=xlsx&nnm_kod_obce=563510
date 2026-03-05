--- v0 (2025-11-01)
+++ v1 (2026-03-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="213" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="164">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -219,173 +219,245 @@
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
+    <t>Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>kr7cdry</t>
+  </si>
+  <si>
+    <t>Ministerstvo vnitra ČR</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 6510 o výměře 926 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 4263 – stavba pro administrativu, k. ú. Jablonec nad Nisou, obec Jablonec nad Nisou, LV č. 1540, KÚ pro Liberecký kraj, Katastrálního pracoviště Jablonec nad Nisou. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>954302327</t>
+  </si>
+  <si>
+    <t>reality.prodej@cpost.cz</t>
+  </si>
+  <si>
+    <t>Věra Kochová</t>
+  </si>
+  <si>
+    <t>Správa realit</t>
+  </si>
+  <si>
+    <t>Jablonec nad Nisou, Jablonec nad Nisou, okres Jablonec nad Nisou</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>přímý prodej městu za 110%</t>
+  </si>
+  <si>
+    <t>4500000</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace</t>
+  </si>
+  <si>
+    <t>uccchjm</t>
+  </si>
+  <si>
+    <t>prodej pozemku p.č. 2528/3 Jablonec nad Nisou</t>
+  </si>
+  <si>
+    <t>2026-02-08</t>
+  </si>
+  <si>
+    <t>725889647</t>
+  </si>
+  <si>
+    <t>mickoval@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Lenka Micková</t>
+  </si>
+  <si>
+    <t>SŽF</t>
+  </si>
+  <si>
+    <t>2528/3</t>
+  </si>
+  <si>
+    <t>41000</t>
+  </si>
+  <si>
+    <t>Povodí Labe, státní podnik</t>
+  </si>
+  <si>
+    <t>dbyt8g2</t>
+  </si>
+  <si>
+    <t>Ministerstvo zemědělství</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 1772/11 v katastrálním území Jablonecké Paseky</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>495088871</t>
+  </si>
+  <si>
+    <t>lodrovam@pla.cz</t>
+  </si>
+  <si>
+    <t>Martina Lodrová</t>
+  </si>
+  <si>
+    <t>majetkový odbor</t>
+  </si>
+  <si>
+    <t>Jablonecké Paseky, Jablonec nad Nisou, okres Jablonec nad Nisou</t>
+  </si>
+  <si>
+    <t>1772/11</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 1772/11, ostatní plocha, v katastrálním území Jablonecké Paseky vznikl geometrickým odměřením od původní pozemkové parcely č. 1772/2, vodní plocha. Přístup na pozemek je přes pozemky jiného vlastníka. Pozemek je rovinatý, nenacházejí se na něm žádné stavby, kromě zpevněné plochy a nenacházejí se na něm žádné trvalé porosty.</t>
+  </si>
+  <si>
+    <t>20890</t>
+  </si>
+  <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
     <t>MZe</t>
   </si>
   <si>
     <t>prodej pozemku</t>
   </si>
   <si>
     <t>2025-08-31</t>
   </si>
   <si>
     <t>724523082</t>
   </si>
   <si>
     <t>ondrej.tyl@lesycr.cz</t>
   </si>
   <si>
     <t>Ing. Ondřej Týl</t>
   </si>
   <si>
     <t>Lesy ČR</t>
   </si>
   <si>
     <t>Mšeno nad Nisou, Jablonec nad Nisou, okres Jablonec nad Nisou</t>
   </si>
   <si>
     <t>1438/3</t>
   </si>
   <si>
-    <t>ano</t>
-[...4 lines deleted...]
-  <si>
     <t>zahrada (v uzavřené osadě)</t>
   </si>
   <si>
     <t>64900</t>
   </si>
   <si>
-    <t>Povodí Labe, státní podnik</t>
-[...7 lines deleted...]
-  <si>
     <t>Pozemky - pozemková parcela č. 2502/19, č. 2502/20, č. 2502/21, č. 2502/22 a č. 2502/23 v katastrálním území Jablonec nad Nisou</t>
   </si>
   <si>
     <t>2025-06-22</t>
   </si>
   <si>
-    <t>495088871</t>
-[...13 lines deleted...]
-  <si>
     <t>2502/19, 2502/20, 2502/21, 2502/22, 2502/23</t>
   </si>
   <si>
     <t>Pozemky - pozemkové parcela č. 2502/19, č. 2502/20, č. 2502/21, č. 2502/22 a č. 2502/23 v katastrálním území Jablonec nad Nisou, druh pozemku - ostatní plocha, vznikly geometrickým odměřením od původní pozemkové parcely č. 2502/1, vodní plocha. Pozemky se nacházejí pod pravobřežním a levobřežním opěrným zdivem ve vodním toku řeky Lužická Nisa.</t>
   </si>
   <si>
     <t>65450</t>
   </si>
   <si>
     <t>2024-06-17</t>
   </si>
   <si>
     <t>Vrkoslavice, Jablonec nad Nisou, okres Jablonec nad Nisou</t>
   </si>
   <si>
     <t>1214/4</t>
   </si>
   <si>
     <t>ostatní plocha - jiná plocha (součást zahrady)</t>
   </si>
   <si>
     <t>43410</t>
   </si>
   <si>
     <t>Pozemek - pozemková parcela č. 966/10 v katastrálním území Jablonecké Paseky</t>
   </si>
   <si>
     <t>2024-02-22</t>
   </si>
   <si>
-    <t>Jablonecké Paseky, Jablonec nad Nisou, okres Jablonec nad Nisou</t>
-[...1 lines deleted...]
-  <si>
     <t>966/10</t>
   </si>
   <si>
     <t xml:space="preserve">Pozemek p. č. 966/10 v katastrálním území Jablonecké Paseky, druh pozemku ostatní plocha, vznikl geometrickým odměřením od původní pozemkové parcely č. 966/3, ostatní plocha. Nově vzniklý pozemek je dle platného územního plánu veden pod označením VZ - plocha veřejných prostranství - zeleň, tak jako celý zbývající pozemek, ze kterého byl oddělen. Je přístupný ze zpevněné komunikace. Na pozemku se nenacházejí žádné stavby. </t>
   </si>
   <si>
     <t>188440</t>
   </si>
   <si>
-    <t>Správa železnic, státní organizace</t>
-[...4 lines deleted...]
-  <si>
     <t>Prodej nemovitostí v k.ú. Jablonec nad Nisou</t>
   </si>
   <si>
     <t>2022-06-09</t>
   </si>
   <si>
     <t>972235481</t>
   </si>
   <si>
     <t>Fisl@spravazeleznic.cz</t>
   </si>
   <si>
     <t>O31</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>pozemek st.p.č. 630 včetně objektu č.p. 729</t>
   </si>
   <si>
     <t>2385000</t>
   </si>
   <si>
     <t>pozemek p. p. č. 1438/5 o výměře 58 m2, zahrada</t>
@@ -403,56 +475,50 @@
     <t>pozemek p. p. č. 1438/4 o výměře 53 m2</t>
   </si>
   <si>
     <t>2020-11-20</t>
   </si>
   <si>
     <t>724 523 082</t>
   </si>
   <si>
     <t>Lesy ČR, s.p.</t>
   </si>
   <si>
     <t>19000</t>
   </si>
   <si>
     <t>pozemková parcela č. 415/23 - ostatní plocha, sportoviště a rekreační plocha o výměře 60m2</t>
   </si>
   <si>
     <t>2019-09-12</t>
   </si>
   <si>
     <t>495088870</t>
   </si>
   <si>
     <t>36000</t>
-  </si>
-[...4 lines deleted...]
-    <t>kr7cdry</t>
   </si>
   <si>
     <t>Ministerstvo vnitra</t>
   </si>
   <si>
     <t>Pozemek parc. č. 17 o výměře 1 720 m2, trvalý travní porost, dále pozemek parc. č. 18 o výměře 243m2, zastavěná plocha a nádvoří, na pozemku stojí stavba – objekt občanské vybavenosti č. p 45, dále pozemek parc. č. 19 o výměře 974 m2, trvalý travní porost, obec Jablonec nad Nisou, k. ú. Proseč nad Nisou, na LV č. 257, Katastrální úřad pro Liberecký kraj, Katastrální pracoviště Jablonec na d Nisou. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
     <t>2019-02-22</t>
   </si>
   <si>
     <t>954302157</t>
   </si>
   <si>
     <t>prochazkova.irena.2@cpost.cz</t>
   </si>
   <si>
     <t>Mgr. Irena Procházková</t>
   </si>
   <si>
     <t>Správa majetku</t>
   </si>
   <si>
     <t>Proseč nad Nisou, Jablonec nad Nisou, okres Jablonec nad Nisou</t>
   </si>
@@ -775,51 +841,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ10"/>
+  <dimension ref="A1:BQ13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="36.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="26.7109375" customWidth="1"/>
     <col min="9" max="9" width="455.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="30.7109375" customWidth="1"/>
     <col min="13" max="13" width="24.7109375" customWidth="1"/>
     <col min="14" max="14" width="28.7109375" customWidth="1"/>
     <col min="15" max="15" width="66.7109375" customWidth="1"/>
     <col min="16" max="16" width="45.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
@@ -1064,550 +1130,721 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>105200</v>
+        <v>106919</v>
       </c>
       <c r="B2" s="1">
-        <v>45869</v>
+        <v>46056</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
       <c r="N2" t="s">
         <v>77</v>
       </c>
       <c r="O2" t="s">
         <v>78</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>79</v>
       </c>
-      <c r="Q2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R2" t="s">
+        <v>79</v>
+      </c>
+      <c r="S2" t="s">
+        <v>80</v>
+      </c>
+      <c r="T2" t="s">
+        <v>80</v>
+      </c>
+      <c r="X2" t="s">
         <v>81</v>
       </c>
-      <c r="S2" t="s">
-[...5 lines deleted...]
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>104820</v>
+        <v>106243</v>
       </c>
       <c r="B3" s="1">
-        <v>45799</v>
+        <v>46030</v>
       </c>
       <c r="C3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D3" t="s">
         <v>84</v>
       </c>
-      <c r="D3" t="s">
+      <c r="I3" t="s">
         <v>85</v>
       </c>
-      <c r="H3" t="s">
+      <c r="J3" t="s">
         <v>86</v>
       </c>
-      <c r="I3" t="s">
+      <c r="K3" t="s">
         <v>87</v>
       </c>
-      <c r="J3" t="s">
+      <c r="L3" t="s">
         <v>88</v>
       </c>
-      <c r="K3" t="s">
+      <c r="M3" t="s">
         <v>89</v>
       </c>
-      <c r="L3" t="s">
+      <c r="N3" t="s">
         <v>90</v>
       </c>
-      <c r="M3" t="s">
+      <c r="O3" t="s">
+        <v>78</v>
+      </c>
+      <c r="P3" t="s">
         <v>91</v>
       </c>
-      <c r="N3" t="s">
+      <c r="Q3" t="s">
+        <v>79</v>
+      </c>
+      <c r="R3" t="s">
+        <v>80</v>
+      </c>
+      <c r="S3" t="s">
+        <v>80</v>
+      </c>
+      <c r="T3" t="s">
+        <v>80</v>
+      </c>
+      <c r="X3" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y3" t="s">
         <v>92</v>
-      </c>
-[...22 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>101847</v>
+        <v>105891</v>
       </c>
       <c r="B4" s="1">
-        <v>45429</v>
+        <v>45960</v>
       </c>
       <c r="C4" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="D4" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="H4" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="I4" t="s">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="J4" t="s">
         <v>97</v>
       </c>
       <c r="K4" t="s">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="L4" t="s">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="M4" t="s">
-        <v>76</v>
+        <v>100</v>
       </c>
       <c r="N4" t="s">
-        <v>77</v>
+        <v>101</v>
       </c>
       <c r="O4" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="P4" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="Q4" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R4" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S4" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T4" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="Y4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>100737</v>
+        <v>105200</v>
       </c>
       <c r="B5" s="1">
-        <v>45314</v>
+        <v>45869</v>
       </c>
       <c r="C5" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="D5" t="s">
-        <v>85</v>
+        <v>107</v>
       </c>
       <c r="H5" t="s">
-        <v>86</v>
+        <v>108</v>
       </c>
       <c r="I5" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="J5" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="K5" t="s">
-        <v>89</v>
+        <v>111</v>
       </c>
       <c r="L5" t="s">
-        <v>90</v>
+        <v>112</v>
       </c>
       <c r="M5" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="N5" t="s">
-        <v>92</v>
+        <v>114</v>
       </c>
       <c r="O5" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="P5" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="Q5" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X5" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="Y5" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>96474</v>
+        <v>104820</v>
       </c>
       <c r="B6" s="1">
-        <v>44690</v>
+        <v>45799</v>
       </c>
       <c r="C6" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="D6" t="s">
-        <v>109</v>
+        <v>94</v>
+      </c>
+      <c r="H6" t="s">
+        <v>95</v>
       </c>
       <c r="I6" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="J6" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="K6" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="L6" t="s">
-        <v>113</v>
+        <v>99</v>
+      </c>
+      <c r="M6" t="s">
+        <v>100</v>
       </c>
       <c r="N6" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="O6" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="P6" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="Q6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R6" t="s">
         <v>80</v>
       </c>
       <c r="S6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X6" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="Y6" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>95365</v>
+        <v>101847</v>
       </c>
       <c r="B7" s="1">
-        <v>44439</v>
+        <v>45429</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>106</v>
       </c>
       <c r="D7" t="s">
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="H7" t="s">
-        <v>71</v>
+        <v>108</v>
       </c>
       <c r="I7" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="J7" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="K7" t="s">
-        <v>74</v>
+        <v>111</v>
       </c>
       <c r="L7" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="M7" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="N7" t="s">
-        <v>69</v>
+        <v>114</v>
       </c>
       <c r="O7" t="s">
-        <v>78</v>
+        <v>125</v>
+      </c>
+      <c r="P7" t="s">
+        <v>126</v>
       </c>
       <c r="Q7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X7" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="Y7" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>93877</v>
+        <v>100737</v>
       </c>
       <c r="B8" s="1">
-        <v>44124</v>
+        <v>45314</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="D8" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="H8" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="I8" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="J8" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="K8" t="s">
-        <v>124</v>
+        <v>98</v>
       </c>
       <c r="L8" t="s">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="M8" t="s">
-        <v>76</v>
+        <v>100</v>
       </c>
       <c r="N8" t="s">
-        <v>125</v>
+        <v>101</v>
       </c>
       <c r="O8" t="s">
-        <v>78</v>
+        <v>102</v>
+      </c>
+      <c r="P8" t="s">
+        <v>131</v>
       </c>
       <c r="Q8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T8" t="s">
-        <v>81</v>
+        <v>80</v>
+      </c>
+      <c r="X8" t="s">
+        <v>132</v>
       </c>
       <c r="Y8" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>89103</v>
+        <v>96474</v>
       </c>
       <c r="B9" s="1">
-        <v>43690</v>
+        <v>44690</v>
       </c>
       <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
         <v>84</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="J9" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="K9" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="L9" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>137</v>
       </c>
       <c r="N9" t="s">
-        <v>92</v>
+        <v>138</v>
       </c>
       <c r="O9" t="s">
         <v>78</v>
       </c>
+      <c r="P9" t="s">
+        <v>139</v>
+      </c>
       <c r="Q9" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R9" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="S9" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T9" t="s">
-        <v>81</v>
+        <v>80</v>
+      </c>
+      <c r="X9" t="s">
+        <v>140</v>
       </c>
       <c r="Y9" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
+        <v>95365</v>
+      </c>
+      <c r="B10" s="1">
+        <v>44439</v>
+      </c>
+      <c r="C10" t="s">
+        <v>106</v>
+      </c>
+      <c r="D10" t="s">
+        <v>107</v>
+      </c>
+      <c r="H10" t="s">
+        <v>108</v>
+      </c>
+      <c r="I10" t="s">
+        <v>142</v>
+      </c>
+      <c r="J10" t="s">
+        <v>143</v>
+      </c>
+      <c r="K10" t="s">
+        <v>111</v>
+      </c>
+      <c r="L10" t="s">
+        <v>112</v>
+      </c>
+      <c r="M10" t="s">
+        <v>113</v>
+      </c>
+      <c r="N10" t="s">
+        <v>106</v>
+      </c>
+      <c r="O10" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>79</v>
+      </c>
+      <c r="R10" t="s">
+        <v>80</v>
+      </c>
+      <c r="S10" t="s">
+        <v>80</v>
+      </c>
+      <c r="T10" t="s">
+        <v>80</v>
+      </c>
+      <c r="X10" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="11" spans="1:69">
+      <c r="A11">
+        <v>93877</v>
+      </c>
+      <c r="B11" s="1">
+        <v>44124</v>
+      </c>
+      <c r="C11" t="s">
+        <v>106</v>
+      </c>
+      <c r="D11" t="s">
+        <v>107</v>
+      </c>
+      <c r="H11" t="s">
+        <v>108</v>
+      </c>
+      <c r="I11" t="s">
+        <v>146</v>
+      </c>
+      <c r="J11" t="s">
+        <v>147</v>
+      </c>
+      <c r="K11" t="s">
+        <v>148</v>
+      </c>
+      <c r="L11" t="s">
+        <v>112</v>
+      </c>
+      <c r="M11" t="s">
+        <v>113</v>
+      </c>
+      <c r="N11" t="s">
+        <v>149</v>
+      </c>
+      <c r="O11" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>79</v>
+      </c>
+      <c r="R11" t="s">
+        <v>80</v>
+      </c>
+      <c r="S11" t="s">
+        <v>80</v>
+      </c>
+      <c r="T11" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="12" spans="1:69">
+      <c r="A12">
+        <v>89103</v>
+      </c>
+      <c r="B12" s="1">
+        <v>43690</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="H12" t="s">
+        <v>95</v>
+      </c>
+      <c r="I12" t="s">
+        <v>151</v>
+      </c>
+      <c r="J12" t="s">
+        <v>152</v>
+      </c>
+      <c r="K12" t="s">
+        <v>153</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>101</v>
+      </c>
+      <c r="O12" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>79</v>
+      </c>
+      <c r="R12" t="s">
+        <v>80</v>
+      </c>
+      <c r="S12" t="s">
+        <v>80</v>
+      </c>
+      <c r="T12" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="13" spans="1:69">
+      <c r="A13">
         <v>87178</v>
       </c>
-      <c r="B10" s="1">
+      <c r="B13" s="1">
         <v>43487</v>
       </c>
-      <c r="C10" t="s">
-[...42 lines deleted...]
-        <v>141</v>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>155</v>
+      </c>
+      <c r="I13" t="s">
+        <v>156</v>
+      </c>
+      <c r="J13" t="s">
+        <v>157</v>
+      </c>
+      <c r="K13" t="s">
+        <v>158</v>
+      </c>
+      <c r="L13" t="s">
+        <v>159</v>
+      </c>
+      <c r="M13" t="s">
+        <v>160</v>
+      </c>
+      <c r="N13" t="s">
+        <v>161</v>
+      </c>
+      <c r="O13" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>79</v>
+      </c>
+      <c r="R13" t="s">
+        <v>79</v>
+      </c>
+      <c r="S13" t="s">
+        <v>80</v>
+      </c>
+      <c r="T13" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>