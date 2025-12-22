--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -357,54 +357,54 @@
   <si>
     <t>SŽF</t>
   </si>
   <si>
     <t>1134/7</t>
   </si>
   <si>
     <t>19000</t>
   </si>
   <si>
     <t>Rašovice u Klášterce nad Ohří 261/9</t>
   </si>
   <si>
     <t>2024-09-15</t>
   </si>
   <si>
     <t>Rašovice u Klášterce nad Ohří, Klášterec nad Ohří, okres Chomutov</t>
   </si>
   <si>
     <t>261/9</t>
   </si>
   <si>
     <t>Jedná se o pozemek p.č. 261/9, trvalý travní porost o výměře 2184 m2 zapsaný na LV č. 156 pro  k.ú. Rašovice u Klášterce nad Ohří.</t>
   </si>
   <si>
+    <t>1638000</t>
+  </si>
+  <si>
     <t>1353719</t>
-  </si>
-[...1 lines deleted...]
-    <t>1638000</t>
   </si>
   <si>
     <t xml:space="preserve">Rašovice u Klášterce nad Ohří p.č. 144/4 </t>
   </si>
   <si>
     <t>2022-12-19</t>
   </si>
   <si>
     <t>Milan Brůček</t>
   </si>
   <si>
     <t>144/4</t>
   </si>
   <si>
     <t>Jedná se o pozemek p.č. 144/4, ostatní plocha, o výměře 62 m2 zapsaný na LV. č. 156 pro k.ú. Rašovice u Klášterce nad Ohří.</t>
   </si>
   <si>
     <t>30000</t>
   </si>
   <si>
     <t>Povodí Ohře, státní podnik</t>
   </si>
   <si>
     <t>7ptt8gm</t>
   </si>
@@ -1333,51 +1333,51 @@
       </c>
       <c r="P4" t="s">
         <v>108</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
         <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
         <v>102</v>
       </c>
       <c r="Y4" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>102395</v>
+        <v>102393</v>
       </c>
       <c r="B5" s="1">
         <v>45519</v>
       </c>
       <c r="C5" t="s">
         <v>69</v>
       </c>
       <c r="D5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
         <v>71</v>
       </c>
       <c r="I5" t="s">
         <v>110</v>
       </c>
       <c r="J5" t="s">
         <v>111</v>
       </c>
       <c r="K5" t="s">
         <v>74</v>
       </c>
       <c r="L5" t="s">
         <v>75</v>
       </c>
@@ -1392,51 +1392,51 @@
       </c>
       <c r="P5" t="s">
         <v>113</v>
       </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
         <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
         <v>114</v>
       </c>
       <c r="Y5" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>102393</v>
+        <v>102395</v>
       </c>
       <c r="B6" s="1">
         <v>45519</v>
       </c>
       <c r="C6" t="s">
         <v>69</v>
       </c>
       <c r="D6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
         <v>71</v>
       </c>
       <c r="I6" t="s">
         <v>110</v>
       </c>
       <c r="J6" t="s">
         <v>111</v>
       </c>
       <c r="K6" t="s">
         <v>74</v>
       </c>
       <c r="L6" t="s">
         <v>75</v>
       </c>