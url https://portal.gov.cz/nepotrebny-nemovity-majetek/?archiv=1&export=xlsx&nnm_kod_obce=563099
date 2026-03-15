--- v0 (2025-11-06)
+++ v1 (2026-03-15)
@@ -327,338 +327,338 @@
   <si>
     <t>MZe - S 642/22</t>
   </si>
   <si>
     <t>prodej pozemku</t>
   </si>
   <si>
     <t>2023-07-27</t>
   </si>
   <si>
     <t>+420725980465</t>
   </si>
   <si>
     <t>LS Litvínov</t>
   </si>
   <si>
     <t>147/30</t>
   </si>
   <si>
     <t>prodej pozemkové parcely č. 147/30 k.ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o  výměře 72 m2</t>
   </si>
   <si>
     <t>36000</t>
   </si>
   <si>
+    <t>MZE - S 628/22</t>
+  </si>
+  <si>
+    <t>2023-07-24</t>
+  </si>
+  <si>
+    <t>Ing. Tučková Magdalena</t>
+  </si>
+  <si>
+    <t>147/1</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/1 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 399m2</t>
+  </si>
+  <si>
+    <t>178752</t>
+  </si>
+  <si>
+    <t>MZE - S 626/22</t>
+  </si>
+  <si>
+    <t>147/17</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/17 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 42m2</t>
+  </si>
+  <si>
+    <t>19908</t>
+  </si>
+  <si>
+    <t>MZE - S 637/22</t>
+  </si>
+  <si>
+    <t>147/19</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/19 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 42m2</t>
+  </si>
+  <si>
+    <t>18900</t>
+  </si>
+  <si>
+    <t>MZE - S 636/22</t>
+  </si>
+  <si>
+    <t>147/20</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/20 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 64m2</t>
+  </si>
+  <si>
+    <t>29824</t>
+  </si>
+  <si>
+    <t>MZE - S 633/22</t>
+  </si>
+  <si>
+    <t>147/23</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/23 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 115m2</t>
+  </si>
+  <si>
+    <t>53935</t>
+  </si>
+  <si>
+    <t>MZE - S 632/22</t>
+  </si>
+  <si>
+    <t>147/24</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/24 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 108m2</t>
+  </si>
+  <si>
+    <t>50436</t>
+  </si>
+  <si>
+    <t>MZE - S 630/22</t>
+  </si>
+  <si>
+    <t>147/26</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/26 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 320m2</t>
+  </si>
+  <si>
+    <t>144129</t>
+  </si>
+  <si>
+    <t>MZE - S 629/22</t>
+  </si>
+  <si>
+    <t>147/27</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/27 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 411m2</t>
+  </si>
+  <si>
+    <t>189932</t>
+  </si>
+  <si>
+    <t>MZE - S 624/22</t>
+  </si>
+  <si>
+    <t>147/31</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/31 v k. ú. Červený Hrádek u Jirkova, druh ostatní plocha o výměře 11m2</t>
+  </si>
+  <si>
+    <t>5302</t>
+  </si>
+  <si>
+    <t>MZE - S 631/22</t>
+  </si>
+  <si>
+    <t>147/25</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/25 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 141m2</t>
+  </si>
+  <si>
+    <t>63732</t>
+  </si>
+  <si>
+    <t>MZE - S 634/22</t>
+  </si>
+  <si>
+    <t>147/21</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/21 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 79m2</t>
+  </si>
+  <si>
+    <t>38236</t>
+  </si>
+  <si>
+    <t>MZE - S 635/22</t>
+  </si>
+  <si>
+    <t>147/22</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/22 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 79m2</t>
+  </si>
+  <si>
+    <t>MZE - S 625/22</t>
+  </si>
+  <si>
+    <t>147/18</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/18 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 33m2</t>
+  </si>
+  <si>
+    <t>16896</t>
+  </si>
+  <si>
+    <t>MZE - S 638/22</t>
+  </si>
+  <si>
+    <t>147/16</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/16 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 3m2</t>
+  </si>
+  <si>
+    <t>1320</t>
+  </si>
+  <si>
+    <t>MZE - S 627/22</t>
+  </si>
+  <si>
+    <t>147/28</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/28 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 361m2</t>
+  </si>
+  <si>
+    <t>162811</t>
+  </si>
+  <si>
+    <t>MZE - S 640/22</t>
+  </si>
+  <si>
+    <t>147/33</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/33 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 117m2</t>
+  </si>
+  <si>
+    <t>51480</t>
+  </si>
+  <si>
     <t>MZE - S 639/22</t>
   </si>
   <si>
-    <t>2023-07-24</t>
-[...4 lines deleted...]
-  <si>
     <t>147/32</t>
   </si>
   <si>
     <t>prodej pozemku č. 147/32 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 29m2</t>
   </si>
   <si>
     <t>12760</t>
   </si>
   <si>
-    <t>MZE - S 640/22</t>
-[...187 lines deleted...]
-  <si>
     <t>MZE - S 641/22</t>
   </si>
   <si>
     <t>prodej pozemku 147/34</t>
   </si>
   <si>
     <t>147/34</t>
   </si>
   <si>
     <t>prodej pozemku č. 147/34 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 66m2</t>
   </si>
   <si>
     <t>29040</t>
   </si>
   <si>
+    <t>MZe - S 646/22</t>
+  </si>
+  <si>
+    <t>2023-07-23</t>
+  </si>
+  <si>
+    <t>146/2</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.p.č. 146/2 k.ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 236 m2</t>
+  </si>
+  <si>
+    <t>120124</t>
+  </si>
+  <si>
+    <t>MZE - S 643/22</t>
+  </si>
+  <si>
+    <t>725980465</t>
+  </si>
+  <si>
+    <t>147/29</t>
+  </si>
+  <si>
+    <t>prodej pozemku č. 147/29 k. ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 127m2</t>
+  </si>
+  <si>
+    <t>58338</t>
+  </si>
+  <si>
+    <t>MZe - S 644/22</t>
+  </si>
+  <si>
+    <t>146/8</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.p.č. 146/8 k.ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 16 m2</t>
+  </si>
+  <si>
+    <t>7040</t>
+  </si>
+  <si>
+    <t>MZe - S 645/22</t>
+  </si>
+  <si>
+    <t>146/9</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.p.č. 146/9 k.ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 283 m2</t>
+  </si>
+  <si>
+    <t>134991</t>
+  </si>
+  <si>
     <t>MZe - S 647/22</t>
   </si>
   <si>
-    <t>2023-07-23</t>
-[...1 lines deleted...]
-  <si>
     <t>146/10</t>
   </si>
   <si>
     <t>Prodej pozemku p.p.č. 146/10 k.ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 148 m2</t>
   </si>
   <si>
     <t>60627</t>
   </si>
   <si>
-    <t>MZE - S 643/22</t>
-[...49 lines deleted...]
-  <si>
     <t>MZe - S 623/22</t>
   </si>
   <si>
     <t>Prodej dílu "a" z p.p.č. 147/1 k.ú. Červený Hrádek u Jirkova</t>
   </si>
   <si>
     <t>2023-07-22</t>
   </si>
   <si>
     <t>díl "a" z p.p.č. 147/1</t>
   </si>
   <si>
     <t>prodej dílu "a" z p.p.č. 147/1 k.ú. Červený Hrádek u Jirkova, druh pozemku ostatní plocha o výměře 155 m2</t>
   </si>
   <si>
     <t>31724</t>
   </si>
   <si>
     <t>MZe-spis S 1428/14</t>
   </si>
   <si>
     <t>2022-12-02</t>
   </si>
   <si>
     <t>956233107</t>
@@ -696,72 +696,72 @@
   <si>
     <t>956233307</t>
   </si>
   <si>
     <t>jana.kotaskova@lesy.cz</t>
   </si>
   <si>
     <t>p.č. 39, 40/1</t>
   </si>
   <si>
     <t xml:space="preserve">Prodej pozemků v k.ú. Březenec. Pozemek p.č. 39 je druhem pozemku ostatní plocha s ochranou PUPFL o výměře 1 295 m2, pozemek p.č. 40/1 je druhem pozemku lesní pozemek o výměře 2 023 m2. </t>
   </si>
   <si>
     <t>199080</t>
   </si>
   <si>
     <t>Správa železnic, státní organizace</t>
   </si>
   <si>
     <t>uccchjm</t>
   </si>
   <si>
     <t>MD ČR</t>
   </si>
   <si>
+    <t>Prodej pozemku p.č. 2100/37 v k.ú. Jirkov</t>
+  </si>
+  <si>
+    <t>2021-02-06</t>
+  </si>
+  <si>
+    <t>braunova@szdc.cz</t>
+  </si>
+  <si>
+    <t>Braunová</t>
+  </si>
+  <si>
+    <t>O31</t>
+  </si>
+  <si>
+    <t>359000</t>
+  </si>
+  <si>
     <t>Prodej pozemku p.č. 2100/41 v k.ú. Jikrov</t>
   </si>
   <si>
-    <t>2021-02-06</t>
-[...10 lines deleted...]
-  <si>
     <t>99000</t>
-  </si>
-[...4 lines deleted...]
-    <t>359000</t>
   </si>
   <si>
     <t>Pozemek p.č. 2100/44</t>
   </si>
   <si>
     <t>2021-01-22</t>
   </si>
   <si>
     <t>56000</t>
   </si>
   <si>
     <t>Pozemky p.č. 2100/42 a p.č. 2100/43 v k.ú. Jirkov</t>
   </si>
   <si>
     <t>146000</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 2100/45 v k.ú. Jirkov</t>
   </si>
   <si>
     <t>2021-01-15</t>
   </si>
   <si>
     <t>braunova@spravazeleznic.cz</t>
   </si>
@@ -1611,51 +1611,51 @@
       </c>
       <c r="P4" t="s">
         <v>102</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
         <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
         <v>103</v>
       </c>
       <c r="Y4" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>98090</v>
+        <v>98093</v>
       </c>
       <c r="B5" s="1">
         <v>45100</v>
       </c>
       <c r="C5" t="s">
         <v>69</v>
       </c>
       <c r="D5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
         <v>105</v>
       </c>
       <c r="I5" t="s">
         <v>98</v>
       </c>
       <c r="J5" t="s">
         <v>106</v>
       </c>
       <c r="K5" t="s">
         <v>100</v>
       </c>
       <c r="L5" t="s">
         <v>75</v>
       </c>
@@ -1670,51 +1670,51 @@
       </c>
       <c r="P5" t="s">
         <v>108</v>
       </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
         <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
         <v>109</v>
       </c>
       <c r="Y5" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>98091</v>
+        <v>98095</v>
       </c>
       <c r="B6" s="1">
         <v>45100</v>
       </c>
       <c r="C6" t="s">
         <v>69</v>
       </c>
       <c r="D6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
         <v>111</v>
       </c>
       <c r="I6" t="s">
         <v>98</v>
       </c>
       <c r="J6" t="s">
         <v>106</v>
       </c>
       <c r="K6" t="s">
         <v>100</v>
       </c>
       <c r="L6" t="s">
         <v>75</v>
       </c>
@@ -1729,51 +1729,51 @@
       </c>
       <c r="P6" t="s">
         <v>112</v>
       </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
         <v>81</v>
       </c>
       <c r="S6" t="s">
         <v>81</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
       <c r="X6" t="s">
         <v>113</v>
       </c>
       <c r="Y6" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>98092</v>
+        <v>98097</v>
       </c>
       <c r="B7" s="1">
         <v>45100</v>
       </c>
       <c r="C7" t="s">
         <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
         <v>115</v>
       </c>
       <c r="I7" t="s">
         <v>98</v>
       </c>
       <c r="J7" t="s">
         <v>106</v>
       </c>
       <c r="K7" t="s">
         <v>100</v>
       </c>
       <c r="L7" t="s">
         <v>75</v>
       </c>
@@ -1788,51 +1788,51 @@
       </c>
       <c r="P7" t="s">
         <v>116</v>
       </c>
       <c r="Q7" t="s">
         <v>80</v>
       </c>
       <c r="R7" t="s">
         <v>81</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
       <c r="X7" t="s">
         <v>117</v>
       </c>
       <c r="Y7" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>98101</v>
+        <v>98099</v>
       </c>
       <c r="B8" s="1">
         <v>45100</v>
       </c>
       <c r="C8" t="s">
         <v>69</v>
       </c>
       <c r="D8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
         <v>119</v>
       </c>
       <c r="I8" t="s">
         <v>98</v>
       </c>
       <c r="J8" t="s">
         <v>106</v>
       </c>
       <c r="K8" t="s">
         <v>100</v>
       </c>
       <c r="L8" t="s">
         <v>75</v>
       </c>
@@ -1847,51 +1847,51 @@
       </c>
       <c r="P8" t="s">
         <v>120</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
       <c r="X8" t="s">
         <v>121</v>
       </c>
       <c r="Y8" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>98100</v>
+        <v>98101</v>
       </c>
       <c r="B9" s="1">
         <v>45100</v>
       </c>
       <c r="C9" t="s">
         <v>69</v>
       </c>
       <c r="D9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
         <v>123</v>
       </c>
       <c r="I9" t="s">
         <v>98</v>
       </c>
       <c r="J9" t="s">
         <v>106</v>
       </c>
       <c r="K9" t="s">
         <v>100</v>
       </c>
       <c r="L9" t="s">
         <v>75</v>
       </c>
@@ -1906,51 +1906,51 @@
       </c>
       <c r="P9" t="s">
         <v>124</v>
       </c>
       <c r="Q9" t="s">
         <v>80</v>
       </c>
       <c r="R9" t="s">
         <v>81</v>
       </c>
       <c r="S9" t="s">
         <v>81</v>
       </c>
       <c r="T9" t="s">
         <v>81</v>
       </c>
       <c r="X9" t="s">
         <v>125</v>
       </c>
       <c r="Y9" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>98099</v>
+        <v>98104</v>
       </c>
       <c r="B10" s="1">
         <v>45100</v>
       </c>
       <c r="C10" t="s">
         <v>69</v>
       </c>
       <c r="D10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
         <v>127</v>
       </c>
       <c r="I10" t="s">
         <v>98</v>
       </c>
       <c r="J10" t="s">
         <v>106</v>
       </c>
       <c r="K10" t="s">
         <v>100</v>
       </c>
       <c r="L10" t="s">
         <v>75</v>
       </c>
@@ -1965,51 +1965,51 @@
       </c>
       <c r="P10" t="s">
         <v>128</v>
       </c>
       <c r="Q10" t="s">
         <v>80</v>
       </c>
       <c r="R10" t="s">
         <v>81</v>
       </c>
       <c r="S10" t="s">
         <v>81</v>
       </c>
       <c r="T10" t="s">
         <v>81</v>
       </c>
       <c r="X10" t="s">
         <v>129</v>
       </c>
       <c r="Y10" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>98098</v>
+        <v>98105</v>
       </c>
       <c r="B11" s="1">
         <v>45100</v>
       </c>
       <c r="C11" t="s">
         <v>69</v>
       </c>
       <c r="D11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
         <v>131</v>
       </c>
       <c r="I11" t="s">
         <v>98</v>
       </c>
       <c r="J11" t="s">
         <v>106</v>
       </c>
       <c r="K11" t="s">
         <v>100</v>
       </c>
       <c r="L11" t="s">
         <v>75</v>
       </c>
@@ -2024,51 +2024,51 @@
       </c>
       <c r="P11" t="s">
         <v>132</v>
       </c>
       <c r="Q11" t="s">
         <v>80</v>
       </c>
       <c r="R11" t="s">
         <v>81</v>
       </c>
       <c r="S11" t="s">
         <v>81</v>
       </c>
       <c r="T11" t="s">
         <v>81</v>
       </c>
       <c r="X11" t="s">
         <v>133</v>
       </c>
       <c r="Y11" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>98097</v>
+        <v>98092</v>
       </c>
       <c r="B12" s="1">
         <v>45100</v>
       </c>
       <c r="C12" t="s">
         <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
         <v>135</v>
       </c>
       <c r="I12" t="s">
         <v>98</v>
       </c>
       <c r="J12" t="s">
         <v>106</v>
       </c>
       <c r="K12" t="s">
         <v>100</v>
       </c>
       <c r="L12" t="s">
         <v>75</v>
       </c>
@@ -2083,51 +2083,51 @@
       </c>
       <c r="P12" t="s">
         <v>136</v>
       </c>
       <c r="Q12" t="s">
         <v>80</v>
       </c>
       <c r="R12" t="s">
         <v>81</v>
       </c>
       <c r="S12" t="s">
         <v>81</v>
       </c>
       <c r="T12" t="s">
         <v>81</v>
       </c>
       <c r="X12" t="s">
         <v>137</v>
       </c>
       <c r="Y12" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>98096</v>
+        <v>98086</v>
       </c>
       <c r="B13" s="1">
         <v>45100</v>
       </c>
       <c r="C13" t="s">
         <v>69</v>
       </c>
       <c r="D13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
         <v>139</v>
       </c>
       <c r="I13" t="s">
         <v>98</v>
       </c>
       <c r="J13" t="s">
         <v>106</v>
       </c>
       <c r="K13" t="s">
         <v>100</v>
       </c>
       <c r="L13" t="s">
         <v>75</v>
       </c>
@@ -2142,51 +2142,51 @@
       </c>
       <c r="P13" t="s">
         <v>140</v>
       </c>
       <c r="Q13" t="s">
         <v>80</v>
       </c>
       <c r="R13" t="s">
         <v>81</v>
       </c>
       <c r="S13" t="s">
         <v>81</v>
       </c>
       <c r="T13" t="s">
         <v>81</v>
       </c>
       <c r="X13" t="s">
         <v>141</v>
       </c>
       <c r="Y13" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>98095</v>
+        <v>98106</v>
       </c>
       <c r="B14" s="1">
         <v>45100</v>
       </c>
       <c r="C14" t="s">
         <v>69</v>
       </c>
       <c r="D14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
         <v>143</v>
       </c>
       <c r="I14" t="s">
         <v>98</v>
       </c>
       <c r="J14" t="s">
         <v>106</v>
       </c>
       <c r="K14" t="s">
         <v>100</v>
       </c>
       <c r="L14" t="s">
         <v>75</v>
       </c>
@@ -2201,51 +2201,51 @@
       </c>
       <c r="P14" t="s">
         <v>144</v>
       </c>
       <c r="Q14" t="s">
         <v>80</v>
       </c>
       <c r="R14" t="s">
         <v>81</v>
       </c>
       <c r="S14" t="s">
         <v>81</v>
       </c>
       <c r="T14" t="s">
         <v>81</v>
       </c>
       <c r="X14" t="s">
         <v>145</v>
       </c>
       <c r="Y14" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>98094</v>
+        <v>98103</v>
       </c>
       <c r="B15" s="1">
         <v>45100</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
         <v>147</v>
       </c>
       <c r="I15" t="s">
         <v>98</v>
       </c>
       <c r="J15" t="s">
         <v>106</v>
       </c>
       <c r="K15" t="s">
         <v>100</v>
       </c>
       <c r="L15" t="s">
         <v>75</v>
       </c>
@@ -2260,51 +2260,51 @@
       </c>
       <c r="P15" t="s">
         <v>148</v>
       </c>
       <c r="Q15" t="s">
         <v>80</v>
       </c>
       <c r="R15" t="s">
         <v>81</v>
       </c>
       <c r="S15" t="s">
         <v>81</v>
       </c>
       <c r="T15" t="s">
         <v>81</v>
       </c>
       <c r="X15" t="s">
         <v>149</v>
       </c>
       <c r="Y15" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
-        <v>98106</v>
+        <v>98100</v>
       </c>
       <c r="B16" s="1">
         <v>45100</v>
       </c>
       <c r="C16" t="s">
         <v>69</v>
       </c>
       <c r="D16" t="s">
         <v>70</v>
       </c>
       <c r="H16" t="s">
         <v>151</v>
       </c>
       <c r="I16" t="s">
         <v>98</v>
       </c>
       <c r="J16" t="s">
         <v>106</v>
       </c>
       <c r="K16" t="s">
         <v>100</v>
       </c>
       <c r="L16" t="s">
         <v>75</v>
       </c>
@@ -2314,292 +2314,292 @@
       <c r="N16" t="s">
         <v>101</v>
       </c>
       <c r="O16" t="s">
         <v>78</v>
       </c>
       <c r="P16" t="s">
         <v>152</v>
       </c>
       <c r="Q16" t="s">
         <v>80</v>
       </c>
       <c r="R16" t="s">
         <v>81</v>
       </c>
       <c r="S16" t="s">
         <v>81</v>
       </c>
       <c r="T16" t="s">
         <v>81</v>
       </c>
       <c r="X16" t="s">
         <v>153</v>
       </c>
       <c r="Y16" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17">
-        <v>98105</v>
+        <v>98098</v>
       </c>
       <c r="B17" s="1">
         <v>45100</v>
       </c>
       <c r="C17" t="s">
         <v>69</v>
       </c>
       <c r="D17" t="s">
         <v>70</v>
       </c>
       <c r="H17" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="I17" t="s">
         <v>98</v>
       </c>
       <c r="J17" t="s">
         <v>106</v>
       </c>
       <c r="K17" t="s">
         <v>100</v>
       </c>
       <c r="L17" t="s">
         <v>75</v>
       </c>
       <c r="M17" t="s">
         <v>107</v>
       </c>
       <c r="N17" t="s">
         <v>101</v>
       </c>
       <c r="O17" t="s">
         <v>78</v>
       </c>
       <c r="P17" t="s">
+        <v>155</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>80</v>
+      </c>
+      <c r="R17" t="s">
+        <v>81</v>
+      </c>
+      <c r="S17" t="s">
+        <v>81</v>
+      </c>
+      <c r="T17" t="s">
+        <v>81</v>
+      </c>
+      <c r="X17" t="s">
         <v>156</v>
       </c>
-      <c r="Q17" t="s">
-[...11 lines deleted...]
-      <c r="X17" t="s">
+      <c r="Y17" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18">
-        <v>98104</v>
+        <v>98096</v>
       </c>
       <c r="B18" s="1">
         <v>45100</v>
       </c>
       <c r="C18" t="s">
         <v>69</v>
       </c>
       <c r="D18" t="s">
         <v>70</v>
       </c>
       <c r="H18" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="I18" t="s">
         <v>98</v>
       </c>
       <c r="J18" t="s">
         <v>106</v>
       </c>
       <c r="K18" t="s">
         <v>100</v>
       </c>
       <c r="L18" t="s">
         <v>75</v>
       </c>
       <c r="M18" t="s">
         <v>107</v>
       </c>
       <c r="N18" t="s">
         <v>101</v>
       </c>
       <c r="O18" t="s">
         <v>78</v>
       </c>
       <c r="P18" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>80</v>
+      </c>
+      <c r="R18" t="s">
+        <v>81</v>
+      </c>
+      <c r="S18" t="s">
+        <v>81</v>
+      </c>
+      <c r="T18" t="s">
+        <v>81</v>
+      </c>
+      <c r="X18" t="s">
         <v>160</v>
       </c>
-      <c r="Q18" t="s">
-[...11 lines deleted...]
-      <c r="X18" t="s">
+      <c r="Y18" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19">
-        <v>98093</v>
+        <v>98094</v>
       </c>
       <c r="B19" s="1">
         <v>45100</v>
       </c>
       <c r="C19" t="s">
         <v>69</v>
       </c>
       <c r="D19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="I19" t="s">
         <v>98</v>
       </c>
       <c r="J19" t="s">
         <v>106</v>
       </c>
       <c r="K19" t="s">
         <v>100</v>
       </c>
       <c r="L19" t="s">
         <v>75</v>
       </c>
       <c r="M19" t="s">
         <v>107</v>
       </c>
       <c r="N19" t="s">
         <v>101</v>
       </c>
       <c r="O19" t="s">
         <v>78</v>
       </c>
       <c r="P19" t="s">
+        <v>163</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>80</v>
+      </c>
+      <c r="R19" t="s">
+        <v>81</v>
+      </c>
+      <c r="S19" t="s">
+        <v>81</v>
+      </c>
+      <c r="T19" t="s">
+        <v>81</v>
+      </c>
+      <c r="X19" t="s">
         <v>164</v>
       </c>
-      <c r="Q19" t="s">
-[...11 lines deleted...]
-      <c r="X19" t="s">
+      <c r="Y19" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20">
-        <v>98103</v>
+        <v>98091</v>
       </c>
       <c r="B20" s="1">
         <v>45100</v>
       </c>
       <c r="C20" t="s">
         <v>69</v>
       </c>
       <c r="D20" t="s">
         <v>70</v>
       </c>
       <c r="H20" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="I20" t="s">
         <v>98</v>
       </c>
       <c r="J20" t="s">
         <v>106</v>
       </c>
       <c r="K20" t="s">
         <v>100</v>
       </c>
       <c r="L20" t="s">
         <v>75</v>
       </c>
       <c r="M20" t="s">
         <v>107</v>
       </c>
       <c r="N20" t="s">
         <v>101</v>
       </c>
       <c r="O20" t="s">
         <v>78</v>
       </c>
       <c r="P20" t="s">
+        <v>167</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>80</v>
+      </c>
+      <c r="R20" t="s">
+        <v>81</v>
+      </c>
+      <c r="S20" t="s">
+        <v>81</v>
+      </c>
+      <c r="T20" t="s">
+        <v>81</v>
+      </c>
+      <c r="X20" t="s">
         <v>168</v>
       </c>
-      <c r="Q20" t="s">
-[...11 lines deleted...]
-      <c r="X20" t="s">
+      <c r="Y20" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21">
-        <v>98086</v>
+        <v>98090</v>
       </c>
       <c r="B21" s="1">
         <v>45100</v>
       </c>
       <c r="C21" t="s">
         <v>69</v>
       </c>
       <c r="D21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
         <v>170</v>
       </c>
       <c r="I21" t="s">
         <v>98</v>
       </c>
       <c r="J21" t="s">
         <v>106</v>
       </c>
       <c r="K21" t="s">
         <v>100</v>
       </c>
       <c r="L21" t="s">
         <v>75</v>
       </c>
@@ -2673,51 +2673,51 @@
       </c>
       <c r="P22" t="s">
         <v>176</v>
       </c>
       <c r="Q22" t="s">
         <v>80</v>
       </c>
       <c r="R22" t="s">
         <v>81</v>
       </c>
       <c r="S22" t="s">
         <v>81</v>
       </c>
       <c r="T22" t="s">
         <v>81</v>
       </c>
       <c r="X22" t="s">
         <v>177</v>
       </c>
       <c r="Y22" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23">
-        <v>98082</v>
+        <v>98081</v>
       </c>
       <c r="B23" s="1">
         <v>45099</v>
       </c>
       <c r="C23" t="s">
         <v>69</v>
       </c>
       <c r="D23" t="s">
         <v>70</v>
       </c>
       <c r="H23" t="s">
         <v>179</v>
       </c>
       <c r="I23" t="s">
         <v>98</v>
       </c>
       <c r="J23" t="s">
         <v>180</v>
       </c>
       <c r="K23" t="s">
         <v>100</v>
       </c>
       <c r="L23" t="s">
         <v>75</v>
       </c>
@@ -2791,282 +2791,282 @@
       </c>
       <c r="P24" t="s">
         <v>186</v>
       </c>
       <c r="Q24" t="s">
         <v>80</v>
       </c>
       <c r="R24" t="s">
         <v>81</v>
       </c>
       <c r="S24" t="s">
         <v>81</v>
       </c>
       <c r="T24" t="s">
         <v>81</v>
       </c>
       <c r="X24" t="s">
         <v>187</v>
       </c>
       <c r="Y24" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25">
-        <v>98073</v>
+        <v>98078</v>
       </c>
       <c r="B25" s="1">
         <v>45099</v>
       </c>
       <c r="C25" t="s">
         <v>69</v>
       </c>
       <c r="D25" t="s">
         <v>70</v>
       </c>
       <c r="H25" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="I25" t="s">
         <v>98</v>
       </c>
       <c r="J25" t="s">
         <v>180</v>
       </c>
       <c r="K25" t="s">
-        <v>185</v>
+        <v>100</v>
       </c>
       <c r="L25" t="s">
         <v>75</v>
       </c>
       <c r="M25" t="s">
         <v>76</v>
       </c>
       <c r="N25" t="s">
         <v>101</v>
       </c>
       <c r="O25" t="s">
         <v>78</v>
       </c>
       <c r="P25" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="Q25" t="s">
         <v>80</v>
       </c>
       <c r="R25" t="s">
         <v>81</v>
       </c>
       <c r="S25" t="s">
         <v>81</v>
       </c>
       <c r="T25" t="s">
         <v>81</v>
       </c>
       <c r="X25" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="Y25" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26">
-        <v>98078</v>
+        <v>98080</v>
       </c>
       <c r="B26" s="1">
         <v>45099</v>
       </c>
       <c r="C26" t="s">
         <v>69</v>
       </c>
       <c r="D26" t="s">
         <v>70</v>
       </c>
       <c r="H26" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="I26" t="s">
         <v>98</v>
       </c>
       <c r="J26" t="s">
         <v>180</v>
       </c>
       <c r="K26" t="s">
         <v>100</v>
       </c>
       <c r="L26" t="s">
         <v>75</v>
       </c>
       <c r="M26" t="s">
         <v>76</v>
       </c>
       <c r="N26" t="s">
         <v>101</v>
       </c>
       <c r="O26" t="s">
         <v>78</v>
       </c>
       <c r="P26" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="Q26" t="s">
         <v>80</v>
       </c>
       <c r="R26" t="s">
         <v>81</v>
       </c>
       <c r="S26" t="s">
         <v>81</v>
       </c>
       <c r="T26" t="s">
         <v>81</v>
       </c>
       <c r="X26" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="Y26" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27">
-        <v>98080</v>
+        <v>98082</v>
       </c>
       <c r="B27" s="1">
         <v>45099</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
       <c r="D27" t="s">
         <v>70</v>
       </c>
       <c r="H27" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="I27" t="s">
         <v>98</v>
       </c>
       <c r="J27" t="s">
         <v>180</v>
       </c>
       <c r="K27" t="s">
         <v>100</v>
       </c>
       <c r="L27" t="s">
         <v>75</v>
       </c>
       <c r="M27" t="s">
         <v>76</v>
       </c>
       <c r="N27" t="s">
         <v>101</v>
       </c>
       <c r="O27" t="s">
         <v>78</v>
       </c>
       <c r="P27" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="Q27" t="s">
         <v>80</v>
       </c>
       <c r="R27" t="s">
         <v>81</v>
       </c>
       <c r="S27" t="s">
         <v>81</v>
       </c>
       <c r="T27" t="s">
         <v>81</v>
       </c>
       <c r="X27" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="Y27" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28">
-        <v>98081</v>
+        <v>98073</v>
       </c>
       <c r="B28" s="1">
         <v>45099</v>
       </c>
       <c r="C28" t="s">
         <v>69</v>
       </c>
       <c r="D28" t="s">
         <v>70</v>
       </c>
       <c r="H28" t="s">
-        <v>197</v>
+        <v>184</v>
       </c>
       <c r="I28" t="s">
         <v>98</v>
       </c>
       <c r="J28" t="s">
         <v>180</v>
       </c>
       <c r="K28" t="s">
-        <v>100</v>
+        <v>185</v>
       </c>
       <c r="L28" t="s">
         <v>75</v>
       </c>
       <c r="M28" t="s">
         <v>76</v>
       </c>
       <c r="N28" t="s">
         <v>101</v>
       </c>
       <c r="O28" t="s">
         <v>78</v>
       </c>
       <c r="P28" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="Q28" t="s">
         <v>80</v>
       </c>
       <c r="R28" t="s">
         <v>81</v>
       </c>
       <c r="S28" t="s">
         <v>81</v>
       </c>
       <c r="T28" t="s">
         <v>81</v>
       </c>
       <c r="X28" t="s">
-        <v>199</v>
+        <v>187</v>
       </c>
       <c r="Y28" t="s">
-        <v>200</v>
+        <v>188</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29">
         <v>98071</v>
       </c>
       <c r="B29" s="1">
         <v>45098</v>
       </c>
       <c r="C29" t="s">
         <v>69</v>
       </c>
       <c r="D29" t="s">
         <v>70</v>
       </c>
       <c r="H29" t="s">
         <v>201</v>
       </c>
       <c r="I29" t="s">
         <v>202</v>
       </c>
       <c r="J29" t="s">
         <v>203</v>
       </c>
       <c r="K29" t="s">
@@ -3204,296 +3204,296 @@
       </c>
       <c r="P31" t="s">
         <v>222</v>
       </c>
       <c r="Q31" t="s">
         <v>80</v>
       </c>
       <c r="R31" t="s">
         <v>81</v>
       </c>
       <c r="S31" t="s">
         <v>81</v>
       </c>
       <c r="T31" t="s">
         <v>81</v>
       </c>
       <c r="X31" t="s">
         <v>223</v>
       </c>
       <c r="Y31" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32">
-        <v>94336</v>
+        <v>94337</v>
       </c>
       <c r="B32" s="1">
         <v>44200</v>
       </c>
       <c r="C32" t="s">
         <v>225</v>
       </c>
       <c r="D32" t="s">
         <v>226</v>
       </c>
       <c r="H32" t="s">
         <v>227</v>
       </c>
       <c r="I32" t="s">
         <v>228</v>
       </c>
       <c r="J32" t="s">
         <v>229</v>
       </c>
       <c r="L32" t="s">
         <v>230</v>
       </c>
       <c r="M32" t="s">
         <v>231</v>
       </c>
       <c r="N32" t="s">
         <v>232</v>
       </c>
       <c r="O32" t="s">
         <v>93</v>
       </c>
       <c r="Q32" t="s">
         <v>80</v>
       </c>
       <c r="R32" t="s">
         <v>81</v>
       </c>
       <c r="S32" t="s">
         <v>81</v>
       </c>
       <c r="T32" t="s">
         <v>81</v>
       </c>
       <c r="Y32" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33">
-        <v>94337</v>
+        <v>94336</v>
       </c>
       <c r="B33" s="1">
         <v>44200</v>
       </c>
       <c r="C33" t="s">
         <v>225</v>
       </c>
       <c r="D33" t="s">
         <v>226</v>
       </c>
       <c r="H33" t="s">
         <v>227</v>
       </c>
       <c r="I33" t="s">
         <v>234</v>
       </c>
       <c r="J33" t="s">
         <v>229</v>
       </c>
       <c r="L33" t="s">
         <v>230</v>
       </c>
       <c r="M33" t="s">
         <v>231</v>
       </c>
       <c r="N33" t="s">
         <v>232</v>
       </c>
       <c r="O33" t="s">
         <v>93</v>
       </c>
       <c r="Q33" t="s">
         <v>80</v>
       </c>
       <c r="R33" t="s">
         <v>81</v>
       </c>
       <c r="S33" t="s">
         <v>81</v>
       </c>
       <c r="T33" t="s">
         <v>81</v>
       </c>
       <c r="Y33" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34">
-        <v>94255</v>
+        <v>94257</v>
       </c>
       <c r="B34" s="1">
         <v>44180</v>
       </c>
       <c r="C34" t="s">
         <v>225</v>
       </c>
       <c r="D34" t="s">
         <v>226</v>
       </c>
       <c r="H34" t="s">
         <v>227</v>
       </c>
       <c r="I34" t="s">
         <v>236</v>
       </c>
       <c r="J34" t="s">
         <v>237</v>
       </c>
       <c r="L34" t="s">
         <v>230</v>
       </c>
       <c r="M34" t="s">
         <v>231</v>
       </c>
       <c r="N34" t="s">
         <v>232</v>
       </c>
       <c r="O34" t="s">
         <v>93</v>
       </c>
       <c r="Q34" t="s">
         <v>80</v>
       </c>
       <c r="R34" t="s">
         <v>81</v>
       </c>
       <c r="S34" t="s">
         <v>81</v>
       </c>
       <c r="T34" t="s">
         <v>81</v>
       </c>
       <c r="Y34" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35">
-        <v>94257</v>
+        <v>94256</v>
       </c>
       <c r="B35" s="1">
         <v>44180</v>
       </c>
       <c r="C35" t="s">
         <v>225</v>
       </c>
       <c r="D35" t="s">
         <v>226</v>
       </c>
       <c r="H35" t="s">
         <v>227</v>
       </c>
       <c r="I35" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="J35" t="s">
         <v>237</v>
       </c>
       <c r="L35" t="s">
         <v>230</v>
       </c>
       <c r="M35" t="s">
         <v>231</v>
       </c>
       <c r="N35" t="s">
         <v>232</v>
       </c>
       <c r="O35" t="s">
         <v>93</v>
       </c>
       <c r="Q35" t="s">
         <v>80</v>
       </c>
       <c r="R35" t="s">
         <v>81</v>
       </c>
       <c r="S35" t="s">
         <v>81</v>
       </c>
       <c r="T35" t="s">
         <v>81</v>
       </c>
       <c r="Y35" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36">
-        <v>94256</v>
+        <v>94255</v>
       </c>
       <c r="B36" s="1">
         <v>44180</v>
       </c>
       <c r="C36" t="s">
         <v>225</v>
       </c>
       <c r="D36" t="s">
         <v>226</v>
       </c>
       <c r="H36" t="s">
         <v>227</v>
       </c>
       <c r="I36" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="J36" t="s">
         <v>237</v>
       </c>
       <c r="L36" t="s">
         <v>230</v>
       </c>
       <c r="M36" t="s">
         <v>231</v>
       </c>
       <c r="N36" t="s">
         <v>232</v>
       </c>
       <c r="O36" t="s">
         <v>93</v>
       </c>
       <c r="Q36" t="s">
         <v>80</v>
       </c>
       <c r="R36" t="s">
         <v>81</v>
       </c>
       <c r="S36" t="s">
         <v>81</v>
       </c>
       <c r="T36" t="s">
         <v>81</v>
       </c>
       <c r="Y36" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
     </row>
     <row r="37" spans="1:25">
       <c r="A37">
         <v>94212</v>
       </c>
       <c r="B37" s="1">
         <v>44173</v>
       </c>
       <c r="C37" t="s">
         <v>225</v>
       </c>
       <c r="D37" t="s">
         <v>226</v>
       </c>
       <c r="H37" t="s">
         <v>227</v>
       </c>
       <c r="I37" t="s">
         <v>241</v>
       </c>
       <c r="J37" t="s">
         <v>242</v>
       </c>
       <c r="L37" t="s">