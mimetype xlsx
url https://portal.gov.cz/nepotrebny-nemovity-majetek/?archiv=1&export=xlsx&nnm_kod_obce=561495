--- v0 (2025-10-24)
+++ v1 (2025-12-18)
@@ -1347,51 +1347,51 @@
       </c>
       <c r="N6" t="s">
         <v>124</v>
       </c>
       <c r="O6" t="s">
         <v>78</v>
       </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
         <v>81</v>
       </c>
       <c r="S6" t="s">
         <v>81</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
       <c r="Y6" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>93303</v>
+        <v>93302</v>
       </c>
       <c r="B7" s="1">
         <v>44008</v>
       </c>
       <c r="C7" t="s">
         <v>83</v>
       </c>
       <c r="D7" t="s">
         <v>84</v>
       </c>
       <c r="H7" t="s">
         <v>71</v>
       </c>
       <c r="I7" t="s">
         <v>126</v>
       </c>
       <c r="J7" t="s">
         <v>127</v>
       </c>
       <c r="K7" t="s">
         <v>88</v>
       </c>
       <c r="L7" t="s">
         <v>128</v>
       </c>
@@ -1400,51 +1400,51 @@
       </c>
       <c r="N7" t="s">
         <v>130</v>
       </c>
       <c r="O7" t="s">
         <v>78</v>
       </c>
       <c r="Q7" t="s">
         <v>80</v>
       </c>
       <c r="R7" t="s">
         <v>81</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
       <c r="Y7" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>93302</v>
+        <v>93303</v>
       </c>
       <c r="B8" s="1">
         <v>44008</v>
       </c>
       <c r="C8" t="s">
         <v>83</v>
       </c>
       <c r="D8" t="s">
         <v>84</v>
       </c>
       <c r="H8" t="s">
         <v>71</v>
       </c>
       <c r="I8" t="s">
         <v>126</v>
       </c>
       <c r="J8" t="s">
         <v>127</v>
       </c>
       <c r="K8" t="s">
         <v>88</v>
       </c>
       <c r="L8" t="s">
         <v>128</v>
       </c>