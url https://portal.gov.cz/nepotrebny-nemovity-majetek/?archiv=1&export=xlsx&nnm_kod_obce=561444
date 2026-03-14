--- v0 (2026-01-07)
+++ v1 (2026-03-14)
@@ -366,78 +366,78 @@
   <si>
     <t xml:space="preserve">Jedná se o pozemek p.č. 392/28, vodní plocha, o výměře 1762 m2, zapsaný na LV č. 197 pro k.ú. Luhov u Mimoně. Uvedený pozemek je silně zamokřený a zcela mimo majetkovou držbu podniku. </t>
   </si>
   <si>
     <t>35300</t>
   </si>
   <si>
     <t>2023-09-17</t>
   </si>
   <si>
     <t>90/3, 231/4, 239/3 a 241/3</t>
   </si>
   <si>
     <t>Jedná se o pozemek p.č. 90/3, ostatní plocha, o výměře 573 m2, p.č. 231/4, ostatní plocha, o výměře 100 m2, p.č. 239/3, ostatní plocha, ostatní komunikace, o výměře 592 m2 a p.č. 241/3, ostatní plocha, o výměře 860 m2, vše zapsané na LV č. 197 pro k.ú. Luhov u Mimoně. Výše uvedený majetek tvoří nevhodně obhospodařovatelné pozemky mimo zastavěné území podél železniční tratě.</t>
   </si>
   <si>
     <t>41940</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
+    <t>MZE</t>
+  </si>
+  <si>
+    <t>S 990/19-prodej pozemku ostatní plocha p.č. 514/25 v k.ú. Luhov u Mimoně. Pozemek se nachází na okraji obce Luhov.</t>
+  </si>
+  <si>
+    <t>2020-10-15</t>
+  </si>
+  <si>
+    <t>956239106</t>
+  </si>
+  <si>
+    <t>martina.hebertova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Martina Hebertová</t>
+  </si>
+  <si>
+    <t>LS Česká Lípa</t>
+  </si>
+  <si>
+    <t>122000</t>
+  </si>
+  <si>
     <t>S 725/19-prodej pozemku ostatní plocha p.č. 514/23 v k.ú. Luhov u Mimoně. Pozemek se nachází u rodinného domu.</t>
   </si>
   <si>
-    <t>2020-10-15</t>
-[...13 lines deleted...]
-  <si>
     <t>80000</t>
-  </si>
-[...7 lines deleted...]
-    <t>122000</t>
   </si>
   <si>
     <t xml:space="preserve">Jedná se o dřevěnou zemědělskou stavbu na pozemku st.p.č. 49 jiného vlastníka - Dagmar Kavenská a Jaroslav Kavenský. </t>
   </si>
   <si>
     <t>2019-10-16</t>
   </si>
   <si>
     <t>16000</t>
   </si>
   <si>
     <t xml:space="preserve">Jedná se o pozemky p.č. 471/4, ostatní plocha, o výměře  4 386 m2,  p.č. 508/1, ostatní plocha, o výměře 2 412 m2, p.č. 508/5, ostatní plocha, o výměře 490 m2, p.č. 508/6, ostatní plocha, o výměře 1 210 m2 a p.č. 510/4, ostatní plocha, o výměře 103 m2. Vše zapsané na LV č. 3 pro k.ú. Luhov u Mimoně, obec Brniště. Pozemky jsou porostlé náletovými dřevinami, nebo mají charakter místních komunikací. Leží v intravilánu obce u železniční vlečky Brniště – závod DIAMO Stráž pod Ralskem. </t>
   </si>
   <si>
     <t>2019-10-06</t>
   </si>
   <si>
     <t>jiri.mrkvicka@vls.cz</t>
   </si>
   <si>
     <t>Jiří Mrkvička</t>
   </si>
   <si>
     <t>88100</t>
   </si>
@@ -1528,131 +1528,131 @@
       </c>
       <c r="P7" t="s">
         <v>113</v>
       </c>
       <c r="Q7" t="s">
         <v>80</v>
       </c>
       <c r="R7" t="s">
         <v>81</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
       <c r="X7" t="s">
         <v>114</v>
       </c>
       <c r="Y7" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>93593</v>
+        <v>93592</v>
       </c>
       <c r="B8" s="1">
         <v>44089</v>
       </c>
       <c r="C8" t="s">
         <v>116</v>
       </c>
       <c r="D8" t="s">
         <v>117</v>
       </c>
+      <c r="H8" t="s">
+        <v>118</v>
+      </c>
       <c r="I8" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J8" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L8" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M8" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="O8" t="s">
         <v>78</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
       <c r="Y8" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>93592</v>
+        <v>93593</v>
       </c>
       <c r="B9" s="1">
         <v>44089</v>
       </c>
       <c r="C9" t="s">
         <v>116</v>
       </c>
       <c r="D9" t="s">
         <v>117</v>
       </c>
-      <c r="H9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I9" t="s">
         <v>126</v>
       </c>
       <c r="J9" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K9" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L9" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M9" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N9" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="O9" t="s">
         <v>78</v>
       </c>
       <c r="Q9" t="s">
         <v>80</v>
       </c>
       <c r="R9" t="s">
         <v>81</v>
       </c>
       <c r="S9" t="s">
         <v>81</v>
       </c>
       <c r="T9" t="s">
         <v>81</v>
       </c>
       <c r="Y9" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
         <v>89240</v>
       </c>
       <c r="B10" s="1">