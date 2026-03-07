--- v0 (2025-10-29)
+++ v1 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="425" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="458" uniqueCount="207">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -228,176 +228,206 @@
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
     <t>MZe</t>
   </si>
   <si>
+    <t>S 235/16 Prodej pozemku v k.ú. Suchá u Nejdku</t>
+  </si>
+  <si>
+    <t>2025-11-16</t>
+  </si>
+  <si>
+    <t>956230106</t>
+  </si>
+  <si>
+    <t>brigita.lindnerova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Brigita Lindnerová</t>
+  </si>
+  <si>
+    <t>LS Horní Blatná</t>
+  </si>
+  <si>
+    <t>Suchá u Nejdku, Nejdek, okres Karlovy Vary</t>
+  </si>
+  <si>
+    <t>263/8</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej pozemku p.č. 263/8 o výměře 104 m2, druh pozemku ostatní plocha, v k.ú. Suchá u Nejdku, LV 95.</t>
+  </si>
+  <si>
+    <t>31200</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace</t>
+  </si>
+  <si>
+    <t>uccchjm</t>
+  </si>
+  <si>
+    <t>Ministerstvo dopravy</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1374/1 v k.ú. Nejdek</t>
+  </si>
+  <si>
+    <t>2025-11-07</t>
+  </si>
+  <si>
+    <t>kropacova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Kropáčová</t>
+  </si>
+  <si>
+    <t>SŽF</t>
+  </si>
+  <si>
+    <t>Nejdek, Nejdek, okres Karlovy Vary</t>
+  </si>
+  <si>
+    <t>1374/1</t>
+  </si>
+  <si>
+    <t>395000</t>
+  </si>
+  <si>
     <t>Prodej pozemků v k.ú. Bernov</t>
   </si>
   <si>
     <t>2025-06-14</t>
   </si>
   <si>
-    <t>956230106</t>
-[...10 lines deleted...]
-  <si>
     <t>Bernov, Nejdek, okres Karlovy Vary</t>
   </si>
   <si>
     <t>340/1, 340/2, 351/1</t>
   </si>
   <si>
-    <t>ano</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Jedná se o prodej pozemků p.č. 340/1 o výměře 3925 m2, lesní pozemek, dále p.č. 340/2 o výměře 1830 m2, lesní pozemek a p.č. 351/1 o výměře 5173 m2, lesní pozemek, vše v k.ú. Bernov, obec Nejdek, LV 155. </t>
   </si>
   <si>
     <t>448050</t>
   </si>
   <si>
     <t>2024-11-30</t>
   </si>
   <si>
     <t xml:space="preserve">Prodej lesních pozemků o celkové výměře 10 928 m2. </t>
   </si>
   <si>
     <t>506700</t>
   </si>
   <si>
-    <t>Správa železnic, státní organizace</t>
-[...7 lines deleted...]
-  <si>
     <t>Prodej pozemku st.p.č. 480 včetně objektu skladu bez čp. v k.ú. Luby I.</t>
   </si>
   <si>
     <t>2024-10-13</t>
   </si>
   <si>
-    <t>kropacova@spravazeleznic.cz</t>
-[...7 lines deleted...]
-  <si>
     <t>Tisová u Nejdku, Nejdek, okres Karlovy Vary</t>
   </si>
   <si>
     <t>st.p.č 104, st.p.č. 103, p.č. 1301/3</t>
   </si>
   <si>
     <t>Prodej pozemku st.p.č. 104 včetně objektu čp. 85, st.p.č. 103 včetně stavby čp. 31, p.č. 1001/3 v k.ú. Tisová u Nejdku</t>
   </si>
   <si>
     <t>1782000</t>
   </si>
   <si>
+    <t>S 1150/21 - prodej pozemku v k.ú. Oldřichov u Nejdku</t>
+  </si>
+  <si>
+    <t>2024-03-24</t>
+  </si>
+  <si>
+    <t>956 230 106</t>
+  </si>
+  <si>
+    <t>Oldřichov u Nejdku, Nejdek, okres Karlovy Vary</t>
+  </si>
+  <si>
+    <t>p.č. 86/8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemku p.č. 86/8 o výměře 259 m2, druh pozemku ostatní plocha, na LV 155, k.ú. Oldřichov u Nejdku, pro obec Nejdek, KP Karlovy Vary. </t>
+  </si>
+  <si>
+    <t>88060</t>
+  </si>
+  <si>
     <t>Mze</t>
   </si>
   <si>
     <t>S 993/14 - prodej pozemků v k.ú. Oldřichov u Nejdku</t>
   </si>
   <si>
-    <t>2024-03-24</t>
-[...7 lines deleted...]
-  <si>
     <t>p.č. 624/3, p.č. 624/4</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 624/3 o výměře 71 m2 a pozemku p.č. 624/4 o výměře 42 m2, druhy pozemku ostatní plocha v k.ú. Oldřichov u Nejdku, pro obec Nejdek, na LV 155, KP Karlovy Vary</t>
   </si>
   <si>
     <t>38420</t>
   </si>
   <si>
-    <t>S 1150/21 - prodej pozemku v k.ú. Oldřichov u Nejdku</t>
-[...10 lines deleted...]
-  <si>
     <t>S 1147/21-1</t>
   </si>
   <si>
     <t>2023-12-02</t>
   </si>
   <si>
-    <t>Nejdek, Nejdek, okres Karlovy Vary</t>
-[...1 lines deleted...]
-  <si>
     <t>p.č. 2947/48</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 2947/48 o výměře 30m2, druh pozemku ostatní plocha, jiná plocha, zapsán u Katastrálního úřadu pro Karlovarský kraj, KP Karlovy Vary, na LV 155, pro k.ú. Nejdek a obec Nejdek</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
     <t>MZE</t>
   </si>
   <si>
     <t>Prodej pozemku, k.ú. Nejdek</t>
   </si>
   <si>
     <t>2023-10-07</t>
   </si>
   <si>
     <t>p.č. 2947/49</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 2947/49 o výměře 498 m2 v k.ú. Nejdek pro obec Nejdek, KP Karlovy Vary na LV 155</t>
   </si>
   <si>
     <t>84910</t>
@@ -492,66 +522,66 @@
   <si>
     <t>2020-10-13</t>
   </si>
   <si>
     <t>205882</t>
   </si>
   <si>
     <t>S 1868/16 Prodej pozemku p.č. 86/7 o výměře 321 m2, ostatní plocha, v k.ú. Oldřichov u Nejdku.</t>
   </si>
   <si>
     <t>2020-06-27</t>
   </si>
   <si>
     <t>956930106</t>
   </si>
   <si>
     <t xml:space="preserve">LS Horní Blatná </t>
   </si>
   <si>
     <t>94770</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství ČR</t>
   </si>
   <si>
+    <t>S 31/18 Jedná se o prodej pozemku p.č. 501/10 o výměře 111 m2, druh pozemku ostatní plocha v k.ú. Lužec u Nejdku, obec Nejdek.</t>
+  </si>
+  <si>
+    <t>2018-11-30</t>
+  </si>
+  <si>
+    <t>Lesní správa Horní Blatná</t>
+  </si>
+  <si>
+    <t>Lužec u Nejdku, Nejdek, okres Karlovy Vary</t>
+  </si>
+  <si>
+    <t>28532</t>
+  </si>
+  <si>
     <t>S 31/18 Jedná se o prodej pozemku p.č. 504/10 o výměře 111 m2, druh pozemku ostatní plocha v k.ú. Lužec u Nejdku, obec Nejdek.</t>
-  </si>
-[...13 lines deleted...]
-    <t>S 31/18 Jedná se o prodej pozemku p.č. 501/10 o výměře 111 m2, druh pozemku ostatní plocha v k.ú. Lužec u Nejdku, obec Nejdek.</t>
   </si>
   <si>
     <t>DIAMO, státní podnik</t>
   </si>
   <si>
     <t>sjfywke</t>
   </si>
   <si>
     <t>MPO ČR</t>
   </si>
   <si>
     <t>Prodej st. parcely č. 233 zastavěná plocha - zbořeniště v osadě Fojtov, bez stavby s náletem drobných dřevin, přístupný přes pozemky jiných vlastníků ( město Nejdek).</t>
   </si>
   <si>
     <t>2018-10-05</t>
   </si>
   <si>
     <t>318 644 132</t>
   </si>
   <si>
     <t>klierova@diamo.cz</t>
   </si>
   <si>
     <t>Ing. Klierová</t>
   </si>
@@ -940,51 +970,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ23"/>
+  <dimension ref="A1:BQ25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="36.7109375" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="28.7109375" customWidth="1"/>
     <col min="6" max="6" width="64.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="29.7109375" customWidth="1"/>
     <col min="9" max="9" width="257.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="30.7109375" customWidth="1"/>
     <col min="13" max="13" width="25.7109375" customWidth="1"/>
     <col min="14" max="14" width="27.7109375" customWidth="1"/>
     <col min="15" max="15" width="48.7109375" customWidth="1"/>
     <col min="16" max="16" width="91.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
@@ -1230,54 +1260,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>104772</v>
+        <v>105751</v>
       </c>
       <c r="B2" s="1">
-        <v>45791</v>
+        <v>45946</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
@@ -1289,1231 +1319,1346 @@
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
         <v>81</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="X2" t="s">
         <v>82</v>
       </c>
       <c r="Y2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>102863</v>
+        <v>105662</v>
       </c>
       <c r="B3" s="1">
-        <v>45595</v>
+        <v>45937</v>
       </c>
       <c r="C3" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D3" t="s">
-        <v>70</v>
+        <v>85</v>
+      </c>
+      <c r="H3" t="s">
+        <v>86</v>
       </c>
       <c r="I3" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="J3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="L3" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="M3" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="N3" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="O3" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="P3" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="Q3" t="s">
         <v>80</v>
       </c>
       <c r="R3" t="s">
         <v>81</v>
       </c>
       <c r="S3" t="s">
         <v>81</v>
       </c>
       <c r="T3" t="s">
         <v>81</v>
       </c>
       <c r="X3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="Y3" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>102584</v>
+        <v>104772</v>
       </c>
       <c r="B4" s="1">
-        <v>45547</v>
+        <v>45791</v>
       </c>
       <c r="C4" t="s">
-        <v>87</v>
+        <v>69</v>
       </c>
       <c r="D4" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="I4" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="J4" t="s">
-        <v>91</v>
+        <v>96</v>
+      </c>
+      <c r="K4" t="s">
+        <v>74</v>
       </c>
       <c r="L4" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="M4" t="s">
-        <v>93</v>
+        <v>76</v>
       </c>
       <c r="N4" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="O4" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P4" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="Y4" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>101214</v>
+        <v>102863</v>
       </c>
       <c r="B5" s="1">
-        <v>45344</v>
+        <v>45595</v>
       </c>
       <c r="C5" t="s">
         <v>69</v>
       </c>
       <c r="D5" t="s">
         <v>70</v>
       </c>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I5" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="J5" t="s">
         <v>101</v>
       </c>
       <c r="K5" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="L5" t="s">
         <v>75</v>
       </c>
       <c r="M5" t="s">
         <v>76</v>
       </c>
       <c r="N5" t="s">
         <v>77</v>
       </c>
       <c r="O5" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="P5" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
         <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="Y5" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>101213</v>
+        <v>102584</v>
       </c>
       <c r="B6" s="1">
-        <v>45344</v>
+        <v>45547</v>
       </c>
       <c r="C6" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D6" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H6" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I6" t="s">
+        <v>104</v>
+      </c>
+      <c r="J6" t="s">
+        <v>105</v>
+      </c>
+      <c r="L6" t="s">
+        <v>89</v>
+      </c>
+      <c r="M6" t="s">
+        <v>90</v>
+      </c>
+      <c r="N6" t="s">
+        <v>91</v>
+      </c>
+      <c r="O6" t="s">
+        <v>106</v>
+      </c>
+      <c r="P6" t="s">
         <v>107</v>
-      </c>
-[...19 lines deleted...]
-        <v>108</v>
       </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S6" t="s">
         <v>81</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
       <c r="X6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y6" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>99997</v>
+        <v>101213</v>
       </c>
       <c r="B7" s="1">
-        <v>45231</v>
+        <v>45344</v>
       </c>
       <c r="C7" t="s">
         <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
         <v>71</v>
       </c>
       <c r="I7" t="s">
+        <v>110</v>
+      </c>
+      <c r="J7" t="s">
         <v>111</v>
       </c>
-      <c r="J7" t="s">
+      <c r="K7" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="L7" t="s">
         <v>75</v>
       </c>
       <c r="M7" t="s">
         <v>76</v>
       </c>
       <c r="N7" t="s">
         <v>77</v>
       </c>
       <c r="O7" t="s">
         <v>113</v>
       </c>
       <c r="P7" t="s">
         <v>114</v>
       </c>
       <c r="Q7" t="s">
         <v>80</v>
       </c>
       <c r="R7" t="s">
         <v>81</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
       <c r="X7" t="s">
         <v>115</v>
       </c>
       <c r="Y7" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>99560</v>
+        <v>101214</v>
       </c>
       <c r="B8" s="1">
-        <v>45175</v>
+        <v>45344</v>
       </c>
       <c r="C8" t="s">
         <v>69</v>
       </c>
       <c r="D8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
         <v>117</v>
       </c>
       <c r="I8" t="s">
         <v>118</v>
       </c>
       <c r="J8" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="K8" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="L8" t="s">
         <v>75</v>
       </c>
       <c r="M8" t="s">
         <v>76</v>
       </c>
       <c r="N8" t="s">
         <v>77</v>
       </c>
       <c r="O8" t="s">
         <v>113</v>
       </c>
       <c r="P8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
       <c r="X8" t="s">
+        <v>120</v>
+      </c>
+      <c r="Y8" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>99548</v>
+        <v>99997</v>
       </c>
       <c r="B9" s="1">
-        <v>45174</v>
+        <v>45231</v>
       </c>
       <c r="C9" t="s">
         <v>69</v>
       </c>
       <c r="D9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
         <v>71</v>
       </c>
       <c r="I9" t="s">
+        <v>122</v>
+      </c>
+      <c r="J9" t="s">
         <v>123</v>
       </c>
-      <c r="J9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K9" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="L9" t="s">
         <v>75</v>
       </c>
       <c r="M9" t="s">
         <v>76</v>
       </c>
       <c r="N9" t="s">
         <v>77</v>
       </c>
       <c r="O9" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="P9" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q9" t="s">
         <v>80</v>
       </c>
       <c r="R9" t="s">
         <v>81</v>
       </c>
       <c r="S9" t="s">
         <v>81</v>
       </c>
       <c r="T9" t="s">
         <v>81</v>
       </c>
       <c r="X9" t="s">
+        <v>125</v>
+      </c>
+      <c r="Y9" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>97972</v>
+        <v>99560</v>
       </c>
       <c r="B10" s="1">
-        <v>45078</v>
+        <v>45175</v>
       </c>
       <c r="C10" t="s">
         <v>69</v>
       </c>
       <c r="D10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="I10" t="s">
         <v>128</v>
       </c>
       <c r="J10" t="s">
         <v>129</v>
       </c>
       <c r="K10" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="L10" t="s">
         <v>75</v>
       </c>
       <c r="M10" t="s">
         <v>76</v>
       </c>
       <c r="N10" t="s">
         <v>77</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="P10" t="s">
         <v>130</v>
       </c>
       <c r="Q10" t="s">
         <v>80</v>
       </c>
       <c r="R10" t="s">
         <v>81</v>
       </c>
       <c r="S10" t="s">
         <v>81</v>
       </c>
       <c r="T10" t="s">
         <v>81</v>
       </c>
       <c r="X10" t="s">
         <v>131</v>
       </c>
       <c r="Y10" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>97110</v>
+        <v>99548</v>
       </c>
       <c r="B11" s="1">
-        <v>44853</v>
+        <v>45174</v>
       </c>
       <c r="C11" t="s">
         <v>69</v>
       </c>
       <c r="D11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
         <v>71</v>
       </c>
       <c r="I11" t="s">
         <v>133</v>
       </c>
       <c r="J11" t="s">
         <v>134</v>
       </c>
       <c r="K11" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="L11" t="s">
         <v>75</v>
       </c>
       <c r="M11" t="s">
         <v>76</v>
       </c>
       <c r="N11" t="s">
         <v>77</v>
       </c>
       <c r="O11" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="P11" t="s">
         <v>135</v>
       </c>
       <c r="Q11" t="s">
         <v>80</v>
       </c>
       <c r="R11" t="s">
         <v>81</v>
       </c>
       <c r="S11" t="s">
         <v>81</v>
       </c>
       <c r="T11" t="s">
         <v>81</v>
       </c>
       <c r="X11" t="s">
         <v>136</v>
       </c>
       <c r="Y11" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>96458</v>
+        <v>97972</v>
       </c>
       <c r="B12" s="1">
-        <v>44685</v>
+        <v>45078</v>
       </c>
       <c r="C12" t="s">
         <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
         <v>71</v>
       </c>
       <c r="I12" t="s">
         <v>138</v>
       </c>
       <c r="J12" t="s">
         <v>139</v>
       </c>
       <c r="K12" t="s">
-        <v>74</v>
+        <v>112</v>
       </c>
       <c r="L12" t="s">
         <v>75</v>
       </c>
       <c r="M12" t="s">
         <v>76</v>
       </c>
       <c r="N12" t="s">
         <v>77</v>
       </c>
       <c r="O12" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="P12" t="s">
         <v>140</v>
       </c>
       <c r="Q12" t="s">
         <v>80</v>
       </c>
       <c r="R12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S12" t="s">
         <v>81</v>
       </c>
       <c r="T12" t="s">
         <v>81</v>
       </c>
       <c r="X12" t="s">
         <v>141</v>
       </c>
       <c r="Y12" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>95799</v>
+        <v>97110</v>
       </c>
       <c r="B13" s="1">
-        <v>44538</v>
+        <v>44853</v>
       </c>
       <c r="C13" t="s">
         <v>69</v>
       </c>
       <c r="D13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
         <v>71</v>
       </c>
       <c r="I13" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="J13" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K13" t="s">
-        <v>74</v>
+        <v>112</v>
       </c>
       <c r="L13" t="s">
         <v>75</v>
       </c>
       <c r="M13" t="s">
         <v>76</v>
       </c>
       <c r="N13" t="s">
         <v>77</v>
       </c>
       <c r="O13" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="P13" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="Q13" t="s">
         <v>80</v>
       </c>
       <c r="R13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S13" t="s">
         <v>81</v>
       </c>
       <c r="T13" t="s">
         <v>81</v>
       </c>
       <c r="X13" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="Y13" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>94092</v>
+        <v>96458</v>
       </c>
       <c r="B14" s="1">
-        <v>44155</v>
+        <v>44685</v>
       </c>
       <c r="C14" t="s">
         <v>69</v>
       </c>
       <c r="D14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>147</v>
+        <v>71</v>
       </c>
       <c r="I14" t="s">
         <v>148</v>
       </c>
       <c r="J14" t="s">
         <v>149</v>
       </c>
       <c r="K14" t="s">
         <v>74</v>
       </c>
       <c r="L14" t="s">
         <v>75</v>
       </c>
       <c r="M14" t="s">
         <v>76</v>
       </c>
       <c r="N14" t="s">
         <v>77</v>
       </c>
       <c r="O14" t="s">
-        <v>113</v>
+        <v>92</v>
+      </c>
+      <c r="P14" t="s">
+        <v>150</v>
       </c>
       <c r="Q14" t="s">
         <v>80</v>
       </c>
       <c r="R14" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S14" t="s">
         <v>81</v>
       </c>
       <c r="T14" t="s">
         <v>81</v>
       </c>
+      <c r="X14" t="s">
+        <v>151</v>
+      </c>
       <c r="Y14" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>152</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>93577</v>
+        <v>95799</v>
       </c>
       <c r="B15" s="1">
-        <v>44085</v>
+        <v>44538</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>147</v>
+        <v>71</v>
       </c>
       <c r="I15" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="J15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="K15" t="s">
         <v>74</v>
       </c>
       <c r="L15" t="s">
         <v>75</v>
       </c>
       <c r="M15" t="s">
         <v>76</v>
       </c>
       <c r="N15" t="s">
         <v>77</v>
       </c>
       <c r="O15" t="s">
-        <v>78</v>
+        <v>92</v>
+      </c>
+      <c r="P15" t="s">
+        <v>154</v>
       </c>
       <c r="Q15" t="s">
         <v>80</v>
       </c>
       <c r="R15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S15" t="s">
         <v>81</v>
       </c>
       <c r="T15" t="s">
         <v>81</v>
       </c>
+      <c r="X15" t="s">
+        <v>155</v>
+      </c>
       <c r="Y15" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
-        <v>93032</v>
+        <v>94092</v>
       </c>
       <c r="B16" s="1">
-        <v>43977</v>
+        <v>44155</v>
       </c>
       <c r="C16" t="s">
         <v>69</v>
       </c>
       <c r="D16" t="s">
         <v>70</v>
       </c>
+      <c r="H16" t="s">
+        <v>157</v>
+      </c>
       <c r="I16" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="J16" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="K16" t="s">
-        <v>156</v>
+        <v>74</v>
       </c>
       <c r="L16" t="s">
         <v>75</v>
       </c>
       <c r="M16" t="s">
         <v>76</v>
       </c>
       <c r="N16" t="s">
-        <v>157</v>
+        <v>77</v>
       </c>
       <c r="O16" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="Q16" t="s">
         <v>80</v>
       </c>
       <c r="R16" t="s">
         <v>81</v>
       </c>
       <c r="S16" t="s">
         <v>81</v>
       </c>
       <c r="T16" t="s">
         <v>81</v>
       </c>
       <c r="Y16" t="s">
-        <v>158</v>
+        <v>160</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17">
-        <v>85775</v>
+        <v>93577</v>
       </c>
       <c r="B17" s="1">
-        <v>43403</v>
+        <v>44085</v>
       </c>
       <c r="C17" t="s">
         <v>69</v>
       </c>
       <c r="D17" t="s">
         <v>70</v>
       </c>
       <c r="H17" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="I17" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="J17" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="K17" t="s">
         <v>74</v>
       </c>
       <c r="L17" t="s">
         <v>75</v>
       </c>
       <c r="M17" t="s">
         <v>76</v>
       </c>
       <c r="N17" t="s">
-        <v>162</v>
+        <v>77</v>
       </c>
       <c r="O17" t="s">
-        <v>163</v>
+        <v>97</v>
       </c>
       <c r="Q17" t="s">
         <v>80</v>
       </c>
       <c r="R17" t="s">
         <v>81</v>
       </c>
       <c r="S17" t="s">
         <v>81</v>
       </c>
       <c r="T17" t="s">
         <v>81</v>
       </c>
       <c r="Y17" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18">
-        <v>85771</v>
+        <v>93032</v>
       </c>
       <c r="B18" s="1">
-        <v>43403</v>
+        <v>43977</v>
       </c>
       <c r="C18" t="s">
         <v>69</v>
       </c>
       <c r="D18" t="s">
         <v>70</v>
       </c>
-      <c r="H18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I18" t="s">
+        <v>164</v>
+      </c>
+      <c r="J18" t="s">
         <v>165</v>
       </c>
-      <c r="J18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K18" t="s">
-        <v>74</v>
+        <v>166</v>
       </c>
       <c r="L18" t="s">
         <v>75</v>
       </c>
       <c r="M18" t="s">
         <v>76</v>
       </c>
       <c r="N18" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="O18" t="s">
-        <v>163</v>
+        <v>113</v>
       </c>
       <c r="Q18" t="s">
         <v>80</v>
       </c>
       <c r="R18" t="s">
         <v>81</v>
       </c>
       <c r="S18" t="s">
         <v>81</v>
       </c>
       <c r="T18" t="s">
         <v>81</v>
       </c>
       <c r="Y18" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19">
-        <v>85236</v>
+        <v>85771</v>
       </c>
       <c r="B19" s="1">
-        <v>43349</v>
+        <v>43403</v>
       </c>
       <c r="C19" t="s">
-        <v>166</v>
+        <v>69</v>
       </c>
       <c r="D19" t="s">
-        <v>167</v>
+        <v>70</v>
       </c>
       <c r="H19" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I19" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J19" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="K19" t="s">
-        <v>171</v>
+        <v>74</v>
       </c>
       <c r="L19" t="s">
+        <v>75</v>
+      </c>
+      <c r="M19" t="s">
+        <v>76</v>
+      </c>
+      <c r="N19" t="s">
         <v>172</v>
       </c>
-      <c r="M19" t="s">
+      <c r="O19" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="Q19" t="s">
         <v>80</v>
       </c>
       <c r="R19" t="s">
         <v>81</v>
       </c>
       <c r="S19" t="s">
         <v>81</v>
       </c>
       <c r="T19" t="s">
         <v>81</v>
       </c>
       <c r="Y19" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20">
-        <v>84905</v>
+        <v>85775</v>
       </c>
       <c r="B20" s="1">
-        <v>43263</v>
+        <v>43403</v>
       </c>
       <c r="C20" t="s">
         <v>69</v>
       </c>
       <c r="D20" t="s">
         <v>70</v>
       </c>
+      <c r="H20" t="s">
+        <v>169</v>
+      </c>
       <c r="I20" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="J20" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="K20" t="s">
         <v>74</v>
       </c>
       <c r="L20" t="s">
         <v>75</v>
       </c>
       <c r="M20" t="s">
         <v>76</v>
       </c>
       <c r="N20" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="O20" t="s">
-        <v>103</v>
+        <v>173</v>
       </c>
       <c r="Q20" t="s">
         <v>80</v>
       </c>
       <c r="R20" t="s">
         <v>81</v>
       </c>
       <c r="S20" t="s">
         <v>81</v>
       </c>
       <c r="T20" t="s">
         <v>81</v>
       </c>
       <c r="Y20" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21">
-        <v>84616</v>
+        <v>85236</v>
       </c>
       <c r="B21" s="1">
-        <v>43249</v>
+        <v>43349</v>
       </c>
       <c r="C21" t="s">
+        <v>176</v>
+      </c>
+      <c r="D21" t="s">
+        <v>177</v>
+      </c>
+      <c r="H21" t="s">
+        <v>178</v>
+      </c>
+      <c r="I21" t="s">
+        <v>179</v>
+      </c>
+      <c r="J21" t="s">
         <v>180</v>
       </c>
-      <c r="D21" t="s">
+      <c r="K21" t="s">
         <v>181</v>
       </c>
-      <c r="H21" t="s">
-[...2 lines deleted...]
-      <c r="I21" t="s">
+      <c r="L21" t="s">
         <v>182</v>
       </c>
-      <c r="K21" t="s">
+      <c r="M21" t="s">
         <v>183</v>
       </c>
-      <c r="L21" t="s">
+      <c r="N21" t="s">
         <v>184</v>
       </c>
-      <c r="M21" t="s">
+      <c r="O21" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="Q21" t="s">
         <v>80</v>
       </c>
       <c r="R21" t="s">
         <v>81</v>
       </c>
       <c r="S21" t="s">
         <v>81</v>
       </c>
       <c r="T21" t="s">
         <v>81</v>
       </c>
       <c r="Y21" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22">
-        <v>84350</v>
+        <v>84905</v>
       </c>
       <c r="B22" s="1">
-        <v>43187</v>
+        <v>43263</v>
       </c>
       <c r="C22" t="s">
         <v>69</v>
       </c>
       <c r="D22" t="s">
         <v>70</v>
       </c>
-      <c r="E22" t="s">
+      <c r="I22" t="s">
+        <v>187</v>
+      </c>
+      <c r="J22" t="s">
         <v>188</v>
-      </c>
-[...13 lines deleted...]
-        <v>192</v>
       </c>
       <c r="K22" t="s">
         <v>74</v>
       </c>
       <c r="L22" t="s">
         <v>75</v>
       </c>
       <c r="M22" t="s">
         <v>76</v>
       </c>
       <c r="N22" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="O22" t="s">
-        <v>193</v>
+        <v>113</v>
       </c>
       <c r="Q22" t="s">
         <v>80</v>
       </c>
       <c r="R22" t="s">
         <v>81</v>
       </c>
       <c r="S22" t="s">
         <v>81</v>
       </c>
       <c r="T22" t="s">
         <v>81</v>
       </c>
       <c r="Y22" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23">
+        <v>84616</v>
+      </c>
+      <c r="B23" s="1">
+        <v>43249</v>
+      </c>
+      <c r="C23" t="s">
+        <v>190</v>
+      </c>
+      <c r="D23" t="s">
+        <v>191</v>
+      </c>
+      <c r="H23" t="s">
+        <v>157</v>
+      </c>
+      <c r="I23" t="s">
+        <v>192</v>
+      </c>
+      <c r="K23" t="s">
+        <v>193</v>
+      </c>
+      <c r="L23" t="s">
+        <v>194</v>
+      </c>
+      <c r="M23" t="s">
+        <v>195</v>
+      </c>
+      <c r="N23" t="s">
+        <v>196</v>
+      </c>
+      <c r="O23" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>80</v>
+      </c>
+      <c r="R23" t="s">
+        <v>81</v>
+      </c>
+      <c r="S23" t="s">
+        <v>81</v>
+      </c>
+      <c r="T23" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="24" spans="1:25">
+      <c r="A24">
+        <v>84350</v>
+      </c>
+      <c r="B24" s="1">
+        <v>43187</v>
+      </c>
+      <c r="C24" t="s">
+        <v>69</v>
+      </c>
+      <c r="D24" t="s">
+        <v>70</v>
+      </c>
+      <c r="E24" t="s">
+        <v>198</v>
+      </c>
+      <c r="F24" t="s">
+        <v>199</v>
+      </c>
+      <c r="G24" t="s">
+        <v>200</v>
+      </c>
+      <c r="H24" t="s">
+        <v>157</v>
+      </c>
+      <c r="I24" t="s">
+        <v>201</v>
+      </c>
+      <c r="J24" t="s">
+        <v>202</v>
+      </c>
+      <c r="K24" t="s">
+        <v>74</v>
+      </c>
+      <c r="L24" t="s">
+        <v>75</v>
+      </c>
+      <c r="M24" t="s">
+        <v>76</v>
+      </c>
+      <c r="N24" t="s">
+        <v>172</v>
+      </c>
+      <c r="O24" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>80</v>
+      </c>
+      <c r="R24" t="s">
+        <v>81</v>
+      </c>
+      <c r="S24" t="s">
+        <v>81</v>
+      </c>
+      <c r="T24" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="25" spans="1:25">
+      <c r="A25">
         <v>84347</v>
       </c>
-      <c r="B23" s="1">
+      <c r="B25" s="1">
         <v>43186</v>
       </c>
-      <c r="C23" t="s">
+      <c r="C25" t="s">
         <v>69</v>
       </c>
-      <c r="D23" t="s">
+      <c r="D25" t="s">
         <v>70</v>
       </c>
-      <c r="E23" t="s">
+      <c r="E25" t="s">
         <v>69</v>
       </c>
-      <c r="F23" t="s">
-[...14 lines deleted...]
-      <c r="K23" t="s">
+      <c r="F25" t="s">
+        <v>199</v>
+      </c>
+      <c r="G25" t="s">
+        <v>200</v>
+      </c>
+      <c r="H25" t="s">
+        <v>157</v>
+      </c>
+      <c r="I25" t="s">
+        <v>205</v>
+      </c>
+      <c r="J25" t="s">
+        <v>202</v>
+      </c>
+      <c r="K25" t="s">
         <v>74</v>
       </c>
-      <c r="L23" t="s">
+      <c r="L25" t="s">
         <v>75</v>
       </c>
-      <c r="M23" t="s">
+      <c r="M25" t="s">
         <v>76</v>
       </c>
-      <c r="N23" t="s">
-[...18 lines deleted...]
-        <v>196</v>
+      <c r="N25" t="s">
+        <v>172</v>
+      </c>
+      <c r="O25" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>81</v>
+      </c>
+      <c r="R25" t="s">
+        <v>81</v>
+      </c>
+      <c r="S25" t="s">
+        <v>81</v>
+      </c>
+      <c r="T25" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>206</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>