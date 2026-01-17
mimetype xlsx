--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -351,63 +351,63 @@
   <si>
     <t>Ministerstvo zemědělství ČR..</t>
   </si>
   <si>
     <t>S 505/08-3 Jedná se o prodej pozemku p.č. st. 1461 o výměře 55 m2, zastavěná plocha a nádvoří, v k.ú. Hroznětín, obec Hroznětín.</t>
   </si>
   <si>
     <t>2019-11-25</t>
   </si>
   <si>
     <t>956230106</t>
   </si>
   <si>
     <t>19250</t>
   </si>
   <si>
     <t>S 505/08-4 Jedná se o prodej pozemku p.č. st. 1460 o výměře 42 m2, zastavěná plocha a nádvoří, k.ú. Hroznětín, obec Hroznětín.</t>
   </si>
   <si>
     <t>14700</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství ČR</t>
   </si>
   <si>
+    <t>S 1370/15 Jedná se o prodej pozemku p.č. st. 1181 o výměře 53 m2, druh pozemku zastavěná plocha a nádvoří, v k.ú. Hroznětín.</t>
+  </si>
+  <si>
+    <t>2019-08-25</t>
+  </si>
+  <si>
+    <t>18550</t>
+  </si>
+  <si>
     <t>S 505/08-2 Jedná se o prodej pozemku p.č. st. 741o výměře 40 m2, druh pozemku zastavěná plocha a nádvoří, v k.ú. Hroznětín.</t>
   </si>
   <si>
-    <t>2019-08-25</t>
-[...1 lines deleted...]
-  <si>
     <t>14000</t>
-  </si>
-[...4 lines deleted...]
-    <t>18550</t>
   </si>
   <si>
     <t>S 505/08-01 Jedná se o prodej pozemku p.č. st. 1281 o výměře 31 m2, druh pozemku zastavěná plocha a nádvroří, v k.ú. Hroznětín.</t>
   </si>
   <si>
     <t xml:space="preserve">956230106 </t>
   </si>
   <si>
     <t>10850</t>
   </si>
   <si>
     <t>Ministerstvo dopravy</t>
   </si>
   <si>
     <t xml:space="preserve"> Předmětný pozemek p.č. 1294/27 o výměře 522 m² vznikne sloučením dílu „d“ (459 m²), který je oddělen ze stávajícího pozemku p.č. 1294/27, z dílu „b“ (49 m²), který je oddělen ze stávajícího pozemku p.č. 1276/2 a z dílu „c“ (14 m²), který je oddělen ze stávajícího pozemku p.č. 1277, vše dle geometrického plánu č. 1498-37/2014. Nově vzniklý pozemek p.č. 1294/27 má obdélníkový tvar, jsou na něm v celé výměře náletové porosty – hustý zcela neprostupný porost (stromy a keře), hodnotově bezcenný, proto znalcem nebyl oceněn. Pozemek se nachází mezi tělesem železniční tratě a břehem Velkého rybníka a tvoří tak ochrannou zónu mezi plochami různého funkčního využití se zvláštními regulačními podmínkami (nepřípustné je  umísťování nebo rozšiřování staveb, odlesnění nebo úplné odstranění stávajících keřů a dřevin).</t>
   </si>
   <si>
     <t>2019-04-27</t>
   </si>
   <si>
     <t>222335259</t>
   </si>
   <si>
     <t>UrbanovaA@szdc.cz</t>
   </si>
@@ -1332,51 +1332,51 @@
       </c>
       <c r="N6" t="s">
         <v>103</v>
       </c>
       <c r="O6" t="s">
         <v>78</v>
       </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
         <v>81</v>
       </c>
       <c r="S6" t="s">
         <v>81</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
       <c r="Y6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>89056</v>
+        <v>89058</v>
       </c>
       <c r="B7" s="1">
         <v>43671</v>
       </c>
       <c r="C7" t="s">
         <v>96</v>
       </c>
       <c r="D7" t="s">
         <v>97</v>
       </c>
       <c r="H7" t="s">
         <v>112</v>
       </c>
       <c r="I7" t="s">
         <v>113</v>
       </c>
       <c r="J7" t="s">
         <v>114</v>
       </c>
       <c r="K7" t="s">
         <v>108</v>
       </c>
       <c r="L7" t="s">
         <v>101</v>
       </c>
@@ -1385,51 +1385,51 @@
       </c>
       <c r="N7" t="s">
         <v>103</v>
       </c>
       <c r="O7" t="s">
         <v>78</v>
       </c>
       <c r="Q7" t="s">
         <v>80</v>
       </c>
       <c r="R7" t="s">
         <v>81</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
       <c r="Y7" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>89058</v>
+        <v>89056</v>
       </c>
       <c r="B8" s="1">
         <v>43671</v>
       </c>
       <c r="C8" t="s">
         <v>96</v>
       </c>
       <c r="D8" t="s">
         <v>97</v>
       </c>
       <c r="H8" t="s">
         <v>112</v>
       </c>
       <c r="I8" t="s">
         <v>116</v>
       </c>
       <c r="J8" t="s">
         <v>114</v>
       </c>
       <c r="K8" t="s">
         <v>108</v>
       </c>
       <c r="L8" t="s">
         <v>101</v>
       </c>