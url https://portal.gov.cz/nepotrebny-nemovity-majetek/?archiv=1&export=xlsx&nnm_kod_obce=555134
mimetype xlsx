--- v0 (2025-12-16)
+++ v1 (2026-02-15)
@@ -477,81 +477,81 @@
   <si>
     <t>P.p.č. 2721/11, ostatní plocha, p.p.č. st. 10334. Přímý prodej pozemku ve funkčním celku se stavbou.</t>
   </si>
   <si>
     <t>113030</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství (S 85/22/164)</t>
   </si>
   <si>
     <t xml:space="preserve">Prodej pozemku </t>
   </si>
   <si>
     <t>2023-07-27</t>
   </si>
   <si>
     <t>Ohrazenice, Pardubice, okres Pardubice</t>
   </si>
   <si>
     <t xml:space="preserve">P. p. č. 223, lesní pozemek, prodej formou VŘ. </t>
   </si>
   <si>
     <t>6050</t>
   </si>
   <si>
+    <t>Ministerstvo zemědělství (S 366/21/164)</t>
+  </si>
+  <si>
+    <t>2023-04-22</t>
+  </si>
+  <si>
+    <t>jana.stankova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Jana Staňková</t>
+  </si>
+  <si>
+    <t>Popkovice, Pardubice, okres Pardubice</t>
+  </si>
+  <si>
+    <t>P.p.č. 89/2, lesní pozemek o výměře 228 m2. Jedná se o prodej formou VŘ.</t>
+  </si>
+  <si>
+    <t>7000</t>
+  </si>
+  <si>
     <t>Ministerstvo zemědělství (S 402/20/164)</t>
   </si>
   <si>
-    <t>2023-04-22</t>
-[...7 lines deleted...]
-  <si>
     <t>Trnová, Pardubice, okres Pardubice</t>
   </si>
   <si>
     <t>P.p.č. 120/92, lesní pozemek o výměře 5511 m2. Jedná se o prodej formou VŘ.</t>
   </si>
   <si>
     <t>206000</t>
-  </si>
-[...10 lines deleted...]
-    <t>7000</t>
   </si>
   <si>
     <t>prodej části pozemku p.č.204/1 v k.ú. Opočínek</t>
   </si>
   <si>
     <t>2023-03-04</t>
   </si>
   <si>
     <t>725 889 647</t>
   </si>
   <si>
     <t>O31</t>
   </si>
   <si>
     <t>Opočínek, Pardubice, okres Pardubice</t>
   </si>
   <si>
     <t>prodej části pozemku p.č.204/1 v k.ú. Opočínek - dle GP nově pozemek 204/13 o výměře 2691</t>
   </si>
   <si>
     <t>1188000.00</t>
   </si>
   <si>
     <t>Pozemek st. p. č. 4810 a p. č. 1539/14 v katastrálním území Pardubice</t>
   </si>
@@ -1981,51 +1981,51 @@
       </c>
       <c r="O12" t="s">
         <v>152</v>
       </c>
       <c r="Q12" t="s">
         <v>79</v>
       </c>
       <c r="R12" t="s">
         <v>80</v>
       </c>
       <c r="S12" t="s">
         <v>80</v>
       </c>
       <c r="T12" t="s">
         <v>80</v>
       </c>
       <c r="X12" t="s">
         <v>153</v>
       </c>
       <c r="Y12" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>97666</v>
+        <v>97665</v>
       </c>
       <c r="B13" s="1">
         <v>45007</v>
       </c>
       <c r="C13" t="s">
         <v>69</v>
       </c>
       <c r="D13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
         <v>155</v>
       </c>
       <c r="I13" t="s">
         <v>150</v>
       </c>
       <c r="J13" t="s">
         <v>156</v>
       </c>
       <c r="K13" t="s">
         <v>73</v>
       </c>
       <c r="L13" t="s">
         <v>157</v>
       </c>
@@ -2037,51 +2037,51 @@
       </c>
       <c r="O13" t="s">
         <v>159</v>
       </c>
       <c r="Q13" t="s">
         <v>79</v>
       </c>
       <c r="R13" t="s">
         <v>80</v>
       </c>
       <c r="S13" t="s">
         <v>80</v>
       </c>
       <c r="T13" t="s">
         <v>80</v>
       </c>
       <c r="X13" t="s">
         <v>160</v>
       </c>
       <c r="Y13" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>97665</v>
+        <v>97666</v>
       </c>
       <c r="B14" s="1">
         <v>45007</v>
       </c>
       <c r="C14" t="s">
         <v>69</v>
       </c>
       <c r="D14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
         <v>162</v>
       </c>
       <c r="I14" t="s">
         <v>150</v>
       </c>
       <c r="J14" t="s">
         <v>156</v>
       </c>
       <c r="K14" t="s">
         <v>73</v>
       </c>
       <c r="L14" t="s">
         <v>157</v>
       </c>