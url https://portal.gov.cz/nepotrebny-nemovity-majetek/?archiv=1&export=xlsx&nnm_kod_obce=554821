--- v0 (2025-11-04)
+++ v1 (2026-03-11)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1430" uniqueCount="524">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1498" uniqueCount="544">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -219,215 +219,299 @@
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
+    <t>Ředitelství silnic a dálnic s. p.</t>
+  </si>
+  <si>
+    <t>zjq4rhz</t>
+  </si>
+  <si>
+    <t>Ministerstvo dopravy</t>
+  </si>
+  <si>
+    <t>Převod pozemků parc. č.3765/19, parc. č. 3765/20, parc. č. 3765/21, parc. č. 3765/87 , parc. č. 3765/88 a parc. č. 2695/1 k.ú. Svinov</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>954903360</t>
+  </si>
+  <si>
+    <t>jana.duchonova@rsd.cz</t>
+  </si>
+  <si>
+    <t>Jana Duchoňová</t>
+  </si>
+  <si>
+    <t>ŘSD, Závod Brno</t>
+  </si>
+  <si>
+    <t>Svinov, Ostrava, okres Ostrava-město</t>
+  </si>
+  <si>
+    <t>parc. č.3765/19, parc. č. 3765/20, parc. č. 3765/21, parc. č. 3765/87 , parc. č. 3765/88 a parc. č. 2695/1 k.ú. Svinov</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Na základě přiloženého Geometrického plánu pro rozdělení pozemku č. 3381-169/2025 se z pozemku parc. č. 3765/58 oddělila část označená jako parc. č. 3765/87, o výměře 331 m2  a z pozemku parc. č. 3765/70 se oddělila část označená jako parc. č. 3765/88, o výměře 40 m2, ostatní pozemky zůstávají v původní výměře..</t>
+  </si>
+  <si>
+    <t>2989971.30</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace</t>
+  </si>
+  <si>
+    <t>uccchjm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ministerstvo dopravy </t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1072/7 k.ú. Třebovice ve Slezsku</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>724961676</t>
+  </si>
+  <si>
+    <t>petr.najvarek@atlas.cz</t>
+  </si>
+  <si>
+    <t>Ing. Petr Najvárek</t>
+  </si>
+  <si>
+    <t>SŽF</t>
+  </si>
+  <si>
+    <t>Třebovice ve Slezsku, Ostrava, okres Ostrava-město</t>
+  </si>
+  <si>
+    <t>1072/7</t>
+  </si>
+  <si>
+    <t>295000</t>
+  </si>
+  <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství ČR</t>
   </si>
   <si>
+    <t>pozemky v k.ú. Slezská Ostrava</t>
+  </si>
+  <si>
+    <t>2026-02-08</t>
+  </si>
+  <si>
+    <t>956911111</t>
+  </si>
+  <si>
+    <t>jan.mavrev@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ján Mavrev</t>
+  </si>
+  <si>
+    <t>Lesy České republiky, s.p., OŘ severní Morava</t>
+  </si>
+  <si>
+    <t>Slezská Ostrava, Ostrava, okres Ostrava-město</t>
+  </si>
+  <si>
+    <t>3633/7,5982/3, GP 5982/4</t>
+  </si>
+  <si>
+    <t>pozemky p.č. 3633/7 o výměře 563 m2, p.č. 5982/3 o výměře 297 m2, nově vzniklý dle GP 5982/4 o výměře 964 m2 vše ostatní plocha, vše v k.ú. Slezská Ostrava</t>
+  </si>
+  <si>
+    <t>1234729</t>
+  </si>
+  <si>
+    <t>Povodí Odry, státní podnik</t>
+  </si>
+  <si>
+    <t>wwit8gq</t>
+  </si>
+  <si>
+    <t>Převod pozemku, veřejně prospěšná stavba "RS 1 ŽST Ostrava-Svinov"</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>596657304</t>
+  </si>
+  <si>
+    <t>jana.kohutkova@pod.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jana Kohutková</t>
+  </si>
+  <si>
+    <t>majetkový odbor</t>
+  </si>
+  <si>
+    <t>3106/6</t>
+  </si>
+  <si>
+    <t>Převod části pozemku p.č. 3106/1 (nově odměřený 3106/6), pozemek bude zastavěn veřejně prospěšnou stavbou "RS 1 ŽST Ostrava-Svinov"</t>
+  </si>
+  <si>
+    <t>80520</t>
+  </si>
+  <si>
     <t>pozemky v k.ú. Heřmanice, obec Ostrava</t>
   </si>
   <si>
     <t>2025-10-09</t>
   </si>
   <si>
-    <t>956911111</t>
-[...10 lines deleted...]
-  <si>
     <t>Heřmanice, Ostrava, okres Ostrava-město</t>
   </si>
   <si>
     <t>440/1, 440/12</t>
   </si>
   <si>
-    <t>ano</t>
-[...4 lines deleted...]
-  <si>
     <t>pozemky p.č. 440/1 lesní pozemek o výměře 17520 m2, p.č. 440/12 lesní pozemek o výměře 1100 m2 v k.ú. Heřmanice, obec Ostrava</t>
   </si>
   <si>
     <t>4700000</t>
   </si>
   <si>
-    <t>Ředitelství silnic a dálnic s. p.</t>
-[...7 lines deleted...]
-  <si>
     <t>Převod pozemků parc. č. 2467/36, parc. č. 2467/39, parc. č. 3764/63, parc. č. 3593/79, parc.č. 3139/3, parc.č.3593/81 a 3593/82 v k.ú. Svinov</t>
   </si>
   <si>
     <t>2025-10-06</t>
   </si>
   <si>
-    <t>954903360</t>
-[...13 lines deleted...]
-  <si>
     <t>parc. č. 2467/36, parc. č. 2467/39, parc. č. 3764/63, parc. č. 3593/79, parc.č. 3139/3, parc.č.3593/81 a 3593/82 v k.ú. Svinov</t>
   </si>
   <si>
     <t>Na základě přiloženého Geometrického plánu pro rozdělení pozemku č. 3336-59/2025 se z pozemku parc. č. 2467/20 oddělila část označená jako parc. č.  2467/39, o výměře 273 m2, z pozemku parc. č. 2467/18 se oddělila část označená jako parc. č. 2467/36, o výměře 1489 m2 a z pozemku parc. č. 3764/28 se oddělila část označená jako parc. č. 3764/63 o výměře 181 m2. Na základě přiloženého Geometrického plánu pro rozdělení pozemku č. 3337-60/2025 se z pozemku parc. č. 3593/15 oddělila část označená jako parc. č. 3593/79, o výměře 54 m2. Na základě přiloženého Geometrického plánu pro rozdělení pozemku č. 3338-61/2025 se z pozemku parc. č. 3139 oddělila část označená jako parc. č.  3139/3, o výměře 124 m2, z pozemku parc. č. 3593/3 se oddělila část označená jako parc. č. 3593/81, o výměře 3041 m2 a z pozemku parc. č. 3593/3 se oddělila část označená jako parc. č. 3593/82 o výměře 111 m2.</t>
   </si>
   <si>
     <t>2871071.45</t>
   </si>
   <si>
     <t>DIAMO, státní podnik</t>
   </si>
   <si>
     <t>sjfywke</t>
   </si>
   <si>
     <t>Ministerstvo průmyslu a obchodu</t>
   </si>
   <si>
     <t>D550 - část pozemku p. č. 684 a část pozemku p. č. 687/17 vč. zpevněných ploch, vše v k. ú. Kunčičky</t>
   </si>
   <si>
     <t>2025-07-19</t>
   </si>
   <si>
     <t>606146618</t>
   </si>
   <si>
     <t>roman@diamo.cz</t>
   </si>
   <si>
     <t>Ing. Kamil Roman</t>
   </si>
   <si>
     <t>Oddělení majetku</t>
   </si>
   <si>
     <t>Kunčičky, Ostrava, okres Ostrava-město</t>
   </si>
   <si>
     <t>684, 687/17</t>
   </si>
   <si>
     <t>Předmětem úplatného převodu je část pozemku p. č. 684 – ostatní plocha, ostatní komunikace o výměře 251 m2 (dle GP č. 1036-45/2022 p. č. 684/1) a část pozemku p. č. 687/17 – ostatní plocha, manipulační plocha o výměře 608 m2 (dle GP č. 1036-45/2022 p. č. 687/17). Tyto nemovité věci jsou zapsány u Katastrálního úřadu pro Moravskoslezský kraj, katastrální pracoviště Ostrava, na LV č. 601 pro k. ú. Kunčičky, obec Ostrava.  Součástí prodávaných pozemků jsou zpevněné plochy tvořené šotolinou a betonovou plochou o výměře 392 m2 a dále panely silničními tl. 150 mm o výměře 86 m2. Uvedené nemovité věci se nacházejí v areálu bývalého Dolu Alexander a jsou přímo dostupné z ulice Holvekova.  Na prodávané části pozemku p. č. 687/17 jsou situovány 2 přípojky vodovodu, 1 přípojka kanalizace splaškové a 4 přípojky kanalizace dešťové. Součástí kupní smlouvy, jejíž předmětem bude prodej části pozemků p. č. 684 a p. č. 687/17 včetně zpevněných ploch, bude rovněž smlouva o zřízení služebností inženýrských sítí vodovodu a kanalizace zřizovaných kupujícím ve prospěch vlastníka nemovitých věcí neevidovaných v katastru nemovitostí – inženýrských sítí (2x vodovodní přípojka a 5x kanalizační přípojka) na dobu neomezenou za jednorázovou úplatu v celkové výši 500,00 Kč bez DPH (605,00 Kč vč. DPH), hradí prodávající.  V ostatním ujednání smlouvy bude ustanovení, že pokud nový vlastník pozemku p. č. 687/17 vybuduje nad výše zmíněnými inženýrskými sítěmi zpevněnou plochu, bude tato zpevněná plocha pro případné opravy inž. sítí demontovatelná (zatravňovací dlažba, zámková dlažba, panely apod.).   Níže uvedená požadovaná cena 1 258 400,00 Kč je vč. DPH.</t>
   </si>
   <si>
     <t>1258400</t>
   </si>
   <si>
-    <t>Správa železnic, státní organizace</t>
-[...4 lines deleted...]
-  <si>
     <t>Trafostanice v k.ú. Přívoz</t>
   </si>
   <si>
     <t>2025-07-13</t>
   </si>
   <si>
-    <t>724961676</t>
-[...1 lines deleted...]
-  <si>
     <t>najvarek@spravazeleznic.cz</t>
   </si>
   <si>
-    <t>Ing. Petr Najvárek</t>
-[...4 lines deleted...]
-  <si>
     <t>Přívoz, Ostrava, okres Ostrava-město</t>
   </si>
   <si>
     <t>Trafostanice v k.ú. Přívoz na pozemcích 784/6 a 908/8</t>
   </si>
   <si>
     <t>372000</t>
   </si>
   <si>
     <t>D550 - pozemek p. č. 2396/143 – ostatní plocha, manipulační plocha o výměře 86 m2, včetně zpevněné plochy o výměře 16 m2, vše v k. ú. Slezská Ostrava, obec Ostrava, Moravskoslezský kraj.</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
-    <t>Slezská Ostrava, Ostrava, okres Ostrava-město</t>
-[...1 lines deleted...]
-  <si>
     <t>2396/143</t>
   </si>
   <si>
     <t>Předmětem převodu je pozemek p. č. 2396/143 – ostatní plocha, manipulační plocha o výměře 86 m2. Tato nemovitá věc je zapsána u Katastrálního úřadu pro Moravskoslezský kraj, katastrální pracoviště Ostrava, na LV č. 3843 pro k. ú. Slezská Ostrava, obec Ostrava.  Součástí prodávaného pozemku je zpevněná betonová plocha o výměře 16 m2.  Převáděný pozemek se nachází na severním okraji areálu bývalého Dolu Petr Bezruč a obklopuje pozemek p. č. 2396/17, jehož součástí je stavba bez čp/če (jiná stavba) ve vlastnictví jiného vlastníka. Převáděný pozemek je dostupný po veřejné komunikaci z ulice Michálkovická, popř. z opačné strany po areálové komunikaci z ulice Keltičkovy. Níže uvedená požadovaná cena 217 800,00 Kč je vč. DPH.</t>
   </si>
   <si>
     <t>217800</t>
   </si>
   <si>
     <t>D550 - části pozemků p. č. 977/1 a p. č. 983/1 v k. ú. Koblov, obec Ostrava</t>
   </si>
   <si>
     <t>2025-06-15</t>
   </si>
   <si>
     <t>karvina@diamo.cz</t>
   </si>
   <si>
     <t>Koblov, Ostrava, okres Ostrava-město</t>
   </si>
   <si>
     <t>977/1</t>
   </si>
   <si>
     <t>Antošovická</t>
@@ -468,149 +552,131 @@
   <si>
     <t>Suderova</t>
   </si>
   <si>
     <t>Předmětem převodu jsou pozemky p. č. st. 2596 – zastavěná plocha a nádvoří, jehož součástí je stavba bez č. p./č. ev., průmyslový objekt (budova Archivu) o výměře 1 806 m2 a p. č. 575/13 – ostatní plocha, jiná plocha o výměře 4 083 m2 zapsané na LV č. 2626 pro k. ú. Mariánské Hory, včetně zpevněných ploch, součástí a příslušenství (také energomost umístěn mimo funkční celek), vše v k. ú. Mariánské Hory, obec Ostrava, Moravskoslezský kraj. Převáděný majetek tvoří jednotný funkční celek nacházející se v areálu bývalého Dolu Jan Šverma. Převáděný majetek se nachází v bývalém dobývacím prostoru „Mariánské Hory“, stanoveném pro vyhrazený nerost koksovatelné a antracitické kamenné uhlí, který byl rozhodnutím Obvodního báňského úřadu zrušen, ve zvláštním dobývacím prostoru „Mariánské Hory I“, stanoveném pro obchodní společnost Green Gas DPB, a.s. pro dobývání výhradního ložiska vyhrazeného nerostu hořlavý zemní plyn vázaný na uhelné sloje s názvem „Rychvald“, v území plochy „M“ chráněného ložiskového území (CHLÚ) české části Hornoslezské pánve pro výhradní ložisko černého uhlí, v CHLÚ Rychvald pro výhradní ložiska hořlavého zemního plynu vázaného na uhelné sloje. Převáděný majetek je situován na území kategorizovaném jako území ověřené bez výstupů resp. zajištěné proti výstupům metanu na povrch. V blízkosti zájmového území, na pozemku p. č. 575/34, který je ve vlastnictví jiného subjektu, mimo oplocení, je situován odplyňovací vrt VM – OV č. 178 ve správě DIAMO, s. p. Vrt plní svou funkci při dlouhodobém odplynění karbonského masivu. V případě prodeje nový vlastník nebude nijak omezen v souvislosti s umístěním odplyňovacího vrtu. Přístup k bezp. prvku je zajištěn po pozemku jiného subjektu na základě uzavřené služebnosti. Nejsou evidována věcná břemena zatěžující převáděný majetek (LV část C). Přístup a příjezd k převáděným nemovitostem je z veřejné komunikace ul. Suderova a dále po pozemcích ve vlastnictví jiných vlastníků na základě zřízené služebnosti. Část převáděného majetku (objektu a také energomostu) je pronajata. Spolu s převodem výše uvedeného majetku bude v rámci kupní smlouvy a smlouvy o zřízení služebností uzavřena ve prospěch vlastníka věci neevidované v katastru nemovitostí (DIAMO, s. p.) služebnost inženýrské sítě kanalizace v rozsahu dle geometrického plánu č. 2611-17/2024 pro k. ú. Mariánské Hory na/v části pozemku p. č. 575/13 v k. ú. Mariánské Hory v celkové výši 500,00 Kč bez DPH (605,00 Kč vč. DPH). Tato služebnost bude hrazena státním podnikem DIAMO. Dále budou spolu s převodem výše uvedeného majetku v rámci kupní smlouvy a smlouvy o zřízení služebností uzavřeny služebnost inženýrské sítě nadzemního a podzemního kabelového vedení NN a služebnost energomostu na/v části (služebného) pozemku p. č. 575/12 v k. ú. Mariánské Hory, který zůstává ve správě DIAMO, s. p., o. z. Karviná v rozsahu dle geometrického plánu č. 2106-153/2015 pro k. ú. Mariánské Hory v oprávnění pro (budoucího) vlastníka (nabývaných) nemovitých věcí neevidovaných v katastru nemovitostí v celkové výši 60 180,00 Kč bez DPH (72 817,80 včetně DPH), hradí kupující (budoucí nabyvatel). Níže uvedená požadovaná kupní cena je bez DPH. Daň z přidané hodnoty (DPH) bude fakturována ve výši a sazbě dle obecně závazných právních předpisů České republiky platných a účinných v okamžiku zdanitelného plnění.</t>
   </si>
   <si>
     <t>49020000</t>
   </si>
   <si>
     <t>D550 - pozemek p. č. 2396/138 – ostatní plocha, manipulační plocha o výměře 494 m2, včetně zpevněné plochy o výměře 39 m2, vše v k. ú. Slezská Ostrava, obec Ostrava, Moravskoslezský kraj.</t>
   </si>
   <si>
     <t>2025-05-10</t>
   </si>
   <si>
     <t>2396/138</t>
   </si>
   <si>
     <t>Předmětem převodu je pozemek p. č. 2396/138 – ostatní plocha, manipulační plocha o výměře 494 m2. Tato nemovitá věc je zapsána u Katastrálního úřadu pro Moravskoslezský kraj, katastrální pracoviště Ostrava, na LV č. 3843 pro k. ú. Slezská Ostrava, obec Ostrava.  Součástí prodávaného pozemku je část zpevněné asfaltové plochy o výměře 39 m2.  Prodávaný pozemek se nachází uvnitř areálu bývalého Dolu Petr Bezruč, kolem budovy nacházející se na pozemku p. č. 2368 a je dostupný z areálové komunikace (na p. p. č. 2396/1) napojené na ulici Keltičkova, popř. Michálkovická. Spolu s převodem výše uvedeného majetku bude kupní smlouvou a smlouvou o zřízení služebností uzavřena ve prospěch vlastníka pozemku p. č. 2368 v k. ú. Slezská Ostrava služebnost inženýrské sítě podzemního kabelového vedení NN v rozsahu dle GP č. 5412-6/2025 pro k. ú. Slezská Ostrava v části pozemku p. č. 2396/139 v k. ú. Slezská Ostrava, kde DIAMO, s. p. bude povinným ze služebnosti. Služebnost bude zřízena za jednorázovou úplatu ve výši 420,00 Kč/m2, tedy při výměře 26 m2 celkem 10 920,00 Kč bez DPH (13 213,20 Kč vč. DPH), hradí vlastník pozemku p. č. 2368 v k. ú. Slezská Ostrava.  Dále bude kupní smlouvou a smlouvou o zřízení služebností uzavřena ve prospěch vlastníka pozemku p. č. 2368 v k. ú. Slezská Ostrava služebnost inženýrské sítě přípojky vodovodu DN 32 v rozsahu dle GP č. 5413-7/2025 pro k. ú. Slezská Ostrava na/v částech pozemků p. č. 2396/1 a p. č. 2396/139 v k. ú. Slezská Ostrava, kde DIAMO, s. p. bude povinným ze služebnosti. Služebnost bude zřízena za jednorázovou úplatu ve výši 420,00 Kč/m2, tedy při výměře 35 m2 celkem 14 700,00 Kč bez DPH (17 787,00 Kč vč. DPH), hradí vlastník pozemku p. č. 2368 v k. ú. Slezská Ostrava.  Zároveň s převodem výše uvedeného majetku bude, v rozsahu vymezeném GP č. 5414-8/2025 pro k. ú. Slezská Ostrava, zřízena k tíži částí prodávaného pozemku p. č. 2396/138 v k. ú. Slezská Ostrava, obec Ostrava, ve prospěch vlastníka pozemku p. č. 2370/1 v k. ú. Slezská Ostrava, obec Ostrava, jehož součástí je stavba – objekt evidován prodávajícím pod č. 019 – Budova Jámy Terezie, služebnost přístupu k betonovým pilířům s upevněnými ocelovými nohami těžní věže předmětného objektu, a to za účelem jejich údržby, opravy, úpravy, kontroly, modernizace a případného odstranění. Služebnost bude zřízena za jednorázovou úplatu 500,00 Kč bez DPH (605,00 Kč vč. DPH), hradí prodávající.  Níže uvedená požadovaná cena 1 076 900,00 Kč je vč. DPH</t>
   </si>
   <si>
     <t>1076900</t>
   </si>
   <si>
-    <t>pozemky v k.ú. Slezská Ostrava</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-05-09</t>
   </si>
   <si>
     <t>3633/7, 5982/2, 5982/3</t>
   </si>
   <si>
     <t>pozemky p.č. 3633/7 ostatní plocha o výměře 563 m2, p.č. 5982/2 ostatní plocha o výměře 3060 m2, p.č. 5982/3 ostatní plocha o výměře 297 m2, vše v k.ú Slezská Ostrava</t>
   </si>
   <si>
     <t>3430000</t>
   </si>
   <si>
     <t>Správa železnic</t>
   </si>
   <si>
     <t>Pozemek p.č. 4434/2 v k.ú. Třebovice ve Slezsku</t>
   </si>
   <si>
     <t>2025-04-25</t>
   </si>
   <si>
     <t>721961676</t>
   </si>
   <si>
-    <t>Třebovice ve Slezsku, Ostrava, okres Ostrava-město</t>
-[...1 lines deleted...]
-  <si>
     <t>4434/2</t>
   </si>
   <si>
     <t>27000</t>
   </si>
   <si>
     <t>D550 část pozemku p. č. 2016/1 a pozemky p. č. 2016/6, p. č. 3767/14, p. č. 3767/16, p. č. 3767/40 a p. č. 3767/41 vše v k. ú. Svinov</t>
   </si>
   <si>
     <t>2025-04-19</t>
   </si>
   <si>
     <t>2016/1</t>
   </si>
   <si>
     <t>Předmětem převodu je část pozemku p. č. 2016/1 - ostatní plocha, jiná plocha o výměře 19 256 m2 (z celkové výměry 19 688 m2) a pozemky p. č. 2016/6 - ostatní plocha, jiná plocha o výměře 7 966 m2, p. č. 3767/14 - ostatní plocha, jiná plocha o výměře 1 436 m2, p. č. 3767/16 - ostatní plocha, ostatní komunikace o výměře 4 902 m2, p. č. 3767/40 - ostatní plocha, jiná plocha o výměře 447 m2 a p. č. 3767/41 - ostatní plocha, jiná plocha o výměře 48 m2 zapsány u Katastrálního úřadu pro Moravskoslezský kraj, Katastrálního pracoviště Ostrava, na LV č. 3950 pro k. ú. Svinov, obec Ostrava. Součástí převodu jsou také zpevněné plochy a inženýrské sítě, a to zbytková kanalizace a nadzemní vedení VN 22 kV včetně stožárů/betonových sloupů, vše v k. ú. Svinov, obec Ostrava. Prodávané pozemky s venkovními úpravami, součástmi a příslušenstvím tvoří jednotný funkční celek v areálu bývalého Dolu jáma Oderský. Na částech pozemků p. č. 2016/1 a p. č. 2016/6 v k. ú. Svinov je situována stavební uzávěra stanovená Územním rozhodnutím Magistrátu města Ostravy, odbor stavebně správní, kolem zlikvidovaného hlavního důlního díla „Jáma č. 6 – Dolu Oderský“. Část pozemku p. č. 3767/16 v k. ú. Svinov je situována v území kategorizovaném jako území s možnými nahodilými výstupy metanu na povrch. Zbývající území určené k převodu je součástí území bez nebezpečí výstupů metanu na povrch a při stavební činnosti zde není nutno provádět žádná bezpečnostní opatření z hlediska nebezpečí výstupů karbonského plynu. Geometrickým plánem č. 2911-21/2019 pro k. ú. Svinov došlo k oddělení pozemku p. č. 2016/23 – ostatní plocha, jiná plocha o výměře 432 m2 z pozemku p. č. 2016/1 – ostatní plocha, jiná plocha o celkové výměře 19 688 m2. Oddělený pozemek není předmětem převodu, zůstává v právu hospodařit státního podniku DIAMO, a to z důvodu existence zlikvidovaného hlavního důlního díla „Jáma č. 6 – Dolu Oderský“. Spolu s převodem výše uvedeného majetku bude v rámci Kupní smlouvy a smlouvy o zřízení služebnosti uzavřena ve prospěch vlastníka pozemku p. č. 2016/23 (dle GP, část pozemku p. č. 2016/1 v k. ú. Svinov), DIAMO, s. p., časově neomezená služebnost stezky a cesty za účelem přístupu, příjezdu, kontroly, údržby, oprav, úprav, modernizace a případného odstranění zlikvidovaného HDD Jáma Oderský (jáma č. 6) v celkové výši 500,00 Kč bez DPH (605,00 Kč včetně DPH), hradí prodávající (DIAMO, s. p.). Část pozemku p. č. 2016/1 v k. ú. Svinov je pronajata Mysliveckému spolku Svinov za účelem vybudování myslivecké kazatelny pro pozorování zvěře, v případě převodu pozemku bude nájemní smlouva postoupena na budoucího vlastníka. Níže uvedená požadovaná cena je uvedena bez DPH. Daň z přidané hodnoty (DPH) bude fakturována ve výši a sazbě dle obecně závazných právních předpisů České republiky platných a účinných v okamžiku zdanitelného plnění.</t>
   </si>
   <si>
     <t>15500000</t>
   </si>
   <si>
     <t>D550 - pozemky 458/73, p. č. 458/75 a p. č. st. 546/1 (součástí je stavba č. p. 753, jiná stavba) včetně venkovních úprav, součástí a příslušenství, vše v k. ú. Heřmanice, obec Ostrava, Moravskoslezský kraj</t>
   </si>
   <si>
     <t>2025-04-17</t>
   </si>
   <si>
     <t>546/1</t>
   </si>
   <si>
     <t>Orlovská</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>Předmětem převodu jsou pozemky p. č. 458/73 - ostatní plocha, manipulační plocha o výměře 3 067 m2, p. č. 458/75 - ostatní plocha, manipulační plocha o výměře 1 552 m2, p. č. st. 546/1 – zastavěná plocha a nádvoří o výměře 2 524 m2, jehož součástí je stavba č. p. 753, jiná stavba (Budova podnikatelského centra) zapsány u katastrálního úřadu pro Moravskoslezský kraj, katastrální pracoviště Ostrava na LV č. 1433 pro k. ú. Heřmanice, obec Ostrava. Součástí převodu jsou dále zpevněné plochy tvořeny převážně asfaltem, betonem, šotolinou a štěrkem, a také inženýrské sítě, a to přípojka plynu, 2 kanalizační přípojky, zbytková kanalizace (jako součást pozemku p. č. 458/75) a vodovodní přípojka (viz. přiložený situační zákres) a také rozvodna elektrické energie nacházející se uvnitř objektu. Do objektu je dále zavedena elektro přípojka, která není součástí převodu, vlastník/distributor Veolia Průmyslové služby ČR, a.s. Převáděné pozemky s venkovními úpravami, součástmi a příslušenstvím tvoří jednotný funkční celek k převáděné stavbě č. p. 753 v areálu bývalého Dolu Heřmanice. Nemovitosti jsou přístupné po veřejné komunikaci ul. Orlovská a dále po pozemku p. č. 458/3 v k. ú. Heřmanice, který je ve správě DIAMO, s. p. Převáděné pozemky se nachází v bývalém dobývacím prostoru Heřmanice stanoveném pro černé uhlí, který byl Rozhodnutím OBÚ Ostrava zrušen, ve zvláštním dobývacím prostoru Heřmanice I pro dobývání vyhrazeného nerostu hořlavý zemní plyn, který je ve správě obchodní společnosti Green Gas DPB, a.s., v území plochy „M“ chráněného ložiskového území (CHLÚ) české části Hornoslezské pánve pro výhradní ložisko černé uhlí a v CHLÚ Rychvald pro hořlavý zemní plyn. Plocha „M“ nevyžaduje stanovení podmínek zajištění stavby proti účinkům poddolování. Převáděné pozemky jsou situovány v území kategorizovaném jako území s možnými nahodilými výstupy metanu na povrch. Při nové výstavbě, opravách, rekonstrukcích, nebo odstraňování jeho součástí je nutno tuto skutečnost zohlednit. Části předmětu koupě jsou zatíženy věcnými břemeny – služebnostmi, které jsou v katastru nemovitostí zapsané na listu vlastnictví č. 1433 (v části C) pro k. ú. Heřmanice, obec Ostrava. Na část předmětu koupě, a to konkrétně části kanalizačních přípojek nacházející se na pozemku p. č. 458/48 v k. ú. Heřmanice není historicky zřízené věcné břemeno zapsané do katastru nemovitostí, není tedy řešeno v tomto rozsahu oprávnění užívat tyto části pozemku. V části pozemku p. č. 458/73 se nachází část vodovodního řadu, včetně vodovodní šachtice, na kterém je osazen požární hydrant H1, které jsou součástí vodovodu pro veřejnou potřebu a nebudou součástí převodu. Na tuto část vodovodního řadu bude uzavřena spolu s převodem výše uvedeného majetku v rámci Kupní smlouvy a smlouvy o zřízení služebností ve prospěch vlastníka věci neevidované v katastru nemovitostí (DIAMO, s. p.) služebnost inženýrské sítě vodovodního řadu včetně vodoměrné šachtice a hydrantu v rozsahu dle geometrického plánu č. 2733-33/2024  pro k. ú. Heřmanice na/v části pozemku p. č. 458/73 v k. ú. Heřmanice v celkové výši 500,00 Kč bez DPH (605,00 Kč včetně DPH), hradí prodávající. Dále bude spolu s převodem výše uvedeného majetku v rámci Kupní smlouvy a smlouvy o zřízení služebností uzavřena služebnost stezky a cesty po části pozemku p. č. 458/3 v k. ú. Heřmanice, který je ve správě DIAMO, s. p., v oprávnění pro (budoucího) vlastníka nabývaných nemovitostí v rozsahu dle geometrického plánu č. 2697-20/2024 pro k. ú. Heřmanice a geometrického plánu č. 2733-33/2024 pro k. ú. Heřmanice v celkové výši 171 820,00 Kč bez DPH (207 902,20 Kč včetně DPH). Tato služebnost bude hrazena (budoucím) oprávněným, resp. kupujícím, není součástí kupní ceny. Část převáděného majetku – objektu Budovy podnikatelského centra na pozemku p. č. st. 546/1 v k. ú. Heřmanice je pronajata. Níže uvedená požadovaná cena je uvedena bez DPH. Daň z přidané hodnoty (DPH) bude fakturována ve výši a sazbě dle obecně závazných právních předpisů České republiky platných a účinných v okamžiku zdanitelného plnění.</t>
   </si>
   <si>
     <t>36510000</t>
   </si>
   <si>
-    <t>Povodí Odry, státní podnik</t>
-[...4 lines deleted...]
-  <si>
     <t>Ministerstvo zemědělství</t>
   </si>
   <si>
     <t>Pozemek parc.č. 896 ostatní plocha v kat. území Hrušov</t>
   </si>
   <si>
     <t>2025-04-05</t>
   </si>
   <si>
-    <t>596657304</t>
-[...1 lines deleted...]
-  <si>
     <t>pustejovska@pod.cz</t>
   </si>
   <si>
     <t>Helena Pustějovská</t>
   </si>
   <si>
-    <t>majetkový odbor</t>
-[...1 lines deleted...]
-  <si>
     <t>Hrušov, Ostrava, okres Ostrava-město</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t xml:space="preserve">pozemek parc.č. 896 ostatní plocha, o výměře 214 m2  </t>
   </si>
   <si>
     <t>32900</t>
   </si>
   <si>
     <t>Pozemek parc.č. 1009, ostatní plocha v kat. území Hošťálkovice</t>
   </si>
   <si>
     <t>Pustějovská Helena</t>
   </si>
   <si>
     <t>Hošťálkovice, Ostrava, okres Ostrava-město</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t xml:space="preserve">pozemek parc.č. 1009, ostatní plocha, o výměře 3902 m2  </t>
@@ -633,56 +699,50 @@
   <si>
     <t>580800</t>
   </si>
   <si>
     <t>D550 - pozemek p. č. 2396/141 – ostatní plocha, manipulační plocha o výměře 1 133 m2, včetně zpevněných ploch, vše v k. ú. Slezská Ostrava, obec Ostrava, Moravskoslezský kraj</t>
   </si>
   <si>
     <t>2024-11-18</t>
   </si>
   <si>
     <t>2396/141</t>
   </si>
   <si>
     <t>Předmětem převodu je celý pozemek p. č. 2396/141 – ostatní plocha, manipulační plocha o výměře 1 133 m2. Tato nemovitá věc je zapsána u Katastrálního úřadu pro Moravskoslezský kraj, katastrální pracoviště Ostrava, na LV č. 3843 pro k. ú. Slezská Ostrava, obec Ostrava.  Součástí převodu jsou zpevněné plochy na částech převodem dotčeného pozemku p. č. 2396/141, tvořené šotolinou a štěrkem, o výměře 555 m2. Převáděný pozemek se nachází uvnitř areálu bývalého Dolu Petr Bezruč, kolem budovy nacházející se na pozemku p. č. 2373 a je dostupný z areálové komunikace napojené na ulici Keltičkova popř. Michálkovická.  Přes prodávaný pozemek vede inženýrská síť vodovodu, s kterým má právo hospodařit DIAMO, s. p., a která není součástí převodu. Proto bude součástí kupní smlouvy i smlouva o zřízení služebností, v níž je zřizována kupujícím ve prospěch vlastníka nemovité věci neevidované v katastru nemovitostí časově neomezená služebnost inženýrské sítě vodovodu na části pozemku p. č. 2396/141 v rozsahu dle GP č. 5336-21/2024 pro k. ú. Slezská Ostrava (služebnost inženýrské sítě Vodovodního řadu) za jednorázovou úplatu 500,00 Kč bez DPH (605,00 Kč vč. DPH), hradí prodávající.  V případě, že kupující nemá pro zajištění přístupu k prodávanému pozemku zřízenu služebnost stezky a cesty, bude tato v kupní smlouvě pro kupujícího zřízena, a to na části pozemku p. č. 2396/1 v rozsahu vymezeném geometrickým plánem č. 4703-19/2022 v části označené písmeny D a E na pozemku p. č. 2396/1 a na pozemku p. č. 2396/50 v k. ú. Slezská Ostrava, obec Ostrava za jednorázovou úplatu ve výši 220,00 Kč/m2, tedy při výměře 1 099 m2 celkem 241 780,00 Kč bez DPH (292 553,80 Kč vč. DPH), hradí kupující. V případě, že by kupující měl služebnost stezky a cesty již zřízenu, nebude pouze tato služebnost uvedena do návrhu na vklad, tudíž nebude zřízena duplicitně. Níže uvedená požadovaná cena 1 812 580,00 Kč je vč. DPH.</t>
   </si>
   <si>
     <t>1812580</t>
   </si>
   <si>
     <t>Převod pozemků,  dálnice</t>
   </si>
   <si>
     <t>2024-11-14</t>
   </si>
   <si>
-    <t>jana.kohutkova@pod.cz</t>
-[...4 lines deleted...]
-  <si>
     <t>2055/39, 2065/1</t>
   </si>
   <si>
     <t xml:space="preserve">převod pozemků, ostatní komunikace, dálnice </t>
   </si>
   <si>
     <t>122780</t>
   </si>
   <si>
     <t>Převod pozemků, ostatní komunikace, dálnice</t>
   </si>
   <si>
     <t>2024-10-26</t>
   </si>
   <si>
     <t>2055/28, 2055/61, 855/15, 855/2</t>
   </si>
   <si>
     <t>1084130</t>
   </si>
   <si>
     <t>Mankovice, Mankovice, okres Nový Jičín</t>
   </si>
   <si>
     <t>6180</t>
@@ -1206,62 +1266,62 @@
   <si>
     <t>2021-07-16</t>
   </si>
   <si>
     <t xml:space="preserve">Lesy České republiky, s.p., OŘ severní Morava </t>
   </si>
   <si>
     <t>pozemek p.č. 608 lesní pozemek o výměře 1791 m2 v k.ú. Radvanice</t>
   </si>
   <si>
     <t>90000</t>
   </si>
   <si>
     <t>2021-06-28</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>Prodávané nemovitosti jsou ve vlastnictví státu a státní podnik DIAMO má právo s těmito nemovitostmi hospodařit. Převáděný majetek je v účetní evidenci o. z. ODRA. Geometrickým plánem č. 1411-34/2018 pro k. ú. Hrušov (GP) byl z pozemku p. č. 646/1 oddělen pozemek p. č. 646/28 v k. ú. Hrušov. Nemovitosti se nachází v areálu Hrušov, v k. ú. Hrušov, obec Ostrava. Nemovitosti jsou tvořeny částí pozemku p. č. 646/1 – ostatní plocha, manipulační plocha (dle GP p. č. 646/28 o výměře 1 579 m2 – pozemek není doposud zapsán v KN, oddělovací GP bude vložen k zápisu na KN současně s kupní smlouvou) a pozemky p. č. 646/7 - ostatní plocha, jiná plocha o výměře 118 m2, p. č. 649 – zastavěná plocha a nádvoří o výměře 688 m2, jehož součástí je stavba č. p. 696, jiná stavba, vše zapsané na LV č. 914 pro k. ú. Hrušov, obec Ostrava, Moravskoslezský kraj. Součástí převodu jsou dvě vodovodní přípojky PE d 32 (DN 25), zpevněné plochy na částech pozemků p. č. 646/1 a p. č. 646/7 o celkové výměře 1 492 m2. Dále venkovní osvětlení na části pozemku p. č. 646/1, kanalizační trasa „C“ včetně tří šachtic Š32, Š32a a Š33 v délce 52,3 m, kanalizační trasa A3 včetně jímky a šachtice Š22 v délce 17,7 m, přípojka NN, oplocení a objekt Skladu MTZ a stolařské dílny na pozemku p. č. 649 v k. ú. Hrušov. Prodávané pozemky spolu s objektem tvoří jednotný funkční celek a nacházejí se v areálu bývalého Dolu Stachanov. Na části předmětu převodu majetku je uzavřena nájemní smlouva se společností SNABYTEK COMPANY s.r.o., reg. č. 3600067/10, nájemní smlouva se společností Atekim group s.r.o., reg. č. D500/53000/00144/20/00, nájemní smlouva se společností ČESKÁ OCHRANNÁ SLUŽBA, a.s., reg. č. 3600050/10, nájemní smlouva s panem Tomášem Novotným reg. č. 3600007/2008, nájemní smlouva se společnností GASwarehouse s.r.o., reg. č. D500/53000/00056/14/00. Spolu s převodem výše uvedeného majetku bude současně smlouvou o zřízení služebností uzavřena ve prospěch kupujícího služebnost stezky a cesty „in rem“ po části pozemku p. č. 646/1 za cenu ve výši 35 520,00 Kč bez DPH (42 979,20 Kč vč. DPH), služebnost inženýrské sítě – přípojky NN za cenu ve výši 49 200,00 Kč bez DPH (59 532,00 Kč vč. DPH), služebnost inženýrské sítě – kanalizační přípojky za cenu ve výši 64 800,00 Kč bez DPH (78 408,00 Kč vč. DPH). Současně dále bude smlouvou o zřízení služebností uzavřena ve prospěch vlasníka věci neevidované v katastru nemovitostí služebnost inženýrské sítě vodovodního řadu a vodovodní přípojky, kanalizační přípojky, přípojky NN a el. vedení osvětlení a stezky a cesty za celkovou cenu 3 000,00 Kč bez DPH (3 630,00 Kč vč. DPH).</t>
   </si>
   <si>
     <t>6667584</t>
   </si>
   <si>
+    <t>2021-04-17</t>
+  </si>
+  <si>
+    <t>43350</t>
+  </si>
+  <si>
     <t>Prodávané nemovitosti jsou ve vlastnictví státu a státní podnik DIAMO má právo s těmito nemovitostmi hospodařit. Převáděný majetek je v účetní evidenci o. z. ODRA. Geometrickým plánem č. 1465-15/2020 pro k. ú. Hrušov (GP) byly z pozemku p. č. 646/1 odděleny pozemky p. č. 646/29 a p. č. 646/30 vše v k. ú. Hrušov. Nemovitosti se nachází v areálu Hrušov, v k. ú. Hrušov, obec Ostrava. Nemovitosti jsou tvořeny částí pozemku p. č. 646/1 – ostatní plocha, manipulační plocha (dle GP p. č. 646/29 o výměře 108 m2 a p. č. 646/30 o výměře 1 200 m2 – pozemky nejsou doposud zapsány v KN, oddělovací GP bude vložen k zápisu na KN současně s kupní smlouvou) a pozemky p. č. 552 – ostatní plocha, jiná plocha o výměře 47 m2, p. č. 647/1 – ostatní plocha, jiná plocha o výměře 1 575 m2, p. č. 647/2 – ostatní plocha, jiná plocha o výměře 330 m2, p. č. 654 – ostatní plocha, manipulační plocha o výměře 372 m2, p. č. 655 – ostatní plocha, jiná plocha o výměře 435 m2, vše v k. ú. Hrušov. Součástí převodu jsou zpevněné plochy na částech pozemků p. č. 646/29, p. č. 646/30, p. č. 647/1 a p. č. 654 o celkové výměře 895 m2. Dále kanalizační trasa „D“ včetně dvou šachtic Š35 a Š36 v délce 18,59 m a oplocení v délce 155 m. Prodávané pozemky tvoří jednotný funkční celek a nacházejí se v areálu bývalého Dolu Stachanov. Do předmětu převodu zasahuje stavební uzávěra stanovená kolem zlikvidované jámy Výdušná jáma Hrušov H2 (Hubert) vydaná rozhodnutím č. 219/96. Na části předmětu převodu majetku je uzavřena nájemní smlouva s Tomášem Novotným reg. č. 3600007/08. Spolu s převodem výše uvedeného majetku bude smlouvou o zřízení služebností uzavřena ve prospěch kupujícího služebnost stezky a cesty „in personam“ po části pozemku p. č. 646/1 ve výši 63 840,00 Kč bez DPH (77 246,40 Kč vč. DPH). Dále bude touto smlouvou uzavřena ve prospěch vlastníka věci neevidované v katastru nemovitostí služebnost inženýrské sítě vodovodního řadu a dvou kabelových vedení včetně sloupu za celkovou cenu 1 500,00 Kč bez DPH (1 815 Kč vč. DPH).</t>
   </si>
   <si>
-    <t>2021-04-17</t>
-[...1 lines deleted...]
-  <si>
     <t>4366101.08</t>
   </si>
   <si>
-    <t>43350</t>
-[...1 lines deleted...]
-  <si>
     <t>pozemek p.č. 323/3 ostatní plocha o výměře 193 m2 v k.ú. Petřkovice u Ostravy, obec Ostrava (S 142/19 - k prodeji výběrovým řízením)</t>
   </si>
   <si>
     <t>2020-11-20</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p., KŘ Ostrava</t>
   </si>
   <si>
     <t>Petřkovice u Ostravy, Ostrava, okres Ostrava-město</t>
   </si>
   <si>
     <t>152000</t>
   </si>
   <si>
     <t>Nemovitosti se nacházejí v areálu Oderský, v k. ú. Svinov, obec Ostrava. Nemovitosti jsou tvořeny pozemky p. č. 2016/1 - ostatní plocha, jiná plocha o výměře 19 256 m2, p. č. 2016/6 - ostatní plocha, jiná plocha o výměře 7 966 m2, p. č. 3767/14 - ostatní plocha, jiná plocha o výměře 1 436 m2, p. č. 3767/16 - ostatní plocha, ostatní komunikace o výměře 4 902 m2, p. č. 3767/40 - ostatní plocha, jiná plocha o výměře 447 m2, p. č. 3767/41 - ostatní plocha, jiná plocha o výměře 48 m2, vše včetně venkovních úprav a příslušenství, kanalizace v délce 276,4 m a elektrické vedení (včetně stožárů - 10 ks), vše v k. ú. Svinov, obec Ostrava. Prodávané pozemky s venkovními úpravami tvoří jednotný funkční celek. Tento celek pod označením biocentrum MBC 12-2 se nachází v pásmu regionálního biokoridoru  RBK 12 (RBK 621 v ZÚR), plocha územního systému ekologické stability. Dle vyjádření Útvaru hlavního architekta a stavebního řádu (Magistrát města Ostravy) se jedná o rekultivované území, které je v současné době ekologicky cenné, a dle platného územního plánu nelze toto území jinak využít (jiné komerční využití). Současně bude zřízena služebnost stezky a cesty po částech pozemků p. č. 2016/1, p. č. 3767/40, p. č. 3767/16 ve prospěch vlastníka pozemku p. č. 2016/23 (dle GP), na kterém je umístěno HDD Jáma Oderský (jáma č. 6).</t>
   </si>
   <si>
     <t>2020-11-16</t>
   </si>
   <si>
     <t>4460400.01</t>
   </si>
   <si>
     <t>Nemovitosti se nacházejí v blízkosti areálu Oderský, v k. ú. Svinov, obec Ostrava. Nemovitosti jsou tvořeny pozemky p. č. 2047/2 - orná půda o výměře 1 300 m2, p. č. 2047/3 - ostatní plocha, jiná plocha o výměře 1 127 m2, vše v k. ú. Svinov, obec Ostrava („předmět prodeje“). Předmět prodeje se dle územního plánování nachází v pásmu regionálního biokoridoru RBK 12. Pozemek p. č. 2047/2 se nachází v biokoridoru RBK 12-1 a pozemek p. č. 2047/3 v místním biocentru MBC-307. Dle vyjádření Útvaru hlavního architekta a stavebního řádu (Magistrát města Ostravy) se jedná o rekultivované území, které je v současné době ekologicky cenné, a dle platného územního plánu nelze toto území jinak využít (jiné komerční využití). Současně bude zřízena služebnost inženýrské sítě – zařízení distribuční soustavy VN 22 kV v/na části pozemku p. č. 2047/3, ve prospěch vlastníka pozemku p. č. 2016/1, vše v k. ú. Svinov. Cenu služebnosti hradí prodávající ve výši 500,- Kč bez DPH.</t>
@@ -1350,131 +1410,131 @@
   <si>
     <t>00002674</t>
   </si>
   <si>
     <t>stavba bez čp/če, jiná stavba zapsaná na LV 3345</t>
   </si>
   <si>
     <t>2019-07-15</t>
   </si>
   <si>
     <t>774432549</t>
   </si>
   <si>
     <t>cajda@cpptransgas.cz</t>
   </si>
   <si>
     <t>Ing. Martin Čajda</t>
   </si>
   <si>
     <t>ČPP Transgas,s.p.</t>
   </si>
   <si>
     <t>5000</t>
   </si>
   <si>
+    <t>pozemek p.č. 55/1 lesní pozemek o výměře 905 m2 v k.ú. Stará Bělá, obec Ostrava (prodej výběrovým řízením)</t>
+  </si>
+  <si>
+    <t>2019-05-16</t>
+  </si>
+  <si>
+    <t>724523493</t>
+  </si>
+  <si>
+    <t>LČR, s.p., KŘ Frýdek-Místek</t>
+  </si>
+  <si>
+    <t>50000</t>
+  </si>
+  <si>
+    <t>pozemky p.č. 1286/1 lesní pozemek o výměře 562 m2 a p.č. 1287/1 ostatní plocha o výměře 155 m2 vše v k.ú. Třebovice ve Slezsku, obec Ostrava ( pozemky zatížené věcným břemenem zřízení a provozování vedení pro ČEZ Distribuce , a.s.)</t>
+  </si>
+  <si>
+    <t>20000</t>
+  </si>
+  <si>
     <t xml:space="preserve">pozemek p.č. 55/1 lesní pozemek o výměře 905 m2 v k.ú. Stará Bělá, obec Ostrava </t>
   </si>
   <si>
     <t>2019-04-16</t>
   </si>
   <si>
-    <t>724523493</t>
-[...4 lines deleted...]
-  <si>
     <t>50.000</t>
   </si>
   <si>
-    <t>pozemek p.č. 55/1 lesní pozemek o výměře 905 m2 v k.ú. Stará Bělá, obec Ostrava (prodej výběrovým řízením)</t>
-[...13 lines deleted...]
-  <si>
     <t>Nemovitosti se nacházejí v areálu Paskov. Nemovitosti jsou tvořeny pozemky p. č. 1996/13 – zastavěná plocha a nádvoří o výměře 187 m2, jehož součástí je stavba bez čp/če, výroba, p. č. 1996/122 – ostatní plocha, jiná plocha o výměře 1 966 m2, p. č. 1996/188 – ostatní plocha, jiná plocha o výměře 53 m2, vše včetně venkovních úprav a součástí v k. ú. Paskov, obec Paskov, Moravskoslezský kraj a pozemky p. č. 1447/5 – zastavěná plocha a nádvoří o výměře 820 m2, jehož součástí je stavba bez čp/če, výroba, p. č. 1447/11 – zastavěná plocha a nádvoří o výměře 223 m2, jehož součástí je stavba bez čp/če, tech.vyb., p. č. 1447/21 - ostaní plocha, manipulační plocha o výměře 626 m², p. č. 1447/23 - ostaní plocha, manipulační plocha o výměře 626 m², vše včetně venkovních úprav a součástí v k. ú. Hrabová, obec Ostrava, Moravskoslezský kraj.</t>
   </si>
   <si>
     <t>2019-01-10</t>
   </si>
   <si>
+    <t xml:space="preserve">Části pozemku p. č. 458/3 (p. č. 458/76 dle GP) - ostatní plocha, manipulační plocha o výměře 128 m2, části pozemku p. č. 458/54 (p. č. 458/77 dle GP) - ostatní plocha, manipulační plocha o výměře 2 954m2, a to vše včetně venkovních úprav. </t>
+  </si>
+  <si>
+    <t>2018-12-30</t>
+  </si>
+  <si>
+    <t>Ing.Kamil Roman</t>
+  </si>
+  <si>
+    <t>oodělení obchodu</t>
+  </si>
+  <si>
+    <t>1020000</t>
+  </si>
+  <si>
     <t xml:space="preserve">Část pozemku p. č. 458/3 (p. č. 458/74 dle GP) - ostatní plocha, manipulační plocha o výměře 302 m2 včetně venkovních úprav </t>
   </si>
   <si>
-    <t>2018-12-30</t>
-[...7 lines deleted...]
-  <si>
     <t>125000</t>
   </si>
   <si>
-    <t xml:space="preserve">Části pozemku p. č. 458/3 (p. č. 458/76 dle GP) - ostatní plocha, manipulační plocha o výměře 128 m2, části pozemku p. č. 458/54 (p. č. 458/77 dle GP) - ostatní plocha, manipulační plocha o výměře 2 954m2, a to vše včetně venkovních úprav. </t>
-[...4 lines deleted...]
-  <si>
     <t>prodej nemovité věci - část pozemku p.č. 2974/1 o výměře 59 m2 dle GP 3046-67/2017</t>
   </si>
   <si>
     <t>2018-11-26</t>
   </si>
   <si>
     <t>kohutkova@pod.cz</t>
   </si>
   <si>
+    <t xml:space="preserve">Prodej pozemků parc. č. 2408/1 – ostatní plocha, manipulační plocha o výměře 1 188 m2, parc. č. 2408/2 – ostatní plocha, manipulační plocha o výměře 265 m2, parc. č. 2411/2 – ostatní plocha, jiná plocha o výměře 10 m2 včetně oplocení v délce 20 m. Pozemky jsou bez venkovních úprav, porostlé náletovými dřevinami. Pozemky parc. č. 2408/1 a parc. č. 2408/2 jsou zatíženy věcnými břemeny inženýrských sítí (plynovod, elektrorozvody), které jsou evidovány v katastru nemovitostí. </t>
+  </si>
+  <si>
+    <t>2018-11-02</t>
+  </si>
+  <si>
+    <t>1200000</t>
+  </si>
+  <si>
     <t>Prodej pozemku parc. č. 2368 – zastavěná plocha a nádvoří o výměře 406 m2 se stavbou průmyslového objektu bez čp/če včetně vodovodní a kanalizačních (dešťová, splašková, jednotná) přípojek. Jedná se budovu bývalé strojovny těžního stroje Terezie (objekt ev. č. 110), která je napojena na vodovodní, kanalizační, elektro přípojku (nepřevádí se) a jedná se o nemovitou kulturní památku. Budova je dvoupodlažní, suterén je zděný a betonový masivní konstrukce, nadzemní podlaží je postaveno z ocelové nosné konstrukce s hrázděným zdivem. Střecha je sedlová z příhradových nosníků. Budova pochází z roku 1901 a v roce 2012 – 2013 prošla celkovu rekonstrukcí včetně přípojek. Zároveň s kupní smlouvou bude zřízena služebnost stezky a cesty ve prospěch vlastníka panujícího pozemku parc. č. 2368 vedena přes pozemek parc. č. 2396/1 za účelem práva přístupu k prodávaným nemovitým věcem a to za cenu ve výši 80,00 Kč/m2, což je při rozsahu služebnosti 463 m2 celkem 37.040,00 Kč bez DPH + 21 % DPH.</t>
   </si>
   <si>
-    <t>2018-11-02</t>
-[...1 lines deleted...]
-  <si>
     <t>2783000</t>
   </si>
   <si>
-    <t xml:space="preserve">Prodej pozemků parc. č. 2408/1 – ostatní plocha, manipulační plocha o výměře 1 188 m2, parc. č. 2408/2 – ostatní plocha, manipulační plocha o výměře 265 m2, parc. č. 2411/2 – ostatní plocha, jiná plocha o výměře 10 m2 včetně oplocení v délce 20 m. Pozemky jsou bez venkovních úprav, porostlé náletovými dřevinami. Pozemky parc. č. 2408/1 a parc. č. 2408/2 jsou zatíženy věcnými břemeny inženýrských sítí (plynovod, elektrorozvody), které jsou evidovány v katastru nemovitostí. </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Pozemky p. č. 458/3 - ostatní plocha, manipulační plocha o výměře 6 183 m², p. č. 458/53 - ostatní plocha, manipulační plocha o výměře 412 m², p. č. 458/54 - ostatní plocha, manipulační plocha o výměře 4 935 m², p. č. 458/65 - ostatní plocha, manipulační plocha o výměře 8 094 m², p. č. 458/66 - ostatní plocha manipulační plocha o výměře 6 296 m², p. č. 458/46 - ostatní plocha, manipulační plocha o výměře 50 m², p. č. 458/47 - ostatní plocha, manipulační plocha o výměře 291 m², p. č. 1130/1 - ostatní plocha, jiná plocha o výměře 729 m², p. č. 1130/2 - ostatní plocha, jiná plocha o výměře 264 m², p. č. 1128 - ostatní plocha, jiná plocha o výměře 16 m² a to vše včetně venkovních úprav. Prodávané pozemky s venkovními úpravami tvoří jednotný funkční celek. </t>
   </si>
   <si>
     <t>2018-09-15</t>
   </si>
   <si>
     <t>10253000</t>
   </si>
   <si>
     <t>Nemovitostí je kolej č. 201a v úseku km 266,735 - 266,900, tj. délky 165 m, v k.ú. Přívoz, obci Ostrava, okres Ostrava - město. Uvedená nemovitost se nachází v blízkosti železniční tratě Ostrava - Bohumín, je na ni přímo napojena a slouží jako vlečková kolej na pozemcích žadatele p. č. 1229 a p. č. 450/24 v k. ú. Přívoz. Technicky se jedná o kolej délky 165m, tvaru S49, na dřevěných pražcích, rozdělení "c", žebrové podkladnice. Nemovitost je výrazně ovlivněna lokalitou a její užití pro jiné komerční účely v podstatě není možné. Z pohledu územního plánování se nachází v zóně "Plochy železniční dopravy", v zastavěné zóně obce, v její sídelní části.</t>
   </si>
   <si>
     <t>2018-09-10</t>
   </si>
   <si>
     <t>222335733</t>
   </si>
   <si>
     <t>zavodska@szdc.cz</t>
   </si>
   <si>
     <t>Ing. Barbora Závodská</t>
   </si>
   <si>
     <t>O31</t>
@@ -1521,102 +1581,102 @@
   <si>
     <t>2904000</t>
   </si>
   <si>
     <t>Máchova 201, 471 27 Stráž pod Ralskem</t>
   </si>
   <si>
     <t>Jedná se o převod 2 pozemků a to pozemku parc. č. 14/11 – ostatní plocha, dobývací prostor o výměře 40 969 m2. V severní části pozemku je situované těleso skládky (cca 7 392 m2), které částečně zasahuje na pozemek parc. č. 14/11 z vedlejšího pozemku parc. č. 14/22. Dále je v této části zřízeno věcné břemeno pro oprávněného ArcelorMittal Ostrava, a.s. spočívající v právu vedení a přístupu k potrubnímu řadu havarního napojení vody NH, a.s. parc. č. 14/17 – lesní pozemek, les jiný než hospodářský o výměře 64 848 m2. Pozemek vzniknul zalesněním zrekultivovaného odvalu hlušiny a v roce 2004 byl prohlášen za lesní pozemek. V současné době na pozemku nejlépe prosperují dřeviny z přirozeného náletu.</t>
   </si>
   <si>
     <t>2018-03-23</t>
   </si>
   <si>
     <t>Kunčice nad Ostravicí, Ostrava, CZ0806, okres Ostrava-město</t>
   </si>
   <si>
     <t>853270</t>
   </si>
   <si>
     <t>Jedná se o vodovodní síť v areálu Bezruč o celkové délce 1 174 m, která je osazena 9 ks podzemními hydranty a 1 ks nadzemním hydrantem. Kanalizační síť v areálu Bezruč o celkové délce 1 556 m, která odvádí splaškové odpadní a dešťové vody z území bývalého dolu P. Bezruč do veřejné kanalizace v ulici Na Baranovci. Kanalizační síť je opatřena revizními šachticemi s poklopy a dále podzemním septikem a odlehčovací komorou situovanými u vyústění do veřejné kanalizace. Vodovodní řad v areálu Heřmanice o celkové délce 180 m, ketrý je v trase od místa napojení na veřejný vodovod v ulici Orlovská až k šachtici A4 situovanou v areálu Heřmanice. Vodovodní řad je osazen 1 ks nadzemním hydrantem.</t>
   </si>
   <si>
     <t>6760070</t>
   </si>
   <si>
+    <t xml:space="preserve">Jedná se o prodej 4 pozemků včetně příslušenství v areálu Bezruč, v k. ú. Slezská Ostrava situovaných severně od vjezdu do areálu z ulice Keltičkova. Jedná se o:Pozemek parc. č. 2372 – ostatní plocha, jiná plocha o výměře 367 m2. Pozemek je bez venkovních úprav. Pozemek parc. č. 2396/71 – ostatní plocha, manipulační plocha o výměře 2 812 m2, který vzniknul na základě geometrického plánu rozdělením původního pozemku. Na pozemku se nachází zpevněná plocha tvořená monolitickým betonem o výměře 311 m2 a silničními panely o výměře 519 m2, které jsou součástí prodeje. Pozemek parc. č. 2396/76 – ostatní plocha, manipulační plocha o výměře 28 m2. Na pozemku se nachází zpevněná betonová plocha o výměře 28 m2, která je součástí prodeje.Pozemek parc. č. 2396/130 – ostatní plocha, manipulační plocha o výměře 156 m2, který vzniknul na základě geometrického plánu rozdělením pozemku parc. č. 2396/71. Pozemek je bez venkovních úprav. Na prodávaných pozemcích se nachází 4 odplyňovací vrty Jd 5, Jd 6, Jd 7 a Jd 16, které zůstávají v majetku prodávajícího. Kupní smlouvou budou zřízeny pro prodávajícího jakožto oprávněného služebnosti spočívající v právu umístění a přístupu za účelem provozování a údržby těchto zařízení.Na prodávaném pozemku parc. č. 2396/71 se nachází studna, která zásobuje vodou CO kryt, který je ve vlastnictví spolku Muzeum průmyslové historie Ostravska, z. s. Kupní smlouvou bude zřízena k této stavbě služebnost spočívající v právu umístění a přístupu k této stavbě, kde oprávněný bude vlastník pozemku parc. č. 2396/127 v k. ú. Slezská Ostrava.Přes prodávané pozemky vede podzemní vodovodní a kanalizační potrubí, která zůstávají v majetku prodávajícího (jsou předmětem daru na Statutární město Ostrava). Kupní smlouvou budou zřízené služebnosti k těmto inženýrským sítím pro vlastníka inženýrských sítí.K prodávaným pozemkům je zřízeno 6 věcných břemen, která jsou zapsána vkladem do katastru nemovitostí. Do prodávaného pozemku parc. č. 2396/71 zasahuje ochranné pásmo stavební uzávěry stanovené kolem SDD – Jáma IX. </t>
+  </si>
+  <si>
+    <t>2018-03-03</t>
+  </si>
+  <si>
+    <t>PM</t>
+  </si>
+  <si>
+    <t>1605020</t>
+  </si>
+  <si>
     <t>FYZIKÁLNĚ TECHNICKÝ ZKUŠEBNÍ ÚSTAV, státní podnik</t>
   </si>
   <si>
     <t>d9fvd36</t>
   </si>
   <si>
     <t>Fyzikálně technický zkušební ústav, státní podnik</t>
   </si>
   <si>
     <t xml:space="preserve">Pikartská 1337/7, 71607 Ostrava-Radvanice </t>
   </si>
   <si>
     <t>00577880</t>
   </si>
   <si>
     <t xml:space="preserve">Ministerstvo průmyslu a obchodu </t>
   </si>
   <si>
     <t>•	Technická  budova bývalé zkratovny s 1 NP stojící na pozemku  p.č. 3287/23, zapsanou v katastru nemovitostí  pro  k.ú pro Ostrava- Radvanice (715018) v   LV č. 1621 o celkové zastavěné ploše 256 m2 . Budova byla postavena v roce 1962. Součástí je o okolní pozemek p.č. 3287/53 zapsaný v katastru nemovitostí pro k.ú.  Ostrava-Radvanice (715018) v LV č. 1621 o celkové výměře 258 m2. Budova, inženýrské sítě a přilehlý pozemek se nachází v areálu bývalého Vědecko-výzkumného uhelného ústavu , státní podnik. Přístupové cesty k  budově, přilehlému pozemku  a inženýrské sítě jsou na pozemku parc. č. 3287/1 ve vlastnictví VVUÚ a.s. , LV 1600.</t>
   </si>
   <si>
     <t>2018-03-01</t>
   </si>
   <si>
     <t>595223111</t>
   </si>
   <si>
     <t>hruby@ftzu.cz</t>
   </si>
   <si>
     <t>Ing.Jaromír Hrubý</t>
   </si>
   <si>
     <t xml:space="preserve">Fyzikálně technický zkušební ústav, státní podnik </t>
   </si>
   <si>
     <t>Radvanice, Ostrava, CZ0806, okres Ostrava-město</t>
   </si>
   <si>
     <t>650000</t>
-  </si>
-[...10 lines deleted...]
-    <t>1605020</t>
   </si>
   <si>
     <t>Na základě geometrického plánu č. 1280-57/2017 pro k. ú. Koblov byl z pozemku p. č. 947/10 oddělen pozemek p. č. 947/15 a z pozemku p. č. 983/1 oddělen pozemek p. č. 983/76, vše v k. ú. Koblov. Nemovitosti se nacházejí v areálu Koblov, v k. ú. Koblov, obec Ostrava. Nemovitosti jsou tvořeny pozemky p. č. 983/1 - část (dle GP p. č. 983/76) - ostatní plocha, manipulační plocha o výměře 798 m2 a p. č. 947/10 - část (dle GP p. č. 947/15) - ostatní plocha, manipulační plocha o výměře 200 m2.</t>
   </si>
   <si>
     <t>Koblov, Ostrava, CZ0806, okres Ostrava-město</t>
   </si>
   <si>
     <t>452700</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1921,51 +1981,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ82"/>
+  <dimension ref="A1:BQ86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="51.7109375" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="51.7109375" customWidth="1"/>
     <col min="6" max="6" width="44.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="36.7109375" customWidth="1"/>
     <col min="9" max="9" width="2581.7109375" customWidth="1"/>
     <col min="10" max="10" width="13.7109375" customWidth="1"/>
     <col min="11" max="11" width="15.7109375" customWidth="1"/>
     <col min="12" max="12" width="29.7109375" customWidth="1"/>
     <col min="13" max="13" width="24.7109375" customWidth="1"/>
     <col min="14" max="14" width="52.7109375" customWidth="1"/>
     <col min="15" max="15" width="61.7109375" customWidth="1"/>
     <col min="16" max="16" width="128.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
@@ -2212,54 +2272,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>105393</v>
+        <v>107084</v>
       </c>
       <c r="B2" s="1">
-        <v>45908</v>
+        <v>46064</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
@@ -2271,4718 +2331,4954 @@
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
         <v>81</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="X2" t="s">
         <v>82</v>
       </c>
       <c r="Y2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>105384</v>
+        <v>106782</v>
       </c>
       <c r="B3" s="1">
-        <v>45905</v>
+        <v>46049</v>
       </c>
       <c r="C3" t="s">
         <v>84</v>
       </c>
       <c r="D3" t="s">
         <v>85</v>
       </c>
       <c r="H3" t="s">
         <v>86</v>
       </c>
       <c r="I3" t="s">
         <v>87</v>
       </c>
       <c r="J3" t="s">
         <v>88</v>
       </c>
       <c r="K3" t="s">
         <v>89</v>
       </c>
       <c r="L3" t="s">
         <v>90</v>
       </c>
       <c r="M3" t="s">
         <v>91</v>
       </c>
       <c r="N3" t="s">
         <v>92</v>
       </c>
       <c r="O3" t="s">
         <v>93</v>
       </c>
       <c r="P3" t="s">
         <v>94</v>
       </c>
       <c r="Q3" t="s">
         <v>80</v>
       </c>
       <c r="R3" t="s">
         <v>81</v>
       </c>
       <c r="S3" t="s">
         <v>81</v>
       </c>
       <c r="T3" t="s">
         <v>81</v>
       </c>
       <c r="X3" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y3" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>104955</v>
+        <v>106257</v>
       </c>
       <c r="B4" s="1">
-        <v>45826</v>
+        <v>46030</v>
       </c>
       <c r="C4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D4" t="s">
         <v>97</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>98</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>99</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
         <v>100</v>
       </c>
-      <c r="J4" t="s">
+      <c r="K4" t="s">
         <v>101</v>
       </c>
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>102</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M4" t="s">
         <v>103</v>
       </c>
-      <c r="M4" t="s">
+      <c r="N4" t="s">
         <v>104</v>
       </c>
-      <c r="N4" t="s">
+      <c r="O4" t="s">
         <v>105</v>
       </c>
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>106</v>
       </c>
-      <c r="P4" t="s">
+      <c r="Q4" t="s">
+        <v>80</v>
+      </c>
+      <c r="R4" t="s">
+        <v>81</v>
+      </c>
+      <c r="S4" t="s">
+        <v>81</v>
+      </c>
+      <c r="T4" t="s">
+        <v>81</v>
+      </c>
+      <c r="X4" t="s">
         <v>107</v>
       </c>
-      <c r="Q4" t="s">
-[...11 lines deleted...]
-      <c r="X4" t="s">
+      <c r="Y4" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>104924</v>
+        <v>106179</v>
       </c>
       <c r="B5" s="1">
-        <v>45820</v>
+        <v>46028</v>
       </c>
       <c r="C5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D5" t="s">
         <v>110</v>
       </c>
-      <c r="D5" t="s">
+      <c r="H5" t="s">
+        <v>98</v>
+      </c>
+      <c r="I5" t="s">
         <v>111</v>
       </c>
-      <c r="H5" t="s">
-[...2 lines deleted...]
-      <c r="I5" t="s">
+      <c r="J5" t="s">
         <v>112</v>
       </c>
-      <c r="J5" t="s">
+      <c r="K5" t="s">
         <v>113</v>
       </c>
-      <c r="K5" t="s">
+      <c r="L5" t="s">
         <v>114</v>
       </c>
-      <c r="L5" t="s">
+      <c r="M5" t="s">
         <v>115</v>
       </c>
-      <c r="M5" t="s">
+      <c r="N5" t="s">
         <v>116</v>
       </c>
-      <c r="N5" t="s">
+      <c r="O5" t="s">
+        <v>78</v>
+      </c>
+      <c r="P5" t="s">
         <v>117</v>
       </c>
-      <c r="O5" t="s">
+      <c r="Q5" t="s">
+        <v>80</v>
+      </c>
+      <c r="R5" t="s">
+        <v>81</v>
+      </c>
+      <c r="S5" t="s">
+        <v>81</v>
+      </c>
+      <c r="T5" t="s">
+        <v>81</v>
+      </c>
+      <c r="X5" t="s">
         <v>118</v>
       </c>
-      <c r="Q5" t="s">
-[...11 lines deleted...]
-      <c r="X5" t="s">
+      <c r="Y5" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>104872</v>
+        <v>105393</v>
       </c>
       <c r="B6" s="1">
-        <v>45810</v>
+        <v>45908</v>
       </c>
       <c r="C6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D6" t="s">
         <v>97</v>
       </c>
-      <c r="D6" t="s">
+      <c r="H6" t="s">
         <v>98</v>
       </c>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I6" t="s">
+        <v>120</v>
+      </c>
+      <c r="J6" t="s">
         <v>121</v>
       </c>
-      <c r="J6" t="s">
+      <c r="K6" t="s">
+        <v>101</v>
+      </c>
+      <c r="L6" t="s">
+        <v>102</v>
+      </c>
+      <c r="M6" t="s">
+        <v>103</v>
+      </c>
+      <c r="N6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O6" t="s">
         <v>122</v>
       </c>
-      <c r="K6" t="s">
-[...11 lines deleted...]
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>123</v>
       </c>
-      <c r="P6" t="s">
+      <c r="Q6" t="s">
+        <v>80</v>
+      </c>
+      <c r="R6" t="s">
+        <v>81</v>
+      </c>
+      <c r="S6" t="s">
+        <v>81</v>
+      </c>
+      <c r="T6" t="s">
+        <v>81</v>
+      </c>
+      <c r="X6" t="s">
         <v>124</v>
       </c>
-      <c r="Q6" t="s">
-[...11 lines deleted...]
-      <c r="X6" t="s">
+      <c r="Y6" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>104757</v>
+        <v>105384</v>
       </c>
       <c r="B7" s="1">
-        <v>45786</v>
+        <v>45905</v>
       </c>
       <c r="C7" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
       <c r="D7" t="s">
-        <v>98</v>
+        <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>99</v>
+        <v>71</v>
       </c>
       <c r="I7" t="s">
+        <v>126</v>
+      </c>
+      <c r="J7" t="s">
         <v>127</v>
       </c>
-      <c r="J7" t="s">
+      <c r="K7" t="s">
+        <v>74</v>
+      </c>
+      <c r="L7" t="s">
+        <v>75</v>
+      </c>
+      <c r="M7" t="s">
+        <v>76</v>
+      </c>
+      <c r="N7" t="s">
+        <v>77</v>
+      </c>
+      <c r="O7" t="s">
+        <v>78</v>
+      </c>
+      <c r="P7" t="s">
         <v>128</v>
       </c>
-      <c r="K7" t="s">
-[...2 lines deleted...]
-      <c r="L7" t="s">
+      <c r="Q7" t="s">
+        <v>80</v>
+      </c>
+      <c r="R7" t="s">
+        <v>81</v>
+      </c>
+      <c r="S7" t="s">
+        <v>81</v>
+      </c>
+      <c r="T7" t="s">
+        <v>81</v>
+      </c>
+      <c r="X7" t="s">
         <v>129</v>
       </c>
-      <c r="M7" t="s">
-[...5 lines deleted...]
-      <c r="O7" t="s">
+      <c r="Y7" t="s">
         <v>130</v>
-      </c>
-[...22 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>104715</v>
+        <v>104955</v>
       </c>
       <c r="B8" s="1">
-        <v>45777</v>
+        <v>45826</v>
       </c>
       <c r="C8" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D8" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H8" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I8" t="s">
+        <v>134</v>
+      </c>
+      <c r="J8" t="s">
         <v>135</v>
       </c>
-      <c r="J8" t="s">
+      <c r="K8" t="s">
         <v>136</v>
       </c>
-      <c r="K8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L8" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M8" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N8" t="s">
-        <v>105</v>
+        <v>139</v>
       </c>
       <c r="O8" t="s">
-        <v>123</v>
+        <v>140</v>
       </c>
       <c r="P8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="Y8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>104699</v>
+        <v>104924</v>
       </c>
       <c r="B9" s="1">
-        <v>45776</v>
+        <v>45820</v>
       </c>
       <c r="C9" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="D9" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="H9" t="s">
-        <v>99</v>
+        <v>71</v>
       </c>
       <c r="I9" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="J9" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="K9" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="L9" t="s">
-        <v>129</v>
+        <v>146</v>
       </c>
       <c r="M9" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="N9" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="O9" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="Q9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S9" t="s">
         <v>81</v>
       </c>
       <c r="T9" t="s">
         <v>81</v>
       </c>
-      <c r="U9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X9" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="Y9" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>104606</v>
+        <v>104872</v>
       </c>
       <c r="B10" s="1">
-        <v>45757</v>
+        <v>45810</v>
       </c>
       <c r="C10" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D10" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H10" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I10" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="J10" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="K10" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L10" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M10" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N10" t="s">
+        <v>139</v>
+      </c>
+      <c r="O10" t="s">
         <v>105</v>
       </c>
-      <c r="O10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P10" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="Q10" t="s">
         <v>80</v>
       </c>
       <c r="R10" t="s">
         <v>81</v>
       </c>
       <c r="S10" t="s">
         <v>81</v>
       </c>
       <c r="T10" t="s">
         <v>81</v>
       </c>
       <c r="X10" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="Y10" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>104572</v>
+        <v>104757</v>
       </c>
       <c r="B11" s="1">
-        <v>45755</v>
+        <v>45786</v>
       </c>
       <c r="C11" t="s">
-        <v>69</v>
+        <v>131</v>
       </c>
       <c r="D11" t="s">
-        <v>70</v>
+        <v>132</v>
       </c>
       <c r="H11" t="s">
-        <v>71</v>
+        <v>133</v>
       </c>
       <c r="I11" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="J11" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="K11" t="s">
-        <v>74</v>
+        <v>136</v>
       </c>
       <c r="L11" t="s">
-        <v>75</v>
+        <v>157</v>
       </c>
       <c r="M11" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="N11" t="s">
-        <v>77</v>
+        <v>139</v>
       </c>
       <c r="O11" t="s">
-        <v>123</v>
+        <v>158</v>
       </c>
       <c r="P11" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="Q11" t="s">
         <v>80</v>
       </c>
       <c r="R11" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S11" t="s">
         <v>81</v>
       </c>
       <c r="T11" t="s">
         <v>81</v>
       </c>
+      <c r="U11" t="s">
+        <v>160</v>
+      </c>
       <c r="X11" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="Y11" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>104456</v>
+        <v>104715</v>
       </c>
       <c r="B12" s="1">
-        <v>45742</v>
+        <v>45777</v>
       </c>
       <c r="C12" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="D12" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="H12" t="s">
-        <v>157</v>
+        <v>133</v>
       </c>
       <c r="I12" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="J12" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="K12" t="s">
-        <v>160</v>
+        <v>136</v>
       </c>
       <c r="L12" t="s">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="M12" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="N12" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="O12" t="s">
-        <v>161</v>
+        <v>105</v>
       </c>
       <c r="P12" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="Q12" t="s">
         <v>80</v>
       </c>
       <c r="R12" t="s">
         <v>81</v>
       </c>
       <c r="S12" t="s">
         <v>81</v>
       </c>
       <c r="T12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X12" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="Y12" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>104396</v>
+        <v>104699</v>
       </c>
       <c r="B13" s="1">
-        <v>45734</v>
+        <v>45776</v>
       </c>
       <c r="C13" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D13" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H13" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I13" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="J13" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="K13" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L13" t="s">
-        <v>129</v>
+        <v>157</v>
       </c>
       <c r="M13" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N13" t="s">
-        <v>105</v>
+        <v>139</v>
       </c>
       <c r="O13" t="s">
-        <v>93</v>
+        <v>170</v>
       </c>
       <c r="P13" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="Q13" t="s">
         <v>80</v>
       </c>
       <c r="R13" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S13" t="s">
         <v>81</v>
       </c>
       <c r="T13" t="s">
         <v>81</v>
       </c>
+      <c r="U13" t="s">
+        <v>172</v>
+      </c>
       <c r="X13" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="Y13" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>104332</v>
+        <v>104606</v>
       </c>
       <c r="B14" s="1">
-        <v>45728</v>
+        <v>45757</v>
       </c>
       <c r="C14" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D14" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H14" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I14" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="J14" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="K14" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L14" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="M14" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N14" t="s">
+        <v>139</v>
+      </c>
+      <c r="O14" t="s">
         <v>105</v>
       </c>
-      <c r="O14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P14" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="Q14" t="s">
         <v>80</v>
       </c>
       <c r="R14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S14" t="s">
         <v>81</v>
       </c>
       <c r="T14" t="s">
         <v>81</v>
       </c>
-      <c r="U14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="X14" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="Y14" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>104282</v>
+        <v>104572</v>
       </c>
       <c r="B15" s="1">
-        <v>45722</v>
+        <v>45755</v>
       </c>
       <c r="C15" t="s">
-        <v>176</v>
+        <v>96</v>
       </c>
       <c r="D15" t="s">
-        <v>177</v>
+        <v>97</v>
       </c>
       <c r="H15" t="s">
-        <v>178</v>
+        <v>98</v>
       </c>
       <c r="I15" t="s">
-        <v>179</v>
+        <v>99</v>
       </c>
       <c r="J15" t="s">
         <v>180</v>
       </c>
       <c r="K15" t="s">
+        <v>101</v>
+      </c>
+      <c r="L15" t="s">
+        <v>102</v>
+      </c>
+      <c r="M15" t="s">
+        <v>103</v>
+      </c>
+      <c r="N15" t="s">
+        <v>104</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
         <v>181</v>
       </c>
-      <c r="L15" t="s">
+      <c r="Q15" t="s">
+        <v>80</v>
+      </c>
+      <c r="R15" t="s">
+        <v>81</v>
+      </c>
+      <c r="S15" t="s">
+        <v>81</v>
+      </c>
+      <c r="T15" t="s">
+        <v>81</v>
+      </c>
+      <c r="X15" t="s">
         <v>182</v>
       </c>
-      <c r="M15" t="s">
+      <c r="Y15" t="s">
         <v>183</v>
-      </c>
-[...25 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
-        <v>104284</v>
+        <v>104456</v>
       </c>
       <c r="B16" s="1">
-        <v>45722</v>
+        <v>45742</v>
       </c>
       <c r="C16" t="s">
-        <v>176</v>
+        <v>84</v>
       </c>
       <c r="D16" t="s">
-        <v>177</v>
+        <v>85</v>
       </c>
       <c r="H16" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="I16" t="s">
+        <v>185</v>
+      </c>
+      <c r="J16" t="s">
+        <v>186</v>
+      </c>
+      <c r="K16" t="s">
+        <v>187</v>
+      </c>
+      <c r="L16" t="s">
+        <v>146</v>
+      </c>
+      <c r="M16" t="s">
+        <v>91</v>
+      </c>
+      <c r="N16" t="s">
+        <v>92</v>
+      </c>
+      <c r="O16" t="s">
+        <v>93</v>
+      </c>
+      <c r="P16" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>80</v>
+      </c>
+      <c r="R16" t="s">
+        <v>81</v>
+      </c>
+      <c r="S16" t="s">
+        <v>81</v>
+      </c>
+      <c r="T16" t="s">
+        <v>81</v>
+      </c>
+      <c r="X16" t="s">
+        <v>185</v>
+      </c>
+      <c r="Y16" t="s">
         <v>189</v>
-      </c>
-[...37 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="17" spans="1:36">
       <c r="A17">
-        <v>102916</v>
+        <v>104396</v>
       </c>
       <c r="B17" s="1">
-        <v>45608</v>
+        <v>45734</v>
       </c>
       <c r="C17" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D17" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H17" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I17" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="J17" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="K17" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L17" t="s">
-        <v>103</v>
+        <v>157</v>
       </c>
       <c r="M17" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N17" t="s">
-        <v>105</v>
+        <v>139</v>
       </c>
       <c r="O17" t="s">
-        <v>123</v>
+        <v>78</v>
       </c>
       <c r="P17" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="Q17" t="s">
         <v>80</v>
       </c>
       <c r="R17" t="s">
         <v>81</v>
       </c>
       <c r="S17" t="s">
         <v>81</v>
       </c>
       <c r="T17" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X17" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="Y17" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
     </row>
     <row r="18" spans="1:36">
       <c r="A18">
-        <v>102801</v>
+        <v>104332</v>
       </c>
       <c r="B18" s="1">
-        <v>45582</v>
+        <v>45728</v>
       </c>
       <c r="C18" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D18" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H18" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I18" t="s">
+        <v>195</v>
+      </c>
+      <c r="J18" t="s">
+        <v>196</v>
+      </c>
+      <c r="K18" t="s">
+        <v>136</v>
+      </c>
+      <c r="L18" t="s">
+        <v>157</v>
+      </c>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>139</v>
+      </c>
+      <c r="O18" t="s">
+        <v>122</v>
+      </c>
+      <c r="P18" t="s">
+        <v>197</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>80</v>
+      </c>
+      <c r="R18" t="s">
+        <v>80</v>
+      </c>
+      <c r="S18" t="s">
+        <v>81</v>
+      </c>
+      <c r="T18" t="s">
+        <v>81</v>
+      </c>
+      <c r="U18" t="s">
+        <v>198</v>
+      </c>
+      <c r="V18" t="s">
+        <v>199</v>
+      </c>
+      <c r="X18" t="s">
         <v>200</v>
       </c>
-      <c r="J18" t="s">
+      <c r="Y18" t="s">
         <v>201</v>
-      </c>
-[...34 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="19" spans="1:36">
       <c r="A19">
-        <v>102784</v>
+        <v>104282</v>
       </c>
       <c r="B19" s="1">
-        <v>45579</v>
+        <v>45722</v>
       </c>
       <c r="C19" t="s">
-        <v>176</v>
+        <v>109</v>
       </c>
       <c r="D19" t="s">
-        <v>177</v>
+        <v>110</v>
       </c>
       <c r="H19" t="s">
-        <v>71</v>
+        <v>202</v>
       </c>
       <c r="I19" t="s">
+        <v>203</v>
+      </c>
+      <c r="J19" t="s">
+        <v>204</v>
+      </c>
+      <c r="K19" t="s">
+        <v>113</v>
+      </c>
+      <c r="L19" t="s">
         <v>205</v>
       </c>
-      <c r="J19" t="s">
+      <c r="M19" t="s">
         <v>206</v>
       </c>
-      <c r="K19" t="s">
-[...2 lines deleted...]
-      <c r="L19" t="s">
+      <c r="N19" t="s">
+        <v>116</v>
+      </c>
+      <c r="O19" t="s">
         <v>207</v>
       </c>
-      <c r="M19" t="s">
+      <c r="P19" t="s">
         <v>208</v>
       </c>
-      <c r="N19" t="s">
-[...5 lines deleted...]
-      <c r="P19" t="s">
+      <c r="Q19" t="s">
+        <v>80</v>
+      </c>
+      <c r="R19" t="s">
+        <v>81</v>
+      </c>
+      <c r="S19" t="s">
+        <v>81</v>
+      </c>
+      <c r="T19" t="s">
+        <v>81</v>
+      </c>
+      <c r="X19" t="s">
         <v>209</v>
       </c>
-      <c r="Q19" t="s">
-[...11 lines deleted...]
-      <c r="X19" t="s">
+      <c r="Y19" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="20" spans="1:36">
       <c r="A20">
-        <v>102632</v>
+        <v>104284</v>
       </c>
       <c r="B20" s="1">
-        <v>45560</v>
+        <v>45722</v>
       </c>
       <c r="C20" t="s">
-        <v>176</v>
+        <v>109</v>
       </c>
       <c r="D20" t="s">
-        <v>177</v>
+        <v>110</v>
       </c>
       <c r="H20" t="s">
-        <v>71</v>
+        <v>202</v>
       </c>
       <c r="I20" t="s">
+        <v>211</v>
+      </c>
+      <c r="J20" t="s">
+        <v>204</v>
+      </c>
+      <c r="K20" t="s">
+        <v>113</v>
+      </c>
+      <c r="L20" t="s">
+        <v>205</v>
+      </c>
+      <c r="M20" t="s">
         <v>212</v>
       </c>
-      <c r="J20" t="s">
+      <c r="N20" t="s">
+        <v>116</v>
+      </c>
+      <c r="O20" t="s">
         <v>213</v>
-      </c>
-[...13 lines deleted...]
-        <v>185</v>
       </c>
       <c r="P20" t="s">
         <v>214</v>
       </c>
       <c r="Q20" t="s">
         <v>80</v>
       </c>
       <c r="R20" t="s">
         <v>81</v>
       </c>
       <c r="S20" t="s">
         <v>81</v>
       </c>
       <c r="T20" t="s">
         <v>81</v>
       </c>
       <c r="X20" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="Y20" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="Z20" t="s">
         <v>216</v>
-      </c>
-[...19 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="21" spans="1:36">
       <c r="A21">
-        <v>102478</v>
+        <v>102916</v>
       </c>
       <c r="B21" s="1">
-        <v>45530</v>
+        <v>45608</v>
       </c>
       <c r="C21" t="s">
-        <v>69</v>
+        <v>131</v>
       </c>
       <c r="D21" t="s">
-        <v>70</v>
+        <v>132</v>
       </c>
       <c r="H21" t="s">
-        <v>71</v>
+        <v>133</v>
       </c>
       <c r="I21" t="s">
+        <v>217</v>
+      </c>
+      <c r="J21" t="s">
+        <v>218</v>
+      </c>
+      <c r="K21" t="s">
+        <v>136</v>
+      </c>
+      <c r="L21" t="s">
+        <v>137</v>
+      </c>
+      <c r="M21" t="s">
+        <v>138</v>
+      </c>
+      <c r="N21" t="s">
+        <v>139</v>
+      </c>
+      <c r="O21" t="s">
+        <v>105</v>
+      </c>
+      <c r="P21" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>80</v>
+      </c>
+      <c r="R21" t="s">
+        <v>81</v>
+      </c>
+      <c r="S21" t="s">
+        <v>81</v>
+      </c>
+      <c r="T21" t="s">
+        <v>80</v>
+      </c>
+      <c r="X21" t="s">
         <v>220</v>
       </c>
-      <c r="J21" t="s">
+      <c r="Y21" t="s">
         <v>221</v>
-      </c>
-[...34 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="22" spans="1:36">
       <c r="A22">
-        <v>102361</v>
+        <v>102801</v>
       </c>
       <c r="B22" s="1">
-        <v>45511</v>
+        <v>45582</v>
       </c>
       <c r="C22" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D22" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H22" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I22" t="s">
+        <v>222</v>
+      </c>
+      <c r="J22" t="s">
+        <v>223</v>
+      </c>
+      <c r="K22" t="s">
+        <v>136</v>
+      </c>
+      <c r="L22" t="s">
+        <v>137</v>
+      </c>
+      <c r="M22" t="s">
+        <v>138</v>
+      </c>
+      <c r="N22" t="s">
+        <v>139</v>
+      </c>
+      <c r="O22" t="s">
+        <v>105</v>
+      </c>
+      <c r="P22" t="s">
+        <v>224</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>80</v>
+      </c>
+      <c r="R22" t="s">
+        <v>81</v>
+      </c>
+      <c r="S22" t="s">
+        <v>81</v>
+      </c>
+      <c r="T22" t="s">
+        <v>80</v>
+      </c>
+      <c r="X22" t="s">
+        <v>225</v>
+      </c>
+      <c r="Y22" t="s">
         <v>226</v>
-      </c>
-[...37 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="23" spans="1:36">
       <c r="A23">
-        <v>102360</v>
+        <v>102784</v>
       </c>
       <c r="B23" s="1">
-        <v>45511</v>
+        <v>45579</v>
       </c>
       <c r="C23" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="D23" t="s">
+        <v>110</v>
+      </c>
+      <c r="H23" t="s">
         <v>98</v>
       </c>
-      <c r="H23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I23" t="s">
+        <v>227</v>
+      </c>
+      <c r="J23" t="s">
+        <v>228</v>
+      </c>
+      <c r="K23" t="s">
+        <v>113</v>
+      </c>
+      <c r="L23" t="s">
+        <v>114</v>
+      </c>
+      <c r="M23" t="s">
+        <v>115</v>
+      </c>
+      <c r="N23" t="s">
+        <v>116</v>
+      </c>
+      <c r="O23" t="s">
+        <v>207</v>
+      </c>
+      <c r="P23" t="s">
+        <v>229</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>80</v>
+      </c>
+      <c r="R23" t="s">
+        <v>81</v>
+      </c>
+      <c r="S23" t="s">
+        <v>81</v>
+      </c>
+      <c r="T23" t="s">
+        <v>81</v>
+      </c>
+      <c r="X23" t="s">
+        <v>230</v>
+      </c>
+      <c r="Y23" t="s">
         <v>231</v>
-      </c>
-[...43 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="24" spans="1:36">
       <c r="A24">
-        <v>102350</v>
+        <v>102632</v>
       </c>
       <c r="B24" s="1">
-        <v>45509</v>
+        <v>45560</v>
       </c>
       <c r="C24" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="D24" t="s">
+        <v>110</v>
+      </c>
+      <c r="H24" t="s">
         <v>98</v>
       </c>
-      <c r="H24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I24" t="s">
+        <v>232</v>
+      </c>
+      <c r="J24" t="s">
+        <v>233</v>
+      </c>
+      <c r="K24" t="s">
+        <v>113</v>
+      </c>
+      <c r="L24" t="s">
+        <v>114</v>
+      </c>
+      <c r="M24" t="s">
+        <v>115</v>
+      </c>
+      <c r="N24" t="s">
+        <v>116</v>
+      </c>
+      <c r="O24" t="s">
+        <v>207</v>
+      </c>
+      <c r="P24" t="s">
+        <v>234</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>80</v>
+      </c>
+      <c r="R24" t="s">
+        <v>81</v>
+      </c>
+      <c r="S24" t="s">
+        <v>81</v>
+      </c>
+      <c r="T24" t="s">
+        <v>81</v>
+      </c>
+      <c r="X24" t="s">
+        <v>230</v>
+      </c>
+      <c r="Y24" t="s">
         <v>235</v>
       </c>
-      <c r="J24" t="s">
+      <c r="Z24" t="s">
         <v>236</v>
       </c>
-      <c r="K24" t="s">
+      <c r="AA24" t="s">
         <v>237</v>
       </c>
-      <c r="L24" t="s">
+      <c r="AB24" t="s">
         <v>238</v>
       </c>
-      <c r="M24" t="s">
+      <c r="AC24" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD24" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE24" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF24" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ24" t="s">
         <v>239</v>
-      </c>
-[...25 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="25" spans="1:36">
       <c r="A25">
-        <v>102203</v>
+        <v>102478</v>
       </c>
       <c r="B25" s="1">
-        <v>45482</v>
+        <v>45530</v>
       </c>
       <c r="C25" t="s">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="D25" t="s">
-        <v>70</v>
+        <v>97</v>
       </c>
       <c r="H25" t="s">
+        <v>98</v>
+      </c>
+      <c r="I25" t="s">
+        <v>240</v>
+      </c>
+      <c r="J25" t="s">
+        <v>241</v>
+      </c>
+      <c r="K25" t="s">
+        <v>101</v>
+      </c>
+      <c r="L25" t="s">
+        <v>102</v>
+      </c>
+      <c r="M25" t="s">
+        <v>103</v>
+      </c>
+      <c r="N25" t="s">
+        <v>104</v>
+      </c>
+      <c r="O25" t="s">
+        <v>242</v>
+      </c>
+      <c r="P25" t="s">
+        <v>243</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>80</v>
+      </c>
+      <c r="R25" t="s">
+        <v>81</v>
+      </c>
+      <c r="S25" t="s">
+        <v>81</v>
+      </c>
+      <c r="T25" t="s">
+        <v>81</v>
+      </c>
+      <c r="X25" t="s">
         <v>244</v>
       </c>
-      <c r="I25" t="s">
+      <c r="Y25" t="s">
         <v>245</v>
-      </c>
-[...37 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="26" spans="1:36">
       <c r="A26">
-        <v>102136</v>
+        <v>102361</v>
       </c>
       <c r="B26" s="1">
-        <v>45469</v>
+        <v>45511</v>
       </c>
       <c r="C26" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D26" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H26" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I26" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="J26" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="K26" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L26" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M26" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N26" t="s">
-        <v>105</v>
+        <v>139</v>
       </c>
       <c r="O26" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="P26" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="Q26" t="s">
         <v>80</v>
       </c>
       <c r="R26" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S26" t="s">
         <v>81</v>
       </c>
       <c r="T26" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>81</v>
       </c>
       <c r="X26" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="Y26" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:36">
       <c r="A27">
-        <v>101745</v>
+        <v>102360</v>
       </c>
       <c r="B27" s="1">
-        <v>45408</v>
+        <v>45511</v>
       </c>
       <c r="C27" t="s">
-        <v>261</v>
+        <v>131</v>
       </c>
       <c r="D27" t="s">
-        <v>262</v>
+        <v>132</v>
       </c>
       <c r="H27" t="s">
-        <v>263</v>
+        <v>133</v>
       </c>
       <c r="I27" t="s">
-        <v>264</v>
+        <v>251</v>
       </c>
       <c r="J27" t="s">
-        <v>265</v>
+        <v>247</v>
       </c>
       <c r="K27" t="s">
-        <v>266</v>
+        <v>136</v>
       </c>
       <c r="L27" t="s">
-        <v>267</v>
+        <v>137</v>
       </c>
       <c r="M27" t="s">
-        <v>268</v>
+        <v>138</v>
       </c>
       <c r="N27" t="s">
-        <v>240</v>
+        <v>139</v>
       </c>
       <c r="O27" t="s">
-        <v>269</v>
+        <v>170</v>
+      </c>
+      <c r="P27" t="s">
+        <v>171</v>
       </c>
       <c r="Q27" t="s">
         <v>80</v>
       </c>
       <c r="R27" t="s">
         <v>80</v>
       </c>
       <c r="S27" t="s">
         <v>81</v>
       </c>
       <c r="T27" t="s">
         <v>81</v>
       </c>
+      <c r="U27" t="s">
+        <v>172</v>
+      </c>
+      <c r="V27" t="s">
+        <v>252</v>
+      </c>
       <c r="X27" t="s">
-        <v>270</v>
+        <v>253</v>
       </c>
       <c r="Y27" t="s">
-        <v>271</v>
+        <v>254</v>
       </c>
     </row>
     <row r="28" spans="1:36">
       <c r="A28">
-        <v>101406</v>
+        <v>102350</v>
       </c>
       <c r="B28" s="1">
-        <v>45352</v>
+        <v>45509</v>
       </c>
       <c r="C28" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D28" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H28" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I28" t="s">
-        <v>272</v>
+        <v>255</v>
       </c>
       <c r="J28" t="s">
-        <v>273</v>
+        <v>256</v>
       </c>
       <c r="K28" t="s">
-        <v>102</v>
+        <v>257</v>
       </c>
       <c r="L28" t="s">
-        <v>103</v>
+        <v>258</v>
       </c>
       <c r="M28" t="s">
-        <v>104</v>
+        <v>259</v>
       </c>
       <c r="N28" t="s">
-        <v>105</v>
+        <v>260</v>
       </c>
       <c r="O28" t="s">
-        <v>142</v>
+        <v>242</v>
       </c>
       <c r="P28" t="s">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="Q28" t="s">
         <v>80</v>
       </c>
       <c r="R28" t="s">
         <v>81</v>
       </c>
       <c r="S28" t="s">
         <v>81</v>
       </c>
       <c r="T28" t="s">
         <v>81</v>
       </c>
       <c r="X28" t="s">
-        <v>275</v>
+        <v>262</v>
       </c>
       <c r="Y28" t="s">
-        <v>276</v>
+        <v>263</v>
       </c>
     </row>
     <row r="29" spans="1:36">
       <c r="A29">
-        <v>100864</v>
+        <v>102203</v>
       </c>
       <c r="B29" s="1">
-        <v>45322</v>
+        <v>45482</v>
       </c>
       <c r="C29" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="D29" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="H29" t="s">
-        <v>86</v>
+        <v>264</v>
       </c>
       <c r="I29" t="s">
-        <v>277</v>
+        <v>265</v>
       </c>
       <c r="J29" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
       <c r="K29" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="L29" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
       <c r="M29" t="s">
-        <v>281</v>
+        <v>269</v>
       </c>
       <c r="N29" t="s">
-        <v>282</v>
+        <v>270</v>
       </c>
       <c r="O29" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="P29" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="Q29" t="s">
         <v>80</v>
       </c>
       <c r="R29" t="s">
         <v>81</v>
       </c>
       <c r="S29" t="s">
         <v>81</v>
       </c>
       <c r="T29" t="s">
         <v>81</v>
       </c>
       <c r="X29" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Y29" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
     </row>
     <row r="30" spans="1:36">
       <c r="A30">
-        <v>100376</v>
+        <v>102136</v>
       </c>
       <c r="B30" s="1">
-        <v>45280</v>
+        <v>45469</v>
       </c>
       <c r="C30" t="s">
-        <v>261</v>
+        <v>131</v>
       </c>
       <c r="D30" t="s">
-        <v>262</v>
+        <v>132</v>
       </c>
       <c r="H30" t="s">
-        <v>263</v>
+        <v>133</v>
       </c>
       <c r="I30" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="J30" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="K30" t="s">
-        <v>266</v>
+        <v>136</v>
       </c>
       <c r="L30" t="s">
-        <v>267</v>
+        <v>137</v>
       </c>
       <c r="M30" t="s">
-        <v>287</v>
+        <v>138</v>
       </c>
       <c r="N30" t="s">
-        <v>240</v>
+        <v>139</v>
       </c>
       <c r="O30" t="s">
-        <v>123</v>
+        <v>105</v>
+      </c>
+      <c r="P30" t="s">
+        <v>277</v>
       </c>
       <c r="Q30" t="s">
         <v>80</v>
       </c>
       <c r="R30" t="s">
         <v>80</v>
       </c>
       <c r="S30" t="s">
         <v>81</v>
       </c>
       <c r="T30" t="s">
-        <v>81</v>
+        <v>80</v>
+      </c>
+      <c r="V30" t="s">
+        <v>278</v>
       </c>
       <c r="X30" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="Y30" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:36">
       <c r="A31">
-        <v>100042</v>
+        <v>101745</v>
       </c>
       <c r="B31" s="1">
-        <v>45237</v>
+        <v>45408</v>
       </c>
       <c r="C31" t="s">
-        <v>261</v>
+        <v>281</v>
       </c>
       <c r="D31" t="s">
-        <v>262</v>
+        <v>282</v>
       </c>
       <c r="H31" t="s">
-        <v>263</v>
+        <v>283</v>
       </c>
       <c r="I31" t="s">
+        <v>284</v>
+      </c>
+      <c r="J31" t="s">
+        <v>285</v>
+      </c>
+      <c r="K31" t="s">
+        <v>286</v>
+      </c>
+      <c r="L31" t="s">
+        <v>287</v>
+      </c>
+      <c r="M31" t="s">
+        <v>288</v>
+      </c>
+      <c r="N31" t="s">
+        <v>260</v>
+      </c>
+      <c r="O31" t="s">
         <v>289</v>
       </c>
-      <c r="J31" t="s">
+      <c r="Q31" t="s">
+        <v>80</v>
+      </c>
+      <c r="R31" t="s">
+        <v>80</v>
+      </c>
+      <c r="S31" t="s">
+        <v>81</v>
+      </c>
+      <c r="T31" t="s">
+        <v>81</v>
+      </c>
+      <c r="X31" t="s">
         <v>290</v>
       </c>
-      <c r="K31" t="s">
-[...26 lines deleted...]
-      <c r="X31" t="s">
+      <c r="Y31" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="32" spans="1:36">
       <c r="A32">
-        <v>99993</v>
+        <v>101406</v>
       </c>
       <c r="B32" s="1">
-        <v>45230</v>
+        <v>45352</v>
       </c>
       <c r="C32" t="s">
-        <v>69</v>
+        <v>131</v>
       </c>
       <c r="D32" t="s">
-        <v>70</v>
+        <v>132</v>
       </c>
       <c r="H32" t="s">
-        <v>71</v>
+        <v>133</v>
       </c>
       <c r="I32" t="s">
+        <v>292</v>
+      </c>
+      <c r="J32" t="s">
         <v>293</v>
       </c>
-      <c r="J32" t="s">
+      <c r="K32" t="s">
+        <v>136</v>
+      </c>
+      <c r="L32" t="s">
+        <v>137</v>
+      </c>
+      <c r="M32" t="s">
+        <v>138</v>
+      </c>
+      <c r="N32" t="s">
+        <v>139</v>
+      </c>
+      <c r="O32" t="s">
+        <v>170</v>
+      </c>
+      <c r="P32" t="s">
         <v>294</v>
       </c>
-      <c r="K32" t="s">
-[...14 lines deleted...]
-      <c r="P32" t="s">
+      <c r="Q32" t="s">
+        <v>80</v>
+      </c>
+      <c r="R32" t="s">
+        <v>81</v>
+      </c>
+      <c r="S32" t="s">
+        <v>81</v>
+      </c>
+      <c r="T32" t="s">
+        <v>81</v>
+      </c>
+      <c r="X32" t="s">
         <v>295</v>
       </c>
-      <c r="Q32" t="s">
-[...11 lines deleted...]
-      <c r="X32" t="s">
+      <c r="Y32" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="33" spans="1:69">
       <c r="A33">
-        <v>99989</v>
+        <v>100864</v>
       </c>
       <c r="B33" s="1">
-        <v>45229</v>
+        <v>45322</v>
       </c>
       <c r="C33" t="s">
-        <v>176</v>
+        <v>84</v>
       </c>
       <c r="D33" t="s">
-        <v>177</v>
+        <v>85</v>
       </c>
       <c r="H33" t="s">
         <v>71</v>
       </c>
       <c r="I33" t="s">
+        <v>297</v>
+      </c>
+      <c r="J33" t="s">
         <v>298</v>
       </c>
-      <c r="J33" t="s">
+      <c r="K33" t="s">
         <v>299</v>
       </c>
-      <c r="K33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L33" t="s">
-        <v>207</v>
+        <v>300</v>
       </c>
       <c r="M33" t="s">
-        <v>208</v>
+        <v>301</v>
       </c>
       <c r="N33" t="s">
-        <v>184</v>
+        <v>302</v>
       </c>
       <c r="O33" t="s">
-        <v>123</v>
+        <v>289</v>
       </c>
       <c r="P33" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="Q33" t="s">
         <v>80</v>
       </c>
       <c r="R33" t="s">
         <v>81</v>
       </c>
       <c r="S33" t="s">
         <v>81</v>
       </c>
       <c r="T33" t="s">
         <v>81</v>
       </c>
       <c r="X33" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="Y33" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="34" spans="1:69">
       <c r="A34">
-        <v>99551</v>
+        <v>100376</v>
       </c>
       <c r="B34" s="1">
-        <v>45174</v>
+        <v>45280</v>
       </c>
       <c r="C34" t="s">
-        <v>69</v>
+        <v>281</v>
       </c>
       <c r="D34" t="s">
-        <v>70</v>
+        <v>282</v>
       </c>
       <c r="H34" t="s">
-        <v>71</v>
+        <v>283</v>
       </c>
       <c r="I34" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="J34" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="K34" t="s">
-        <v>74</v>
+        <v>286</v>
       </c>
       <c r="L34" t="s">
-        <v>75</v>
+        <v>287</v>
       </c>
       <c r="M34" t="s">
-        <v>76</v>
+        <v>307</v>
       </c>
       <c r="N34" t="s">
-        <v>77</v>
+        <v>260</v>
       </c>
       <c r="O34" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>105</v>
       </c>
       <c r="Q34" t="s">
         <v>80</v>
       </c>
       <c r="R34" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S34" t="s">
         <v>81</v>
       </c>
       <c r="T34" t="s">
         <v>81</v>
       </c>
       <c r="X34" t="s">
-        <v>307</v>
+        <v>290</v>
       </c>
       <c r="Y34" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="35" spans="1:69">
       <c r="A35">
-        <v>99547</v>
+        <v>100042</v>
       </c>
       <c r="B35" s="1">
-        <v>45173</v>
+        <v>45237</v>
       </c>
       <c r="C35" t="s">
-        <v>69</v>
+        <v>281</v>
       </c>
       <c r="D35" t="s">
-        <v>70</v>
+        <v>282</v>
       </c>
       <c r="H35" t="s">
-        <v>71</v>
+        <v>283</v>
       </c>
       <c r="I35" t="s">
         <v>309</v>
       </c>
       <c r="J35" t="s">
         <v>310</v>
       </c>
       <c r="K35" t="s">
-        <v>74</v>
+        <v>286</v>
       </c>
       <c r="L35" t="s">
-        <v>75</v>
+        <v>287</v>
       </c>
       <c r="M35" t="s">
-        <v>76</v>
+        <v>288</v>
       </c>
       <c r="N35" t="s">
-        <v>77</v>
+        <v>260</v>
       </c>
       <c r="O35" t="s">
+        <v>289</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>80</v>
+      </c>
+      <c r="R35" t="s">
+        <v>80</v>
+      </c>
+      <c r="S35" t="s">
+        <v>81</v>
+      </c>
+      <c r="T35" t="s">
+        <v>81</v>
+      </c>
+      <c r="X35" t="s">
         <v>311</v>
       </c>
-      <c r="P35" t="s">
+      <c r="Y35" t="s">
         <v>312</v>
-      </c>
-[...100 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="36" spans="1:69">
       <c r="A36">
-        <v>97758</v>
+        <v>99993</v>
       </c>
       <c r="B36" s="1">
-        <v>45034</v>
+        <v>45230</v>
       </c>
       <c r="C36" t="s">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="D36" t="s">
-        <v>70</v>
+        <v>97</v>
       </c>
       <c r="H36" t="s">
-        <v>71</v>
+        <v>98</v>
       </c>
       <c r="I36" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="J36" t="s">
-        <v>326</v>
+        <v>314</v>
       </c>
       <c r="K36" t="s">
-        <v>74</v>
+        <v>101</v>
       </c>
       <c r="L36" t="s">
-        <v>75</v>
+        <v>102</v>
       </c>
       <c r="M36" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="N36" t="s">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="O36" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="P36" t="s">
-        <v>327</v>
+        <v>315</v>
       </c>
       <c r="Q36" t="s">
         <v>80</v>
       </c>
       <c r="R36" t="s">
         <v>81</v>
       </c>
       <c r="S36" t="s">
         <v>81</v>
       </c>
       <c r="T36" t="s">
         <v>81</v>
       </c>
       <c r="X36" t="s">
-        <v>328</v>
+        <v>316</v>
       </c>
       <c r="Y36" t="s">
-        <v>329</v>
+        <v>317</v>
       </c>
     </row>
     <row r="37" spans="1:69">
       <c r="A37">
-        <v>97745</v>
+        <v>99989</v>
       </c>
       <c r="B37" s="1">
-        <v>45029</v>
+        <v>45229</v>
       </c>
       <c r="C37" t="s">
-        <v>69</v>
+        <v>109</v>
       </c>
       <c r="D37" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="H37" t="s">
-        <v>244</v>
+        <v>98</v>
       </c>
       <c r="I37" t="s">
-        <v>245</v>
+        <v>318</v>
       </c>
       <c r="J37" t="s">
-        <v>330</v>
+        <v>319</v>
       </c>
       <c r="K37" t="s">
-        <v>247</v>
+        <v>113</v>
       </c>
       <c r="L37" t="s">
-        <v>331</v>
+        <v>114</v>
       </c>
       <c r="M37" t="s">
-        <v>332</v>
+        <v>115</v>
       </c>
       <c r="N37" t="s">
-        <v>333</v>
+        <v>116</v>
       </c>
       <c r="O37" t="s">
-        <v>251</v>
+        <v>105</v>
       </c>
       <c r="P37" t="s">
-        <v>334</v>
+        <v>320</v>
       </c>
       <c r="Q37" t="s">
         <v>80</v>
       </c>
       <c r="R37" t="s">
         <v>81</v>
       </c>
       <c r="S37" t="s">
         <v>81</v>
       </c>
       <c r="T37" t="s">
         <v>81</v>
       </c>
       <c r="X37" t="s">
-        <v>335</v>
+        <v>321</v>
       </c>
       <c r="Y37" t="s">
-        <v>336</v>
+        <v>322</v>
       </c>
     </row>
     <row r="38" spans="1:69">
       <c r="A38">
-        <v>97118</v>
+        <v>99551</v>
       </c>
       <c r="B38" s="1">
-        <v>44854</v>
+        <v>45174</v>
       </c>
       <c r="C38" t="s">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="D38" t="s">
-        <v>70</v>
+        <v>97</v>
       </c>
       <c r="H38" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
       <c r="I38" t="s">
-        <v>338</v>
+        <v>323</v>
       </c>
       <c r="J38" t="s">
-        <v>339</v>
+        <v>324</v>
       </c>
       <c r="K38" t="s">
-        <v>74</v>
+        <v>101</v>
       </c>
       <c r="L38" t="s">
-        <v>75</v>
+        <v>102</v>
       </c>
       <c r="M38" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="N38" t="s">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="O38" t="s">
-        <v>123</v>
+        <v>325</v>
       </c>
       <c r="P38" t="s">
-        <v>340</v>
+        <v>326</v>
       </c>
       <c r="Q38" t="s">
         <v>80</v>
       </c>
       <c r="R38" t="s">
         <v>81</v>
       </c>
       <c r="S38" t="s">
         <v>81</v>
       </c>
       <c r="T38" t="s">
         <v>81</v>
       </c>
       <c r="X38" t="s">
-        <v>341</v>
+        <v>327</v>
       </c>
       <c r="Y38" t="s">
-        <v>342</v>
+        <v>328</v>
       </c>
     </row>
     <row r="39" spans="1:69">
       <c r="A39">
-        <v>96978</v>
+        <v>99547</v>
       </c>
       <c r="B39" s="1">
-        <v>44825</v>
+        <v>45173</v>
       </c>
       <c r="C39" t="s">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="D39" t="s">
-        <v>70</v>
+        <v>97</v>
       </c>
       <c r="H39" t="s">
+        <v>98</v>
+      </c>
+      <c r="I39" t="s">
+        <v>329</v>
+      </c>
+      <c r="J39" t="s">
+        <v>330</v>
+      </c>
+      <c r="K39" t="s">
+        <v>101</v>
+      </c>
+      <c r="L39" t="s">
+        <v>102</v>
+      </c>
+      <c r="M39" t="s">
+        <v>103</v>
+      </c>
+      <c r="N39" t="s">
+        <v>104</v>
+      </c>
+      <c r="O39" t="s">
+        <v>331</v>
+      </c>
+      <c r="P39" t="s">
+        <v>332</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>80</v>
+      </c>
+      <c r="R39" t="s">
+        <v>81</v>
+      </c>
+      <c r="S39" t="s">
+        <v>81</v>
+      </c>
+      <c r="T39" t="s">
+        <v>81</v>
+      </c>
+      <c r="X39" t="s">
+        <v>333</v>
+      </c>
+      <c r="Z39" t="s">
+        <v>334</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>335</v>
+      </c>
+      <c r="AC39" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD39" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE39" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF39" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ39" t="s">
+        <v>333</v>
+      </c>
+      <c r="AK39" t="s">
+        <v>336</v>
+      </c>
+      <c r="AM39" t="s">
         <v>337</v>
       </c>
-      <c r="I39" t="s">
+      <c r="AN39" t="s">
+        <v>80</v>
+      </c>
+      <c r="AO39" t="s">
+        <v>81</v>
+      </c>
+      <c r="AP39" t="s">
+        <v>81</v>
+      </c>
+      <c r="AQ39" t="s">
+        <v>81</v>
+      </c>
+      <c r="AU39" t="s">
+        <v>333</v>
+      </c>
+      <c r="AV39" t="s">
+        <v>338</v>
+      </c>
+      <c r="AX39" t="s">
+        <v>339</v>
+      </c>
+      <c r="AY39" t="s">
+        <v>80</v>
+      </c>
+      <c r="AZ39" t="s">
+        <v>81</v>
+      </c>
+      <c r="BA39" t="s">
+        <v>81</v>
+      </c>
+      <c r="BB39" t="s">
+        <v>81</v>
+      </c>
+      <c r="BF39" t="s">
+        <v>340</v>
+      </c>
+      <c r="BG39" t="s">
+        <v>341</v>
+      </c>
+      <c r="BH39" t="s">
+        <v>342</v>
+      </c>
+      <c r="BI39" t="s">
         <v>343</v>
       </c>
-      <c r="J39" t="s">
+      <c r="BJ39" t="s">
+        <v>80</v>
+      </c>
+      <c r="BK39" t="s">
+        <v>81</v>
+      </c>
+      <c r="BL39" t="s">
+        <v>81</v>
+      </c>
+      <c r="BM39" t="s">
+        <v>81</v>
+      </c>
+      <c r="BQ39" t="s">
         <v>344</v>
-      </c>
-[...34 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="40" spans="1:69">
       <c r="A40">
-        <v>96729</v>
+        <v>97758</v>
       </c>
       <c r="B40" s="1">
-        <v>44756</v>
+        <v>45034</v>
       </c>
       <c r="C40" t="s">
+        <v>96</v>
+      </c>
+      <c r="D40" t="s">
         <v>97</v>
       </c>
-      <c r="D40" t="s">
+      <c r="H40" t="s">
         <v>98</v>
       </c>
-      <c r="H40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I40" t="s">
+        <v>345</v>
+      </c>
+      <c r="J40" t="s">
+        <v>346</v>
+      </c>
+      <c r="K40" t="s">
+        <v>101</v>
+      </c>
+      <c r="L40" t="s">
+        <v>102</v>
+      </c>
+      <c r="M40" t="s">
+        <v>103</v>
+      </c>
+      <c r="N40" t="s">
+        <v>104</v>
+      </c>
+      <c r="O40" t="s">
+        <v>105</v>
+      </c>
+      <c r="P40" t="s">
+        <v>347</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>80</v>
+      </c>
+      <c r="R40" t="s">
+        <v>81</v>
+      </c>
+      <c r="S40" t="s">
+        <v>81</v>
+      </c>
+      <c r="T40" t="s">
+        <v>81</v>
+      </c>
+      <c r="X40" t="s">
         <v>348</v>
       </c>
-      <c r="J40" t="s">
+      <c r="Y40" t="s">
         <v>349</v>
-      </c>
-[...34 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="41" spans="1:69">
       <c r="A41">
-        <v>96697</v>
+        <v>97745</v>
       </c>
       <c r="B41" s="1">
-        <v>44742</v>
+        <v>45029</v>
       </c>
       <c r="C41" t="s">
+        <v>96</v>
+      </c>
+      <c r="D41" t="s">
         <v>97</v>
       </c>
-      <c r="D41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H41" t="s">
-        <v>99</v>
+        <v>264</v>
       </c>
       <c r="I41" t="s">
-        <v>348</v>
+        <v>265</v>
       </c>
       <c r="J41" t="s">
+        <v>350</v>
+      </c>
+      <c r="K41" t="s">
+        <v>267</v>
+      </c>
+      <c r="L41" t="s">
+        <v>351</v>
+      </c>
+      <c r="M41" t="s">
+        <v>352</v>
+      </c>
+      <c r="N41" t="s">
+        <v>353</v>
+      </c>
+      <c r="O41" t="s">
+        <v>271</v>
+      </c>
+      <c r="P41" t="s">
+        <v>354</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>80</v>
+      </c>
+      <c r="R41" t="s">
+        <v>81</v>
+      </c>
+      <c r="S41" t="s">
+        <v>81</v>
+      </c>
+      <c r="T41" t="s">
+        <v>81</v>
+      </c>
+      <c r="X41" t="s">
         <v>355</v>
       </c>
-      <c r="K41" t="s">
-[...8 lines deleted...]
-      <c r="N41" t="s">
+      <c r="Y41" t="s">
         <v>356</v>
-      </c>
-[...22 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="42" spans="1:69">
       <c r="A42">
-        <v>96372</v>
+        <v>97118</v>
       </c>
       <c r="B42" s="1">
-        <v>44663</v>
+        <v>44854</v>
       </c>
       <c r="C42" t="s">
+        <v>96</v>
+      </c>
+      <c r="D42" t="s">
         <v>97</v>
       </c>
-      <c r="D42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H42" t="s">
-        <v>99</v>
+        <v>357</v>
       </c>
       <c r="I42" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="J42" t="s">
+        <v>359</v>
+      </c>
+      <c r="K42" t="s">
+        <v>101</v>
+      </c>
+      <c r="L42" t="s">
+        <v>102</v>
+      </c>
+      <c r="M42" t="s">
+        <v>103</v>
+      </c>
+      <c r="N42" t="s">
+        <v>104</v>
+      </c>
+      <c r="O42" t="s">
+        <v>105</v>
+      </c>
+      <c r="P42" t="s">
         <v>360</v>
-      </c>
-[...16 lines deleted...]
-        <v>228</v>
       </c>
       <c r="Q42" t="s">
         <v>80</v>
       </c>
       <c r="R42" t="s">
         <v>81</v>
       </c>
       <c r="S42" t="s">
         <v>81</v>
       </c>
       <c r="T42" t="s">
         <v>81</v>
       </c>
       <c r="X42" t="s">
         <v>361</v>
       </c>
       <c r="Y42" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="43" spans="1:69">
       <c r="A43">
-        <v>96149</v>
+        <v>96978</v>
       </c>
       <c r="B43" s="1">
-        <v>44601</v>
+        <v>44825</v>
       </c>
       <c r="C43" t="s">
+        <v>96</v>
+      </c>
+      <c r="D43" t="s">
         <v>97</v>
       </c>
-      <c r="D43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H43" t="s">
-        <v>99</v>
+        <v>357</v>
       </c>
       <c r="I43" t="s">
-        <v>348</v>
+        <v>363</v>
       </c>
       <c r="J43" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K43" t="s">
+        <v>101</v>
+      </c>
+      <c r="L43" t="s">
         <v>102</v>
       </c>
-      <c r="L43" t="s">
+      <c r="M43" t="s">
         <v>103</v>
       </c>
-      <c r="M43" t="s">
+      <c r="N43" t="s">
         <v>104</v>
       </c>
-      <c r="N43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O43" t="s">
-        <v>130</v>
+        <v>325</v>
       </c>
       <c r="P43" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="Q43" t="s">
         <v>80</v>
       </c>
       <c r="R43" t="s">
         <v>81</v>
       </c>
       <c r="S43" t="s">
         <v>81</v>
       </c>
       <c r="T43" t="s">
         <v>81</v>
       </c>
       <c r="X43" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="Y43" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="44" spans="1:69">
       <c r="A44">
-        <v>95629</v>
+        <v>96729</v>
       </c>
       <c r="B44" s="1">
-        <v>44501</v>
+        <v>44756</v>
       </c>
       <c r="C44" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D44" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H44" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I44" t="s">
-        <v>348</v>
+        <v>368</v>
       </c>
       <c r="J44" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="K44" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L44" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M44" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N44" t="s">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="O44" t="s">
-        <v>130</v>
+        <v>371</v>
       </c>
       <c r="P44" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="Q44" t="s">
         <v>80</v>
       </c>
       <c r="R44" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S44" t="s">
         <v>81</v>
       </c>
       <c r="T44" t="s">
         <v>81</v>
       </c>
       <c r="X44" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="Y44" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
     </row>
     <row r="45" spans="1:69">
       <c r="A45">
-        <v>95539</v>
+        <v>96697</v>
       </c>
       <c r="B45" s="1">
-        <v>44482</v>
+        <v>44742</v>
       </c>
       <c r="C45" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="D45" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="H45" t="s">
-        <v>110</v>
+        <v>133</v>
       </c>
       <c r="I45" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="J45" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="K45" t="s">
-        <v>373</v>
+        <v>136</v>
       </c>
       <c r="L45" t="s">
-        <v>374</v>
+        <v>137</v>
       </c>
       <c r="M45" t="s">
-        <v>375</v>
+        <v>138</v>
       </c>
       <c r="N45" t="s">
         <v>376</v>
       </c>
       <c r="O45" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="P45" t="s">
         <v>377</v>
       </c>
       <c r="Q45" t="s">
         <v>80</v>
       </c>
       <c r="R45" t="s">
         <v>81</v>
       </c>
       <c r="S45" t="s">
         <v>81</v>
       </c>
       <c r="T45" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X45" t="s">
         <v>378</v>
       </c>
       <c r="Y45" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="46" spans="1:69">
       <c r="A46">
-        <v>95534</v>
+        <v>96372</v>
       </c>
       <c r="B46" s="1">
-        <v>44480</v>
+        <v>44663</v>
       </c>
       <c r="C46" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="D46" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="H46" t="s">
-        <v>110</v>
+        <v>133</v>
       </c>
       <c r="I46" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="J46" t="s">
         <v>380</v>
       </c>
       <c r="K46" t="s">
-        <v>373</v>
+        <v>136</v>
       </c>
       <c r="L46" t="s">
-        <v>374</v>
+        <v>137</v>
       </c>
       <c r="M46" t="s">
-        <v>375</v>
+        <v>138</v>
       </c>
       <c r="N46" t="s">
         <v>376</v>
       </c>
       <c r="O46" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="P46" t="s">
-        <v>377</v>
+        <v>248</v>
       </c>
       <c r="Q46" t="s">
         <v>80</v>
       </c>
       <c r="R46" t="s">
         <v>81</v>
       </c>
       <c r="S46" t="s">
         <v>81</v>
       </c>
       <c r="T46" t="s">
         <v>81</v>
       </c>
       <c r="X46" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="Y46" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="47" spans="1:69">
       <c r="A47">
-        <v>95320</v>
+        <v>96149</v>
       </c>
       <c r="B47" s="1">
-        <v>44428</v>
+        <v>44601</v>
       </c>
       <c r="C47" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D47" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H47" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I47" t="s">
-        <v>348</v>
+        <v>368</v>
       </c>
       <c r="J47" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="K47" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L47" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M47" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N47" t="s">
-        <v>350</v>
+        <v>376</v>
       </c>
       <c r="O47" t="s">
-        <v>78</v>
+        <v>158</v>
       </c>
       <c r="P47" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="Q47" t="s">
         <v>80</v>
       </c>
       <c r="R47" t="s">
         <v>81</v>
       </c>
       <c r="S47" t="s">
         <v>81</v>
       </c>
       <c r="T47" t="s">
         <v>81</v>
       </c>
       <c r="X47" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="Y47" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="48" spans="1:69">
       <c r="A48">
-        <v>95259</v>
+        <v>95629</v>
       </c>
       <c r="B48" s="1">
-        <v>44413</v>
+        <v>44501</v>
       </c>
       <c r="C48" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D48" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H48" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I48" t="s">
-        <v>348</v>
+        <v>368</v>
       </c>
       <c r="J48" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="K48" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L48" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M48" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N48" t="s">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="O48" t="s">
-        <v>130</v>
+        <v>158</v>
       </c>
       <c r="P48" t="s">
-        <v>364</v>
+        <v>388</v>
       </c>
       <c r="Q48" t="s">
         <v>80</v>
       </c>
       <c r="R48" t="s">
         <v>81</v>
       </c>
       <c r="S48" t="s">
         <v>81</v>
       </c>
       <c r="T48" t="s">
         <v>81</v>
       </c>
       <c r="X48" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="Y48" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49">
-        <v>95076</v>
+        <v>95539</v>
       </c>
       <c r="B49" s="1">
-        <v>44362</v>
+        <v>44482</v>
       </c>
       <c r="C49" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D49" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H49" t="s">
-        <v>337</v>
+        <v>84</v>
       </c>
       <c r="I49" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="J49" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="K49" t="s">
-        <v>74</v>
+        <v>393</v>
       </c>
       <c r="L49" t="s">
-        <v>75</v>
+        <v>394</v>
       </c>
       <c r="M49" t="s">
-        <v>76</v>
+        <v>395</v>
       </c>
       <c r="N49" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="O49" t="s">
-        <v>222</v>
+        <v>147</v>
       </c>
       <c r="P49" t="s">
-        <v>345</v>
+        <v>397</v>
       </c>
       <c r="Q49" t="s">
         <v>80</v>
       </c>
       <c r="R49" t="s">
         <v>81</v>
       </c>
       <c r="S49" t="s">
         <v>81</v>
       </c>
       <c r="T49" t="s">
         <v>81</v>
       </c>
       <c r="X49" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="Y49" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
     </row>
     <row r="50" spans="1:25">
       <c r="A50">
-        <v>94982</v>
+        <v>95534</v>
       </c>
       <c r="B50" s="1">
-        <v>44344</v>
+        <v>44480</v>
       </c>
       <c r="C50" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="D50" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="H50" t="s">
-        <v>99</v>
+        <v>84</v>
       </c>
       <c r="I50" t="s">
-        <v>348</v>
+        <v>391</v>
       </c>
       <c r="J50" t="s">
+        <v>400</v>
+      </c>
+      <c r="K50" t="s">
+        <v>393</v>
+      </c>
+      <c r="L50" t="s">
         <v>394</v>
       </c>
-      <c r="K50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M50" t="s">
-        <v>104</v>
+        <v>395</v>
       </c>
       <c r="N50" t="s">
-        <v>356</v>
+        <v>396</v>
       </c>
       <c r="O50" t="s">
-        <v>185</v>
+        <v>147</v>
       </c>
       <c r="P50" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="Q50" t="s">
         <v>80</v>
       </c>
       <c r="R50" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S50" t="s">
         <v>81</v>
       </c>
       <c r="T50" t="s">
         <v>81</v>
       </c>
       <c r="X50" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="Y50" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
     </row>
     <row r="51" spans="1:25">
       <c r="A51">
-        <v>94727</v>
+        <v>95320</v>
       </c>
       <c r="B51" s="1">
-        <v>44272</v>
+        <v>44428</v>
       </c>
       <c r="C51" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D51" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H51" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I51" t="s">
-        <v>398</v>
+        <v>368</v>
       </c>
       <c r="J51" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="K51" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L51" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M51" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N51" t="s">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="O51" t="s">
-        <v>185</v>
+        <v>122</v>
+      </c>
+      <c r="P51" t="s">
+        <v>403</v>
       </c>
       <c r="Q51" t="s">
         <v>80</v>
       </c>
       <c r="R51" t="s">
         <v>81</v>
       </c>
       <c r="S51" t="s">
         <v>81</v>
       </c>
       <c r="T51" t="s">
         <v>81</v>
       </c>
+      <c r="X51" t="s">
+        <v>404</v>
+      </c>
       <c r="Y51" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
     </row>
     <row r="52" spans="1:25">
       <c r="A52">
-        <v>94728</v>
+        <v>95259</v>
       </c>
       <c r="B52" s="1">
-        <v>44272</v>
+        <v>44413</v>
       </c>
       <c r="C52" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D52" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H52" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I52" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="J52" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="K52" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L52" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M52" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N52" t="s">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="O52" t="s">
-        <v>130</v>
+        <v>158</v>
+      </c>
+      <c r="P52" t="s">
+        <v>384</v>
       </c>
       <c r="Q52" t="s">
         <v>80</v>
       </c>
       <c r="R52" t="s">
         <v>81</v>
       </c>
       <c r="S52" t="s">
         <v>81</v>
       </c>
       <c r="T52" t="s">
         <v>81</v>
       </c>
+      <c r="X52" t="s">
+        <v>407</v>
+      </c>
       <c r="Y52" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
     </row>
     <row r="53" spans="1:25">
       <c r="A53">
-        <v>93868</v>
+        <v>95076</v>
       </c>
       <c r="B53" s="1">
-        <v>44123</v>
+        <v>44362</v>
       </c>
       <c r="C53" t="s">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="D53" t="s">
-        <v>70</v>
+        <v>97</v>
       </c>
       <c r="H53" t="s">
-        <v>337</v>
+        <v>357</v>
       </c>
       <c r="I53" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="J53" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="K53" t="s">
-        <v>74</v>
+        <v>101</v>
       </c>
       <c r="L53" t="s">
-        <v>75</v>
+        <v>102</v>
       </c>
       <c r="M53" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="N53" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="O53" t="s">
-        <v>405</v>
+        <v>242</v>
+      </c>
+      <c r="P53" t="s">
+        <v>365</v>
       </c>
       <c r="Q53" t="s">
         <v>80</v>
       </c>
       <c r="R53" t="s">
         <v>81</v>
       </c>
       <c r="S53" t="s">
         <v>81</v>
       </c>
       <c r="T53" t="s">
         <v>81</v>
       </c>
+      <c r="X53" t="s">
+        <v>412</v>
+      </c>
       <c r="Y53" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
     </row>
     <row r="54" spans="1:25">
       <c r="A54">
-        <v>93827</v>
+        <v>94982</v>
       </c>
       <c r="B54" s="1">
-        <v>44120</v>
+        <v>44344</v>
       </c>
       <c r="C54" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D54" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H54" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I54" t="s">
-        <v>407</v>
+        <v>368</v>
       </c>
       <c r="J54" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="K54" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L54" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M54" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N54" t="s">
-        <v>350</v>
+        <v>376</v>
       </c>
       <c r="O54" t="s">
-        <v>93</v>
+        <v>207</v>
+      </c>
+      <c r="P54" t="s">
+        <v>415</v>
       </c>
       <c r="Q54" t="s">
         <v>80</v>
       </c>
       <c r="R54" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S54" t="s">
         <v>81</v>
       </c>
       <c r="T54" t="s">
         <v>81</v>
       </c>
+      <c r="X54" t="s">
+        <v>416</v>
+      </c>
       <c r="Y54" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
     </row>
     <row r="55" spans="1:25">
       <c r="A55">
-        <v>93826</v>
+        <v>94728</v>
       </c>
       <c r="B55" s="1">
-        <v>44120</v>
+        <v>44272</v>
       </c>
       <c r="C55" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D55" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H55" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I55" t="s">
-        <v>410</v>
+        <v>385</v>
       </c>
       <c r="J55" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
       <c r="K55" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L55" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M55" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N55" t="s">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="O55" t="s">
-        <v>93</v>
+        <v>158</v>
       </c>
       <c r="Q55" t="s">
         <v>80</v>
       </c>
       <c r="R55" t="s">
         <v>81</v>
       </c>
       <c r="S55" t="s">
         <v>81</v>
       </c>
       <c r="T55" t="s">
         <v>81</v>
       </c>
       <c r="Y55" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
     </row>
     <row r="56" spans="1:25">
       <c r="A56">
-        <v>93372</v>
+        <v>94727</v>
       </c>
       <c r="B56" s="1">
-        <v>44033</v>
+        <v>44272</v>
       </c>
       <c r="C56" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D56" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H56" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I56" t="s">
-        <v>412</v>
+        <v>420</v>
       </c>
       <c r="J56" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="K56" t="s">
-        <v>414</v>
+        <v>136</v>
       </c>
       <c r="L56" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M56" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N56" t="s">
-        <v>356</v>
+        <v>370</v>
       </c>
       <c r="O56" t="s">
-        <v>78</v>
+        <v>207</v>
       </c>
       <c r="Q56" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="R56" t="s">
         <v>81</v>
       </c>
       <c r="S56" t="s">
         <v>81</v>
       </c>
       <c r="T56" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Y56" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
     </row>
     <row r="57" spans="1:25">
       <c r="A57">
-        <v>92184</v>
+        <v>93868</v>
       </c>
       <c r="B57" s="1">
-        <v>43885</v>
+        <v>44123</v>
       </c>
       <c r="C57" t="s">
+        <v>96</v>
+      </c>
+      <c r="D57" t="s">
         <v>97</v>
       </c>
-      <c r="D57" t="s">
-        <v>98</v>
+      <c r="H57" t="s">
+        <v>357</v>
       </c>
       <c r="I57" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="J57" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="K57" t="s">
+        <v>101</v>
+      </c>
+      <c r="L57" t="s">
         <v>102</v>
       </c>
-      <c r="L57" t="s">
+      <c r="M57" t="s">
         <v>103</v>
       </c>
-      <c r="M57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N57" t="s">
-        <v>356</v>
+        <v>424</v>
       </c>
       <c r="O57" t="s">
-        <v>93</v>
+        <v>425</v>
       </c>
       <c r="Q57" t="s">
         <v>80</v>
       </c>
       <c r="R57" t="s">
         <v>81</v>
       </c>
       <c r="S57" t="s">
         <v>81</v>
       </c>
       <c r="T57" t="s">
         <v>81</v>
       </c>
       <c r="Y57" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
     </row>
     <row r="58" spans="1:25">
       <c r="A58">
-        <v>90129</v>
+        <v>93827</v>
       </c>
       <c r="B58" s="1">
-        <v>43775</v>
+        <v>44120</v>
       </c>
       <c r="C58" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D58" t="s">
-        <v>98</v>
+        <v>132</v>
+      </c>
+      <c r="H58" t="s">
+        <v>133</v>
       </c>
       <c r="I58" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="J58" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="K58" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L58" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M58" t="s">
-        <v>421</v>
+        <v>138</v>
       </c>
       <c r="N58" t="s">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="O58" t="s">
-        <v>142</v>
+        <v>78</v>
       </c>
       <c r="Q58" t="s">
         <v>80</v>
       </c>
       <c r="R58" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S58" t="s">
         <v>81</v>
       </c>
       <c r="T58" t="s">
         <v>81</v>
       </c>
       <c r="Y58" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
     </row>
     <row r="59" spans="1:25">
       <c r="A59">
-        <v>90128</v>
+        <v>93826</v>
       </c>
       <c r="B59" s="1">
-        <v>43775</v>
+        <v>44120</v>
       </c>
       <c r="C59" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D59" t="s">
-        <v>98</v>
+        <v>132</v>
+      </c>
+      <c r="H59" t="s">
+        <v>133</v>
       </c>
       <c r="I59" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="J59" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="K59" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L59" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M59" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N59" t="s">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="O59" t="s">
-        <v>351</v>
+        <v>78</v>
       </c>
       <c r="Q59" t="s">
         <v>80</v>
       </c>
       <c r="R59" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S59" t="s">
         <v>81</v>
       </c>
       <c r="T59" t="s">
         <v>81</v>
       </c>
       <c r="Y59" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
     </row>
     <row r="60" spans="1:25">
       <c r="A60">
-        <v>89175</v>
+        <v>93372</v>
       </c>
       <c r="B60" s="1">
-        <v>43711</v>
+        <v>44033</v>
       </c>
       <c r="C60" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D60" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H60" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I60" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="J60" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="K60" t="s">
-        <v>102</v>
+        <v>434</v>
       </c>
       <c r="L60" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M60" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N60" t="s">
-        <v>356</v>
+        <v>376</v>
       </c>
       <c r="O60" t="s">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="Q60" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R60" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S60" t="s">
         <v>81</v>
       </c>
       <c r="T60" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Y60" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
     </row>
     <row r="61" spans="1:25">
       <c r="A61">
-        <v>89120</v>
+        <v>92184</v>
       </c>
       <c r="B61" s="1">
-        <v>43697</v>
+        <v>43885</v>
       </c>
       <c r="C61" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D61" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="I61" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="J61" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="K61" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L61" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M61" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N61" t="s">
-        <v>356</v>
+        <v>376</v>
       </c>
       <c r="O61" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="Q61" t="s">
         <v>80</v>
       </c>
       <c r="R61" t="s">
         <v>81</v>
       </c>
       <c r="S61" t="s">
         <v>81</v>
       </c>
       <c r="T61" t="s">
         <v>81</v>
       </c>
       <c r="Y61" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
     </row>
     <row r="62" spans="1:25">
       <c r="A62">
-        <v>88835</v>
+        <v>90129</v>
       </c>
       <c r="B62" s="1">
-        <v>43655</v>
+        <v>43775</v>
       </c>
       <c r="C62" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D62" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="I62" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="J62" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="K62" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L62" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M62" t="s">
-        <v>104</v>
+        <v>441</v>
       </c>
       <c r="N62" t="s">
-        <v>356</v>
+        <v>370</v>
       </c>
       <c r="O62" t="s">
-        <v>130</v>
+        <v>170</v>
       </c>
       <c r="Q62" t="s">
         <v>80</v>
       </c>
       <c r="R62" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S62" t="s">
         <v>81</v>
       </c>
       <c r="T62" t="s">
         <v>81</v>
       </c>
       <c r="Y62" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
     </row>
     <row r="63" spans="1:25">
       <c r="A63">
-        <v>88441</v>
+        <v>90128</v>
       </c>
       <c r="B63" s="1">
-        <v>43629</v>
+        <v>43775</v>
       </c>
       <c r="C63" t="s">
-        <v>434</v>
+        <v>131</v>
       </c>
       <c r="D63" t="s">
-        <v>435</v>
-[...11 lines deleted...]
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="I63" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="J63" t="s">
         <v>440</v>
       </c>
       <c r="K63" t="s">
-        <v>441</v>
+        <v>136</v>
       </c>
       <c r="L63" t="s">
-        <v>442</v>
+        <v>137</v>
       </c>
       <c r="M63" t="s">
-        <v>443</v>
+        <v>138</v>
       </c>
       <c r="N63" t="s">
+        <v>370</v>
+      </c>
+      <c r="O63" t="s">
+        <v>371</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>80</v>
+      </c>
+      <c r="R63" t="s">
+        <v>80</v>
+      </c>
+      <c r="S63" t="s">
+        <v>81</v>
+      </c>
+      <c r="T63" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y63" t="s">
         <v>444</v>
-      </c>
-[...16 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="64" spans="1:25">
       <c r="A64">
-        <v>87540</v>
+        <v>89175</v>
       </c>
       <c r="B64" s="1">
-        <v>43570</v>
+        <v>43711</v>
       </c>
       <c r="C64" t="s">
-        <v>69</v>
+        <v>131</v>
       </c>
       <c r="D64" t="s">
-        <v>70</v>
+        <v>132</v>
       </c>
       <c r="H64" t="s">
-        <v>71</v>
+        <v>133</v>
       </c>
       <c r="I64" t="s">
+        <v>445</v>
+      </c>
+      <c r="J64" t="s">
         <v>446</v>
       </c>
-      <c r="J64" t="s">
+      <c r="K64" t="s">
+        <v>136</v>
+      </c>
+      <c r="L64" t="s">
+        <v>137</v>
+      </c>
+      <c r="M64" t="s">
+        <v>138</v>
+      </c>
+      <c r="N64" t="s">
+        <v>376</v>
+      </c>
+      <c r="O64" t="s">
+        <v>170</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>80</v>
+      </c>
+      <c r="R64" t="s">
+        <v>80</v>
+      </c>
+      <c r="S64" t="s">
+        <v>81</v>
+      </c>
+      <c r="T64" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y64" t="s">
         <v>447</v>
-      </c>
-[...28 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="65" spans="1:25">
       <c r="A65">
-        <v>87543</v>
+        <v>89120</v>
       </c>
       <c r="B65" s="1">
-        <v>43570</v>
+        <v>43697</v>
       </c>
       <c r="C65" t="s">
-        <v>69</v>
+        <v>131</v>
       </c>
       <c r="D65" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>132</v>
       </c>
       <c r="I65" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="J65" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="K65" t="s">
-        <v>448</v>
+        <v>136</v>
       </c>
       <c r="L65" t="s">
-        <v>75</v>
+        <v>137</v>
       </c>
       <c r="M65" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="N65" t="s">
-        <v>449</v>
+        <v>376</v>
       </c>
       <c r="O65" t="s">
-        <v>316</v>
+        <v>78</v>
       </c>
       <c r="Q65" t="s">
         <v>80</v>
       </c>
       <c r="R65" t="s">
         <v>81</v>
       </c>
       <c r="S65" t="s">
         <v>81</v>
       </c>
       <c r="T65" t="s">
         <v>81</v>
       </c>
       <c r="Y65" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
     </row>
     <row r="66" spans="1:25">
       <c r="A66">
-        <v>87542</v>
+        <v>88835</v>
       </c>
       <c r="B66" s="1">
-        <v>43570</v>
+        <v>43655</v>
       </c>
       <c r="C66" t="s">
-        <v>69</v>
+        <v>131</v>
       </c>
       <c r="D66" t="s">
-        <v>70</v>
+        <v>132</v>
       </c>
       <c r="H66" t="s">
-        <v>71</v>
+        <v>133</v>
       </c>
       <c r="I66" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="J66" t="s">
         <v>452</v>
       </c>
       <c r="K66" t="s">
-        <v>448</v>
+        <v>136</v>
       </c>
       <c r="L66" t="s">
-        <v>75</v>
+        <v>137</v>
       </c>
       <c r="M66" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="N66" t="s">
-        <v>449</v>
+        <v>376</v>
       </c>
       <c r="O66" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="Q66" t="s">
         <v>80</v>
       </c>
       <c r="R66" t="s">
         <v>81</v>
       </c>
       <c r="S66" t="s">
         <v>81</v>
       </c>
       <c r="T66" t="s">
         <v>81</v>
       </c>
       <c r="Y66" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
     </row>
     <row r="67" spans="1:25">
       <c r="A67">
-        <v>86474</v>
+        <v>88441</v>
       </c>
       <c r="B67" s="1">
-        <v>43444</v>
+        <v>43629</v>
       </c>
       <c r="C67" t="s">
-        <v>97</v>
+        <v>454</v>
       </c>
       <c r="D67" t="s">
-        <v>98</v>
+        <v>455</v>
+      </c>
+      <c r="E67" t="s">
+        <v>456</v>
+      </c>
+      <c r="F67" t="s">
+        <v>457</v>
+      </c>
+      <c r="G67" t="s">
+        <v>458</v>
+      </c>
+      <c r="H67" t="s">
+        <v>133</v>
       </c>
       <c r="I67" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="J67" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="K67" t="s">
-        <v>102</v>
+        <v>461</v>
       </c>
       <c r="L67" t="s">
-        <v>103</v>
+        <v>462</v>
       </c>
       <c r="M67" t="s">
-        <v>104</v>
+        <v>463</v>
       </c>
       <c r="N67" t="s">
-        <v>350</v>
+        <v>464</v>
       </c>
       <c r="O67" t="s">
-        <v>351</v>
+        <v>105</v>
       </c>
       <c r="Q67" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R67" t="s">
         <v>80</v>
       </c>
       <c r="S67" t="s">
         <v>81</v>
       </c>
       <c r="T67" t="s">
         <v>81</v>
       </c>
       <c r="Y67" t="s">
-        <v>83</v>
+        <v>465</v>
       </c>
     </row>
     <row r="68" spans="1:25">
       <c r="A68">
-        <v>86302</v>
+        <v>87543</v>
       </c>
       <c r="B68" s="1">
-        <v>43434</v>
+        <v>43570</v>
       </c>
       <c r="C68" t="s">
+        <v>96</v>
+      </c>
+      <c r="D68" t="s">
         <v>97</v>
       </c>
-      <c r="D68" t="s">
+      <c r="H68" t="s">
         <v>98</v>
       </c>
-      <c r="H68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I68" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="J68" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="K68" t="s">
+        <v>468</v>
+      </c>
+      <c r="L68" t="s">
         <v>102</v>
       </c>
-      <c r="L68" t="s">
+      <c r="M68" t="s">
         <v>103</v>
       </c>
-      <c r="M68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N68" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
       <c r="O68" t="s">
-        <v>78</v>
+        <v>336</v>
       </c>
       <c r="Q68" t="s">
         <v>80</v>
       </c>
       <c r="R68" t="s">
         <v>81</v>
       </c>
       <c r="S68" t="s">
         <v>81</v>
       </c>
       <c r="T68" t="s">
         <v>81</v>
       </c>
       <c r="Y68" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
     </row>
     <row r="69" spans="1:25">
       <c r="A69">
-        <v>86303</v>
+        <v>87542</v>
       </c>
       <c r="B69" s="1">
-        <v>43434</v>
+        <v>43570</v>
       </c>
       <c r="C69" t="s">
+        <v>96</v>
+      </c>
+      <c r="D69" t="s">
         <v>97</v>
       </c>
-      <c r="D69" t="s">
+      <c r="H69" t="s">
         <v>98</v>
       </c>
-      <c r="H69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I69" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
       <c r="J69" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="K69" t="s">
+        <v>468</v>
+      </c>
+      <c r="L69" t="s">
         <v>102</v>
       </c>
-      <c r="L69" t="s">
+      <c r="M69" t="s">
         <v>103</v>
       </c>
-      <c r="M69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N69" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
       <c r="O69" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="Q69" t="s">
         <v>80</v>
       </c>
       <c r="R69" t="s">
         <v>81</v>
       </c>
       <c r="S69" t="s">
         <v>81</v>
       </c>
       <c r="T69" t="s">
         <v>81</v>
       </c>
       <c r="Y69" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
     </row>
     <row r="70" spans="1:25">
       <c r="A70">
-        <v>85676</v>
+        <v>87540</v>
       </c>
       <c r="B70" s="1">
-        <v>43398</v>
+        <v>43570</v>
       </c>
       <c r="C70" t="s">
-        <v>176</v>
+        <v>96</v>
       </c>
       <c r="D70" t="s">
-        <v>177</v>
+        <v>97</v>
       </c>
       <c r="H70" t="s">
-        <v>178</v>
+        <v>98</v>
       </c>
       <c r="I70" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="J70" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="K70" t="s">
-        <v>181</v>
+        <v>468</v>
       </c>
       <c r="L70" t="s">
-        <v>467</v>
+        <v>102</v>
       </c>
       <c r="M70" t="s">
-        <v>208</v>
+        <v>103</v>
       </c>
       <c r="N70" t="s">
-        <v>184</v>
+        <v>469</v>
       </c>
       <c r="O70" t="s">
-        <v>251</v>
+        <v>336</v>
       </c>
       <c r="Q70" t="s">
         <v>80</v>
       </c>
       <c r="R70" t="s">
         <v>81</v>
       </c>
       <c r="S70" t="s">
         <v>81</v>
       </c>
       <c r="T70" t="s">
         <v>81</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>475</v>
       </c>
     </row>
     <row r="71" spans="1:25">
       <c r="A71">
-        <v>85326</v>
+        <v>86474</v>
       </c>
       <c r="B71" s="1">
-        <v>43376</v>
+        <v>43444</v>
       </c>
       <c r="C71" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D71" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="I71" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="J71" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="K71" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L71" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M71" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N71" t="s">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="O71" t="s">
-        <v>123</v>
+        <v>371</v>
       </c>
       <c r="Q71" t="s">
         <v>80</v>
       </c>
       <c r="R71" t="s">
         <v>80</v>
       </c>
       <c r="S71" t="s">
         <v>81</v>
       </c>
       <c r="T71" t="s">
         <v>81</v>
       </c>
       <c r="Y71" t="s">
-        <v>470</v>
+        <v>125</v>
       </c>
     </row>
     <row r="72" spans="1:25">
       <c r="A72">
-        <v>85327</v>
+        <v>86303</v>
       </c>
       <c r="B72" s="1">
-        <v>43376</v>
+        <v>43434</v>
       </c>
       <c r="C72" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D72" t="s">
-        <v>98</v>
+        <v>132</v>
+      </c>
+      <c r="H72" t="s">
+        <v>133</v>
       </c>
       <c r="I72" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="J72" t="s">
-        <v>469</v>
+        <v>479</v>
       </c>
       <c r="K72" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L72" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M72" t="s">
-        <v>104</v>
+        <v>480</v>
       </c>
       <c r="N72" t="s">
-        <v>350</v>
+        <v>481</v>
       </c>
       <c r="O72" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="Q72" t="s">
         <v>80</v>
       </c>
       <c r="R72" t="s">
         <v>81</v>
       </c>
       <c r="S72" t="s">
         <v>81</v>
       </c>
       <c r="T72" t="s">
         <v>81</v>
       </c>
       <c r="Y72" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
     </row>
     <row r="73" spans="1:25">
       <c r="A73">
-        <v>85150</v>
+        <v>86302</v>
       </c>
       <c r="B73" s="1">
-        <v>43327</v>
+        <v>43434</v>
       </c>
       <c r="C73" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D73" t="s">
-        <v>98</v>
+        <v>132</v>
+      </c>
+      <c r="H73" t="s">
+        <v>133</v>
       </c>
       <c r="I73" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="J73" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="K73" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L73" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M73" t="s">
-        <v>104</v>
+        <v>480</v>
       </c>
       <c r="N73" t="s">
-        <v>350</v>
+        <v>481</v>
       </c>
       <c r="O73" t="s">
-        <v>78</v>
+        <v>122</v>
       </c>
       <c r="Q73" t="s">
         <v>80</v>
       </c>
       <c r="R73" t="s">
         <v>81</v>
       </c>
       <c r="S73" t="s">
         <v>81</v>
       </c>
       <c r="T73" t="s">
         <v>81</v>
       </c>
       <c r="Y73" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
     </row>
     <row r="74" spans="1:25">
       <c r="A74">
-        <v>85108</v>
+        <v>85676</v>
       </c>
       <c r="B74" s="1">
-        <v>43320</v>
+        <v>43398</v>
       </c>
       <c r="C74" t="s">
+        <v>109</v>
+      </c>
+      <c r="D74" t="s">
         <v>110</v>
       </c>
-      <c r="D74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H74" t="s">
-        <v>86</v>
+        <v>202</v>
       </c>
       <c r="I74" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="J74" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="K74" t="s">
-        <v>478</v>
+        <v>113</v>
       </c>
       <c r="L74" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="M74" t="s">
-        <v>480</v>
+        <v>115</v>
       </c>
       <c r="N74" t="s">
-        <v>481</v>
+        <v>116</v>
       </c>
       <c r="O74" t="s">
-        <v>118</v>
+        <v>271</v>
       </c>
       <c r="Q74" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="R74" t="s">
         <v>81</v>
       </c>
       <c r="S74" t="s">
         <v>81</v>
       </c>
       <c r="T74" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>81</v>
       </c>
     </row>
     <row r="75" spans="1:25">
       <c r="A75">
-        <v>84507</v>
+        <v>85327</v>
       </c>
       <c r="B75" s="1">
-        <v>43230</v>
+        <v>43376</v>
       </c>
       <c r="C75" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D75" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="I75" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="J75" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="K75" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L75" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M75" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N75" t="s">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="O75" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="Q75" t="s">
         <v>80</v>
       </c>
       <c r="R75" t="s">
         <v>81</v>
       </c>
       <c r="S75" t="s">
         <v>81</v>
       </c>
       <c r="T75" t="s">
         <v>81</v>
       </c>
       <c r="Y75" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
     </row>
     <row r="76" spans="1:25">
       <c r="A76">
-        <v>84431</v>
+        <v>85326</v>
       </c>
       <c r="B76" s="1">
-        <v>43208</v>
+        <v>43376</v>
       </c>
       <c r="C76" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D76" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="I76" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="J76" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="K76" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L76" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M76" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N76" t="s">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="O76" t="s">
-        <v>488</v>
+        <v>105</v>
       </c>
       <c r="Q76" t="s">
         <v>80</v>
       </c>
       <c r="R76" t="s">
         <v>80</v>
       </c>
       <c r="S76" t="s">
         <v>81</v>
       </c>
       <c r="T76" t="s">
         <v>81</v>
       </c>
       <c r="Y76" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
     </row>
     <row r="77" spans="1:25">
       <c r="A77">
-        <v>84298</v>
+        <v>85150</v>
       </c>
       <c r="B77" s="1">
-        <v>43175</v>
+        <v>43327</v>
       </c>
       <c r="C77" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D77" t="s">
-        <v>98</v>
-[...11 lines deleted...]
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="I77" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="J77" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="K77" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L77" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M77" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N77" t="s">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="O77" t="s">
-        <v>494</v>
+        <v>122</v>
       </c>
       <c r="Q77" t="s">
         <v>80</v>
       </c>
       <c r="R77" t="s">
         <v>81</v>
       </c>
       <c r="S77" t="s">
         <v>81</v>
       </c>
       <c r="T77" t="s">
         <v>81</v>
       </c>
       <c r="Y77" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="78" spans="1:25">
       <c r="A78">
-        <v>84219</v>
+        <v>85108</v>
       </c>
       <c r="B78" s="1">
-        <v>43151</v>
+        <v>43320</v>
       </c>
       <c r="C78" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="D78" t="s">
-        <v>98</v>
-[...4 lines deleted...]
-      <c r="F78" t="s">
+        <v>85</v>
+      </c>
+      <c r="H78" t="s">
+        <v>71</v>
+      </c>
+      <c r="I78" t="s">
         <v>496</v>
       </c>
-      <c r="G78" t="s">
-[...5 lines deleted...]
-      <c r="I78" t="s">
+      <c r="J78" t="s">
         <v>497</v>
       </c>
-      <c r="J78" t="s">
+      <c r="K78" t="s">
         <v>498</v>
       </c>
-      <c r="K78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L78" t="s">
-        <v>103</v>
+        <v>499</v>
       </c>
       <c r="M78" t="s">
-        <v>104</v>
+        <v>500</v>
       </c>
       <c r="N78" t="s">
-        <v>350</v>
+        <v>501</v>
       </c>
       <c r="O78" t="s">
-        <v>499</v>
+        <v>147</v>
       </c>
       <c r="Q78" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R78" t="s">
         <v>81</v>
       </c>
       <c r="S78" t="s">
         <v>81</v>
       </c>
       <c r="T78" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Y78" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="79" spans="1:25">
       <c r="A79">
-        <v>84218</v>
+        <v>84507</v>
       </c>
       <c r="B79" s="1">
-        <v>43151</v>
+        <v>43230</v>
       </c>
       <c r="C79" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D79" t="s">
-        <v>98</v>
-[...11 lines deleted...]
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="I79" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="J79" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="K79" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L79" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M79" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N79" t="s">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="O79" t="s">
-        <v>494</v>
+        <v>105</v>
       </c>
       <c r="Q79" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="R79" t="s">
         <v>81</v>
       </c>
       <c r="S79" t="s">
         <v>81</v>
       </c>
       <c r="T79" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Y79" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
     </row>
     <row r="80" spans="1:25">
       <c r="A80">
-        <v>84117</v>
+        <v>84431</v>
       </c>
       <c r="B80" s="1">
-        <v>43132</v>
+        <v>43208</v>
       </c>
       <c r="C80" t="s">
-        <v>503</v>
+        <v>131</v>
       </c>
       <c r="D80" t="s">
-        <v>504</v>
-[...4 lines deleted...]
-      <c r="F80" t="s">
+        <v>132</v>
+      </c>
+      <c r="I80" t="s">
         <v>506</v>
       </c>
-      <c r="G80" t="s">
+      <c r="J80" t="s">
         <v>507</v>
       </c>
-      <c r="H80" t="s">
+      <c r="K80" t="s">
+        <v>136</v>
+      </c>
+      <c r="L80" t="s">
+        <v>137</v>
+      </c>
+      <c r="M80" t="s">
+        <v>138</v>
+      </c>
+      <c r="N80" t="s">
+        <v>370</v>
+      </c>
+      <c r="O80" t="s">
         <v>508</v>
       </c>
-      <c r="I80" t="s">
+      <c r="Q80" t="s">
+        <v>80</v>
+      </c>
+      <c r="R80" t="s">
+        <v>80</v>
+      </c>
+      <c r="S80" t="s">
+        <v>81</v>
+      </c>
+      <c r="T80" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y80" t="s">
         <v>509</v>
-      </c>
-[...31 lines deleted...]
-        <v>516</v>
       </c>
     </row>
     <row r="81" spans="1:25">
       <c r="A81">
-        <v>84119</v>
+        <v>84298</v>
       </c>
       <c r="B81" s="1">
-        <v>43132</v>
+        <v>43175</v>
       </c>
       <c r="C81" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="D81" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="E81" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="F81" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="G81" t="s">
-        <v>491</v>
+        <v>511</v>
       </c>
       <c r="H81" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="I81" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="J81" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="K81" t="s">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="L81" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M81" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="N81" t="s">
-        <v>519</v>
+        <v>370</v>
       </c>
       <c r="O81" t="s">
-        <v>494</v>
+        <v>514</v>
       </c>
       <c r="Q81" t="s">
         <v>80</v>
       </c>
       <c r="R81" t="s">
         <v>81</v>
       </c>
       <c r="S81" t="s">
         <v>81</v>
       </c>
       <c r="T81" t="s">
         <v>81</v>
       </c>
       <c r="Y81" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
     </row>
     <row r="82" spans="1:25">
       <c r="A82">
+        <v>84219</v>
+      </c>
+      <c r="B82" s="1">
+        <v>43151</v>
+      </c>
+      <c r="C82" t="s">
+        <v>131</v>
+      </c>
+      <c r="D82" t="s">
+        <v>132</v>
+      </c>
+      <c r="E82" t="s">
+        <v>131</v>
+      </c>
+      <c r="F82" t="s">
+        <v>516</v>
+      </c>
+      <c r="G82" t="s">
+        <v>511</v>
+      </c>
+      <c r="H82" t="s">
+        <v>133</v>
+      </c>
+      <c r="I82" t="s">
+        <v>517</v>
+      </c>
+      <c r="J82" t="s">
+        <v>518</v>
+      </c>
+      <c r="K82" t="s">
+        <v>136</v>
+      </c>
+      <c r="L82" t="s">
+        <v>137</v>
+      </c>
+      <c r="M82" t="s">
+        <v>138</v>
+      </c>
+      <c r="N82" t="s">
+        <v>370</v>
+      </c>
+      <c r="O82" t="s">
+        <v>519</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>80</v>
+      </c>
+      <c r="R82" t="s">
+        <v>81</v>
+      </c>
+      <c r="S82" t="s">
+        <v>81</v>
+      </c>
+      <c r="T82" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="83" spans="1:25">
+      <c r="A83">
+        <v>84218</v>
+      </c>
+      <c r="B83" s="1">
+        <v>43151</v>
+      </c>
+      <c r="C83" t="s">
+        <v>131</v>
+      </c>
+      <c r="D83" t="s">
+        <v>132</v>
+      </c>
+      <c r="E83" t="s">
+        <v>131</v>
+      </c>
+      <c r="F83" t="s">
+        <v>516</v>
+      </c>
+      <c r="G83" t="s">
+        <v>511</v>
+      </c>
+      <c r="H83" t="s">
+        <v>133</v>
+      </c>
+      <c r="I83" t="s">
+        <v>521</v>
+      </c>
+      <c r="J83" t="s">
+        <v>518</v>
+      </c>
+      <c r="K83" t="s">
+        <v>136</v>
+      </c>
+      <c r="L83" t="s">
+        <v>137</v>
+      </c>
+      <c r="M83" t="s">
+        <v>138</v>
+      </c>
+      <c r="N83" t="s">
+        <v>370</v>
+      </c>
+      <c r="O83" t="s">
+        <v>514</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>81</v>
+      </c>
+      <c r="R83" t="s">
+        <v>81</v>
+      </c>
+      <c r="S83" t="s">
+        <v>81</v>
+      </c>
+      <c r="T83" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y83" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="84" spans="1:25">
+      <c r="A84">
+        <v>84119</v>
+      </c>
+      <c r="B84" s="1">
+        <v>43132</v>
+      </c>
+      <c r="C84" t="s">
+        <v>131</v>
+      </c>
+      <c r="D84" t="s">
+        <v>132</v>
+      </c>
+      <c r="E84" t="s">
+        <v>131</v>
+      </c>
+      <c r="F84" t="s">
+        <v>516</v>
+      </c>
+      <c r="G84" t="s">
+        <v>511</v>
+      </c>
+      <c r="H84" t="s">
+        <v>133</v>
+      </c>
+      <c r="I84" t="s">
+        <v>523</v>
+      </c>
+      <c r="J84" t="s">
+        <v>524</v>
+      </c>
+      <c r="K84" t="s">
+        <v>136</v>
+      </c>
+      <c r="L84" t="s">
+        <v>137</v>
+      </c>
+      <c r="M84" t="s">
+        <v>138</v>
+      </c>
+      <c r="N84" t="s">
+        <v>525</v>
+      </c>
+      <c r="O84" t="s">
+        <v>514</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>80</v>
+      </c>
+      <c r="R84" t="s">
+        <v>81</v>
+      </c>
+      <c r="S84" t="s">
+        <v>81</v>
+      </c>
+      <c r="T84" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y84" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="85" spans="1:25">
+      <c r="A85">
+        <v>84117</v>
+      </c>
+      <c r="B85" s="1">
+        <v>43132</v>
+      </c>
+      <c r="C85" t="s">
+        <v>527</v>
+      </c>
+      <c r="D85" t="s">
+        <v>528</v>
+      </c>
+      <c r="E85" t="s">
+        <v>529</v>
+      </c>
+      <c r="F85" t="s">
+        <v>530</v>
+      </c>
+      <c r="G85" t="s">
+        <v>531</v>
+      </c>
+      <c r="H85" t="s">
+        <v>532</v>
+      </c>
+      <c r="I85" t="s">
+        <v>533</v>
+      </c>
+      <c r="J85" t="s">
+        <v>534</v>
+      </c>
+      <c r="K85" t="s">
+        <v>535</v>
+      </c>
+      <c r="L85" t="s">
+        <v>536</v>
+      </c>
+      <c r="M85" t="s">
+        <v>537</v>
+      </c>
+      <c r="N85" t="s">
+        <v>538</v>
+      </c>
+      <c r="O85" t="s">
+        <v>539</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>80</v>
+      </c>
+      <c r="R85" t="s">
+        <v>80</v>
+      </c>
+      <c r="S85" t="s">
+        <v>81</v>
+      </c>
+      <c r="T85" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="86" spans="1:25">
+      <c r="A86">
         <v>84116</v>
       </c>
-      <c r="B82" s="1">
+      <c r="B86" s="1">
         <v>43132</v>
       </c>
-      <c r="C82" t="s">
-[...48 lines deleted...]
-        <v>523</v>
+      <c r="C86" t="s">
+        <v>131</v>
+      </c>
+      <c r="D86" t="s">
+        <v>132</v>
+      </c>
+      <c r="E86" t="s">
+        <v>131</v>
+      </c>
+      <c r="F86" t="s">
+        <v>516</v>
+      </c>
+      <c r="G86" t="s">
+        <v>511</v>
+      </c>
+      <c r="H86" t="s">
+        <v>133</v>
+      </c>
+      <c r="I86" t="s">
+        <v>541</v>
+      </c>
+      <c r="K86" t="s">
+        <v>136</v>
+      </c>
+      <c r="L86" t="s">
+        <v>137</v>
+      </c>
+      <c r="M86" t="s">
+        <v>138</v>
+      </c>
+      <c r="N86" t="s">
+        <v>370</v>
+      </c>
+      <c r="O86" t="s">
+        <v>542</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>80</v>
+      </c>
+      <c r="R86" t="s">
+        <v>81</v>
+      </c>
+      <c r="S86" t="s">
+        <v>81</v>
+      </c>
+      <c r="T86" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y86" t="s">
+        <v>543</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>