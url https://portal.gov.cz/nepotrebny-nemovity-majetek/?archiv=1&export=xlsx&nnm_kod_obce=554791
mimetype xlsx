--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -513,155 +513,155 @@
   <si>
     <t>5601/37 a 5601/38</t>
   </si>
   <si>
     <t>472641</t>
   </si>
   <si>
     <t>10573/14, 6591/112, 10575/1, 10575/2, 10575/3, 10575/4, 14436/15, 14436/46, 6586/18, 6589/33</t>
   </si>
   <si>
     <t>3203/30, 3851/119, 3203/48, 3203/50, 3203/52, 3203/49, 3203/51, 3212 Bolevec, 1980/4 Litice u Plzně, 2093/2 2093/3, 2093/4, 2093/6 2093/7, 2093/9, 2093/10, 2566/2, 2566/3, 2566/4, 2566/6, 2566/7 Skvrňany</t>
   </si>
   <si>
     <t>1909593</t>
   </si>
   <si>
     <t>K Prokopávce</t>
   </si>
   <si>
     <t>bez</t>
   </si>
   <si>
     <t>Lokalita Bolevec, Litice u Plzně, Křimice a Skvrňany</t>
   </si>
   <si>
+    <t>Prodej pozemku p.č. 1853/3, k.ú. Litice u Plzně</t>
+  </si>
+  <si>
+    <t>2024-11-09</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1853/3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jedná se o prodej pozemku p.č. 1853/3, k.ú. Litice u Plzně. Na pozemku jsou stromy, které jsou součástí pozemku a jsou součástí prodeje. Pozemek je prodáván z důvodu zceleni majetku. Město Plzeň, majitel vedlejšího pozemku o jeho koupi nemá zájem. K prodávanému majetku je přístup z pozemků žadatele. Pozemek je v katastru zatížen věcným břemenem strpět na služebném pozemku v celém jeho rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. Spolu s kupní smlouvou bude zřízeno věcné právo vzdání se za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených, z důvodu trvání a provozování dráhy. Pozemek p.č. 1853/3 v katastrálním území Litice u Plzně se nachází dle Územního plánu Plzeň v zastavěném území v ploše s rozdílným způsobem využití „Plochy lesní“. </t>
+  </si>
+  <si>
+    <t>33000</t>
+  </si>
+  <si>
     <t>Prodej pozemku p.č. 1853/8, k.ú. Litice u Plzně</t>
   </si>
   <si>
-    <t>2024-11-09</t>
-[...1 lines deleted...]
-  <si>
     <t>1853/8</t>
   </si>
   <si>
     <t xml:space="preserve">Jedná se o prodej pozemku p.č. 1853/8, k.ú. Litice u Plzně. Na pozemku jsou stromy, které jsou součástí pozemku a jsou součástí prodeje. Na pozemku je nezapsaná stavba ve vlastnictví žadatele a ostatní součásti v jeho vlastnictví. Pozemek je mu za tím účelem pronajat. Pozemek je prodáván z důvodu zceleni majetku. Město Plzeň, majitel vedlejšího pozemku o jeho koupi nemá zájem. K prodávanému majetku je přístup z pozemků žadatele. Pozemek je v katastru zatížen věcným břemenem strpět na služebném pozemku v celém jeho rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. Spolu s kupní smlouvou bude zřízeno věcné právo vzdání se za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených, z důvodu trvání a provozování dráhy. Pozemek p.č. 1853/8 (původně součást pozemku p.č. 1853/8) v katastrálním území Litice u Plzně se nachází dle Územního plánu Plzeň v zastavěném území v ploše s rozdílným způsobem využití „Plochy lesní“. </t>
   </si>
   <si>
     <t>29000</t>
   </si>
   <si>
-    <t>Prodej pozemku p.č. 1853/3, k.ú. Litice u Plzně</t>
-[...10 lines deleted...]
-  <si>
     <t>Prodej pozemku p.č. 768/1 v k.ú. Křimice</t>
   </si>
   <si>
     <t>2024-09-06</t>
   </si>
   <si>
     <t xml:space="preserve">+420 702 263 859  </t>
   </si>
   <si>
     <t>Křimice, Plzeň, okres Plzeň-město</t>
   </si>
   <si>
     <t>768/1</t>
   </si>
   <si>
     <t>Pozemek se nachází v městské čtvrti Křimice severovýchodně od centra města Plzeň v ochranném pásmu dráhy tratě Plzeň hl. n. - Cheb. Kopcovitý pozemek se nachází v těsné blízkosti průmyslového areálu a jsou na něm náletové porosty. K pozemku lze přistupovat z veřejné komunikace přes pozemky cizích vlastníků a není nijak smluvně zajištěn. Pozemek je zatížen služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". V rámci (kupní) smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemek se podle územního plánu nachází v ploše DOPRAVNÍ INFRASTRUKTURY – ŽELEZNICE</t>
   </si>
   <si>
     <t>294000</t>
   </si>
   <si>
+    <t>Prodej pozemku pozemku p.č. 6591/96, pod garáží ve vlastnictví 3. osoby</t>
+  </si>
+  <si>
+    <t>2024-07-04</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace, SŽ Facility, Úsek náměstka ředitele pro realitní činnosti, Odbor pozbývání majetku, Oddělení přípravy pozbytí, sídlo: Dlážděná 1003/7, 110 00 Praha 1, Pracoviště: Ke Štvanici 656/3, 186 00 Praha 8</t>
+  </si>
+  <si>
+    <t>Pozemek v centru města nedaleko žst. Plzeň zastávka a v ochranném pásmu dráhy trati Plzeň hlavní nádraží - Klatovy. Na pozemku je situována řadové garáž ve vlastnictví cizího vlastníka, který o něj neprojevil zájem. Pozemek pod garáží je vlastníkovi garáž pronajat a nájemní smlouva přejde na nového majitele pozemku. Přístup k prodávaným pozemku je z veřejné komunikace (ulice Nemocniční) situované na pozemku města. Pozemek je zatížen služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemek</t>
+  </si>
+  <si>
+    <t>86500</t>
+  </si>
+  <si>
+    <t>Prodej pozemku pozemku p.č. 6591/97, pod garáží ve vlastnictví 3. osoby</t>
+  </si>
+  <si>
+    <t>2024-07-03</t>
+  </si>
+  <si>
+    <t>6591/97</t>
+  </si>
+  <si>
     <t>Prodej pozemku pozemku p.č. 6591/100, pod garáží ve vlastnictví 3. osoby</t>
   </si>
   <si>
-    <t>2024-07-03</t>
-[...4 lines deleted...]
-  <si>
     <t>6591/100</t>
   </si>
   <si>
-    <t>Pozemek v centru města nedaleko žst. Plzeň zastávka a v ochranném pásmu dráhy trati Plzeň hlavní nádraží - Klatovy. Na pozemku je situována řadové garáž ve vlastnictví cizího vlastníka, který o něj neprojevil zájem. Pozemek pod garáží je vlastníkovi garáž pronajat a nájemní smlouva přejde na nového majitele pozemku. Přístup k prodávaným pozemku je z veřejné komunikace (ulice Nemocniční) situované na pozemku města. Pozemek je zatížen služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemek</t>
-[...1 lines deleted...]
-  <si>
     <t>91000</t>
   </si>
   <si>
-    <t>Prodej pozemku pozemku p.č. 6591/97, pod garáží ve vlastnictví 3. osoby</t>
-[...7 lines deleted...]
-  <si>
     <t>Prodej pozemku pozemku p.č. 6591/61, pod garáží ve vlastnictví 3. osoby</t>
   </si>
   <si>
     <t>6591/61</t>
   </si>
   <si>
     <t>Pozemek v centru města nedaleko žst. Plzeň zastávka a v ochranném pásmu dráhy trati Plzeň hlavní nádraží - Klatovy. Na pozemku je situována řadové garáž ve vlastnictví cizího vlastníka, který o něj neprojevil zájem. Pozemek pod garáží je vlastníkovi garáž pronajat a nájemní smlouva přejde na nového majitele pozemku. Přístup k prodávaným pozemku je z veřejné komunikace (ulice Nemocniční) situované na pozemku města. Pozemek je zatížen služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemek se dle územního plánu nachází v zastavěném území v ploše s rozdílným způsobem využití „Plochy občanského vybavení“.</t>
   </si>
   <si>
     <t>Prodej pozemku pozemku p.č. 6591/103, pod garáží ve vlastnictví 3. osoby</t>
   </si>
   <si>
     <t>6591/103</t>
   </si>
   <si>
     <t>120000</t>
   </si>
   <si>
     <t>Prodej pozemku pozemku p.č. 6591/63, pod garáží ve vlastnictví 3. osoby</t>
   </si>
   <si>
     <t>6591/63</t>
   </si>
   <si>
-    <t>2024-07-04</t>
-[...4 lines deleted...]
-  <si>
     <t>Prodej pozemku p.č. 2616/18 v k.ú. Skvrňany</t>
   </si>
   <si>
     <t>2024-05-20</t>
   </si>
   <si>
     <t>+420702263859</t>
   </si>
   <si>
     <t>Správa železnic, státní organizace, SŽ Facility, Úsek náměstka ředitele pro realitní činnosti, Odbor pozbývání majetku, Oddělení přípravy pozbytí, Dlážděná 1003/7, 110 00 Praha 1, Ke Štvanici 656/3, 186 00 Praha 8</t>
   </si>
   <si>
     <t>Skvrňany, Plzeň, okres Plzeň-město</t>
   </si>
   <si>
     <t>2616/18</t>
   </si>
   <si>
     <t>Pozemek v ochranném pásmu dráhy trati Plzeň hlavní nádraží - Cheb. Pozemek je zcela zastavěn stavbou bez čp/če (garáží) ve vlastnictví cizího vlastníka, který neakceptoval námi stanovené podmínky prodeje daného pozemku, a tím nevyužili své právo na přímý prodej daného majetku na základě předkupního práva a proto je nyní prodáváno ve veřejné soutěži. Majitel stavby na pozemku po skončení veřejné soutěží a podání vítězné nabídky jiným subjektem, bude vyzván k dorovnání nabídky a závěrečné možnosti využít své předkupní právo. Areál s garážemi je přístupný z veřejné komunikace města, jednotlivé garáže jsou přístupné z účelové komunikace na pozemku Správy železnic p.č. 2616/4. Pozemky mají majitelé staveb pronajaty a nájemní smlouva bude převedena novému majiteli. Prodávané pozemky jsou zatíženy stávající služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". V rámci každé kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Dle územního plánu jsou pozemky v zastavěném území v ploše s rozdílným způsobem využití „Plochy dopravní infrastruktury - železnice".</t>
   </si>
   <si>
     <t>61500</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 2616/13 v k.ú. Skvrňany</t>
@@ -951,78 +951,78 @@
   <si>
     <t>34838000</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství</t>
   </si>
   <si>
     <t>Prodej lesních pozemků p. č. 476/9 a p. č. 476/12 o celkové výměře 1510 m2 v k. ú. Lhota u Dobřan. Jedná se o hřebenové parcely lesních pozemků.</t>
   </si>
   <si>
     <t>2018-07-05</t>
   </si>
   <si>
     <t>724 524 739</t>
   </si>
   <si>
     <t>jiri.stach@lesycr.cz</t>
   </si>
   <si>
     <t>Ing. Jiří Stach</t>
   </si>
   <si>
     <t>16480</t>
   </si>
   <si>
+    <t>Správa železniční dopravní cesty, Dlážděná 1003/1, 110 00 Praha 1, IČO 70994234</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemek p.č. 10573/10, ostatní plocha-ostatní komunikace, 129m2.</t>
+  </si>
+  <si>
+    <t>2018-05-21</t>
+  </si>
+  <si>
+    <t>972235728</t>
+  </si>
+  <si>
+    <t>sekyrkova@szdc.cz</t>
+  </si>
+  <si>
+    <t>Sekyrková</t>
+  </si>
+  <si>
+    <t>O31</t>
+  </si>
+  <si>
+    <t>Plzeň, Plzeň, CZ0323, okres Plzeň-město</t>
+  </si>
+  <si>
     <t>Správa železniční dopravní cesty,s.o.,  Dlážděná 1003/1, 110 00 Praha 1, IČO 70994234</t>
   </si>
   <si>
     <t>kú Plzeň, pozemek p.č. 10573/10, ostatní plocha-ostatní komunikace, 129m2.</t>
-  </si>
-[...22 lines deleted...]
-    <t>Jedná se o pozemek p.č. 10573/10, ostatní plocha-ostatní komunikace, 129m2.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2498,51 +2498,51 @@
       </c>
       <c r="BJ14" t="s">
         <v>80</v>
       </c>
       <c r="BK14" t="s">
         <v>80</v>
       </c>
       <c r="BL14" t="s">
         <v>81</v>
       </c>
       <c r="BM14" t="s">
         <v>81</v>
       </c>
       <c r="BN14" t="s">
         <v>164</v>
       </c>
       <c r="BO14" t="s">
         <v>165</v>
       </c>
       <c r="BQ14" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>102706</v>
+        <v>102705</v>
       </c>
       <c r="B15" s="1">
         <v>45574</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
         <v>71</v>
       </c>
       <c r="I15" t="s">
         <v>167</v>
       </c>
       <c r="J15" t="s">
         <v>168</v>
       </c>
       <c r="K15" t="s">
         <v>74</v>
       </c>
       <c r="L15" t="s">
         <v>75</v>
       </c>
@@ -2557,51 +2557,51 @@
       </c>
       <c r="P15" t="s">
         <v>169</v>
       </c>
       <c r="Q15" t="s">
         <v>80</v>
       </c>
       <c r="R15" t="s">
         <v>81</v>
       </c>
       <c r="S15" t="s">
         <v>81</v>
       </c>
       <c r="T15" t="s">
         <v>81</v>
       </c>
       <c r="X15" t="s">
         <v>170</v>
       </c>
       <c r="Y15" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
-        <v>102705</v>
+        <v>102706</v>
       </c>
       <c r="B16" s="1">
         <v>45574</v>
       </c>
       <c r="C16" t="s">
         <v>69</v>
       </c>
       <c r="D16" t="s">
         <v>70</v>
       </c>
       <c r="H16" t="s">
         <v>71</v>
       </c>
       <c r="I16" t="s">
         <v>172</v>
       </c>
       <c r="J16" t="s">
         <v>168</v>
       </c>
       <c r="K16" t="s">
         <v>74</v>
       </c>
       <c r="L16" t="s">
         <v>75</v>
       </c>
@@ -2675,453 +2675,453 @@
       </c>
       <c r="P17" t="s">
         <v>180</v>
       </c>
       <c r="Q17" t="s">
         <v>80</v>
       </c>
       <c r="R17" t="s">
         <v>81</v>
       </c>
       <c r="S17" t="s">
         <v>81</v>
       </c>
       <c r="T17" t="s">
         <v>81</v>
       </c>
       <c r="X17" t="s">
         <v>181</v>
       </c>
       <c r="Y17" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="18" spans="1:36">
       <c r="A18">
-        <v>102000</v>
+        <v>102006</v>
       </c>
       <c r="B18" s="1">
         <v>45446</v>
       </c>
       <c r="C18" t="s">
         <v>69</v>
       </c>
       <c r="D18" t="s">
         <v>70</v>
       </c>
       <c r="H18" t="s">
         <v>71</v>
       </c>
       <c r="I18" t="s">
         <v>183</v>
       </c>
       <c r="J18" t="s">
         <v>184</v>
       </c>
       <c r="K18" t="s">
         <v>74</v>
       </c>
       <c r="L18" t="s">
         <v>75</v>
       </c>
       <c r="M18" t="s">
         <v>76</v>
       </c>
       <c r="N18" t="s">
         <v>185</v>
       </c>
       <c r="O18" t="s">
         <v>126</v>
       </c>
-      <c r="P18" t="s">
+      <c r="Q18" t="s">
+        <v>80</v>
+      </c>
+      <c r="R18" t="s">
+        <v>81</v>
+      </c>
+      <c r="S18" t="s">
+        <v>81</v>
+      </c>
+      <c r="T18" t="s">
+        <v>81</v>
+      </c>
+      <c r="X18" t="s">
         <v>186</v>
       </c>
-      <c r="Q18" t="s">
-[...11 lines deleted...]
-      <c r="X18" t="s">
+      <c r="Y18" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="19" spans="1:36">
       <c r="A19">
         <v>101997</v>
       </c>
       <c r="B19" s="1">
         <v>45446</v>
       </c>
       <c r="C19" t="s">
         <v>69</v>
       </c>
       <c r="D19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
         <v>71</v>
       </c>
       <c r="I19" t="s">
+        <v>188</v>
+      </c>
+      <c r="J19" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="K19" t="s">
         <v>74</v>
       </c>
       <c r="L19" t="s">
         <v>75</v>
       </c>
       <c r="M19" t="s">
         <v>76</v>
       </c>
       <c r="N19" t="s">
         <v>185</v>
       </c>
       <c r="O19" t="s">
         <v>126</v>
       </c>
       <c r="P19" t="s">
         <v>190</v>
       </c>
       <c r="Q19" t="s">
         <v>80</v>
       </c>
       <c r="R19" t="s">
         <v>81</v>
       </c>
       <c r="S19" t="s">
         <v>81</v>
       </c>
       <c r="T19" t="s">
         <v>81</v>
       </c>
       <c r="X19" t="s">
+        <v>186</v>
+      </c>
+      <c r="Y19" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="20" spans="1:36">
       <c r="A20">
-        <v>102001</v>
+        <v>102000</v>
       </c>
       <c r="B20" s="1">
         <v>45446</v>
       </c>
       <c r="C20" t="s">
         <v>69</v>
       </c>
       <c r="D20" t="s">
         <v>70</v>
       </c>
       <c r="H20" t="s">
         <v>71</v>
       </c>
       <c r="I20" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J20" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="K20" t="s">
         <v>74</v>
       </c>
       <c r="L20" t="s">
         <v>75</v>
       </c>
       <c r="M20" t="s">
         <v>76</v>
       </c>
       <c r="N20" t="s">
         <v>185</v>
       </c>
       <c r="O20" t="s">
         <v>126</v>
       </c>
       <c r="P20" t="s">
+        <v>192</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>80</v>
+      </c>
+      <c r="R20" t="s">
+        <v>81</v>
+      </c>
+      <c r="S20" t="s">
+        <v>81</v>
+      </c>
+      <c r="T20" t="s">
+        <v>81</v>
+      </c>
+      <c r="X20" t="s">
+        <v>186</v>
+      </c>
+      <c r="Y20" t="s">
         <v>193</v>
-      </c>
-[...16 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="21" spans="1:36">
       <c r="A21">
-        <v>102002</v>
+        <v>102001</v>
       </c>
       <c r="B21" s="1">
         <v>45446</v>
       </c>
       <c r="C21" t="s">
         <v>69</v>
       </c>
       <c r="D21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
         <v>71</v>
       </c>
       <c r="I21" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J21" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="K21" t="s">
         <v>74</v>
       </c>
       <c r="L21" t="s">
         <v>75</v>
       </c>
       <c r="M21" t="s">
         <v>76</v>
       </c>
       <c r="N21" t="s">
         <v>185</v>
       </c>
       <c r="O21" t="s">
         <v>126</v>
       </c>
       <c r="P21" t="s">
+        <v>195</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>80</v>
+      </c>
+      <c r="R21" t="s">
+        <v>81</v>
+      </c>
+      <c r="S21" t="s">
+        <v>81</v>
+      </c>
+      <c r="T21" t="s">
+        <v>81</v>
+      </c>
+      <c r="X21" t="s">
         <v>196</v>
       </c>
-      <c r="Q21" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="Y21" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
     </row>
     <row r="22" spans="1:36">
       <c r="A22">
-        <v>102003</v>
+        <v>102002</v>
       </c>
       <c r="B22" s="1">
         <v>45446</v>
       </c>
       <c r="C22" t="s">
         <v>69</v>
       </c>
       <c r="D22" t="s">
         <v>70</v>
       </c>
       <c r="H22" t="s">
         <v>71</v>
       </c>
       <c r="I22" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="J22" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="K22" t="s">
         <v>74</v>
       </c>
       <c r="L22" t="s">
         <v>75</v>
       </c>
       <c r="M22" t="s">
         <v>76</v>
       </c>
       <c r="N22" t="s">
         <v>185</v>
       </c>
       <c r="O22" t="s">
         <v>126</v>
       </c>
       <c r="P22" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>80</v>
+      </c>
+      <c r="R22" t="s">
+        <v>81</v>
+      </c>
+      <c r="S22" t="s">
+        <v>81</v>
+      </c>
+      <c r="T22" t="s">
+        <v>81</v>
+      </c>
+      <c r="X22" t="s">
+        <v>186</v>
+      </c>
+      <c r="Y22" t="s">
         <v>199</v>
-      </c>
-[...16 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="23" spans="1:36">
       <c r="A23">
-        <v>102004</v>
+        <v>102003</v>
       </c>
       <c r="B23" s="1">
         <v>45446</v>
       </c>
       <c r="C23" t="s">
         <v>69</v>
       </c>
       <c r="D23" t="s">
         <v>70</v>
       </c>
       <c r="H23" t="s">
         <v>71</v>
       </c>
       <c r="I23" t="s">
-        <v>183</v>
+        <v>200</v>
       </c>
       <c r="J23" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="K23" t="s">
         <v>74</v>
       </c>
       <c r="L23" t="s">
         <v>75</v>
       </c>
       <c r="M23" t="s">
         <v>76</v>
       </c>
       <c r="N23" t="s">
         <v>185</v>
       </c>
       <c r="O23" t="s">
         <v>126</v>
       </c>
+      <c r="P23" t="s">
+        <v>201</v>
+      </c>
       <c r="Q23" t="s">
         <v>80</v>
       </c>
       <c r="R23" t="s">
         <v>81</v>
       </c>
       <c r="S23" t="s">
         <v>81</v>
       </c>
       <c r="T23" t="s">
         <v>81</v>
       </c>
       <c r="X23" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="Y23" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="24" spans="1:36">
       <c r="A24">
-        <v>102006</v>
+        <v>102004</v>
       </c>
       <c r="B24" s="1">
         <v>45446</v>
       </c>
       <c r="C24" t="s">
         <v>69</v>
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
       <c r="H24" t="s">
         <v>71</v>
       </c>
       <c r="I24" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="J24" t="s">
-        <v>200</v>
+        <v>184</v>
       </c>
       <c r="K24" t="s">
         <v>74</v>
       </c>
       <c r="L24" t="s">
         <v>75</v>
       </c>
       <c r="M24" t="s">
         <v>76</v>
       </c>
       <c r="N24" t="s">
         <v>185</v>
       </c>
       <c r="O24" t="s">
         <v>126</v>
       </c>
       <c r="Q24" t="s">
         <v>80</v>
       </c>
       <c r="R24" t="s">
         <v>81</v>
       </c>
       <c r="S24" t="s">
         <v>81</v>
       </c>
       <c r="T24" t="s">
         <v>81</v>
       </c>
       <c r="X24" t="s">
+        <v>186</v>
+      </c>
+      <c r="Y24" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="25" spans="1:36">
       <c r="A25">
         <v>101684</v>
       </c>
       <c r="B25" s="1">
         <v>45401</v>
       </c>
       <c r="C25" t="s">
         <v>69</v>
       </c>
       <c r="D25" t="s">
         <v>70</v>
       </c>
       <c r="H25" t="s">
         <v>71</v>
       </c>
       <c r="I25" t="s">
         <v>202</v>
       </c>
       <c r="J25" t="s">
         <v>203</v>
       </c>
       <c r="K25" t="s">
@@ -3575,95 +3575,95 @@
       </c>
       <c r="P32" t="s">
         <v>259</v>
       </c>
       <c r="Q32" t="s">
         <v>80</v>
       </c>
       <c r="R32" t="s">
         <v>81</v>
       </c>
       <c r="S32" t="s">
         <v>81</v>
       </c>
       <c r="T32" t="s">
         <v>81</v>
       </c>
       <c r="X32" t="s">
         <v>260</v>
       </c>
       <c r="Y32" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33">
-        <v>94907</v>
+        <v>94906</v>
       </c>
       <c r="B33" s="1">
         <v>44327</v>
       </c>
       <c r="C33" t="s">
         <v>69</v>
       </c>
       <c r="D33" t="s">
         <v>70</v>
       </c>
       <c r="H33" t="s">
         <v>71</v>
       </c>
       <c r="I33" t="s">
         <v>262</v>
       </c>
       <c r="J33" t="s">
         <v>263</v>
       </c>
       <c r="K33" t="s">
         <v>264</v>
       </c>
       <c r="L33" t="s">
         <v>75</v>
       </c>
       <c r="M33" t="s">
         <v>76</v>
       </c>
       <c r="N33" t="s">
         <v>265</v>
       </c>
       <c r="O33" t="s">
         <v>115</v>
       </c>
       <c r="P33" t="s">
         <v>266</v>
       </c>
       <c r="Q33" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34">
-        <v>94906</v>
+        <v>94907</v>
       </c>
       <c r="B34" s="1">
         <v>44327</v>
       </c>
       <c r="C34" t="s">
         <v>69</v>
       </c>
       <c r="D34" t="s">
         <v>70</v>
       </c>
       <c r="H34" t="s">
         <v>71</v>
       </c>
       <c r="I34" t="s">
         <v>262</v>
       </c>
       <c r="J34" t="s">
         <v>263</v>
       </c>
       <c r="K34" t="s">
         <v>264</v>
       </c>
       <c r="L34" t="s">
         <v>75</v>
       </c>
@@ -4063,152 +4063,152 @@
       </c>
       <c r="N42" t="s">
         <v>234</v>
       </c>
       <c r="O42" t="s">
         <v>78</v>
       </c>
       <c r="Q42" t="s">
         <v>80</v>
       </c>
       <c r="R42" t="s">
         <v>81</v>
       </c>
       <c r="S42" t="s">
         <v>81</v>
       </c>
       <c r="T42" t="s">
         <v>81</v>
       </c>
       <c r="Y42" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="43" spans="1:25">
       <c r="A43">
-        <v>84441</v>
+        <v>84438</v>
       </c>
       <c r="B43" s="1">
         <v>43210</v>
       </c>
       <c r="C43" t="s">
         <v>69</v>
       </c>
       <c r="D43" t="s">
         <v>70</v>
       </c>
       <c r="H43" t="s">
         <v>313</v>
       </c>
       <c r="I43" t="s">
         <v>314</v>
       </c>
       <c r="J43" t="s">
         <v>315</v>
       </c>
       <c r="K43" t="s">
         <v>316</v>
       </c>
       <c r="L43" t="s">
         <v>317</v>
       </c>
       <c r="M43" t="s">
         <v>318</v>
       </c>
       <c r="N43" t="s">
         <v>319</v>
       </c>
       <c r="O43" t="s">
         <v>320</v>
       </c>
       <c r="Q43" t="s">
         <v>80</v>
       </c>
       <c r="R43" t="s">
         <v>81</v>
       </c>
       <c r="S43" t="s">
         <v>81</v>
       </c>
       <c r="T43" t="s">
         <v>81</v>
       </c>
       <c r="Y43" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row r="44" spans="1:25">
       <c r="A44">
-        <v>84438</v>
+        <v>84441</v>
       </c>
       <c r="B44" s="1">
         <v>43210</v>
       </c>
       <c r="C44" t="s">
         <v>69</v>
       </c>
       <c r="D44" t="s">
         <v>70</v>
       </c>
       <c r="H44" t="s">
         <v>321</v>
       </c>
       <c r="I44" t="s">
         <v>322</v>
       </c>
       <c r="J44" t="s">
         <v>315</v>
       </c>
       <c r="K44" t="s">
         <v>316</v>
       </c>
       <c r="L44" t="s">
         <v>317</v>
       </c>
       <c r="M44" t="s">
         <v>318</v>
       </c>
       <c r="N44" t="s">
         <v>319</v>
       </c>
       <c r="O44" t="s">
         <v>320</v>
       </c>
       <c r="Q44" t="s">
         <v>80</v>
       </c>
       <c r="R44" t="s">
         <v>81</v>
       </c>
       <c r="S44" t="s">
         <v>81</v>
       </c>
       <c r="T44" t="s">
         <v>81</v>
       </c>
       <c r="Y44" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>