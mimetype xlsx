--- v1 (2026-01-01)
+++ v2 (2026-02-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="808" uniqueCount="323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="825" uniqueCount="329">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -228,275 +228,293 @@
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>Správa železnic, státní organizace</t>
   </si>
   <si>
     <t>uccchjm</t>
   </si>
   <si>
     <t>Ministerstvo dopravy</t>
   </si>
   <si>
+    <t>Prodej pozemku p.č. 1116/2 k. ú. Lhota u Dobřan</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>702263859</t>
+  </si>
+  <si>
+    <t>MoravekJa@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jan Morávek</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace, SŽ Facility, Odbor nakládání s nemovitým majetkem, Oddělení přípravy pozbytí Sídlo: Dlážděná 1003/7, 110 00 Praha 1, pracoviště: Ke Štvanici 656/3, 186 00 Praha 8</t>
+  </si>
+  <si>
+    <t>Lhota u Dobřan, Plzeň, okres Plzeň-město</t>
+  </si>
+  <si>
+    <t>1116/2</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Pozemek v chatové osadě na jižním předměstí města Plzně v ochranném pásmu dráhy trati Plzeň hlavní nádraží – Klatovy. Prodej pozemku p.č. 1116/2 je projednáván z důvod scelení, protože tvoří jeden celek s pozemky p.č. 1100/1, 877 a 990 ve vlastnictví nabyvatele. Majetek je přístupný z pozemků nabyvatele. Prodávaný pozemek je nabyvatelem využíván pro účely rekreace a je s ním za tímto účelem uzavřena příslušná nájemní smlouva. Na pozemku se nachází trvalé porosty ve vlastnictví nabyvatele. Pozemek je zatížen v katastru věcným břemenem strpět na všech služebných pozemcích v celém jejich rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelka vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. V případě, že v průběhu projednání dojde k prodeji majetku nabyvatele souvisejícího s prodávaným pozemkem, bude prodej pozbývaného majetku projednáván do majetku nového majitele majetku současného nabyvatele. Podle územního plánu se zájmový majetek nachází v zastavěném území v ploše s rozdílným způsobem využití "Plochy rekreace"</t>
+  </si>
+  <si>
+    <t>109000</t>
+  </si>
+  <si>
+    <t>Lesy České republiky, s.p.</t>
+  </si>
+  <si>
+    <t>e8jcfsn</t>
+  </si>
+  <si>
+    <t>MZe</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Bolevec</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>956216112</t>
+  </si>
+  <si>
+    <t>hana.jarosova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Hana Jarošová</t>
+  </si>
+  <si>
+    <t>Lesní správa Plasy</t>
+  </si>
+  <si>
+    <t>Bolevec, Plzeň, okres Plzeň-město</t>
+  </si>
+  <si>
+    <t>1722/3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemku p.č. 11722/3 o výměře 100 m2, ostatní plocha v k.ú. Bolevec. </t>
+  </si>
+  <si>
+    <t>40000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1116/6 v k.ú. Lhota u Dobřan</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace, SŽ Facility, Odbor nakládání s nemovitým majetkem, Oddělení přípravy pozbytí Sídlo: Ke Štvanici 656/3, 186 00 Praha 8</t>
+  </si>
+  <si>
+    <t>1116/6</t>
+  </si>
+  <si>
+    <t>Pozemek se nachází na severním okraji městského obvodu Plzeň 10 – Lhota, jihovýchodně od centra města Plzeň, v ochranném pásmu dráhy tratě Plzeň hl.n. – Klatovy, zhruba 2 km severovýchodně od železniční zastávky Dobřany zastávka. Prodej pozemku p.č. 1116/5 je projednáván z důvod scelení, protože tvoří jeden celek s pozemky p.č. 1109 a 950 ve vlastnictví nabyvatele. Majetek je přístupný z pozemků nabyvatele. Prodávaný pozemek je nabyvatelem využíván pro účely rekreace a je s ním za tímto účelem uzavřena příslušná nájemní smlouva. Pozemek je zatížen v katastru věcným břemenem strpět na služebném pozemku v celém jeho rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. V případě, že v průběhu projednání dojde k prodeji majetku nabyvatele souvisejícího s prodávaným pozemkem, bude prodej pozbývaného majetku projednáván do majetku nového majitele majetku současného nabyvatele. Podle územního plánu se zájmový majetek nachází v zastavěném území v ploše s rozdílným způsobem využití "Plochy rekreace"</t>
+  </si>
+  <si>
+    <t>197000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 1116/1 a 942 v k.ú. Lhota u Dobřan</t>
+  </si>
+  <si>
+    <t>1116/1 a 942</t>
+  </si>
+  <si>
+    <t>Pozemky se nachází na severním okraji městského obvodu Plzeň 10 – Lhota, jihovýchodně od centra města Plzeň, v ochranném pásmu dráhy tratě Plzeň hl.n. – Klatovy, zhruba 2 km severovýchodně od železniční zastávky Dobřany zastávka. Prodej pozemku p.č. 942 je projednáván z důvodu sjednocení vlastnictví stavby ve vlastnictví nabyvatelů a daného pozemku. Prodej pozemku p.č. 1116/1 je projednáván z důvod scelení, protože slouží k přístupu ke stavbě nabyvatelů a tvoří zázemí dané stavby. Majetek je přístupný z veřejné komunikace na pozemku p.č. 1116/3. Prodávané pozemky jsou nabyvateli využívány pro účely rekreace a je s nimi za tímto účelem uzavřena příslušná nájemní smlouva. Pozemky jsou zatíženy v katastru věcným břemenem strpět na všech služebných pozemcích v celém jejich rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. V případě, že v průběhu projednání dojde k prodeji majetku nabyvatelů souvisejícího s prodávanými pozemky, bude prodej pozbývaného majetku projednáván do majetku nového majitele majetku současných nabyvatelů. Podle územního plánu se zájmový majetek nachází v zastavěném území v ploše s rozdílným způsobem využití "Plochy rekreace"</t>
+  </si>
+  <si>
+    <t>2043000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 1116/4 a 943 v k.ú. Lhota u Dobřan</t>
+  </si>
+  <si>
+    <t>1116/4 a 943</t>
+  </si>
+  <si>
+    <t>Pozemky se nachází na severním okraji městského obvodu Plzeň 10 – Lhota, jihovýchodně od centra města Plzeň, v ochranném pásmu dráhy tratě Plzeň hl.n. – Klatovy, zhruba 2 km severovýchodně od železniční zastávky Dobřany zastávka. Prodej pozemku p.č. 943 je projednáván z důvodu sjednocení vlastnictví stavby ve vlastnictví nabyvatele a daného pozemku. Prodej pozemku p.č. 1116/4 je projednáván z důvod scelení, protože slouží k přístupu ke stavbě nabyvatele a tvoří zázemí dané stavby. Majetek je přístupný z veřejné komunikace na pozemku p.č. 1116/3. Prodávané pozemky jsou nabyvatelem využívány pro účely rekreace a je s ním za tímto účelem uzavřena příslušná nájemní smlouva. Pozemky jsou zatíženy v katastru věcným břemenem strpět na všech služebných pozemcích v celém jejich rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. V případě, že v průběhu projednání dojde k prodeji majetku nabyvatele souvisejícího s prodávanými pozemky, bude prodej pozbývaného majetku projednáván do majetku nového majitele majetku současného nabyvatele. Podle územního plánu se zájmový majetek nachází v zastavěném území v ploše s rozdílným způsobem využití "Plochy rekreace"</t>
+  </si>
+  <si>
+    <t>1193000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 1116/5 a 996 v k.ú. Lhota u Dobřan</t>
+  </si>
+  <si>
+    <t>1116/5 a 996</t>
+  </si>
+  <si>
+    <t>Pozemky se nachází na severním okraji městského obvodu Plzeň 10 – Lhota, jihovýchodně od centra města Plzeň, v ochranném pásmu dráhy tratě Plzeň hl.n. – Klatovy, zhruba 2 km severovýchodně od železniční zastávky Dobřany zastávka. Prodej pozemku p.č. 996 je projednáván z důvodu sjednocení vlastnictví stavby ve vlastnictví nabyvatele a daného pozemku. Prodej pozemku p.č. 1116/5 je projednáván z důvod scelení, protože slouží k přístupu ke stavbě nabyvatele a tvoří zázemí dané stavby. Majetek je přístupný z veřejné komunikace na pozemku p.č. 1116/3. Prodávané pozemky jsou nabyvatelem využívány pro účely rekreace a je s ním za tímto účelem uzavřena příslušná nájemní smlouva. Pozemky jsou zatíženy v katastru věcným břemenem strpět na všech služebných pozemcích v celém jejich rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. V případě, že v průběhu projednání dojde k prodeji majetku nabyvatele souvisejícího s prodávanými pozemky, bude prodej pozbývaného majetku projednáván do majetku nového majitele majetku současného nabyvatele. Podle územního plánu se zájmový majetek nachází v zastavěném území v ploše s rozdílným způsobem využití "Plochy rekreace"</t>
+  </si>
+  <si>
+    <t>1187000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1101/2 v k.ú. Lhota u Dobřan a pozemku p.č. 1853/10 v k.ú. Litice u Plzně</t>
+  </si>
+  <si>
+    <t>1101/2</t>
+  </si>
+  <si>
+    <t>Pozemky se nachází na severním okraji městského obvodu Plzeň 10 – Lhota, jihovýchodně od centra města Plzeň, v ochranném pásmu dráhy tratě Plzeň hl.n. – Klatovy v katastrálních územích Lhota u Dobřan a Litice u Plzně, zhruba 2 km severovýchodně od železniční zastávky Dobřany zastávka. Prodej obou pozemků je projednáván z důvod scelení, protože slouží k přístupu k pozemku a stavbě nabyvatelů a tvoří zázemí dané stavby. Majetek je přístupný z veřejné komunikace přes pozemky p.č. 1112 ve vlastnictví třetí osoby na základě VB. Prodávané pozemky jsou nabyvateli využívány pro účely rekreace a je s nimi za tímto účelem uzavřena příslušná nájemní smlouva. Pozemek p.č. 1101/2 v k.ú. Lhota u Dobřan je zatížen v katastru věcným břemenem strpět na služebném pozemku v celém jeho rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. Pozemek p.č. 1853/10 v k.ú. Litice u Plzně bude nejpozději spolu s kupní smlouvou zatížen v katastru věcným břemenem strpět na služebném pozemku v celém jeho rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. V případě, že v průběhu projednání dojde k prodeji majetku nabyvatelů souvisejícího s prodávanými pozemky, bude prodej pozbývaného majetku projednáván do majetku nového majitele majetku současných nabyvatelů. Podle územního plánu se zájmový majetek v k.ú. Lhota u Dobřan nachází v zastavěném území v ploše s rozdílným způsobem využití "Plochy rekreace". Podle územního plánu se zájmový majetek v k.ú. Litice nachází v zastavěném území v ploše s rozdílným způsobem využití "Plochy železnice".</t>
+  </si>
+  <si>
+    <t>1516000</t>
+  </si>
+  <si>
+    <t>Litice u Plzně, Plzeň, okres Plzeň-město</t>
+  </si>
+  <si>
+    <t>1853/10</t>
+  </si>
+  <si>
     <t>Prodej pozemků p.č. 1101/1, 973 a 972 v k.ú. Lhota u Dobřan</t>
   </si>
   <si>
-    <t>2025-10-31</t>
-[...16 lines deleted...]
-  <si>
     <t>1101/1, 973 a 972</t>
   </si>
   <si>
-    <t>ano</t>
-[...4 lines deleted...]
-  <si>
     <t>Pozemky se nachází na severním okraji městského obvodu Plzeň 10 – Lhota, jihovýchodně od centra města Plzeň, v ochranném pásmu dráhy tratě Plzeň hl.n. – Klatovy, zhruba 2 km severovýchodně od železniční zastávky Dobřany zastávka. Prodej pozemků p.č. 972 a 973 je projednáván z důvodu sjednocení vlastnictví staveb ve vlastnictví nabyvatelky a daného pozemku. Prodej pozemku p.č. 1101/1 je projednáván z důvod scelení, protože slouží k přístupu ke stavbě nabyvatelů a tvoří zázemí dané stavby. Majetek je přístupný z veřejné komunikace na pozemku nabyvatelky. Prodávané pozemky jsou nabyvateli využívány pro účely rekreace a je s nabyvatelkou za tímto účelem uzavřena příslušná nájemní smlouva. Pozemky jsou zatíženy v katastru věcným břemenem strpět na všech služebných pozemcích v celém jejich rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. V případě, že v průběhu projednání dojde k prodeji majetku nabyvatelů souvisejícího s prodávanými pozemky, bude prodej pozbývaného majetku projednáván do majetku nového majitele majetku současných nabyvatelů. Podle územního plánu se zájmový majetek nachází v zastavěném území v ploše s rozdílným způsobem využití "Plochy rekreace"</t>
   </si>
   <si>
-    <t>1516000</t>
-[...100 lines deleted...]
-  <si>
     <t>Česká pošta, s.p.</t>
   </si>
   <si>
     <t>kr7cdry</t>
   </si>
   <si>
     <t>Ministerstvo vnitra</t>
   </si>
   <si>
     <t>Pozemek parc. č.  5650 o výměře 683 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 116, stavba pro dopravu , k. ú. Plzeň, obec Plzeň, LV č. 148, Katastrální úřad pro Západočeský kraj, Katastrální pracoviště Plzeň - město. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
     <t>2025-05-02</t>
   </si>
   <si>
     <t>954302327</t>
   </si>
   <si>
     <t>reality.prodej@cpost.cz</t>
   </si>
   <si>
     <t>Denisa Janderková</t>
   </si>
   <si>
     <t>Správa majetku</t>
   </si>
   <si>
     <t>Plzeň, Plzeň, okres Plzeň-město</t>
   </si>
   <si>
     <t>Prodej bude probíhat formou VŘ s právem obce dorovnání nejvyšší nabídky</t>
   </si>
   <si>
     <t>16900000</t>
   </si>
   <si>
+    <t>Prodej pozemku p.č. 6586/26 v k.ú. Plzeň</t>
+  </si>
+  <si>
+    <t>2024-12-21</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace, SŽ Facility, Odbor pozbývání majetku, Oddělení přípravy pozbytí Sídlo: Dlážděná 1003/7, 110 00 Praha 1, pracoviště: Ke Štvanici 656/3, 186 00 Praha 8</t>
+  </si>
+  <si>
+    <t>6586/26</t>
+  </si>
+  <si>
+    <t>Předmětem převodu je pozemek p.č. 6586/26 v k.ú. Plzeň. Pozemek bude prodán vlastníkovi sousední nemovitosti, kterým je pozemek využíván a jsou na něm součástí v jeho vlastnictví, které nejsou součástí převodu. Přístup k prodávanému pozemku bude realizován z pozemků budoucího nabyvatele. Pro využití prodávaného pozemku bude před prodejem uzavřena nájemní smlouva. Pozemek je zatížen stávající služebností spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy" v celém je jeho rozsahu. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývané nemovitosti, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemek p.č. 6586/26je zatížen VB cesty a stezky ve prospěch pozemku p.č. 6586/15. Pozemek dle územního plánu náleží PLOCHY DOPRAVNÍ INFRASTRUKTURY – ŽELEZNICE</t>
+  </si>
+  <si>
+    <t>163000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 6586/25 v k.ú. Plzeň</t>
+  </si>
+  <si>
+    <t>6586/25</t>
+  </si>
+  <si>
+    <t>Předmětem převodu je pozemek p.č. 6586/25 v k.ú. Plzeň. Pozemek bude prodán vlastníkovi sousední nemovitosti, kterým je pozemek využíván a jsou na něm součástí v jeho vlastnictví, které nejsou součástí převodu. Přístup k prodávanému pozemku bude realizován z pozemků budoucího nabyvatele. Pro využití prodávaného pozemku byla před prodejem uzavřena nájemní smlouva. Pozemek je zatížen stávající služebností spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy" v celém je jeho rozsahu. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývané nemovitosti, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemek dle územního plánu náleží PLOCHY DOPRAVNÍ INFRASTRUKTURY – ŽELEZNICE</t>
+  </si>
+  <si>
+    <t>48000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 6586/24 v k.ú. Plzeň</t>
+  </si>
+  <si>
+    <t>6586/24</t>
+  </si>
+  <si>
+    <t>Předmětem převodu je pozemek p.č. 6586/24 v k.ú. Plzeň. Pozemek bude prodán vlastníkovi sousední nemovitosti, kterým je pozemek využíván a jsou na něm součástí v jeho vlastnictví, které nejsou součástí převodu. Přístup k prodávanému pozemku bude realizován z pozemků budoucího nabyvatele. Pro využití prodávaného pozemku byla před prodejem uzavřena nájemní smlouva. Pozemek je zatížen stávající služebností spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy" v celém je jeho rozsahu. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývané nemovitosti, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemek dle územního plánu náleží PLOCHY DOPRAVNÍ INFRASTRUKTURY – ŽELEZNICE</t>
+  </si>
+  <si>
+    <t>140000</t>
+  </si>
+  <si>
     <t>Prodej pozemku p.č. 6586/23 v k.ú. Plzeň</t>
   </si>
   <si>
-    <t>2024-12-21</t>
-[...4 lines deleted...]
-  <si>
     <t>6586/23</t>
   </si>
   <si>
     <t>Předmětem převodu je pozemek p.č. 6586/23 v k.ú. Plzeň. Pozemek bude prodán vlastníkovi sousední nemovitosti, kterým je pozemek využíván a jsou na něm součástí v jeho vlastnictví, které nejsou součástí převodu. Přístup k prodávanému pozemku bude realizován z pozemků budoucího nabyvatele. Pro prodávané pozemky bude před prodejem uzavřena nájemní smlouva. Pozemek je zatížen stávající služebností spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy" v celém je jeho rozsahu. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývané nemovitosti, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemek p.č. 6586/23 je zatížen VB cesty a stezky ve prospěch pozemku p.č. 6586/15. Pozemek dle územního plánu náleží PLOCHY DOPRAVNÍ INFRASTRUKTURY – ŽELEZNICE</t>
   </si>
   <si>
     <t>117000</t>
   </si>
   <si>
-    <t>Prodej pozemku p.č. 6586/26 v k.ú. Plzeň</t>
-[...34 lines deleted...]
-  <si>
     <t>Převod pozemků v katastrální obci Plzeň v různých k.ú.</t>
   </si>
   <si>
     <t>2024-11-29</t>
   </si>
   <si>
     <t>Bukovec, Plzeň, okres Plzeň-město</t>
   </si>
   <si>
     <t>710/6, 710/11, 710/12, 710/13, 710/7, 710/8, 711, 712/3, 713</t>
   </si>
   <si>
     <t>Jedná se o převod pozemků v různých lokalitách města Plzeň. Je dojednáno, že nabyvatel (Statutární město Plzeň) a Správa železnic v jeden okamžik učiní vzájemně několik převodů vlastnického práva k nemovitým věcem v jejich vlastnictví či právu hospodařit s majetkem státu. Principálně je nastaven systém „metr za metr“, tzn. vzájemně bude bezúplatně převedena totožná výměra pozemků. Nad rámec toho ta strana, která nabude více, uhradí rozdíl. Pozemky v k.ú. Bukovec a pozemek p.č. 2653/16 v k.ú. Doubravka leží mimo ochranné pásmo dráhy. Ostatní pozemky v k.ú. Doubravka a všechny pozemky v k.ú. Plzeň 4 leží v ochranném pásmu trati 360 - „Beroun – Plzeň hlavní nádraží“.  Pozemky v k.ú. Plzeň a Křimice leží v ochranném pásmu trati 205 - „Plzeň hlavní nádraží – Klatovy“. Pozemky v k.ú. Bolevec leží v ochranném pásmu trati 180 - „Plzeň hlavní nádraží – Žatec“.  Pozemky v k.ú. Křimice a Skvrňany leží v ochranném pásmu trati 100 - „Plzeň hlavní nádraží – Cheb“. Konkrétně se v případě pozemků p.č. 710/6 v k.ú. Bukovec a pozemku p.č. 2653/16 v k.ú. Doubravka jedná o převod pozemků po zrušení části celostátní dráhy v úseku Chrást u Plzně (mimo) – Plzeň-Doubravka bývalé trati (v dotčené části pozemků mezi bývalým žkm 104,740 – 106.500), na kterých nabyvatel staví společnou trasu stezky pro chodce a cyklisty, která navazuje na část společné cyklostezky již vybudovanou Plzeňským krajem. na pozemcích p.č. 710/6 k.ú. Bukovec a p.č. 2653/16.v k.ú. Doubravka jsou 3 propustky, které jsou součástí převodu. Pozemek p.č. 2653/16 v k.ú. Doubravka a pozemek p.č. 712/3 v k.ú. Bukovec jsou dle současné evidence v katastru nemovitostí vedeny se způsobem využití dráha. Na ostatních převáděných pozemcích se nachází komunikace a chodníky ve vlastnictví nabyvatele nebo budou pozemky využívány ve veřejném zájmu spolu s navazujícími pozemky nabyvatele. Předmětem převodu je také budova bez čísla popisného včetně studny, kanalizační jímky a stávajících přípojek vody a kanalizace na pozemcích p.č. 3212, 3203/49 a 1911/1 (tento pozemek v majetku nabyvatele), vše v k.ú. Bolevec. Budova je v současnosti odpojena od dodávek elektrické energie. V případě, že by nebyl realizování její převod, byla by budova z důvodu nepřevoditelnosti na jinou osobu demolována. Pozemky jsou přístupné z navazujících pozemků ve vlastnictví nabyvatele. Pro pozemky p.č. 2653/30 a 2653/32 v k.ú. Doubravka a pozemek p.č. 3203/49 v k.ú. Bolevec jsou uzavřeny smlouvy se třetími osobami, které přejdou na nabyvatele. Na pozemku p.č. 3203/49 v k.ú. Bolevec jsou součásti v majetku nájemců.  Převáděné pozemky zatíženy služebnostmi zapsanými v katastru nemovitostí na příslušných listech vlastnictví. Zároveň jsou pozemky zatíženy existencí inženýrských sítí, jejichž umístění není v současné době nijak smluvně ani věcně právně ošetřeno. Převáděné pozemky,  kromě pozemků v k.ú. Bukovec a pozemku p.č 2653/16 v k.ú. Doubravka, budou v rámci převodní smlouvy  zatíženy služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy" a zároveň bude pro tyto pozemky zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Cena pozemků z důvodu hospodárnosti je převzata z účetní hodnoty pozemků. V případě zájmu nějaké složky státu bude oceněno.</t>
   </si>
   <si>
     <t>8266319</t>
   </si>
   <si>
     <t>Doubravka, Plzeň, okres Plzeň-město</t>
   </si>
   <si>
     <t>9099592</t>
   </si>
   <si>
     <t>2653/16, 2653/33, 2653/32, 2653/31, 2653/30, 2653/29, 2653/27, 2654</t>
@@ -513,75 +531,75 @@
   <si>
     <t>5601/37 a 5601/38</t>
   </si>
   <si>
     <t>472641</t>
   </si>
   <si>
     <t>10573/14, 6591/112, 10575/1, 10575/2, 10575/3, 10575/4, 14436/15, 14436/46, 6586/18, 6589/33</t>
   </si>
   <si>
     <t>3203/30, 3851/119, 3203/48, 3203/50, 3203/52, 3203/49, 3203/51, 3212 Bolevec, 1980/4 Litice u Plzně, 2093/2 2093/3, 2093/4, 2093/6 2093/7, 2093/9, 2093/10, 2566/2, 2566/3, 2566/4, 2566/6, 2566/7 Skvrňany</t>
   </si>
   <si>
     <t>1909593</t>
   </si>
   <si>
     <t>K Prokopávce</t>
   </si>
   <si>
     <t>bez</t>
   </si>
   <si>
     <t>Lokalita Bolevec, Litice u Plzně, Křimice a Skvrňany</t>
   </si>
   <si>
+    <t>Prodej pozemku p.č. 1853/8, k.ú. Litice u Plzně</t>
+  </si>
+  <si>
+    <t>2024-11-09</t>
+  </si>
+  <si>
+    <t>1853/8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jedná se o prodej pozemku p.č. 1853/8, k.ú. Litice u Plzně. Na pozemku jsou stromy, které jsou součástí pozemku a jsou součástí prodeje. Na pozemku je nezapsaná stavba ve vlastnictví žadatele a ostatní součásti v jeho vlastnictví. Pozemek je mu za tím účelem pronajat. Pozemek je prodáván z důvodu zceleni majetku. Město Plzeň, majitel vedlejšího pozemku o jeho koupi nemá zájem. K prodávanému majetku je přístup z pozemků žadatele. Pozemek je v katastru zatížen věcným břemenem strpět na služebném pozemku v celém jeho rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. Spolu s kupní smlouvou bude zřízeno věcné právo vzdání se za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených, z důvodu trvání a provozování dráhy. Pozemek p.č. 1853/8 (původně součást pozemku p.č. 1853/8) v katastrálním území Litice u Plzně se nachází dle Územního plánu Plzeň v zastavěném území v ploše s rozdílným způsobem využití „Plochy lesní“. </t>
+  </si>
+  <si>
+    <t>29000</t>
+  </si>
+  <si>
     <t>Prodej pozemku p.č. 1853/3, k.ú. Litice u Plzně</t>
   </si>
   <si>
-    <t>2024-11-09</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 1853/3</t>
   </si>
   <si>
     <t xml:space="preserve">Jedná se o prodej pozemku p.č. 1853/3, k.ú. Litice u Plzně. Na pozemku jsou stromy, které jsou součástí pozemku a jsou součástí prodeje. Pozemek je prodáván z důvodu zceleni majetku. Město Plzeň, majitel vedlejšího pozemku o jeho koupi nemá zájem. K prodávanému majetku je přístup z pozemků žadatele. Pozemek je v katastru zatížen věcným břemenem strpět na služebném pozemku v celém jeho rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. Spolu s kupní smlouvou bude zřízeno věcné právo vzdání se za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených, z důvodu trvání a provozování dráhy. Pozemek p.č. 1853/3 v katastrálním území Litice u Plzně se nachází dle Územního plánu Plzeň v zastavěném území v ploše s rozdílným způsobem využití „Plochy lesní“. </t>
   </si>
   <si>
     <t>33000</t>
-  </si>
-[...10 lines deleted...]
-    <t>29000</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 768/1 v k.ú. Křimice</t>
   </si>
   <si>
     <t>2024-09-06</t>
   </si>
   <si>
     <t xml:space="preserve">+420 702 263 859  </t>
   </si>
   <si>
     <t>Křimice, Plzeň, okres Plzeň-město</t>
   </si>
   <si>
     <t>768/1</t>
   </si>
   <si>
     <t>Pozemek se nachází v městské čtvrti Křimice severovýchodně od centra města Plzeň v ochranném pásmu dráhy tratě Plzeň hl. n. - Cheb. Kopcovitý pozemek se nachází v těsné blízkosti průmyslového areálu a jsou na něm náletové porosty. K pozemku lze přistupovat z veřejné komunikace přes pozemky cizích vlastníků a není nijak smluvně zajištěn. Pozemek je zatížen služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". V rámci (kupní) smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemek se podle územního plánu nachází v ploše DOPRAVNÍ INFRASTRUKTURY – ŽELEZNICE</t>
   </si>
   <si>
     <t>294000</t>
   </si>
   <si>
     <t>Prodej pozemku pozemku p.č. 6591/96, pod garáží ve vlastnictví 3. osoby</t>
   </si>
@@ -1318,51 +1336,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ44"/>
+  <dimension ref="A1:BQ45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="36.7109375" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="20.7109375" customWidth="1"/>
     <col min="6" max="6" width="38.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="87.7109375" customWidth="1"/>
     <col min="9" max="9" width="422.7109375" customWidth="1"/>
     <col min="10" max="10" width="13.7109375" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" customWidth="1"/>
     <col min="12" max="12" width="30.7109375" customWidth="1"/>
     <col min="13" max="13" width="24.7109375" customWidth="1"/>
     <col min="14" max="14" width="234.7109375" customWidth="1"/>
     <col min="15" max="15" width="44.7109375" customWidth="1"/>
     <col min="16" max="16" width="62.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
@@ -1608,54 +1626,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>105546</v>
+        <v>106638</v>
       </c>
       <c r="B2" s="1">
-        <v>45930</v>
+        <v>46041</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
@@ -1685,2530 +1703,2589 @@
       </c>
       <c r="Y2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
         <v>105556</v>
       </c>
       <c r="B3" s="1">
         <v>45930</v>
       </c>
       <c r="C3" t="s">
         <v>84</v>
       </c>
       <c r="D3" t="s">
         <v>85</v>
       </c>
       <c r="H3" t="s">
         <v>86</v>
       </c>
       <c r="I3" t="s">
         <v>87</v>
       </c>
       <c r="J3" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="K3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="O3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="Q3" t="s">
         <v>80</v>
       </c>
       <c r="R3" t="s">
         <v>81</v>
       </c>
       <c r="S3" t="s">
         <v>81</v>
       </c>
       <c r="T3" t="s">
         <v>81</v>
       </c>
       <c r="X3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Y3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
         <v>105551</v>
       </c>
       <c r="B4" s="1">
         <v>45930</v>
       </c>
       <c r="C4" t="s">
         <v>69</v>
       </c>
       <c r="D4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
         <v>71</v>
       </c>
       <c r="I4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="J4" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="K4" t="s">
         <v>74</v>
       </c>
       <c r="L4" t="s">
         <v>75</v>
       </c>
       <c r="M4" t="s">
         <v>76</v>
       </c>
       <c r="N4" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="O4" t="s">
         <v>78</v>
       </c>
       <c r="P4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
         <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="Y4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
         <v>105550</v>
       </c>
       <c r="B5" s="1">
         <v>45930</v>
       </c>
       <c r="C5" t="s">
         <v>69</v>
       </c>
       <c r="D5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
         <v>71</v>
       </c>
       <c r="I5" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="J5" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="K5" t="s">
         <v>74</v>
       </c>
       <c r="L5" t="s">
         <v>75</v>
       </c>
       <c r="M5" t="s">
         <v>76</v>
       </c>
       <c r="N5" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="O5" t="s">
         <v>78</v>
       </c>
       <c r="P5" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
         <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="Y5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
         <v>105549</v>
       </c>
       <c r="B6" s="1">
         <v>45930</v>
       </c>
       <c r="C6" t="s">
         <v>69</v>
       </c>
       <c r="D6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
         <v>71</v>
       </c>
       <c r="I6" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="J6" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="K6" t="s">
         <v>74</v>
       </c>
       <c r="L6" t="s">
         <v>75</v>
       </c>
       <c r="M6" t="s">
         <v>76</v>
       </c>
       <c r="N6" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="O6" t="s">
         <v>78</v>
       </c>
       <c r="P6" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
         <v>81</v>
       </c>
       <c r="S6" t="s">
         <v>81</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
       <c r="X6" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="Y6" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
         <v>105548</v>
       </c>
       <c r="B7" s="1">
         <v>45930</v>
       </c>
       <c r="C7" t="s">
         <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
         <v>71</v>
       </c>
       <c r="I7" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="J7" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="K7" t="s">
         <v>74</v>
       </c>
       <c r="L7" t="s">
         <v>75</v>
       </c>
       <c r="M7" t="s">
         <v>76</v>
       </c>
       <c r="N7" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="O7" t="s">
         <v>78</v>
       </c>
       <c r="P7" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="Q7" t="s">
         <v>80</v>
       </c>
       <c r="R7" t="s">
         <v>81</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
       <c r="X7" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="Y7" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
         <v>105547</v>
       </c>
       <c r="B8" s="1">
         <v>45930</v>
       </c>
       <c r="C8" t="s">
         <v>69</v>
       </c>
       <c r="D8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
         <v>71</v>
       </c>
       <c r="I8" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="J8" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="K8" t="s">
         <v>74</v>
       </c>
       <c r="L8" t="s">
         <v>75</v>
       </c>
       <c r="M8" t="s">
         <v>76</v>
       </c>
       <c r="N8" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="O8" t="s">
         <v>78</v>
       </c>
       <c r="P8" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
       <c r="X8" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="Y8" t="s">
-        <v>83</v>
+        <v>117</v>
       </c>
       <c r="Z8" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="AA8" t="s">
-        <v>83</v>
+        <v>117</v>
       </c>
       <c r="AB8" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ8" t="s">
         <v>116</v>
-      </c>
-[...13 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>104524</v>
+        <v>105546</v>
       </c>
       <c r="B9" s="1">
-        <v>45748</v>
+        <v>45930</v>
       </c>
       <c r="C9" t="s">
-        <v>117</v>
+        <v>69</v>
       </c>
       <c r="D9" t="s">
-        <v>118</v>
+        <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>119</v>
+        <v>71</v>
       </c>
       <c r="I9" t="s">
         <v>120</v>
       </c>
       <c r="J9" t="s">
+        <v>88</v>
+      </c>
+      <c r="K9" t="s">
+        <v>74</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>98</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
         <v>121</v>
       </c>
-      <c r="K9" t="s">
+      <c r="Q9" t="s">
+        <v>80</v>
+      </c>
+      <c r="R9" t="s">
+        <v>81</v>
+      </c>
+      <c r="S9" t="s">
+        <v>81</v>
+      </c>
+      <c r="T9" t="s">
+        <v>81</v>
+      </c>
+      <c r="X9" t="s">
         <v>122</v>
       </c>
-      <c r="L9" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="Y9" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>102954</v>
+        <v>104524</v>
       </c>
       <c r="B10" s="1">
-        <v>45616</v>
+        <v>45748</v>
       </c>
       <c r="C10" t="s">
-        <v>69</v>
+        <v>123</v>
       </c>
       <c r="D10" t="s">
-        <v>70</v>
+        <v>124</v>
       </c>
       <c r="H10" t="s">
-        <v>71</v>
+        <v>125</v>
       </c>
       <c r="I10" t="s">
+        <v>126</v>
+      </c>
+      <c r="J10" t="s">
+        <v>127</v>
+      </c>
+      <c r="K10" t="s">
+        <v>128</v>
+      </c>
+      <c r="L10" t="s">
         <v>129</v>
       </c>
-      <c r="J10" t="s">
+      <c r="M10" t="s">
         <v>130</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
       <c r="N10" t="s">
         <v>131</v>
       </c>
       <c r="O10" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="P10" t="s">
         <v>132</v>
       </c>
       <c r="Q10" t="s">
         <v>80</v>
       </c>
       <c r="R10" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S10" t="s">
         <v>81</v>
       </c>
       <c r="T10" t="s">
         <v>81</v>
       </c>
       <c r="X10" t="s">
         <v>133</v>
       </c>
       <c r="Y10" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
         <v>102957</v>
       </c>
       <c r="B11" s="1">
         <v>45616</v>
       </c>
       <c r="C11" t="s">
         <v>69</v>
       </c>
       <c r="D11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
         <v>71</v>
       </c>
       <c r="I11" t="s">
         <v>135</v>
       </c>
       <c r="J11" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="K11" t="s">
         <v>74</v>
       </c>
       <c r="L11" t="s">
         <v>75</v>
       </c>
       <c r="M11" t="s">
         <v>76</v>
       </c>
       <c r="N11" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="O11" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="P11" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="Q11" t="s">
         <v>80</v>
       </c>
       <c r="R11" t="s">
         <v>81</v>
       </c>
       <c r="S11" t="s">
         <v>81</v>
       </c>
       <c r="T11" t="s">
         <v>81</v>
       </c>
       <c r="X11" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="Y11" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
         <v>102956</v>
       </c>
       <c r="B12" s="1">
         <v>45616</v>
       </c>
       <c r="C12" t="s">
         <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
         <v>71</v>
       </c>
       <c r="I12" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="J12" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="K12" t="s">
         <v>74</v>
       </c>
       <c r="L12" t="s">
         <v>75</v>
       </c>
       <c r="M12" t="s">
         <v>76</v>
       </c>
       <c r="N12" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="O12" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="P12" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="Q12" t="s">
         <v>80</v>
       </c>
       <c r="R12" t="s">
         <v>81</v>
       </c>
       <c r="S12" t="s">
         <v>81</v>
       </c>
       <c r="T12" t="s">
         <v>81</v>
       </c>
       <c r="X12" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="Y12" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
         <v>102955</v>
       </c>
       <c r="B13" s="1">
         <v>45616</v>
       </c>
       <c r="C13" t="s">
         <v>69</v>
       </c>
       <c r="D13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
         <v>71</v>
       </c>
       <c r="I13" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="J13" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="K13" t="s">
         <v>74</v>
       </c>
       <c r="L13" t="s">
         <v>75</v>
       </c>
       <c r="M13" t="s">
         <v>76</v>
       </c>
       <c r="N13" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="O13" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="P13" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="Q13" t="s">
         <v>80</v>
       </c>
       <c r="R13" t="s">
         <v>81</v>
       </c>
       <c r="S13" t="s">
         <v>81</v>
       </c>
       <c r="T13" t="s">
         <v>81</v>
       </c>
       <c r="X13" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="Y13" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>102860</v>
+        <v>102954</v>
       </c>
       <c r="B14" s="1">
-        <v>45595</v>
+        <v>45616</v>
       </c>
       <c r="C14" t="s">
         <v>69</v>
       </c>
       <c r="D14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
         <v>71</v>
       </c>
       <c r="I14" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="J14" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="K14" t="s">
         <v>74</v>
       </c>
       <c r="L14" t="s">
         <v>75</v>
       </c>
       <c r="M14" t="s">
         <v>76</v>
       </c>
       <c r="N14" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="O14" t="s">
-        <v>149</v>
+        <v>132</v>
       </c>
       <c r="P14" t="s">
         <v>150</v>
       </c>
       <c r="Q14" t="s">
         <v>80</v>
       </c>
       <c r="R14" t="s">
         <v>81</v>
       </c>
       <c r="S14" t="s">
         <v>81</v>
       </c>
       <c r="T14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X14" t="s">
         <v>151</v>
       </c>
       <c r="Y14" t="s">
         <v>152</v>
       </c>
-      <c r="Z14" t="s">
-[...100 lines deleted...]
-      </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>102705</v>
+        <v>102860</v>
       </c>
       <c r="B15" s="1">
-        <v>45574</v>
+        <v>45595</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
         <v>71</v>
       </c>
       <c r="I15" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="J15" t="s">
-        <v>168</v>
+        <v>154</v>
       </c>
       <c r="K15" t="s">
         <v>74</v>
       </c>
       <c r="L15" t="s">
         <v>75</v>
       </c>
       <c r="M15" t="s">
         <v>76</v>
       </c>
       <c r="N15" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="O15" t="s">
-        <v>115</v>
+        <v>155</v>
       </c>
       <c r="P15" t="s">
+        <v>156</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>80</v>
+      </c>
+      <c r="R15" t="s">
+        <v>81</v>
+      </c>
+      <c r="S15" t="s">
+        <v>81</v>
+      </c>
+      <c r="T15" t="s">
+        <v>80</v>
+      </c>
+      <c r="X15" t="s">
+        <v>157</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>158</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>159</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>160</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>161</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD15" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF15" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ15" t="s">
+        <v>162</v>
+      </c>
+      <c r="AK15" t="s">
+        <v>163</v>
+      </c>
+      <c r="AL15" t="s">
+        <v>164</v>
+      </c>
+      <c r="AM15" t="s">
+        <v>165</v>
+      </c>
+      <c r="AN15" t="s">
+        <v>80</v>
+      </c>
+      <c r="AO15" t="s">
+        <v>81</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>81</v>
+      </c>
+      <c r="AQ15" t="s">
+        <v>81</v>
+      </c>
+      <c r="AU15" t="s">
+        <v>162</v>
+      </c>
+      <c r="AV15" t="s">
+        <v>132</v>
+      </c>
+      <c r="AW15" t="s">
+        <v>166</v>
+      </c>
+      <c r="AX15" t="s">
+        <v>167</v>
+      </c>
+      <c r="AY15" t="s">
+        <v>80</v>
+      </c>
+      <c r="AZ15" t="s">
+        <v>81</v>
+      </c>
+      <c r="BA15" t="s">
+        <v>81</v>
+      </c>
+      <c r="BB15" t="s">
+        <v>81</v>
+      </c>
+      <c r="BF15" t="s">
+        <v>162</v>
+      </c>
+      <c r="BG15" t="s">
+        <v>93</v>
+      </c>
+      <c r="BH15" t="s">
+        <v>168</v>
+      </c>
+      <c r="BI15" t="s">
         <v>169</v>
       </c>
-      <c r="Q15" t="s">
-[...11 lines deleted...]
-      <c r="X15" t="s">
+      <c r="BJ15" t="s">
+        <v>80</v>
+      </c>
+      <c r="BK15" t="s">
+        <v>80</v>
+      </c>
+      <c r="BL15" t="s">
+        <v>81</v>
+      </c>
+      <c r="BM15" t="s">
+        <v>81</v>
+      </c>
+      <c r="BN15" t="s">
         <v>170</v>
       </c>
-      <c r="Y15" t="s">
+      <c r="BO15" t="s">
         <v>171</v>
+      </c>
+      <c r="BQ15" t="s">
+        <v>172</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
         <v>102706</v>
       </c>
       <c r="B16" s="1">
         <v>45574</v>
       </c>
       <c r="C16" t="s">
         <v>69</v>
       </c>
       <c r="D16" t="s">
         <v>70</v>
       </c>
       <c r="H16" t="s">
         <v>71</v>
       </c>
       <c r="I16" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="J16" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="K16" t="s">
         <v>74</v>
       </c>
       <c r="L16" t="s">
         <v>75</v>
       </c>
       <c r="M16" t="s">
         <v>76</v>
       </c>
       <c r="N16" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="P16" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="Q16" t="s">
         <v>80</v>
       </c>
       <c r="R16" t="s">
         <v>81</v>
       </c>
       <c r="S16" t="s">
         <v>81</v>
       </c>
       <c r="T16" t="s">
         <v>81</v>
       </c>
       <c r="X16" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="Y16" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="17" spans="1:36">
       <c r="A17">
-        <v>102355</v>
+        <v>102705</v>
       </c>
       <c r="B17" s="1">
-        <v>45510</v>
+        <v>45574</v>
       </c>
       <c r="C17" t="s">
         <v>69</v>
       </c>
       <c r="D17" t="s">
         <v>70</v>
       </c>
       <c r="H17" t="s">
         <v>71</v>
       </c>
       <c r="I17" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="J17" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="K17" t="s">
-        <v>178</v>
+        <v>74</v>
       </c>
       <c r="L17" t="s">
         <v>75</v>
       </c>
       <c r="M17" t="s">
         <v>76</v>
       </c>
       <c r="N17" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
         <v>179</v>
       </c>
-      <c r="P17" t="s">
+      <c r="Q17" t="s">
+        <v>80</v>
+      </c>
+      <c r="R17" t="s">
+        <v>81</v>
+      </c>
+      <c r="S17" t="s">
+        <v>81</v>
+      </c>
+      <c r="T17" t="s">
+        <v>81</v>
+      </c>
+      <c r="X17" t="s">
         <v>180</v>
       </c>
-      <c r="Q17" t="s">
-[...11 lines deleted...]
-      <c r="X17" t="s">
+      <c r="Y17" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="18" spans="1:36">
       <c r="A18">
-        <v>102006</v>
+        <v>102355</v>
       </c>
       <c r="B18" s="1">
-        <v>45446</v>
+        <v>45510</v>
       </c>
       <c r="C18" t="s">
         <v>69</v>
       </c>
       <c r="D18" t="s">
         <v>70</v>
       </c>
       <c r="H18" t="s">
         <v>71</v>
       </c>
       <c r="I18" t="s">
+        <v>182</v>
+      </c>
+      <c r="J18" t="s">
         <v>183</v>
       </c>
-      <c r="J18" t="s">
+      <c r="K18" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="L18" t="s">
         <v>75</v>
       </c>
       <c r="M18" t="s">
         <v>76</v>
       </c>
       <c r="N18" t="s">
+        <v>137</v>
+      </c>
+      <c r="O18" t="s">
         <v>185</v>
       </c>
-      <c r="O18" t="s">
-        <v>126</v>
+      <c r="P18" t="s">
+        <v>186</v>
       </c>
       <c r="Q18" t="s">
         <v>80</v>
       </c>
       <c r="R18" t="s">
         <v>81</v>
       </c>
       <c r="S18" t="s">
         <v>81</v>
       </c>
       <c r="T18" t="s">
         <v>81</v>
       </c>
       <c r="X18" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="Y18" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="19" spans="1:36">
       <c r="A19">
-        <v>101997</v>
+        <v>102006</v>
       </c>
       <c r="B19" s="1">
         <v>45446</v>
       </c>
       <c r="C19" t="s">
         <v>69</v>
       </c>
       <c r="D19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
         <v>71</v>
       </c>
       <c r="I19" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="J19" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="K19" t="s">
         <v>74</v>
       </c>
       <c r="L19" t="s">
         <v>75</v>
       </c>
       <c r="M19" t="s">
         <v>76</v>
       </c>
       <c r="N19" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="O19" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>132</v>
       </c>
       <c r="Q19" t="s">
         <v>80</v>
       </c>
       <c r="R19" t="s">
         <v>81</v>
       </c>
       <c r="S19" t="s">
         <v>81</v>
       </c>
       <c r="T19" t="s">
         <v>81</v>
       </c>
       <c r="X19" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="Y19" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
     </row>
     <row r="20" spans="1:36">
       <c r="A20">
-        <v>102000</v>
+        <v>101997</v>
       </c>
       <c r="B20" s="1">
         <v>45446</v>
       </c>
       <c r="C20" t="s">
         <v>69</v>
       </c>
       <c r="D20" t="s">
         <v>70</v>
       </c>
       <c r="H20" t="s">
         <v>71</v>
       </c>
       <c r="I20" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="J20" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="K20" t="s">
         <v>74</v>
       </c>
       <c r="L20" t="s">
         <v>75</v>
       </c>
       <c r="M20" t="s">
         <v>76</v>
       </c>
       <c r="N20" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="O20" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="P20" t="s">
+        <v>196</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>80</v>
+      </c>
+      <c r="R20" t="s">
+        <v>81</v>
+      </c>
+      <c r="S20" t="s">
+        <v>81</v>
+      </c>
+      <c r="T20" t="s">
+        <v>81</v>
+      </c>
+      <c r="X20" t="s">
         <v>192</v>
-      </c>
-[...13 lines deleted...]
-        <v>186</v>
       </c>
       <c r="Y20" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="21" spans="1:36">
       <c r="A21">
-        <v>102001</v>
+        <v>102000</v>
       </c>
       <c r="B21" s="1">
         <v>45446</v>
       </c>
       <c r="C21" t="s">
         <v>69</v>
       </c>
       <c r="D21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
         <v>71</v>
       </c>
       <c r="I21" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="J21" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="K21" t="s">
         <v>74</v>
       </c>
       <c r="L21" t="s">
         <v>75</v>
       </c>
       <c r="M21" t="s">
         <v>76</v>
       </c>
       <c r="N21" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="O21" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="P21" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="Q21" t="s">
         <v>80</v>
       </c>
       <c r="R21" t="s">
         <v>81</v>
       </c>
       <c r="S21" t="s">
         <v>81</v>
       </c>
       <c r="T21" t="s">
         <v>81</v>
       </c>
       <c r="X21" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="Y21" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
     </row>
     <row r="22" spans="1:36">
       <c r="A22">
-        <v>102002</v>
+        <v>102001</v>
       </c>
       <c r="B22" s="1">
         <v>45446</v>
       </c>
       <c r="C22" t="s">
         <v>69</v>
       </c>
       <c r="D22" t="s">
         <v>70</v>
       </c>
       <c r="H22" t="s">
         <v>71</v>
       </c>
       <c r="I22" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="J22" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="K22" t="s">
         <v>74</v>
       </c>
       <c r="L22" t="s">
         <v>75</v>
       </c>
       <c r="M22" t="s">
         <v>76</v>
       </c>
       <c r="N22" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="O22" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="P22" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="Q22" t="s">
         <v>80</v>
       </c>
       <c r="R22" t="s">
         <v>81</v>
       </c>
       <c r="S22" t="s">
         <v>81</v>
       </c>
       <c r="T22" t="s">
         <v>81</v>
       </c>
       <c r="X22" t="s">
-        <v>186</v>
+        <v>202</v>
       </c>
       <c r="Y22" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="23" spans="1:36">
       <c r="A23">
-        <v>102003</v>
+        <v>102002</v>
       </c>
       <c r="B23" s="1">
         <v>45446</v>
       </c>
       <c r="C23" t="s">
         <v>69</v>
       </c>
       <c r="D23" t="s">
         <v>70</v>
       </c>
       <c r="H23" t="s">
         <v>71</v>
       </c>
       <c r="I23" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="J23" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="K23" t="s">
         <v>74</v>
       </c>
       <c r="L23" t="s">
         <v>75</v>
       </c>
       <c r="M23" t="s">
         <v>76</v>
       </c>
       <c r="N23" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="O23" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="P23" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="Q23" t="s">
         <v>80</v>
       </c>
       <c r="R23" t="s">
         <v>81</v>
       </c>
       <c r="S23" t="s">
         <v>81</v>
       </c>
       <c r="T23" t="s">
         <v>81</v>
       </c>
       <c r="X23" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="Y23" t="s">
-        <v>193</v>
+        <v>205</v>
       </c>
     </row>
     <row r="24" spans="1:36">
       <c r="A24">
-        <v>102004</v>
+        <v>102003</v>
       </c>
       <c r="B24" s="1">
         <v>45446</v>
       </c>
       <c r="C24" t="s">
         <v>69</v>
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
       <c r="H24" t="s">
         <v>71</v>
       </c>
       <c r="I24" t="s">
-        <v>191</v>
+        <v>206</v>
       </c>
       <c r="J24" t="s">
-        <v>184</v>
+        <v>195</v>
       </c>
       <c r="K24" t="s">
         <v>74</v>
       </c>
       <c r="L24" t="s">
         <v>75</v>
       </c>
       <c r="M24" t="s">
         <v>76</v>
       </c>
       <c r="N24" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="O24" t="s">
-        <v>126</v>
+        <v>132</v>
+      </c>
+      <c r="P24" t="s">
+        <v>207</v>
       </c>
       <c r="Q24" t="s">
         <v>80</v>
       </c>
       <c r="R24" t="s">
         <v>81</v>
       </c>
       <c r="S24" t="s">
         <v>81</v>
       </c>
       <c r="T24" t="s">
         <v>81</v>
       </c>
       <c r="X24" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="Y24" t="s">
-        <v>187</v>
+        <v>199</v>
       </c>
     </row>
     <row r="25" spans="1:36">
       <c r="A25">
-        <v>101684</v>
+        <v>102004</v>
       </c>
       <c r="B25" s="1">
-        <v>45401</v>
+        <v>45446</v>
       </c>
       <c r="C25" t="s">
         <v>69</v>
       </c>
       <c r="D25" t="s">
         <v>70</v>
       </c>
       <c r="H25" t="s">
         <v>71</v>
       </c>
       <c r="I25" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="J25" t="s">
-        <v>203</v>
+        <v>190</v>
       </c>
       <c r="K25" t="s">
-        <v>204</v>
+        <v>74</v>
       </c>
       <c r="L25" t="s">
         <v>75</v>
       </c>
       <c r="M25" t="s">
         <v>76</v>
       </c>
       <c r="N25" t="s">
-        <v>205</v>
+        <v>191</v>
       </c>
       <c r="O25" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>132</v>
       </c>
       <c r="Q25" t="s">
         <v>80</v>
       </c>
       <c r="R25" t="s">
         <v>81</v>
       </c>
       <c r="S25" t="s">
         <v>81</v>
       </c>
       <c r="T25" t="s">
         <v>81</v>
       </c>
       <c r="X25" t="s">
-        <v>208</v>
+        <v>192</v>
       </c>
       <c r="Y25" t="s">
-        <v>209</v>
+        <v>193</v>
       </c>
     </row>
     <row r="26" spans="1:36">
       <c r="A26">
-        <v>101683</v>
+        <v>101684</v>
       </c>
       <c r="B26" s="1">
         <v>45401</v>
       </c>
       <c r="C26" t="s">
         <v>69</v>
       </c>
       <c r="D26" t="s">
         <v>70</v>
       </c>
       <c r="H26" t="s">
         <v>71</v>
       </c>
       <c r="I26" t="s">
+        <v>208</v>
+      </c>
+      <c r="J26" t="s">
+        <v>209</v>
+      </c>
+      <c r="K26" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
       <c r="L26" t="s">
         <v>75</v>
       </c>
       <c r="M26" t="s">
         <v>76</v>
       </c>
       <c r="N26" t="s">
         <v>211</v>
       </c>
       <c r="O26" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="P26" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="Q26" t="s">
         <v>80</v>
       </c>
       <c r="R26" t="s">
         <v>81</v>
       </c>
       <c r="S26" t="s">
         <v>81</v>
       </c>
       <c r="T26" t="s">
         <v>81</v>
       </c>
       <c r="X26" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="Y26" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="27" spans="1:36">
       <c r="A27">
-        <v>99784</v>
+        <v>101683</v>
       </c>
       <c r="B27" s="1">
-        <v>45203</v>
+        <v>45401</v>
       </c>
       <c r="C27" t="s">
-        <v>117</v>
+        <v>69</v>
       </c>
       <c r="D27" t="s">
-        <v>118</v>
+        <v>70</v>
       </c>
       <c r="H27" t="s">
-        <v>119</v>
+        <v>71</v>
       </c>
       <c r="I27" t="s">
+        <v>216</v>
+      </c>
+      <c r="J27" t="s">
+        <v>209</v>
+      </c>
+      <c r="K27" t="s">
+        <v>210</v>
+      </c>
+      <c r="L27" t="s">
+        <v>75</v>
+      </c>
+      <c r="M27" t="s">
+        <v>76</v>
+      </c>
+      <c r="N27" t="s">
+        <v>217</v>
+      </c>
+      <c r="O27" t="s">
+        <v>212</v>
+      </c>
+      <c r="P27" t="s">
+        <v>218</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>80</v>
+      </c>
+      <c r="R27" t="s">
+        <v>81</v>
+      </c>
+      <c r="S27" t="s">
+        <v>81</v>
+      </c>
+      <c r="T27" t="s">
+        <v>81</v>
+      </c>
+      <c r="X27" t="s">
         <v>214</v>
       </c>
-      <c r="J27" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="Y27" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="28" spans="1:36">
       <c r="A28">
-        <v>96854</v>
+        <v>99784</v>
       </c>
       <c r="B28" s="1">
-        <v>44798</v>
+        <v>45203</v>
       </c>
       <c r="C28" t="s">
-        <v>69</v>
+        <v>123</v>
       </c>
       <c r="D28" t="s">
-        <v>70</v>
+        <v>124</v>
       </c>
       <c r="H28" t="s">
-        <v>71</v>
+        <v>125</v>
       </c>
       <c r="I28" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="J28" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="K28" t="s">
-        <v>221</v>
+        <v>128</v>
       </c>
       <c r="L28" t="s">
-        <v>75</v>
+        <v>129</v>
       </c>
       <c r="M28" t="s">
-        <v>76</v>
+        <v>222</v>
       </c>
       <c r="N28" t="s">
-        <v>211</v>
+        <v>131</v>
       </c>
       <c r="O28" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>222</v>
+        <v>132</v>
       </c>
       <c r="Q28" t="s">
         <v>80</v>
       </c>
       <c r="R28" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S28" t="s">
         <v>81</v>
       </c>
       <c r="T28" t="s">
         <v>81</v>
       </c>
       <c r="X28" t="s">
         <v>223</v>
       </c>
       <c r="Y28" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="29" spans="1:36">
       <c r="A29">
-        <v>96843</v>
+        <v>96854</v>
       </c>
       <c r="B29" s="1">
-        <v>44796</v>
+        <v>44798</v>
       </c>
       <c r="C29" t="s">
         <v>69</v>
       </c>
       <c r="D29" t="s">
         <v>70</v>
       </c>
       <c r="H29" t="s">
         <v>71</v>
       </c>
       <c r="I29" t="s">
         <v>225</v>
       </c>
       <c r="J29" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="K29" t="s">
-        <v>204</v>
+        <v>227</v>
       </c>
       <c r="L29" t="s">
         <v>75</v>
       </c>
       <c r="M29" t="s">
         <v>76</v>
       </c>
       <c r="N29" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="O29" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="P29" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="Q29" t="s">
         <v>80</v>
       </c>
       <c r="R29" t="s">
         <v>81</v>
       </c>
       <c r="S29" t="s">
         <v>81</v>
       </c>
       <c r="T29" t="s">
         <v>81</v>
       </c>
       <c r="X29" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="Y29" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:36">
       <c r="A30">
-        <v>96450</v>
+        <v>96843</v>
       </c>
       <c r="B30" s="1">
-        <v>44683</v>
+        <v>44796</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="D30" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="H30" t="s">
-        <v>86</v>
+        <v>71</v>
       </c>
       <c r="I30" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="J30" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="K30" t="s">
-        <v>231</v>
+        <v>210</v>
       </c>
       <c r="L30" t="s">
+        <v>75</v>
+      </c>
+      <c r="M30" t="s">
+        <v>76</v>
+      </c>
+      <c r="N30" t="s">
+        <v>217</v>
+      </c>
+      <c r="O30" t="s">
+        <v>118</v>
+      </c>
+      <c r="P30" t="s">
         <v>232</v>
       </c>
-      <c r="M30" t="s">
+      <c r="Q30" t="s">
+        <v>80</v>
+      </c>
+      <c r="R30" t="s">
+        <v>81</v>
+      </c>
+      <c r="S30" t="s">
+        <v>81</v>
+      </c>
+      <c r="T30" t="s">
+        <v>81</v>
+      </c>
+      <c r="X30" t="s">
         <v>233</v>
       </c>
-      <c r="N30" t="s">
+      <c r="Y30" t="s">
         <v>234</v>
-      </c>
-[...19 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="31" spans="1:36">
       <c r="A31">
-        <v>95983</v>
+        <v>96450</v>
       </c>
       <c r="B31" s="1">
-        <v>44565</v>
+        <v>44683</v>
       </c>
       <c r="C31" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D31" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H31" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I31" t="s">
+        <v>235</v>
+      </c>
+      <c r="J31" t="s">
+        <v>236</v>
+      </c>
+      <c r="K31" t="s">
+        <v>237</v>
+      </c>
+      <c r="L31" t="s">
         <v>238</v>
       </c>
-      <c r="J31" t="s">
+      <c r="M31" t="s">
         <v>239</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
       <c r="N31" t="s">
         <v>240</v>
       </c>
       <c r="O31" t="s">
         <v>241</v>
       </c>
-      <c r="P31" t="s">
+      <c r="Q31" t="s">
+        <v>80</v>
+      </c>
+      <c r="R31" t="s">
+        <v>81</v>
+      </c>
+      <c r="S31" t="s">
+        <v>81</v>
+      </c>
+      <c r="T31" t="s">
+        <v>81</v>
+      </c>
+      <c r="X31" t="s">
         <v>242</v>
       </c>
-      <c r="Q31" t="s">
-[...11 lines deleted...]
-      <c r="X31" t="s">
+      <c r="Y31" t="s">
         <v>243</v>
-      </c>
-[...22 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="32" spans="1:36">
       <c r="A32">
-        <v>95786</v>
+        <v>95983</v>
       </c>
       <c r="B32" s="1">
-        <v>44536</v>
+        <v>44565</v>
       </c>
       <c r="C32" t="s">
+        <v>69</v>
+      </c>
+      <c r="D32" t="s">
+        <v>70</v>
+      </c>
+      <c r="H32" t="s">
+        <v>71</v>
+      </c>
+      <c r="I32" t="s">
+        <v>244</v>
+      </c>
+      <c r="J32" t="s">
+        <v>245</v>
+      </c>
+      <c r="K32" t="s">
+        <v>227</v>
+      </c>
+      <c r="L32" t="s">
+        <v>75</v>
+      </c>
+      <c r="M32" t="s">
+        <v>76</v>
+      </c>
+      <c r="N32" t="s">
+        <v>246</v>
+      </c>
+      <c r="O32" t="s">
         <v>247</v>
       </c>
-      <c r="D32" t="s">
+      <c r="P32" t="s">
         <v>248</v>
       </c>
-      <c r="E32" t="s">
+      <c r="Q32" t="s">
+        <v>80</v>
+      </c>
+      <c r="R32" t="s">
+        <v>81</v>
+      </c>
+      <c r="S32" t="s">
+        <v>81</v>
+      </c>
+      <c r="T32" t="s">
+        <v>81</v>
+      </c>
+      <c r="X32" t="s">
         <v>249</v>
       </c>
-      <c r="F32" t="s">
+      <c r="Z32" t="s">
+        <v>155</v>
+      </c>
+      <c r="AA32" t="s">
         <v>250</v>
       </c>
-      <c r="G32" t="s">
+      <c r="AB32" t="s">
         <v>251</v>
       </c>
-      <c r="H32" t="s">
+      <c r="AC32" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE32" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF32" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ32" t="s">
         <v>252</v>
-      </c>
-[...37 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33">
-        <v>94906</v>
+        <v>95786</v>
       </c>
       <c r="B33" s="1">
-        <v>44327</v>
+        <v>44536</v>
       </c>
       <c r="C33" t="s">
-        <v>69</v>
+        <v>253</v>
       </c>
       <c r="D33" t="s">
-        <v>70</v>
+        <v>254</v>
+      </c>
+      <c r="E33" t="s">
+        <v>255</v>
+      </c>
+      <c r="F33" t="s">
+        <v>256</v>
+      </c>
+      <c r="G33" t="s">
+        <v>257</v>
       </c>
       <c r="H33" t="s">
-        <v>71</v>
+        <v>258</v>
       </c>
       <c r="I33" t="s">
+        <v>259</v>
+      </c>
+      <c r="J33" t="s">
+        <v>260</v>
+      </c>
+      <c r="K33" t="s">
+        <v>261</v>
+      </c>
+      <c r="L33" t="s">
         <v>262</v>
       </c>
-      <c r="J33" t="s">
+      <c r="M33" t="s">
         <v>263</v>
       </c>
-      <c r="K33" t="s">
+      <c r="O33" t="s">
         <v>264</v>
       </c>
-      <c r="L33" t="s">
-[...5 lines deleted...]
-      <c r="N33" t="s">
+      <c r="P33" t="s">
         <v>265</v>
       </c>
-      <c r="O33" t="s">
-[...2 lines deleted...]
-      <c r="P33" t="s">
+      <c r="Q33" t="s">
+        <v>80</v>
+      </c>
+      <c r="R33" t="s">
+        <v>81</v>
+      </c>
+      <c r="S33" t="s">
+        <v>81</v>
+      </c>
+      <c r="T33" t="s">
+        <v>81</v>
+      </c>
+      <c r="X33" t="s">
         <v>266</v>
       </c>
-      <c r="Q33" t="s">
-        <v>80</v>
+      <c r="Y33" t="s">
+        <v>267</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34">
-        <v>94907</v>
+        <v>94906</v>
       </c>
       <c r="B34" s="1">
         <v>44327</v>
       </c>
       <c r="C34" t="s">
         <v>69</v>
       </c>
       <c r="D34" t="s">
         <v>70</v>
       </c>
       <c r="H34" t="s">
         <v>71</v>
       </c>
       <c r="I34" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="J34" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="K34" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="L34" t="s">
         <v>75</v>
       </c>
       <c r="M34" t="s">
         <v>76</v>
       </c>
       <c r="N34" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="O34" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="P34" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="Q34" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35">
-        <v>94903</v>
+        <v>94907</v>
       </c>
       <c r="B35" s="1">
-        <v>44326</v>
+        <v>44327</v>
       </c>
       <c r="C35" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="D35" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="H35" t="s">
-        <v>267</v>
+        <v>71</v>
       </c>
       <c r="I35" t="s">
-        <v>84</v>
+        <v>268</v>
       </c>
       <c r="J35" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="K35" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="L35" t="s">
-        <v>269</v>
+        <v>75</v>
       </c>
       <c r="M35" t="s">
-        <v>270</v>
+        <v>76</v>
       </c>
       <c r="N35" t="s">
         <v>271</v>
       </c>
       <c r="O35" t="s">
-        <v>92</v>
+        <v>118</v>
+      </c>
+      <c r="P35" t="s">
+        <v>272</v>
       </c>
       <c r="Q35" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36">
-        <v>94904</v>
+        <v>94903</v>
       </c>
       <c r="B36" s="1">
         <v>44326</v>
       </c>
       <c r="C36" t="s">
         <v>84</v>
       </c>
       <c r="D36" t="s">
         <v>85</v>
       </c>
       <c r="H36" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="I36" t="s">
         <v>84</v>
       </c>
       <c r="J36" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="K36" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="L36" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="M36" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="N36" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="O36" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>93</v>
       </c>
       <c r="Q36" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:25">
       <c r="A37">
-        <v>94368</v>
+        <v>94904</v>
       </c>
       <c r="B37" s="1">
-        <v>44208</v>
+        <v>44326</v>
       </c>
       <c r="C37" t="s">
         <v>84</v>
       </c>
       <c r="D37" t="s">
         <v>85</v>
       </c>
+      <c r="H37" t="s">
+        <v>273</v>
+      </c>
       <c r="I37" t="s">
-        <v>274</v>
+        <v>84</v>
       </c>
       <c r="J37" t="s">
+        <v>269</v>
+      </c>
+      <c r="K37" t="s">
+        <v>278</v>
+      </c>
+      <c r="L37" t="s">
         <v>275</v>
       </c>
-      <c r="K37" t="s">
+      <c r="M37" t="s">
         <v>276</v>
       </c>
-      <c r="L37" t="s">
+      <c r="N37" t="s">
         <v>277</v>
       </c>
-      <c r="M37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O37" t="s">
-        <v>92</v>
+        <v>93</v>
+      </c>
+      <c r="P37" t="s">
+        <v>279</v>
       </c>
       <c r="Q37" t="s">
         <v>80</v>
-      </c>
-[...10 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="38" spans="1:25">
       <c r="A38">
-        <v>94143</v>
+        <v>94368</v>
       </c>
       <c r="B38" s="1">
-        <v>44162</v>
+        <v>44208</v>
       </c>
       <c r="C38" t="s">
         <v>84</v>
       </c>
       <c r="D38" t="s">
         <v>85</v>
       </c>
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>280</v>
       </c>
-      <c r="I38" t="s">
+      <c r="J38" t="s">
         <v>281</v>
       </c>
-      <c r="J38" t="s">
+      <c r="K38" t="s">
         <v>282</v>
       </c>
-      <c r="K38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L38" t="s">
-        <v>232</v>
+        <v>283</v>
       </c>
       <c r="M38" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="N38" t="s">
-        <v>284</v>
+        <v>277</v>
       </c>
       <c r="O38" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>80</v>
+      </c>
+      <c r="R38" t="s">
+        <v>81</v>
+      </c>
+      <c r="S38" t="s">
+        <v>81</v>
+      </c>
+      <c r="T38" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y38" t="s">
         <v>285</v>
-      </c>
-[...13 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39">
-        <v>93744</v>
+        <v>94143</v>
       </c>
       <c r="B39" s="1">
-        <v>44109</v>
+        <v>44162</v>
       </c>
       <c r="C39" t="s">
+        <v>84</v>
+      </c>
+      <c r="D39" t="s">
+        <v>85</v>
+      </c>
+      <c r="H39" t="s">
+        <v>286</v>
+      </c>
+      <c r="I39" t="s">
         <v>287</v>
       </c>
-      <c r="D39" t="s">
+      <c r="J39" t="s">
         <v>288</v>
       </c>
-      <c r="H39" t="s">
+      <c r="K39" t="s">
+        <v>237</v>
+      </c>
+      <c r="L39" t="s">
+        <v>238</v>
+      </c>
+      <c r="M39" t="s">
         <v>289</v>
       </c>
-      <c r="I39" t="s">
+      <c r="N39" t="s">
         <v>290</v>
       </c>
-      <c r="J39" t="s">
+      <c r="O39" t="s">
         <v>291</v>
       </c>
-      <c r="K39" t="s">
+      <c r="Q39" t="s">
+        <v>80</v>
+      </c>
+      <c r="R39" t="s">
+        <v>81</v>
+      </c>
+      <c r="S39" t="s">
+        <v>81</v>
+      </c>
+      <c r="T39" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y39" t="s">
         <v>292</v>
-      </c>
-[...25 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="40" spans="1:25">
       <c r="A40">
-        <v>92927</v>
+        <v>93744</v>
       </c>
       <c r="B40" s="1">
-        <v>43971</v>
+        <v>44109</v>
       </c>
       <c r="C40" t="s">
-        <v>117</v>
+        <v>293</v>
       </c>
       <c r="D40" t="s">
-        <v>118</v>
+        <v>294</v>
       </c>
       <c r="H40" t="s">
-        <v>119</v>
+        <v>295</v>
       </c>
       <c r="I40" t="s">
+        <v>296</v>
+      </c>
+      <c r="J40" t="s">
         <v>297</v>
       </c>
-      <c r="J40" t="s">
+      <c r="K40" t="s">
         <v>298</v>
       </c>
-      <c r="K40" t="s">
+      <c r="L40" t="s">
         <v>299</v>
       </c>
-      <c r="L40" t="s">
+      <c r="M40" t="s">
         <v>300</v>
       </c>
-      <c r="M40" t="s">
+      <c r="N40" t="s">
         <v>301</v>
       </c>
-      <c r="N40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O40" t="s">
-        <v>126</v>
+        <v>78</v>
       </c>
       <c r="Q40" t="s">
         <v>80</v>
       </c>
       <c r="R40" t="s">
         <v>81</v>
       </c>
       <c r="S40" t="s">
         <v>81</v>
       </c>
       <c r="T40" t="s">
         <v>81</v>
       </c>
       <c r="Y40" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="41" spans="1:25">
       <c r="A41">
-        <v>91552</v>
+        <v>92927</v>
       </c>
       <c r="B41" s="1">
-        <v>43852</v>
+        <v>43971</v>
       </c>
       <c r="C41" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="D41" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="H41" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="I41" t="s">
         <v>303</v>
       </c>
       <c r="J41" t="s">
         <v>304</v>
       </c>
       <c r="K41" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="L41" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="M41" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="N41" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="O41" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="Q41" t="s">
         <v>80</v>
       </c>
       <c r="R41" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S41" t="s">
         <v>81</v>
       </c>
       <c r="T41" t="s">
         <v>81</v>
       </c>
       <c r="Y41" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
     </row>
     <row r="42" spans="1:25">
       <c r="A42">
-        <v>84808</v>
+        <v>91552</v>
       </c>
       <c r="B42" s="1">
-        <v>43256</v>
+        <v>43852</v>
       </c>
       <c r="C42" t="s">
-        <v>84</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>85</v>
+        <v>124</v>
       </c>
       <c r="H42" t="s">
+        <v>125</v>
+      </c>
+      <c r="I42" t="s">
+        <v>309</v>
+      </c>
+      <c r="J42" t="s">
+        <v>310</v>
+      </c>
+      <c r="K42" t="s">
+        <v>305</v>
+      </c>
+      <c r="L42" t="s">
         <v>306</v>
       </c>
-      <c r="I42" t="s">
+      <c r="M42" t="s">
         <v>307</v>
       </c>
-      <c r="J42" t="s">
-[...8 lines deleted...]
-      <c r="M42" t="s">
+      <c r="N42" t="s">
+        <v>131</v>
+      </c>
+      <c r="O42" t="s">
+        <v>132</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>80</v>
+      </c>
+      <c r="R42" t="s">
+        <v>80</v>
+      </c>
+      <c r="S42" t="s">
+        <v>81</v>
+      </c>
+      <c r="T42" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y42" t="s">
         <v>311</v>
-      </c>
-[...19 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="43" spans="1:25">
       <c r="A43">
-        <v>84438</v>
+        <v>84808</v>
       </c>
       <c r="B43" s="1">
-        <v>43210</v>
+        <v>43256</v>
       </c>
       <c r="C43" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D43" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H43" t="s">
+        <v>312</v>
+      </c>
+      <c r="I43" t="s">
         <v>313</v>
       </c>
-      <c r="I43" t="s">
+      <c r="J43" t="s">
         <v>314</v>
       </c>
-      <c r="J43" t="s">
+      <c r="K43" t="s">
         <v>315</v>
       </c>
-      <c r="K43" t="s">
+      <c r="L43" t="s">
         <v>316</v>
       </c>
-      <c r="L43" t="s">
+      <c r="M43" t="s">
         <v>317</v>
       </c>
-      <c r="M43" t="s">
+      <c r="N43" t="s">
+        <v>240</v>
+      </c>
+      <c r="O43" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>80</v>
+      </c>
+      <c r="R43" t="s">
+        <v>81</v>
+      </c>
+      <c r="S43" t="s">
+        <v>81</v>
+      </c>
+      <c r="T43" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y43" t="s">
         <v>318</v>
-      </c>
-[...19 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="44" spans="1:25">
       <c r="A44">
-        <v>84441</v>
+        <v>84438</v>
       </c>
       <c r="B44" s="1">
         <v>43210</v>
       </c>
       <c r="C44" t="s">
         <v>69</v>
       </c>
       <c r="D44" t="s">
         <v>70</v>
       </c>
       <c r="H44" t="s">
+        <v>319</v>
+      </c>
+      <c r="I44" t="s">
+        <v>320</v>
+      </c>
+      <c r="J44" t="s">
         <v>321</v>
       </c>
-      <c r="I44" t="s">
+      <c r="K44" t="s">
         <v>322</v>
       </c>
-      <c r="J44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L44" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="M44" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="N44" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="O44" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="Q44" t="s">
         <v>80</v>
       </c>
       <c r="R44" t="s">
         <v>81</v>
       </c>
       <c r="S44" t="s">
         <v>81</v>
       </c>
       <c r="T44" t="s">
         <v>81</v>
       </c>
       <c r="Y44" t="s">
-        <v>175</v>
+        <v>177</v>
+      </c>
+    </row>
+    <row r="45" spans="1:25">
+      <c r="A45">
+        <v>84441</v>
+      </c>
+      <c r="B45" s="1">
+        <v>43210</v>
+      </c>
+      <c r="C45" t="s">
+        <v>69</v>
+      </c>
+      <c r="D45" t="s">
+        <v>70</v>
+      </c>
+      <c r="H45" t="s">
+        <v>327</v>
+      </c>
+      <c r="I45" t="s">
+        <v>328</v>
+      </c>
+      <c r="J45" t="s">
+        <v>321</v>
+      </c>
+      <c r="K45" t="s">
+        <v>322</v>
+      </c>
+      <c r="L45" t="s">
+        <v>323</v>
+      </c>
+      <c r="M45" t="s">
+        <v>324</v>
+      </c>
+      <c r="N45" t="s">
+        <v>325</v>
+      </c>
+      <c r="O45" t="s">
+        <v>326</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>80</v>
+      </c>
+      <c r="R45" t="s">
+        <v>81</v>
+      </c>
+      <c r="S45" t="s">
+        <v>81</v>
+      </c>
+      <c r="T45" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>177</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>