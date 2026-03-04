--- v0 (2025-12-18)
+++ v1 (2026-03-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2035" uniqueCount="719">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2052" uniqueCount="728">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -219,122 +219,158 @@
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
+    <t>Povodí Vltavy, státní podnik</t>
+  </si>
+  <si>
+    <t>gg4t8hf</t>
+  </si>
+  <si>
+    <t>MZE</t>
+  </si>
+  <si>
+    <t>Část pozemku parc. č. 5042/1  a část pozemku parc. č. 5042/4,obě části pozemků o celkové výměře 3 108 m2, k. ú. Smíchov</t>
+  </si>
+  <si>
+    <t>2026-01-11</t>
+  </si>
+  <si>
+    <t>724453480</t>
+  </si>
+  <si>
+    <t>ahodkova@seznam.cz</t>
+  </si>
+  <si>
+    <t>Ing. Alena Petříková</t>
+  </si>
+  <si>
+    <t>PS1/ZDV</t>
+  </si>
+  <si>
+    <t>Smíchov, Praha, okres Hlavní město Praha</t>
+  </si>
+  <si>
+    <t>5042/1, 5042/4</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Část pozemku parc. č. 5042/1, druh pozemku ostatní plocha, a část pozemku parc. č. 5042/4, druh pozemku ostatní plocha, obě části pozemků o celkové výměře 3 108 m2, k. ú. Smíchov</t>
+  </si>
+  <si>
+    <t>6871788</t>
+  </si>
+  <si>
     <t>Správa železnic, státní organizace</t>
   </si>
   <si>
     <t>uccchjm</t>
   </si>
   <si>
     <t>Ministerstvo dopravy České republiky</t>
   </si>
   <si>
     <t>Pozemky p. č. 1206/42, 1206/43, 1206/44 k. ú. Vysočany, obec Praha</t>
   </si>
   <si>
     <t>2025-11-22</t>
   </si>
   <si>
     <t>722951139</t>
   </si>
   <si>
     <t>stedrav@spravazeleznic.cz</t>
   </si>
   <si>
     <t>Ing. Václava Štědrá</t>
   </si>
   <si>
     <t>Odbor pozbývání majetku, oddělení přípravy pozbytí</t>
   </si>
   <si>
     <t>Vysočany, Praha, okres Hlavní město Praha</t>
   </si>
   <si>
     <t>Pozemky p. č. 1206/42, 1206/43, 1206/44 k. ú. Vysočany</t>
   </si>
   <si>
-    <t>ano</t>
-[...4 lines deleted...]
-  <si>
     <t>Jedná se o pozemky ve stejné lokalitě, pozemky jsou umístěné v blízkosti železniční trati, pozemky nejsou připojené na inženýrské sítě, pozemky jsou bez zajištěného vstupu na jednotlivé pozemky.</t>
   </si>
   <si>
     <t>421000</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství ČR</t>
   </si>
   <si>
     <t>prodej pozemku č.parc. 5043/6, k.ú. Smíchov</t>
   </si>
   <si>
     <t>2025-11-13</t>
   </si>
   <si>
     <t>956266115</t>
   </si>
   <si>
     <t>petr.kjucukov@lesycr.cz</t>
   </si>
   <si>
     <t>Ing. Petr Kjučukov, Ph.D.</t>
   </si>
   <si>
-    <t>Smíchov, Praha, okres Hlavní město Praha</t>
-[...1 lines deleted...]
-  <si>
     <t>5043/6</t>
   </si>
   <si>
     <t>Prodej pozemku č.parc. 5043/6, k.ú. Smíchov, výměra 2368 m2</t>
   </si>
   <si>
     <t>7577600</t>
   </si>
   <si>
     <t>Pozemky potřebné pro projekt Drážní promenáda: k. ú. Strašnice - p. č. 4501/269, 4501/270, 4501/272, 4501/274, 283/2, 283/4, 286/3, 427/26, 4513, 4514; k. ú. Vršovice - p. č. 2503/72, 2503/74.</t>
   </si>
   <si>
     <t>2025-10-31</t>
   </si>
   <si>
     <t>Strašnice, Praha, okres Hlavní město Praha</t>
   </si>
   <si>
     <t>k. ú. Strašnice - p. č. 4501/269, 4501/270, 4501/272, 4501/274, 283/2, 283/4, 286/3, 427/26, 4513, 4514; k. ú. Vršovice - p. č. 2503/72, 2503/74.</t>
   </si>
   <si>
     <t>Pozemky v k. ú. Strašnice, v k. ú. Vršovice včetně příslušenství</t>
   </si>
   <si>
     <t>274999000</t>
@@ -414,56 +450,50 @@
   <si>
     <t>pozemek č.parc. 1417/2, k.ú. Uhříněves, ostatní plocha 2159 m2, uvnitř komerčního areálu společnosti Metrans (funkční celek)</t>
   </si>
   <si>
     <t>5440680</t>
   </si>
   <si>
     <t>Areál je ve vlastnictví České republiky, s nímž má Česká pošta, s.p., právo hospodařit, v souladu se zákonem č. 77/1997 Sb., o státním podniku, ve znění pozdějších předpisů.  Jednotka číslo 492/20, jednotka vymezená podle zákona o vlastnictví bytů, způsob využití dílna nebo provozovna, v budově č. p. 492, k. ú. Kobylisy, obec Praha, LV 6158, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Podíl v rozsahu 10405/100000 na pozemku parc. č. 299 o výměře 650 m2, zastavěná plocha a nádvoří, na budově č. p. 492, bytový dům, který je součástí tohoto pozemku a na pozemku parc. č. 298 o výměře 137 m2, ostatní plocha, k. ú. Kobylisy, obec Praha, LV č. 976, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha</t>
   </si>
   <si>
     <t>2025-07-27</t>
   </si>
   <si>
     <t>Markéta Sloupová</t>
   </si>
   <si>
     <t>Správa majetku</t>
   </si>
   <si>
     <t>Kobylisy, Praha, okres Hlavní město Praha</t>
   </si>
   <si>
     <t>12410000</t>
   </si>
   <si>
-    <t>Povodí Vltavy, státní podnik</t>
-[...4 lines deleted...]
-  <si>
     <t>Ministerstvo zemědělství</t>
   </si>
   <si>
     <t>Prodej nově odděleného pozemku parc. č. 1210/4, k.ú. Velká Chuchle</t>
   </si>
   <si>
     <t>2025-07-20</t>
   </si>
   <si>
     <t>257099236</t>
   </si>
   <si>
     <t>klara.kadlecova@pvl.cz</t>
   </si>
   <si>
     <t>Bc. Klára Kadlecová</t>
   </si>
   <si>
     <t>Velká Chuchle, Praha, okres Hlavní město Praha</t>
   </si>
   <si>
     <t>1210/4</t>
   </si>
   <si>
     <t>Pozemek parc. č. 1210/4, druh pozemku ostatní plocha, k. ú. Velká Chuchle, o výměře 887 m2. Požadovaná cena byla určena na základě znaleckého posudku.</t>
@@ -501,53 +531,50 @@
   <si>
     <t>StedraV@spravazeleznic.cz</t>
   </si>
   <si>
     <t>4421/7</t>
   </si>
   <si>
     <t>Plocha o výměře 302m2, pozemek se nachází nad ulicí Husitská, má trojúhelníkovitý tvar, zčásti ve svahu, na pozemku je v evidenci KN zapsáno ZDŘ-639/2022 - nesoulad se skutečným stavem, nezapsaná stavba, pozemek je z větší části zastavěn stavbou neznámého vlastníka, není předmětem ocenění.</t>
   </si>
   <si>
     <t>1972000</t>
   </si>
   <si>
     <t>Rušená část vodního díla</t>
   </si>
   <si>
     <t>2025-01-16</t>
   </si>
   <si>
     <t>724 453 480</t>
   </si>
   <si>
     <t>alena.petrikova@pvl.cz</t>
   </si>
   <si>
-    <t>Ing. Alena Petříková</t>
-[...1 lines deleted...]
-  <si>
     <t>Běchovice, Praha, okres Hlavní město Praha</t>
   </si>
   <si>
     <t>Části rušených vodních děl - úprava koryta vodního toku (Běchovický potok, Rokytka)</t>
   </si>
   <si>
     <t>1530360</t>
   </si>
   <si>
     <t>Lesy České republiky s.p.</t>
   </si>
   <si>
     <t>Prodej spoluvlastnického podílu 1/2 na pozemcích p.č. 3206/1 a 3206/3 v k.ú.Zbraslav</t>
   </si>
   <si>
     <t>2024-12-26</t>
   </si>
   <si>
     <t>barbora.dvorakova@lesycr.cz</t>
   </si>
   <si>
     <t>ing. Barbora Dvořáková</t>
   </si>
   <si>
     <t>Zbraslav, Praha, okres Hlavní město Praha</t>
@@ -669,68 +696,68 @@
   <si>
     <t>Vršovice, Praha, okres Hlavní město Praha</t>
   </si>
   <si>
     <t>160000000</t>
   </si>
   <si>
     <t>Pozemek p. č. 4436, o výměře 82 m2, k. ú. Žižkov a obci Praha</t>
   </si>
   <si>
     <t>2024-09-02</t>
   </si>
   <si>
     <t>Modřany, Praha, okres Hlavní město Praha</t>
   </si>
   <si>
     <t>4845/32</t>
   </si>
   <si>
     <t>Pozemek je rovinatý, úzkého protáhlého tvaru, situován při ul. Mezi vodami, výměra 210m2.</t>
   </si>
   <si>
     <t>1607000</t>
   </si>
   <si>
+    <t>p. č. 4845/32 k. ú. Modřany</t>
+  </si>
+  <si>
+    <t>výměra 210m2, situován při ul Mezi vodami</t>
+  </si>
+  <si>
     <t>Pozemek p. č. 1228/2 k. ú. Běchovice a obci Praha</t>
   </si>
   <si>
     <t>1228/2</t>
   </si>
   <si>
     <t>Pozemek, o výměře 84 m2, se nachází v širším centru Prahy v městské části Běchovice. Na pozemku se nachází náletové porosty bez hodnoty, pozemek je rovinatý, přístup je možný pouze přes sousední pozemky, bez možnosti přímého přístupu z veřejné komunikace.</t>
   </si>
   <si>
     <t>39000</t>
   </si>
   <si>
-    <t>p. č. 4845/32 k. ú. Modřany</t>
-[...4 lines deleted...]
-  <si>
     <t>2024-08-09</t>
   </si>
   <si>
     <t xml:space="preserve">Pozemek, o výměře 84 m2,  se nachází v širším centru Prahy v městské části Běchovice. Na pozemku se nachází náletové porosty bez hodnoty, pozemek je rovinatý, přístup je možný pouze přes sousední pozemky, bez možnosti přímého přístupu z veřejné komunikace. </t>
   </si>
   <si>
     <t>ČPPT, s.p.</t>
   </si>
   <si>
     <t>cq3xm56</t>
   </si>
   <si>
     <t>ČPP Transgas, s.p.</t>
   </si>
   <si>
     <t>Kodaňská 1441/46, Vršovice, 10100 Praha 10, CZ</t>
   </si>
   <si>
     <t>00002674</t>
   </si>
   <si>
     <t>Ministerstvo průmyslu a obchodu ČR</t>
   </si>
   <si>
     <t>ČPP Transgas,s.p. nabídla k odprodeji pozemku v .k.ú. Záběhlice</t>
@@ -825,86 +852,86 @@
   <si>
     <t>4151/9, 4151/10, 4151/11</t>
   </si>
   <si>
     <t>Pozemky se nachází v ul. Pod Paťankou, těsně před železničním podjezdem, na každém pozemku se nachází stavba, jež je součástí protipovodňového opatření na ochranu hl. m. Prahy, na pozemcích se nenachází žádný trvalý porost.</t>
   </si>
   <si>
     <t>Pozemky p.č. 818/13, p.č. 883/68, p.č. 883/25 k. ú. Zličín</t>
   </si>
   <si>
     <t>2024-05-31</t>
   </si>
   <si>
     <t>Zličín, Praha, okres Hlavní město Praha</t>
   </si>
   <si>
     <t>818/13, 883/68, 883/25</t>
   </si>
   <si>
     <t>Pozemek p. č. 818/13 o výměře 1.970m2, p. č. 883/68 o výměře 109m2, p. č. 883/25 o výměře 2m2.  Jedná se o pozemky ve stejné lokalitě. Pozemky jsou umístěné v blízkosti železniční trati. Aktuálně nejsou pozemky nijak využívané a tvoří z větší části ochrannou zeleň mezi železniční tratí a hřbitovem. Na oceňovaných pozemcích se nachází několik stromů a dále neupravované náletové dřeviny, nic dalšího se na pozemcích nenachází.</t>
   </si>
   <si>
     <t>3017000</t>
   </si>
   <si>
+    <t>Pozemek parc. č. 3485/4 o výměře 735 m2, zastavěná plocha a nádvoří, k. ú. Libeň, obec Praha, LV č. 235, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>2024-05-27</t>
+  </si>
+  <si>
+    <t>Na pozemku je umístěna stavba č. p. 2234, jiná stavba, ve vlastnictví společnosti Charlton a.s., V Celnici 1031/4, Nové Město, Praha 1. K pozemku je přístup pouze přes pozemek parc. č. 3485/1 ve vlastnictví České republiky, s nímž má Česká pošta, s. p. právo hospodařit. Zřízení VB práva chůze a jízdy – v procesu – GP k dispozici, zápis na KN k 17.4.2024 neproveden – následně nutné nové LV – finalizace ZP. Prodej bude probíhat formou e-aukce.</t>
+  </si>
+  <si>
+    <t>5400000</t>
+  </si>
+  <si>
+    <t>Pozemek  p. č. 4845/32</t>
+  </si>
+  <si>
+    <t>p. č. 4845/32</t>
+  </si>
+  <si>
+    <t>Pozemek je rovinný, úzkého protáhlého tvaru a je situován při ulici Mezi Vodami, výměra 210m2.</t>
+  </si>
+  <si>
+    <t>1186170</t>
+  </si>
+  <si>
     <t>Pozemek parc. č. 806/283 o výměře 947 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 518, objekt občanské vybavenosti, pozemek parc. č. 806/310 o výměře 581 m2, ostatní plocha, pozemek parc. č. 806/ 560 o výměře 75 m2, ostatní plocha, k. ú. Malešice, obec Praha, LV č. 460, KÚ pro hlavní město Prahu, Katastrálního pracoviště Praha. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
-    <t>2024-05-27</t>
-[...1 lines deleted...]
-  <si>
     <t>Jaroslav Černík</t>
   </si>
   <si>
     <t>Malešice, Praha, okres Hlavní město Praha</t>
   </si>
   <si>
     <t>26000000</t>
   </si>
   <si>
-    <t>Pozemek  p. č. 4845/32</t>
-[...19 lines deleted...]
-  <si>
     <t>2024-05-19</t>
   </si>
   <si>
     <t>Pozemek parc. č. 1210/4, druh pozemku ostatní plocha, o výměře 887 m2 oddělený z pozemku parc. č. 1210 dle GP č. 1960-248/2023, k.ú Velká Chuchle. Požadovaná cena byla určena dle znaleckého posudku.</t>
   </si>
   <si>
     <t>4141410</t>
   </si>
   <si>
     <t>Prodej pozemků v k.ú. Krč, obec Praha</t>
   </si>
   <si>
     <t>2024-05-04</t>
   </si>
   <si>
     <t>724453426</t>
   </si>
   <si>
     <t>Lucie.Balouskova@pvl.cz</t>
   </si>
   <si>
     <t>Lucie Baloušková</t>
   </si>
   <si>
     <t>Krč, Praha, okres Hlavní město Praha</t>
@@ -1086,74 +1113,74 @@
   <si>
     <t>2024-01-29</t>
   </si>
   <si>
     <t>031</t>
   </si>
   <si>
     <t>432994</t>
   </si>
   <si>
     <t>Nabídka nepotřebného nemovitého majetku státu, v právu hospodařit s majetkem státu pro Správu železnic, státní organizaci (k. ú. Malešice a k. ú. Žižkov)</t>
   </si>
   <si>
     <t>2023-11-19</t>
   </si>
   <si>
     <t>115/1, 652/2, 927/2, 927/3, 927/4, 949/1 a 950</t>
   </si>
   <si>
     <t>Majetek drážního tělesa (tzn. pozemky, železniční spodek, železniční svršek a další zařízení dráhy) situovaný ve stopě neprovozované místní dráhy Praha-Malešice - Praha-Žižkov, vše s umístěním na pozemcích Správy železnic, státní organizace (tzn. p. č. 115/1, p. č. 652/1, p. č. 652/2, p. č. 927/2, p. č. 927/3, p. č. 927/4, p. č. 949/1 a p. č. 950), Českých drah, a.s. (tzn. p. č. 951/1, p. č. 4447/1, p. č. 4449, p. č. 4450/1 a p. č. 4480), a hlavního města Prahy (tzn. p. č. 947/1, p. č. 3060/1 a p. č. 4448); vše v k. ú. Malešice a v k. ú. Žižkov. Součástí pozemků jsou porosty náletového charakteru, které jsou součástí předmětu převodu. Převod předmětného majetku je projednáván ve veřejném zájmu pro hlavní město Praha. Pro bližší specifikaci převáděného majetku místní dráhy viz též příloha.</t>
   </si>
   <si>
     <t>152868000</t>
   </si>
   <si>
+    <t>Jednotka č. 2567/2, jednotka vymezená podle zákona o vlastnictví bytů, způsob využití jiný nebytový prostor, v budově č. p. 2567, k. ú. Stodůlky, obec Praha, LV č. 5314, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Podíl v rozsahu 79502/1765896 na společných částech stavby, kterou tvoří komplex domů s č. p. 2514, 2540, 2567, 2568, 2569, 2570, 2571, k. ú. Stodůlky, obec Praha, LV č. 2244, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Podíl v rozsahu 79502/1765896 na pozemcích parc. č. 2846/1 o výměře 425 m2, zastavěná plocha a nádvoří, parc. č. 2846/2 o výměře 436 m2, zastavěná plocha a nádvoří, parc. č. 2846/3 o výměře 225 m2, zastavěná plocha a nádvoří, parc. č. 2846/4 o výměře 222 m2, zastavěná plocha a nádvoří, parc. č. 2846/5 o výměře 267 m2, zastavěná plocha a nádvoří, parc. č. 2846/6 o výměře 323 m2, zastavěná plocha a nádvoří, parc. č. 2846/7 o výměře 225 m2, zastavěná plocha a nádvoří, parc. č. 2846/8 o výměře  228 m2, zastavěná plocha a nádvoří, parc. č. 2847/4 o výměře 30 m2, zastavěná plocha a nádvoří, parc. č. 2847/5 o výměře 270 m2, zastavěná plocha a nádvoří, parc.  č. 2848/1 o výměře 136 m2, zastavěná plocha a nádvoří, parc. č. 2848/2 o výměře 320 m2, zastavěná plocha a nádvoří, jejichž součástí je i stavba, kterou tvoří komplex domů s č. p. 2514, 2540, 2567, 2568, 2569, 2570, 2571, k. ú. Stodůlky, obec Praha, LV č. 11995, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Podíl v rozsahu 79502/1765896 na pozemku parc. č. 2847/1 o výměře 2124 m2, ostatní plocha,  k. ú. Stodůlky, obec Praha, LV č. 6637, KÚ pro hlavní město Prahu, Katastrálního pracoviště Praha. Podíl v rozsahu 79502/1765896 na pozemcích parc. č. 2847/2 o výměře 564 m2, ostatní plocha, parc. č. 2847/3 o výměře 157 m2, ostatní plocha, k. ú. Stodůlky, obec Praha, LV č. 28591, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>2023-11-04</t>
+  </si>
+  <si>
+    <t>Věra Kochová</t>
+  </si>
+  <si>
+    <t>Stodůlky, Praha, okres Hlavní město Praha</t>
+  </si>
+  <si>
+    <t>38000000</t>
+  </si>
+  <si>
     <t>Pozemek parc. č.  939/2 o výměře 16 169 m2, ostatní plocha,  pozemek parc. č. 939/4 o výměře 1294 m², ostatní plocha,  pozemek parc. č. 939/5 o výměře 782 m², zastavěná plocha a nádvoří, jehož součástí je i budova bez č. p, nebo ev., jiná stavba,  pozemek parc. č. 939/6 o výměře 571 m², zastavěná plocha a nádvoří, jehož součástí je i budova bez č. p. nebo ev., jiná stavba,  pozemek parc. č. 939/7 o výměře 244 m², zastavěná plocha a nádvoří,  jehož součástí je i budova bez č. p. nebo ev., jiná stavba, pozemek parc. č. 939/8 o výměře 244 m² , zastavěná plocha a nádvoří,  jehož součástí je i budova bez č. p. nebo ev., jiná stavba, pozemek parc. č. 939/9 o výměře 246 m², zastavěná plocha a nádvoří,  jehož součástí je i budova s č. p. 409, jiná stavba,  pozemek parc. č. 939/10 o výměře 117 m², zastavěná plocha a nádvoří, jehož součástí je i budova bez č.p. nebo ev., jiná stavba, pozemek parc. č. 939/11 o výměře 105 m², vodní plocha,  pozemek parc. č. 939/12 o výměře 18 m², zastavěná plocha a nádvoří, jehož součástí je i budova bez č. p. nebo ev., jiná stavba,  pozemek parc. č. 939/13 o výměře 37 m², zastavěná plocha a nádvoří,  jehož součástí je i budova bez č. p. nebo ev., jiná stavba, pozemek parc. č. 939/79 o výměře 34 m², zastavěná plocha a nádvoří,  jehož součástí je i budova bez č. p. nebo ev., jiná stavba, pozemek parc. č. 939/80 o výměře 181 m², zastavěná plocha a nádvoří,  jehož součástí je i budova bez č. p. nebo ev., průmyslový objekt,  pozemek parc. č. 939/81 o výměře 89 m², zastavěná plocha a nádvoří, jehož součástí je i budova bez č. p. nebo ev., jiná stavba, pozemek parc. č. 939/84 o výměře 97 m², zastavěná plocha a nádvoří, jehož součástí je i budova bez č. p. nebo ev., jiná stavba, k. ú. Satalice, obec Praha, LV č. 505, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
-    <t>2023-11-04</t>
-[...4 lines deleted...]
-  <si>
     <t>Satalice, Praha, okres Hlavní město Praha</t>
   </si>
   <si>
     <t>79600000</t>
   </si>
   <si>
-    <t>Jednotka č. 2567/2, jednotka vymezená podle zákona o vlastnictví bytů, způsob využití jiný nebytový prostor, v budově č. p. 2567, k. ú. Stodůlky, obec Praha, LV č. 5314, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Podíl v rozsahu 79502/1765896 na společných částech stavby, kterou tvoří komplex domů s č. p. 2514, 2540, 2567, 2568, 2569, 2570, 2571, k. ú. Stodůlky, obec Praha, LV č. 2244, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Podíl v rozsahu 79502/1765896 na pozemcích parc. č. 2846/1 o výměře 425 m2, zastavěná plocha a nádvoří, parc. č. 2846/2 o výměře 436 m2, zastavěná plocha a nádvoří, parc. č. 2846/3 o výměře 225 m2, zastavěná plocha a nádvoří, parc. č. 2846/4 o výměře 222 m2, zastavěná plocha a nádvoří, parc. č. 2846/5 o výměře 267 m2, zastavěná plocha a nádvoří, parc. č. 2846/6 o výměře 323 m2, zastavěná plocha a nádvoří, parc. č. 2846/7 o výměře 225 m2, zastavěná plocha a nádvoří, parc. č. 2846/8 o výměře  228 m2, zastavěná plocha a nádvoří, parc. č. 2847/4 o výměře 30 m2, zastavěná plocha a nádvoří, parc. č. 2847/5 o výměře 270 m2, zastavěná plocha a nádvoří, parc.  č. 2848/1 o výměře 136 m2, zastavěná plocha a nádvoří, parc. č. 2848/2 o výměře 320 m2, zastavěná plocha a nádvoří, jejichž součástí je i stavba, kterou tvoří komplex domů s č. p. 2514, 2540, 2567, 2568, 2569, 2570, 2571, k. ú. Stodůlky, obec Praha, LV č. 11995, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Podíl v rozsahu 79502/1765896 na pozemku parc. č. 2847/1 o výměře 2124 m2, ostatní plocha,  k. ú. Stodůlky, obec Praha, LV č. 6637, KÚ pro hlavní město Prahu, Katastrálního pracoviště Praha. Podíl v rozsahu 79502/1765896 na pozemcích parc. č. 2847/2 o výměře 564 m2, ostatní plocha, parc. č. 2847/3 o výměře 157 m2, ostatní plocha, k. ú. Stodůlky, obec Praha, LV č. 28591, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
-[...7 lines deleted...]
-  <si>
     <t>Elektrotechnický zkušební ústav, s. p.</t>
   </si>
   <si>
     <t>4xr3pi6</t>
   </si>
   <si>
     <t>Pod lisem 129/2, Troja, 18200 Praha 8, CZ</t>
   </si>
   <si>
     <t>00001481</t>
   </si>
   <si>
     <t>Ministerstvo průmyslu a obchodu</t>
   </si>
   <si>
     <t>Prodej pozemku</t>
   </si>
   <si>
     <t>2023-10-26</t>
   </si>
   <si>
     <t>+420 603 223 413</t>
   </si>
   <si>
     <t>fpacan@ezu.cz</t>
@@ -1266,95 +1293,95 @@
   <si>
     <t>ředitelství státního podniku - odbor majetku</t>
   </si>
   <si>
     <t>2910/25, 2910/53, 2910/55, 2910/59, 2910/60</t>
   </si>
   <si>
     <t>Na pozemcích p. č. 2910/25, p. č. 2910/55 a p. č. 2910/60 se nachází zpevněná plocha. Na pozemcích p. č. 2910/53 a p. č. 2910/59 se nachází zeleň s porostem. Požadovaná cena je cena bez DPH.</t>
   </si>
   <si>
     <t>4100000.00</t>
   </si>
   <si>
     <t>Pozemek parc. č. 1148/14  o výměře 3 912 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 1709, objekt občanské vybavenosti, parc. č. 1148/16 o výměře 170 m2, ostatní plocha, parc. č. 1148/17 o výměře 187 m2, ostatní plocha, parc. č. 1148/18 o výměře 74 m2, ostatní plocha, parc. č. 1148/22 o výměře 21 m2, ostatní plocha, parc. č. 1148/23 o výměře 25 m2, ostatní plocha,, parc. č. 1148/29 o výměře 77 m2, ostatní plocha, parc. č. 1148/41 o výměře 27 m2, ostatní plocha, parc. č 1148/42 o výměře 4 m2, ostatní plocha, parc. č. 1148/44 o výměře 23 m2, ostatní plocha, parc. č. 1152 o výměře 78 m2, ostatní plocha, k. ú. Krč, obec Praha, LV č. 1319, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Podíl 3/16 na pozemku parc. č. 1148/7 o výměře 150 m2, ostatní plocha, podíl 3/16 na pozemku parc. č. 1148/37 o výměře 79 m2, ostatní plocha, k. ú. Krč, obec Praha, LV 10699, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Z popisu areálu byly vyjmuty pozemky, které jsou předmětem směny s HMP, a také garáž, která bude prodána samostatně. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
     <t>2023-07-23</t>
   </si>
   <si>
     <t xml:space="preserve">Prodej je podmíněn zachováním služebnosti formou dlouhodobé nájemní smlouvy </t>
   </si>
   <si>
     <t>310433000</t>
   </si>
   <si>
+    <t>Pozemek parc. č. 1148/2 o výměře 849 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba bez č. p./č. ev., garáž, k. ú. Krč, obec Praha, LV č. 1319, KÚ pro hlavní město Prahu, Katastrálního pracoviště Praha. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>2023-07-22</t>
+  </si>
+  <si>
     <t>Pozemek parc. č. 1148/27 o výměře 88 m2, ostatní plocha, k. ú. Krč, obec Praha, LV č. 1319, KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
-    <t>2023-07-22</t>
-[...1 lines deleted...]
-  <si>
     <t>400000</t>
   </si>
   <si>
-    <t>Pozemek parc. č. 1148/2 o výměře 849 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba bez č. p./č. ev., garáž, k. ú. Krč, obec Praha, LV č. 1319, KÚ pro hlavní město Prahu, Katastrálního pracoviště Praha. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
-[...1 lines deleted...]
-  <si>
     <t>Pozemek p. č. 2189</t>
   </si>
   <si>
     <t>2023-07-13</t>
   </si>
   <si>
+    <t>Václava Štědrá</t>
+  </si>
+  <si>
+    <t>Odbor prodeje a pronájmu</t>
+  </si>
+  <si>
+    <t>p. č. 2189</t>
+  </si>
+  <si>
+    <t>2189, 225 m2,  ostatní plocha jiná plocha</t>
+  </si>
+  <si>
+    <t>330000</t>
+  </si>
+  <si>
     <t xml:space="preserve">Štědrá Václava </t>
   </si>
   <si>
     <t>Odbor prodeje  a pronájmu</t>
   </si>
   <si>
     <t>2416/85</t>
   </si>
   <si>
     <t>pozemek p.č. 2416/85, ostatní plocha, způsob využití dráha, památkově chráněné území, výměra 197 m2</t>
   </si>
   <si>
-    <t>330000</t>
-[...13 lines deleted...]
-  <si>
     <t>Prodej haly pro truhlářskou výrobu s pozemkem v k.ú. Zbraslav</t>
   </si>
   <si>
     <t>2023-06-23</t>
   </si>
   <si>
     <t>3234/6, 3234/7</t>
   </si>
   <si>
     <t>bez č.p./č.ev.</t>
   </si>
   <si>
     <t>pozemek č.parc. 3234/7 včetně stavby bez č.p./č.e. pro výrobu a skladování (původní truhlářská výrobna), typová hala BIOS z konce 80. let, dále pozemek užívaného okolí č.parc. 3234/6, vše k.ú. Zbraslav. Souhrnná výměra pozemků  1075 m2.</t>
   </si>
   <si>
     <t>10865400</t>
   </si>
   <si>
     <t>jednotku č.j. 1530/2, způsob využití skupina bytů a nebytových prostorů se spoluvlastnickým podílem o velikosti id 13221/35188, která je vymezena v budově č.p. 1530, jež je součástí pozemku parc. č. 1759 v k.ú. Vinohrady, obec Praha. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
     <t>2023-04-24</t>
   </si>
   <si>
     <t>Vinohrady, Praha, okres Hlavní město Praha</t>
@@ -1371,86 +1398,86 @@
   <si>
     <t>2023-04-16</t>
   </si>
   <si>
     <t xml:space="preserve">Lesy České republiky, s.p. </t>
   </si>
   <si>
     <t>pozemek č.parc. 1417/2, k.ú. Uhříněves, výměra 2159 m2, v oploceném areálu - součást (ve funkčním celku) kontejnerového překladiště soukromého subjektu.</t>
   </si>
   <si>
     <t>9067800</t>
   </si>
   <si>
     <t xml:space="preserve">Pozemek p. č.  4845/32 </t>
   </si>
   <si>
     <t>2023-01-15</t>
   </si>
   <si>
     <t>ostatní plocha/jiná plocha</t>
   </si>
   <si>
     <t>2165000</t>
   </si>
   <si>
+    <t xml:space="preserve">Pozemek p.č. 142/10 </t>
+  </si>
+  <si>
+    <t>2023-01-14</t>
+  </si>
+  <si>
+    <t>O31</t>
+  </si>
+  <si>
+    <t>Kolovraty, Praha, okres Hlavní město Praha</t>
+  </si>
+  <si>
+    <t>142/10</t>
+  </si>
+  <si>
+    <t>pozemek  - ostatní plocha, jiná plocha</t>
+  </si>
+  <si>
+    <t>1625000</t>
+  </si>
+  <si>
     <t>pozemek p. č.  1073/8 v k. ú. Hodkovičky a obci Praha</t>
   </si>
   <si>
-    <t>2023-01-14</t>
-[...4 lines deleted...]
-  <si>
     <t>Hodkovičky, Praha, okres Hlavní město Praha</t>
   </si>
   <si>
     <t>1073/8</t>
   </si>
   <si>
     <t xml:space="preserve">Pozemek p. č.1073/8 - ostatní plocha - jiná plocha - ochranné pásmo vodního zdroje 2. stupně </t>
   </si>
   <si>
     <t>358000</t>
   </si>
   <si>
-    <t xml:space="preserve">Pozemek p.č. 142/10 </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Pozemek  p. č. 2189 </t>
   </si>
   <si>
     <t>2023-01-05</t>
   </si>
   <si>
     <t>Štědrá Václava</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>pozemek p. č. 2189 druh ostatní plocha, jiná plocha o výměře 225 m2</t>
   </si>
   <si>
     <t>272000</t>
   </si>
   <si>
     <t>pozemek p.č. 2416/85</t>
   </si>
   <si>
     <t>2022-10-20</t>
   </si>
   <si>
     <t>826000</t>
@@ -1908,120 +1935,120 @@
   <si>
     <t>Pozemky parc. č. 2114/62, druh pozemku ostatní plocha, o výměře 139 m2 a parc. č. 2114/63, druh pozemku ostatní plocha, o výměře 86 m2.</t>
   </si>
   <si>
     <t>2019-04-24</t>
   </si>
   <si>
     <t>255009</t>
   </si>
   <si>
     <t>Pozemek parc. č. 723/185 o výměře 1 m2,  ostatní plocha, silnice, pozemek parc. č. 793/100 o výměře 139 m2, ostatní plocha, jiná plocha a pozemek parc. č. 793/104 o výměře 121 m2, ostatní plocha, jiná plocha; obec Praha, k. ú. Malešice, zapsáno na LV č. 460, Katastrální úřad pro hlavní město Prahu, Katastrální pracoviště Praha. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
     <t>2019-03-02</t>
   </si>
   <si>
     <t>954302157</t>
   </si>
   <si>
     <t>563000</t>
   </si>
   <si>
     <t>Kodaňská 1441/46, 10100 Praha 10, CZ</t>
   </si>
   <si>
+    <t>Nabízíme k odprodeji drobnou stavbu technického vybavení bez č.p./č.e., která je zapsána LV č. 1900 pro k.ú Kyje, Hlavní město Praha. Uvedená drobná stavba stojí na pozemku jiného vlastníka parc. č. 2665/99 . V uvedené stavbě je umístěn hlavní uzávěr plynu a navazující části odběrného plynového zařízení – domovní regulátor tlaku plynu.</t>
+  </si>
+  <si>
+    <t>2019-02-21</t>
+  </si>
+  <si>
+    <t>234065751</t>
+  </si>
+  <si>
+    <t>buchtik@cpptrangas.cz</t>
+  </si>
+  <si>
+    <t>Ing.Petr Buchtík</t>
+  </si>
+  <si>
+    <t>Kyje, Praha, okres Hlavní město Praha</t>
+  </si>
+  <si>
+    <t>5000</t>
+  </si>
+  <si>
+    <t>Nabízíme k odprodeji drobnou stavbu technického vybavení bez č.p./č.e., která je zapsána LV č. 1900 pro k.ú Kyje, Hlavní město Praha. Uvedená drobná stavba stojí na pozemku jiného vlastníka parc. č. 2665/78 . V uvedené stavbě je umístěn hlavní uzávěr plynu a navazující části odběrného plynového zařízení – domovní regulátor tlaku plynu.</t>
+  </si>
+  <si>
+    <t>buchtik@cpptransgas.cz</t>
+  </si>
+  <si>
+    <t>Nabízíme k odprodeji drobnou stavbu technického vybavení bez č.p./č.e., která je zapsána LV č. 1900 pro k.ú Kyje, Hlavní město Praha. Uvedená drobná stavba stojí na pozemku jiného vlastníka parc. č. 2665/75 . V uvedené stavbě je umístěn hlavní uzávěr plynu a navazující části odběrného plynového zařízení – domovní regulátor tlaku plynu.</t>
+  </si>
+  <si>
+    <t>234 065 751</t>
+  </si>
+  <si>
+    <t>Ing. Petr Buchtík</t>
+  </si>
+  <si>
+    <t>Nabízíme k odprodeji drobnou stavbu technického vybavení bez č.p./č.e., která je zapsána LV č. 1900 pro k.ú Kyje, Hlavní město Praha. Uvedená drobná stavba stojí na pozemku jiného vlastníka parc. č. 2665/43 . V uvedené stavbě je umístěn hlavní uzávěr plynu a navazující části odběrného plynového zařízení – domovní regulátor tlaku plynu.</t>
+  </si>
+  <si>
+    <t>2019-02-20</t>
+  </si>
+  <si>
+    <t>Nabízíme k odprodeji drobnou stavbu technického vybavení bez č.p./č.e., která je zapsána LV č. 1900 pro k.ú Kyje, Hlavní město Praha. Uvedená drobná stavba stojí na pozemku jiného vlastníka parc. č. 2665/44 . V uvedené stavbě je umístěn hlavní uzávěr plynu a navazující části odběrného plynového zařízení – domovní regulátor tlaku plynu.</t>
+  </si>
+  <si>
+    <t>Nabízíme k odprodeji drobnou stavbu technického vybavení bez č.p./č.e., která je zapsána LV č. 1900 pro k.ú Kyje, Hlavní město Praha. Uvedená drobná stavba stojí na pozemku jiného vlastníka parc. č. 2665/84 . V uvedené stavbě je umístěn hlavní uzávěr plynu a navazující části odběrného plynového zařízení – domovní regulátor tlaku plynu.</t>
+  </si>
+  <si>
+    <t>Nabízíme k odprodeji drobnou stavbu technického vybavení bez č.p./č.e., která je zapsána LV č. 1900 pro k.ú Kyje, Hlavní město Praha. Uvedená drobná stavba stojí na pozemku jiného vlastníka parc. č. 2665/102 . V uvedené stavbě je umístěn hlavní uzávěr plynu a navazující části odběrného plynového zařízení – domovní regulátor tlaku plynu.</t>
+  </si>
+  <si>
+    <t>Nabízíme k odprodeji drobnou stavbu technického vybavení bez č.p./č.e., která je zapsána LV č. 1900 pro k.ú Kyje, Hlavní město Praha. Uvedená drobná stavba stojí na pozemku jiného vlastníka parc. č. 2665/69. V uvedené stavbě je umístěn hlavní uzávěr plynu a navazující části odběrného plynového zařízení – domovní regulátor tlaku plynu.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 234065751</t>
+  </si>
+  <si>
+    <t>Nabízíme k odprodeji drobnou stavbu technického vybavení bez č.p./č.e., která je zapsána LV č. 1900 pro k.ú Kyje, Hlavní město Praha. Uvedená drobná stavba stojí na pozemku jiného vlastníka parc. č. 2665/33 . V uvedené stavbě je umístěn hlavní uzávěr plynu a navazující části odběrného plynového zařízení – domovní regulátor tlaku plynu.</t>
+  </si>
+  <si>
     <t>Nabízíme k odprodeji drobnou stavbu technického vybavení bez č.p./č.e., která je zapsána LV č. 1900 pro k.ú Kyje, Hlavní město Praha. Uvedená drobná stavba stojí na pozemku jiného vlastníka parc. č. 2665/49 . V uvedené stavbě je umístěn hlavní uzávěr plynu a navazující části odběrného plynového zařízení – domovní regulátor tlaku plynu.</t>
   </si>
   <si>
-    <t>2019-02-21</t>
-[...13 lines deleted...]
-  <si>
     <t>Nabízíme k odprodeji drobnou stavbu technického vybavení bez č.p./č.e., která je zapsána LV č. 1900 pro k.ú Kyje, Hlavní město Praha. Uvedená drobná stavba stojí na pozemku jiného vlastníka parc. č. 2665/40 . V uvedené stavbě je umístěn hlavní uzávěr plynu a navazující části odběrného plynového zařízení – domovní regulátor tlaku plynu.</t>
   </si>
   <si>
-    <t>234 065 751</t>
-[...41 lines deleted...]
-    <t>buchtik@cpptrangas.cz</t>
+    <t>Nabízíme k odprodeji drobnou stavbu technického vybavení bez č.p./č.e., která je zapsána LV č. 1900 pro k.ú Kyje, Hlavní město Praha. Uvedená drobná stavba stojí na pozemku jiného vlastníka parc. č. 2665/86 . V uvedené stavbě je umístěn hlavní uzávěr plynu a navazující části odběrného plynového zařízení – domovní regulátor tlaku plynu.</t>
   </si>
   <si>
     <t>Nabízíme k odprodeji drobnou stavbu technického vybavení bez č.p./č.e., která je zapsána LV č. 1900 pro k.ú Kyje, Hlavní město Praha. Uvedená drobná stavba stojí na pozemku jiného vlastníka parc. č. 2665/93 . V uvedené stavbě je umístěn hlavní uzávěr plynu a navazující části odběrného plynového zařízení – domovní regulátor tlaku plynu.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nabízíme k odprodeji drobnou stavbu technického vybavení bez č.p./č.e., která je zapsána LV č. 1900 pro k.ú Kyje, Hlavní město Praha. Uvedená drobná stavba stojí na pozemku jiného vlastníka parc. č. 2665/86 . V uvedené stavbě je umístěn hlavní uzávěr plynu a navazující části odběrného plynového zařízení – domovní regulátor tlaku plynu.</t>
   </si>
   <si>
     <t>Bytová jednotka č. 665/2, 2+kk o výměře 47,20 m² v 1. NP, včetně sklepní kóje „2s“ v 1.(podíl na společných částech 472/11103), vedená na KN jako byt, LV č. 7636 v k. ú. Hlubočepy se nachází v přízemí budovy č. p. 665, na KN vedeného jako bytový dům, LV č. 1164, je součástí pozemku p. č. 942/16 o výměře 266 m2, na KN jako zastavěná plocha a nádvoří, vedený na LV č. 10523, vše v k. ú. Hlubočepy, u KÚ pro hlavní město Prahu, Katastrální pracoviště Praha. Česká pošta, s. p. neodkoupila příslušný podíl pozemku, náležející k příslušné bytové jednotce (současný vlastník tohoto podílu pozemku je hlavní město Praha). Bytový dům je ve vlastnictví SVJ, v němž vlastní Česká Pošta, s. p., jednu bytovou jednotku. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
     <t>2018-12-24</t>
   </si>
   <si>
     <t>2600000</t>
   </si>
   <si>
     <t>Pozemek parc. č. 3485/4 o výměře 735 m2, zastavěná plocha a nádvoří, ze kterého vznikne dle GP č. 4521-297/2015 nový pozemek parc. č. 3485/5 o výměře 74 m2, jiná plocha, obec Praha, k. ú. Libeň, na LV č. 235, Katastrální úřad pro Hlavní město Praha Katastrální pracoviště Praha. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
     <t>2018-11-13</t>
   </si>
   <si>
     <t>580000</t>
   </si>
   <si>
     <t>Pozemek č.parc. 3008, k.ú. Michle, výměra 13798 m2, druh ostatní plocha - manipulační plocha. Lokalita "Pod Bohdalcem". Pozemek v souvislé zástavbě, s náletovými dřevinami, bez hospodářského využití.</t>
   </si>
   <si>
     <t>2018-10-10</t>
   </si>
@@ -2506,51 +2533,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ120"/>
+  <dimension ref="A1:BQ121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="50.7109375" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="50.7109375" customWidth="1"/>
     <col min="6" max="6" width="53.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="93.7109375" customWidth="1"/>
     <col min="9" max="9" width="4051.7109375" customWidth="1"/>
     <col min="10" max="10" width="13.7109375" customWidth="1"/>
     <col min="11" max="11" width="26.7109375" customWidth="1"/>
     <col min="12" max="12" width="30.7109375" customWidth="1"/>
     <col min="13" max="13" width="27.7109375" customWidth="1"/>
     <col min="14" max="14" width="53.7109375" customWidth="1"/>
     <col min="15" max="15" width="52.7109375" customWidth="1"/>
     <col min="16" max="16" width="147.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
@@ -2797,54 +2824,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>105789</v>
+        <v>106053</v>
       </c>
       <c r="B2" s="1">
-        <v>45952</v>
+        <v>46002</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
@@ -2856,6837 +2883,6896 @@
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
         <v>81</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="X2" t="s">
         <v>82</v>
       </c>
       <c r="Y2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>105719</v>
+        <v>105789</v>
       </c>
       <c r="B3" s="1">
-        <v>45943</v>
+        <v>45952</v>
       </c>
       <c r="C3" t="s">
         <v>84</v>
       </c>
       <c r="D3" t="s">
         <v>85</v>
       </c>
       <c r="H3" t="s">
         <v>86</v>
       </c>
       <c r="I3" t="s">
         <v>87</v>
       </c>
       <c r="J3" t="s">
         <v>88</v>
       </c>
       <c r="K3" t="s">
         <v>89</v>
       </c>
       <c r="L3" t="s">
         <v>90</v>
       </c>
       <c r="M3" t="s">
         <v>91</v>
       </c>
       <c r="N3" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="O3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="Q3" t="s">
         <v>80</v>
       </c>
       <c r="R3" t="s">
         <v>81</v>
       </c>
       <c r="S3" t="s">
         <v>81</v>
       </c>
       <c r="T3" t="s">
         <v>81</v>
       </c>
       <c r="X3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Y3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>105555</v>
+        <v>105719</v>
       </c>
       <c r="B4" s="1">
-        <v>45930</v>
+        <v>45943</v>
       </c>
       <c r="C4" t="s">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="D4" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="H4" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
       <c r="I4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="J4" t="s">
+        <v>101</v>
+      </c>
+      <c r="K4" t="s">
+        <v>102</v>
+      </c>
+      <c r="L4" t="s">
+        <v>103</v>
+      </c>
+      <c r="M4" t="s">
+        <v>104</v>
+      </c>
+      <c r="N4" t="s">
         <v>97</v>
       </c>
-      <c r="K4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O4" t="s">
-        <v>98</v>
+        <v>78</v>
       </c>
       <c r="P4" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
         <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="Y4" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>105418</v>
+        <v>105555</v>
       </c>
       <c r="B5" s="1">
-        <v>45911</v>
+        <v>45930</v>
       </c>
       <c r="C5" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D5" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H5" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I5" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="J5" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="K5" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="L5" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="M5" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N5" t="s">
-        <v>104</v>
+        <v>92</v>
       </c>
       <c r="O5" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="P5" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
-      <c r="U5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X5" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="Y5" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>105242</v>
+        <v>105418</v>
       </c>
       <c r="B6" s="1">
-        <v>45882</v>
+        <v>45911</v>
       </c>
       <c r="C6" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
       <c r="D6" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="H6" t="s">
-        <v>112</v>
+        <v>86</v>
       </c>
       <c r="I6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K6" t="s">
-        <v>115</v>
+        <v>89</v>
       </c>
       <c r="L6" t="s">
+        <v>90</v>
+      </c>
+      <c r="M6" t="s">
+        <v>91</v>
+      </c>
+      <c r="N6" t="s">
         <v>116</v>
       </c>
-      <c r="M6" t="s">
+      <c r="O6" t="s">
         <v>117</v>
       </c>
-      <c r="N6" t="s">
+      <c r="P6" t="s">
         <v>118</v>
       </c>
-      <c r="O6" t="s">
+      <c r="Q6" t="s">
+        <v>80</v>
+      </c>
+      <c r="R6" t="s">
+        <v>80</v>
+      </c>
+      <c r="S6" t="s">
+        <v>81</v>
+      </c>
+      <c r="T6" t="s">
+        <v>81</v>
+      </c>
+      <c r="U6" t="s">
         <v>119</v>
-      </c>
-[...10 lines deleted...]
-        <v>81</v>
       </c>
       <c r="X6" t="s">
         <v>120</v>
       </c>
       <c r="Y6" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>105087</v>
+        <v>105242</v>
       </c>
       <c r="B7" s="1">
-        <v>45849</v>
+        <v>45882</v>
       </c>
       <c r="C7" t="s">
-        <v>84</v>
+        <v>122</v>
       </c>
       <c r="D7" t="s">
-        <v>85</v>
+        <v>123</v>
       </c>
       <c r="H7" t="s">
-        <v>86</v>
+        <v>124</v>
       </c>
       <c r="I7" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="J7" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="K7" t="s">
-        <v>89</v>
+        <v>127</v>
       </c>
       <c r="L7" t="s">
-        <v>90</v>
+        <v>128</v>
       </c>
       <c r="M7" t="s">
-        <v>91</v>
+        <v>129</v>
       </c>
       <c r="N7" t="s">
-        <v>84</v>
+        <v>130</v>
       </c>
       <c r="O7" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="Q7" t="s">
         <v>80</v>
       </c>
       <c r="R7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
       <c r="X7" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="Y7" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>105013</v>
+        <v>105087</v>
       </c>
       <c r="B8" s="1">
-        <v>45834</v>
+        <v>45849</v>
       </c>
       <c r="C8" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="D8" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="H8" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="I8" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="J8" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="K8" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="L8" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="M8" t="s">
-        <v>130</v>
+        <v>104</v>
       </c>
       <c r="N8" t="s">
-        <v>131</v>
+        <v>97</v>
       </c>
       <c r="O8" t="s">
-        <v>132</v>
+        <v>136</v>
+      </c>
+      <c r="P8" t="s">
+        <v>137</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
       <c r="X8" t="s">
-        <v>120</v>
+        <v>138</v>
       </c>
       <c r="Y8" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>104969</v>
+        <v>105013</v>
       </c>
       <c r="B9" s="1">
-        <v>45828</v>
+        <v>45834</v>
       </c>
       <c r="C9" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="D9" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="H9" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="I9" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="J9" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="K9" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="L9" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="M9" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N9" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="O9" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="Q9" t="s">
         <v>80</v>
       </c>
       <c r="R9" t="s">
         <v>81</v>
       </c>
       <c r="S9" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T9" t="s">
         <v>81</v>
       </c>
       <c r="X9" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="Y9" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>104693</v>
+        <v>104969</v>
       </c>
       <c r="B10" s="1">
-        <v>45775</v>
+        <v>45828</v>
       </c>
       <c r="C10" t="s">
         <v>69</v>
       </c>
       <c r="D10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
-        <v>71</v>
+        <v>146</v>
       </c>
       <c r="I10" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J10" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="K10" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="L10" t="s">
-        <v>75</v>
+        <v>150</v>
       </c>
       <c r="M10" t="s">
-        <v>76</v>
+        <v>151</v>
       </c>
       <c r="N10" t="s">
-        <v>104</v>
+        <v>69</v>
       </c>
       <c r="O10" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="P10" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="Q10" t="s">
         <v>80</v>
       </c>
       <c r="R10" t="s">
         <v>81</v>
       </c>
       <c r="S10" t="s">
         <v>81</v>
       </c>
       <c r="T10" t="s">
         <v>81</v>
       </c>
       <c r="X10" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="Y10" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>103788</v>
+        <v>104693</v>
       </c>
       <c r="B11" s="1">
-        <v>45700</v>
+        <v>45775</v>
       </c>
       <c r="C11" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D11" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H11" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I11" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="J11" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="K11" t="s">
-        <v>74</v>
+        <v>158</v>
       </c>
       <c r="L11" t="s">
-        <v>155</v>
+        <v>90</v>
       </c>
       <c r="M11" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N11" t="s">
-        <v>77</v>
+        <v>116</v>
       </c>
       <c r="O11" t="s">
-        <v>105</v>
+        <v>159</v>
       </c>
       <c r="P11" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="Q11" t="s">
         <v>80</v>
       </c>
       <c r="R11" t="s">
         <v>81</v>
       </c>
       <c r="S11" t="s">
         <v>81</v>
       </c>
       <c r="T11" t="s">
         <v>81</v>
       </c>
       <c r="X11" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="Y11" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>103037</v>
+        <v>103788</v>
       </c>
       <c r="B12" s="1">
-        <v>45642</v>
+        <v>45700</v>
       </c>
       <c r="C12" t="s">
-        <v>134</v>
+        <v>84</v>
       </c>
       <c r="D12" t="s">
-        <v>135</v>
+        <v>85</v>
       </c>
       <c r="H12" t="s">
-        <v>136</v>
+        <v>86</v>
       </c>
       <c r="I12" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="J12" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="K12" t="s">
-        <v>161</v>
+        <v>89</v>
       </c>
       <c r="L12" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="M12" t="s">
-        <v>163</v>
+        <v>91</v>
       </c>
       <c r="N12" t="s">
-        <v>134</v>
+        <v>92</v>
       </c>
       <c r="O12" t="s">
-        <v>164</v>
+        <v>117</v>
+      </c>
+      <c r="P12" t="s">
+        <v>166</v>
       </c>
       <c r="Q12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="R12" t="s">
         <v>81</v>
       </c>
       <c r="S12" t="s">
         <v>81</v>
       </c>
       <c r="T12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X12" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="Y12" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>102978</v>
+        <v>103037</v>
       </c>
       <c r="B13" s="1">
-        <v>45621</v>
+        <v>45642</v>
       </c>
       <c r="C13" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="D13" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>167</v>
+        <v>146</v>
       </c>
       <c r="I13" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J13" t="s">
-        <v>169</v>
+        <v>170</v>
+      </c>
+      <c r="K13" t="s">
+        <v>171</v>
       </c>
       <c r="L13" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="M13" t="s">
-        <v>171</v>
+        <v>76</v>
       </c>
       <c r="N13" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="O13" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="P13" t="s">
         <v>173</v>
       </c>
       <c r="Q13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R13" t="s">
         <v>81</v>
       </c>
       <c r="S13" t="s">
         <v>81</v>
       </c>
       <c r="T13" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X13" t="s">
         <v>174</v>
       </c>
       <c r="Y13" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>102874</v>
+        <v>102978</v>
       </c>
       <c r="B14" s="1">
-        <v>45600</v>
+        <v>45621</v>
       </c>
       <c r="C14" t="s">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="D14" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="H14" t="s">
-        <v>71</v>
+        <v>176</v>
       </c>
       <c r="I14" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J14" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>178</v>
       </c>
       <c r="L14" t="s">
-        <v>155</v>
+        <v>179</v>
       </c>
       <c r="M14" t="s">
-        <v>76</v>
+        <v>180</v>
       </c>
       <c r="N14" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="O14" t="s">
-        <v>132</v>
+        <v>181</v>
       </c>
       <c r="P14" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="Q14" t="s">
         <v>80</v>
       </c>
       <c r="R14" t="s">
         <v>81</v>
       </c>
       <c r="S14" t="s">
         <v>81</v>
       </c>
       <c r="T14" t="s">
         <v>81</v>
       </c>
       <c r="X14" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="Y14" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>102645</v>
+        <v>102874</v>
       </c>
       <c r="B15" s="1">
-        <v>45562</v>
+        <v>45600</v>
       </c>
       <c r="C15" t="s">
         <v>84</v>
       </c>
       <c r="D15" t="s">
         <v>85</v>
       </c>
       <c r="H15" t="s">
         <v>86</v>
       </c>
       <c r="I15" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="J15" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="K15" t="s">
         <v>89</v>
       </c>
       <c r="L15" t="s">
-        <v>90</v>
+        <v>165</v>
       </c>
       <c r="M15" t="s">
         <v>91</v>
       </c>
       <c r="N15" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="O15" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="P15" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="Q15" t="s">
         <v>80</v>
       </c>
       <c r="R15" t="s">
         <v>81</v>
       </c>
       <c r="S15" t="s">
         <v>81</v>
       </c>
       <c r="T15" t="s">
         <v>81</v>
       </c>
       <c r="X15" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="Y15" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
-        <v>102602</v>
+        <v>102645</v>
       </c>
       <c r="B16" s="1">
-        <v>45553</v>
+        <v>45562</v>
       </c>
       <c r="C16" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="D16" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="H16" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="I16" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="J16" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="K16" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="L16" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="M16" t="s">
-        <v>189</v>
+        <v>104</v>
       </c>
       <c r="N16" t="s">
-        <v>131</v>
+        <v>97</v>
       </c>
       <c r="O16" t="s">
-        <v>190</v>
+        <v>192</v>
+      </c>
+      <c r="P16" t="s">
+        <v>193</v>
       </c>
       <c r="Q16" t="s">
         <v>80</v>
       </c>
       <c r="R16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S16" t="s">
         <v>81</v>
       </c>
       <c r="T16" t="s">
         <v>81</v>
       </c>
       <c r="X16" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="Y16" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17">
-        <v>102483</v>
+        <v>102602</v>
       </c>
       <c r="B17" s="1">
-        <v>45530</v>
+        <v>45553</v>
       </c>
       <c r="C17" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="D17" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="H17" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
       <c r="I17" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="J17" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="K17" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="L17" t="s">
-        <v>116</v>
+        <v>128</v>
       </c>
       <c r="M17" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="N17" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="O17" t="s">
-        <v>149</v>
+        <v>199</v>
       </c>
       <c r="Q17" t="s">
         <v>80</v>
       </c>
       <c r="R17" t="s">
         <v>80</v>
       </c>
       <c r="S17" t="s">
         <v>81</v>
       </c>
       <c r="T17" t="s">
         <v>81</v>
       </c>
       <c r="X17" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="Y17" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18">
-        <v>102376</v>
+        <v>102483</v>
       </c>
       <c r="B18" s="1">
-        <v>45517</v>
+        <v>45530</v>
       </c>
       <c r="C18" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="D18" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="H18" t="s">
-        <v>71</v>
+        <v>124</v>
       </c>
       <c r="I18" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="J18" t="s">
+        <v>203</v>
+      </c>
+      <c r="K18" t="s">
+        <v>127</v>
+      </c>
+      <c r="L18" t="s">
+        <v>128</v>
+      </c>
+      <c r="M18" t="s">
         <v>198</v>
       </c>
-      <c r="K18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N18" t="s">
-        <v>77</v>
+        <v>143</v>
       </c>
       <c r="O18" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>159</v>
       </c>
       <c r="Q18" t="s">
         <v>80</v>
       </c>
       <c r="R18" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S18" t="s">
         <v>81</v>
       </c>
       <c r="T18" t="s">
         <v>81</v>
       </c>
       <c r="X18" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="Y18" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19">
-        <v>102374</v>
+        <v>102376</v>
       </c>
       <c r="B19" s="1">
-        <v>45516</v>
+        <v>45517</v>
       </c>
       <c r="C19" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D19" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H19" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I19" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="J19" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="K19" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="L19" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="M19" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N19" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="O19" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="P19" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="Q19" t="s">
         <v>80</v>
       </c>
       <c r="R19" t="s">
         <v>81</v>
       </c>
       <c r="S19" t="s">
         <v>81</v>
       </c>
       <c r="T19" t="s">
         <v>81</v>
       </c>
       <c r="X19" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="Y19" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20">
-        <v>102354</v>
+        <v>102374</v>
       </c>
       <c r="B20" s="1">
-        <v>45510</v>
+        <v>45516</v>
       </c>
       <c r="C20" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
       <c r="D20" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="H20" t="s">
-        <v>112</v>
+        <v>86</v>
       </c>
       <c r="I20" t="s">
+        <v>212</v>
+      </c>
+      <c r="J20" t="s">
+        <v>213</v>
+      </c>
+      <c r="K20" t="s">
+        <v>89</v>
+      </c>
+      <c r="L20" t="s">
+        <v>165</v>
+      </c>
+      <c r="M20" t="s">
+        <v>91</v>
+      </c>
+      <c r="N20" t="s">
+        <v>92</v>
+      </c>
+      <c r="O20" t="s">
         <v>208</v>
       </c>
-      <c r="J20" t="s">
-[...15 lines deleted...]
-        <v>211</v>
+      <c r="P20" t="s">
+        <v>214</v>
       </c>
       <c r="Q20" t="s">
         <v>80</v>
       </c>
       <c r="R20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S20" t="s">
         <v>81</v>
       </c>
       <c r="T20" t="s">
         <v>81</v>
       </c>
       <c r="X20" t="s">
-        <v>195</v>
+        <v>215</v>
       </c>
       <c r="Y20" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21">
-        <v>102347</v>
+        <v>102354</v>
       </c>
       <c r="B21" s="1">
-        <v>45506</v>
+        <v>45510</v>
       </c>
       <c r="C21" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="D21" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="H21" t="s">
-        <v>71</v>
+        <v>124</v>
       </c>
       <c r="I21" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="J21" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="K21" t="s">
-        <v>74</v>
+        <v>127</v>
       </c>
       <c r="L21" t="s">
-        <v>155</v>
+        <v>128</v>
       </c>
       <c r="M21" t="s">
-        <v>76</v>
+        <v>219</v>
       </c>
       <c r="N21" t="s">
-        <v>77</v>
+        <v>143</v>
       </c>
       <c r="O21" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="Q21" t="s">
         <v>80</v>
       </c>
       <c r="R21" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S21" t="s">
         <v>81</v>
       </c>
       <c r="T21" t="s">
         <v>81</v>
       </c>
       <c r="X21" t="s">
-        <v>217</v>
+        <v>204</v>
       </c>
       <c r="Y21" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22">
-        <v>102348</v>
+        <v>102347</v>
       </c>
       <c r="B22" s="1">
         <v>45506</v>
       </c>
       <c r="C22" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D22" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H22" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I22" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="J22" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="K22" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="L22" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="M22" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N22" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="O22" t="s">
-        <v>164</v>
+        <v>224</v>
       </c>
       <c r="P22" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="Q22" t="s">
         <v>80</v>
       </c>
       <c r="R22" t="s">
         <v>81</v>
       </c>
       <c r="S22" t="s">
         <v>81</v>
       </c>
       <c r="T22" t="s">
         <v>81</v>
       </c>
       <c r="X22" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="Y22" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23">
         <v>102349</v>
       </c>
       <c r="B23" s="1">
         <v>45506</v>
       </c>
       <c r="C23" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D23" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H23" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I23" t="s">
+        <v>228</v>
+      </c>
+      <c r="J23" t="s">
         <v>223</v>
       </c>
-      <c r="J23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K23" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="L23" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="M23" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N23" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="O23" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="P23" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="Q23" t="s">
         <v>80</v>
       </c>
       <c r="R23" t="s">
         <v>81</v>
       </c>
       <c r="S23" t="s">
         <v>81</v>
       </c>
       <c r="T23" t="s">
         <v>81</v>
       </c>
       <c r="X23" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="Y23" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24">
-        <v>102198</v>
+        <v>102348</v>
       </c>
       <c r="B24" s="1">
-        <v>45482</v>
+        <v>45506</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H24" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I24" t="s">
-        <v>213</v>
+        <v>230</v>
       </c>
       <c r="J24" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="K24" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="L24" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="M24" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N24" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="O24" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="P24" t="s">
-        <v>220</v>
+        <v>231</v>
       </c>
       <c r="Q24" t="s">
         <v>80</v>
       </c>
       <c r="R24" t="s">
         <v>81</v>
       </c>
       <c r="S24" t="s">
         <v>81</v>
       </c>
       <c r="T24" t="s">
         <v>81</v>
       </c>
       <c r="X24" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="Y24" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25">
-        <v>102184</v>
+        <v>102198</v>
       </c>
       <c r="B25" s="1">
-        <v>45477</v>
+        <v>45482</v>
       </c>
       <c r="C25" t="s">
-        <v>227</v>
+        <v>84</v>
       </c>
       <c r="D25" t="s">
-        <v>228</v>
-[...8 lines deleted...]
-        <v>231</v>
+        <v>85</v>
       </c>
       <c r="H25" t="s">
-        <v>232</v>
+        <v>86</v>
       </c>
       <c r="I25" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
       <c r="J25" t="s">
         <v>234</v>
       </c>
       <c r="K25" t="s">
+        <v>89</v>
+      </c>
+      <c r="L25" t="s">
+        <v>165</v>
+      </c>
+      <c r="M25" t="s">
+        <v>91</v>
+      </c>
+      <c r="N25" t="s">
+        <v>92</v>
+      </c>
+      <c r="O25" t="s">
+        <v>173</v>
+      </c>
+      <c r="P25" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>80</v>
+      </c>
+      <c r="R25" t="s">
+        <v>81</v>
+      </c>
+      <c r="S25" t="s">
+        <v>81</v>
+      </c>
+      <c r="T25" t="s">
+        <v>81</v>
+      </c>
+      <c r="X25" t="s">
         <v>235</v>
       </c>
-      <c r="L25" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="Y25" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26">
-        <v>102121</v>
+        <v>102184</v>
       </c>
       <c r="B26" s="1">
-        <v>45464</v>
+        <v>45477</v>
       </c>
       <c r="C26" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D26" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E26" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="F26" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="G26" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="H26" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="I26" t="s">
         <v>242</v>
       </c>
       <c r="J26" t="s">
         <v>243</v>
       </c>
       <c r="K26" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="L26" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="M26" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="O26" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="P26" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="Q26" t="s">
         <v>80</v>
       </c>
       <c r="R26" t="s">
         <v>81</v>
       </c>
       <c r="S26" t="s">
         <v>81</v>
       </c>
       <c r="T26" t="s">
         <v>81</v>
       </c>
       <c r="X26" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="Y26" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27">
-        <v>101985</v>
+        <v>102121</v>
       </c>
       <c r="B27" s="1">
-        <v>45442</v>
+        <v>45464</v>
       </c>
       <c r="C27" t="s">
-        <v>69</v>
+        <v>236</v>
       </c>
       <c r="D27" t="s">
-        <v>70</v>
+        <v>237</v>
+      </c>
+      <c r="E27" t="s">
+        <v>238</v>
+      </c>
+      <c r="F27" t="s">
+        <v>239</v>
+      </c>
+      <c r="G27" t="s">
+        <v>240</v>
       </c>
       <c r="H27" t="s">
-        <v>71</v>
+        <v>241</v>
       </c>
       <c r="I27" t="s">
-        <v>213</v>
+        <v>251</v>
       </c>
       <c r="J27" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="K27" t="s">
-        <v>74</v>
+        <v>244</v>
       </c>
       <c r="L27" t="s">
-        <v>155</v>
+        <v>245</v>
       </c>
       <c r="M27" t="s">
-        <v>76</v>
+        <v>246</v>
       </c>
       <c r="N27" t="s">
-        <v>77</v>
+        <v>253</v>
       </c>
       <c r="O27" t="s">
-        <v>105</v>
+        <v>254</v>
       </c>
       <c r="P27" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="Q27" t="s">
         <v>80</v>
       </c>
       <c r="R27" t="s">
         <v>81</v>
       </c>
       <c r="S27" t="s">
         <v>81</v>
       </c>
       <c r="T27" t="s">
         <v>81</v>
       </c>
       <c r="X27" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="Y27" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28">
-        <v>101976</v>
+        <v>101985</v>
       </c>
       <c r="B28" s="1">
-        <v>45441</v>
+        <v>45442</v>
       </c>
       <c r="C28" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D28" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H28" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I28" t="s">
-        <v>253</v>
+        <v>222</v>
       </c>
       <c r="J28" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="K28" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="L28" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="M28" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N28" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="O28" t="s">
-        <v>255</v>
+        <v>117</v>
       </c>
       <c r="P28" t="s">
-        <v>216</v>
+        <v>259</v>
       </c>
       <c r="Q28" t="s">
         <v>80</v>
       </c>
       <c r="R28" t="s">
         <v>81</v>
       </c>
       <c r="S28" t="s">
         <v>81</v>
       </c>
       <c r="T28" t="s">
         <v>81</v>
       </c>
       <c r="X28" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="Y28" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29">
-        <v>101820</v>
+        <v>101976</v>
       </c>
       <c r="B29" s="1">
-        <v>45421</v>
+        <v>45441</v>
       </c>
       <c r="C29" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D29" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H29" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I29" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="J29" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="K29" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="L29" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="M29" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N29" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="O29" t="s">
-        <v>215</v>
+        <v>264</v>
       </c>
       <c r="P29" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="Q29" t="s">
         <v>80</v>
       </c>
       <c r="R29" t="s">
         <v>81</v>
       </c>
       <c r="S29" t="s">
         <v>81</v>
       </c>
       <c r="T29" t="s">
         <v>81</v>
       </c>
       <c r="X29" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="Y29" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30">
-        <v>101812</v>
+        <v>101820</v>
       </c>
       <c r="B30" s="1">
-        <v>45419</v>
+        <v>45421</v>
       </c>
       <c r="C30" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D30" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H30" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I30" t="s">
-        <v>253</v>
+        <v>267</v>
       </c>
       <c r="J30" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="K30" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="L30" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="M30" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N30" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="O30" t="s">
-        <v>255</v>
+        <v>224</v>
       </c>
       <c r="P30" t="s">
-        <v>263</v>
+        <v>225</v>
       </c>
       <c r="Q30" t="s">
         <v>80</v>
       </c>
       <c r="R30" t="s">
         <v>81</v>
       </c>
       <c r="S30" t="s">
         <v>81</v>
       </c>
       <c r="T30" t="s">
         <v>81</v>
       </c>
       <c r="X30" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="Y30" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31">
-        <v>101783</v>
+        <v>101812</v>
       </c>
       <c r="B31" s="1">
-        <v>45412</v>
+        <v>45419</v>
       </c>
       <c r="C31" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D31" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H31" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I31" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="J31" t="s">
+        <v>271</v>
+      </c>
+      <c r="K31" t="s">
+        <v>89</v>
+      </c>
+      <c r="L31" t="s">
+        <v>165</v>
+      </c>
+      <c r="M31" t="s">
+        <v>91</v>
+      </c>
+      <c r="N31" t="s">
+        <v>92</v>
+      </c>
+      <c r="O31" t="s">
+        <v>264</v>
+      </c>
+      <c r="P31" t="s">
+        <v>272</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>80</v>
+      </c>
+      <c r="R31" t="s">
+        <v>81</v>
+      </c>
+      <c r="S31" t="s">
+        <v>81</v>
+      </c>
+      <c r="T31" t="s">
+        <v>81</v>
+      </c>
+      <c r="X31" t="s">
+        <v>273</v>
+      </c>
+      <c r="Y31" t="s">
         <v>266</v>
-      </c>
-[...34 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32">
-        <v>101746</v>
+        <v>101783</v>
       </c>
       <c r="B32" s="1">
-        <v>45408</v>
+        <v>45412</v>
       </c>
       <c r="C32" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
       <c r="D32" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="H32" t="s">
-        <v>112</v>
+        <v>86</v>
       </c>
       <c r="I32" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="J32" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="K32" t="s">
-        <v>115</v>
+        <v>89</v>
       </c>
       <c r="L32" t="s">
-        <v>116</v>
+        <v>165</v>
       </c>
       <c r="M32" t="s">
-        <v>273</v>
+        <v>91</v>
       </c>
       <c r="N32" t="s">
-        <v>131</v>
+        <v>92</v>
       </c>
       <c r="O32" t="s">
-        <v>274</v>
+        <v>276</v>
+      </c>
+      <c r="P32" t="s">
+        <v>277</v>
       </c>
       <c r="Q32" t="s">
         <v>80</v>
       </c>
       <c r="R32" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S32" t="s">
         <v>81</v>
       </c>
       <c r="T32" t="s">
         <v>81</v>
       </c>
       <c r="X32" t="s">
-        <v>195</v>
+        <v>278</v>
       </c>
       <c r="Y32" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33">
-        <v>101748</v>
+        <v>101749</v>
       </c>
       <c r="B33" s="1">
         <v>45408</v>
       </c>
       <c r="C33" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="D33" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="H33" t="s">
-        <v>71</v>
+        <v>124</v>
       </c>
       <c r="I33" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="J33" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="K33" t="s">
-        <v>74</v>
+        <v>127</v>
       </c>
       <c r="L33" t="s">
-        <v>155</v>
+        <v>128</v>
       </c>
       <c r="M33" t="s">
-        <v>76</v>
+        <v>198</v>
       </c>
       <c r="N33" t="s">
-        <v>77</v>
+        <v>143</v>
       </c>
       <c r="O33" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>199</v>
       </c>
       <c r="Q33" t="s">
         <v>80</v>
       </c>
       <c r="R33" t="s">
         <v>81</v>
       </c>
       <c r="S33" t="s">
         <v>81</v>
       </c>
       <c r="T33" t="s">
         <v>81</v>
       </c>
       <c r="X33" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="Y33" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34">
-        <v>101749</v>
+        <v>101748</v>
       </c>
       <c r="B34" s="1">
         <v>45408</v>
       </c>
       <c r="C34" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
       <c r="D34" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="H34" t="s">
-        <v>112</v>
+        <v>86</v>
       </c>
       <c r="I34" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="J34" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="K34" t="s">
-        <v>115</v>
+        <v>89</v>
       </c>
       <c r="L34" t="s">
-        <v>116</v>
+        <v>165</v>
       </c>
       <c r="M34" t="s">
-        <v>189</v>
+        <v>91</v>
       </c>
       <c r="N34" t="s">
-        <v>131</v>
+        <v>92</v>
       </c>
       <c r="O34" t="s">
-        <v>190</v>
+        <v>224</v>
+      </c>
+      <c r="P34" t="s">
+        <v>285</v>
       </c>
       <c r="Q34" t="s">
         <v>80</v>
       </c>
       <c r="R34" t="s">
         <v>81</v>
       </c>
       <c r="S34" t="s">
         <v>81</v>
       </c>
       <c r="T34" t="s">
         <v>81</v>
       </c>
       <c r="X34" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="Y34" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35">
-        <v>101679</v>
+        <v>101746</v>
       </c>
       <c r="B35" s="1">
-        <v>45400</v>
+        <v>45408</v>
       </c>
       <c r="C35" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="D35" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="H35" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="I35" t="s">
-        <v>137</v>
+        <v>288</v>
       </c>
       <c r="J35" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="K35" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="L35" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="M35" t="s">
-        <v>141</v>
+        <v>289</v>
       </c>
       <c r="N35" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="O35" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>290</v>
       </c>
       <c r="Q35" t="s">
         <v>80</v>
       </c>
       <c r="R35" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S35" t="s">
         <v>81</v>
       </c>
       <c r="T35" t="s">
         <v>81</v>
       </c>
       <c r="X35" t="s">
-        <v>284</v>
+        <v>204</v>
       </c>
       <c r="Y35" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36">
-        <v>101602</v>
+        <v>101679</v>
       </c>
       <c r="B36" s="1">
-        <v>45385</v>
+        <v>45400</v>
       </c>
       <c r="C36" t="s">
-        <v>134</v>
+        <v>69</v>
       </c>
       <c r="D36" t="s">
-        <v>135</v>
+        <v>70</v>
       </c>
       <c r="H36" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="I36" t="s">
-        <v>286</v>
+        <v>147</v>
       </c>
       <c r="J36" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="K36" t="s">
-        <v>288</v>
+        <v>149</v>
       </c>
       <c r="L36" t="s">
-        <v>289</v>
+        <v>150</v>
       </c>
       <c r="M36" t="s">
-        <v>290</v>
+        <v>151</v>
+      </c>
+      <c r="N36" t="s">
+        <v>69</v>
       </c>
       <c r="O36" t="s">
-        <v>291</v>
+        <v>152</v>
       </c>
       <c r="P36" t="s">
-        <v>292</v>
+        <v>153</v>
       </c>
       <c r="Q36" t="s">
         <v>80</v>
       </c>
       <c r="R36" t="s">
         <v>81</v>
       </c>
       <c r="S36" t="s">
         <v>81</v>
       </c>
       <c r="T36" t="s">
         <v>81</v>
       </c>
       <c r="X36" t="s">
         <v>293</v>
       </c>
       <c r="Y36" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="37" spans="1:25">
       <c r="A37">
-        <v>101553</v>
+        <v>101602</v>
       </c>
       <c r="B37" s="1">
-        <v>45372</v>
+        <v>45385</v>
       </c>
       <c r="C37" t="s">
         <v>69</v>
       </c>
       <c r="D37" t="s">
         <v>70</v>
       </c>
       <c r="H37" t="s">
-        <v>71</v>
+        <v>146</v>
       </c>
       <c r="I37" t="s">
         <v>295</v>
       </c>
       <c r="J37" t="s">
         <v>296</v>
       </c>
       <c r="K37" t="s">
         <v>297</v>
       </c>
       <c r="L37" t="s">
-        <v>155</v>
+        <v>298</v>
       </c>
       <c r="M37" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="O37" t="s">
-        <v>299</v>
+        <v>300</v>
+      </c>
+      <c r="P37" t="s">
+        <v>301</v>
       </c>
       <c r="Q37" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="R37" t="s">
         <v>81</v>
       </c>
       <c r="S37" t="s">
         <v>81</v>
       </c>
       <c r="T37" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X37" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="Y37" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="38" spans="1:25">
       <c r="A38">
-        <v>101530</v>
+        <v>101553</v>
       </c>
       <c r="B38" s="1">
-        <v>45370</v>
+        <v>45372</v>
       </c>
       <c r="C38" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D38" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H38" t="s">
-        <v>302</v>
+        <v>86</v>
       </c>
       <c r="I38" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="J38" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K38" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="L38" t="s">
-        <v>306</v>
+        <v>165</v>
       </c>
       <c r="M38" t="s">
+        <v>91</v>
+      </c>
+      <c r="N38" t="s">
         <v>307</v>
       </c>
-      <c r="N38" t="s">
+      <c r="O38" t="s">
         <v>308</v>
       </c>
-      <c r="O38" t="s">
-[...2 lines deleted...]
-      <c r="P38" t="s">
+      <c r="Q38" t="s">
+        <v>81</v>
+      </c>
+      <c r="R38" t="s">
+        <v>81</v>
+      </c>
+      <c r="S38" t="s">
+        <v>81</v>
+      </c>
+      <c r="T38" t="s">
+        <v>80</v>
+      </c>
+      <c r="X38" t="s">
         <v>309</v>
       </c>
-      <c r="Q38" t="s">
-[...11 lines deleted...]
-      <c r="X38" t="s">
+      <c r="Y38" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39">
-        <v>101498</v>
+        <v>101530</v>
       </c>
       <c r="B39" s="1">
-        <v>45364</v>
+        <v>45370</v>
       </c>
       <c r="C39" t="s">
-        <v>134</v>
+        <v>84</v>
       </c>
       <c r="D39" t="s">
-        <v>135</v>
+        <v>85</v>
       </c>
       <c r="H39" t="s">
-        <v>136</v>
+        <v>311</v>
       </c>
       <c r="I39" t="s">
         <v>312</v>
       </c>
       <c r="J39" t="s">
         <v>313</v>
       </c>
       <c r="K39" t="s">
-        <v>139</v>
+        <v>314</v>
       </c>
       <c r="L39" t="s">
-        <v>140</v>
+        <v>315</v>
       </c>
       <c r="M39" t="s">
-        <v>141</v>
+        <v>316</v>
       </c>
       <c r="N39" t="s">
-        <v>134</v>
+        <v>317</v>
       </c>
       <c r="O39" t="s">
-        <v>199</v>
+        <v>110</v>
       </c>
       <c r="P39" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="Q39" t="s">
         <v>80</v>
       </c>
       <c r="R39" t="s">
         <v>81</v>
       </c>
       <c r="S39" t="s">
         <v>81</v>
       </c>
       <c r="T39" t="s">
         <v>81</v>
       </c>
       <c r="X39" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="Y39" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:25">
       <c r="A40">
-        <v>101467</v>
+        <v>101498</v>
       </c>
       <c r="B40" s="1">
-        <v>45358</v>
+        <v>45364</v>
       </c>
       <c r="C40" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="D40" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="H40" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="I40" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="J40" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="K40" t="s">
-        <v>319</v>
+        <v>149</v>
       </c>
       <c r="L40" t="s">
-        <v>320</v>
+        <v>150</v>
       </c>
       <c r="M40" t="s">
-        <v>321</v>
+        <v>151</v>
       </c>
       <c r="N40" t="s">
-        <v>322</v>
+        <v>69</v>
       </c>
       <c r="O40" t="s">
+        <v>208</v>
+      </c>
+      <c r="P40" t="s">
         <v>323</v>
       </c>
-      <c r="P40" t="s">
+      <c r="Q40" t="s">
+        <v>80</v>
+      </c>
+      <c r="R40" t="s">
+        <v>81</v>
+      </c>
+      <c r="S40" t="s">
+        <v>81</v>
+      </c>
+      <c r="T40" t="s">
+        <v>81</v>
+      </c>
+      <c r="X40" t="s">
         <v>324</v>
       </c>
-      <c r="Q40" t="s">
-[...11 lines deleted...]
-      <c r="X40" t="s">
+      <c r="Y40" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="41" spans="1:25">
       <c r="A41">
-        <v>101468</v>
+        <v>101467</v>
       </c>
       <c r="B41" s="1">
         <v>45358</v>
       </c>
       <c r="C41" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="D41" t="s">
-        <v>85</v>
+        <v>98</v>
       </c>
       <c r="H41" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="I41" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="J41" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="K41" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="L41" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="M41" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
       <c r="N41" t="s">
-        <v>322</v>
+        <v>331</v>
       </c>
       <c r="O41" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
       <c r="P41" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="Q41" t="s">
         <v>80</v>
       </c>
       <c r="R41" t="s">
         <v>81</v>
       </c>
       <c r="S41" t="s">
         <v>81</v>
       </c>
       <c r="T41" t="s">
         <v>81</v>
       </c>
       <c r="X41" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="Y41" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
     </row>
     <row r="42" spans="1:25">
       <c r="A42">
-        <v>100910</v>
+        <v>101468</v>
       </c>
       <c r="B42" s="1">
-        <v>45328</v>
+        <v>45358</v>
       </c>
       <c r="C42" t="s">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="D42" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="H42" t="s">
-        <v>71</v>
+        <v>146</v>
       </c>
       <c r="I42" t="s">
+        <v>326</v>
+      </c>
+      <c r="J42" t="s">
+        <v>327</v>
+      </c>
+      <c r="K42" t="s">
+        <v>328</v>
+      </c>
+      <c r="L42" t="s">
+        <v>329</v>
+      </c>
+      <c r="M42" t="s">
         <v>330</v>
       </c>
-      <c r="J42" t="s">
+      <c r="N42" t="s">
         <v>331</v>
-      </c>
-[...10 lines deleted...]
-        <v>298</v>
       </c>
       <c r="O42" t="s">
         <v>332</v>
       </c>
       <c r="P42" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="Q42" t="s">
         <v>80</v>
       </c>
       <c r="R42" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S42" t="s">
         <v>81</v>
       </c>
       <c r="T42" t="s">
         <v>81</v>
       </c>
-      <c r="U42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="X42" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="Y42" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="43" spans="1:25">
       <c r="A43">
-        <v>100628</v>
+        <v>100910</v>
       </c>
       <c r="B43" s="1">
-        <v>45307</v>
+        <v>45328</v>
       </c>
       <c r="C43" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D43" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H43" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I43" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="J43" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="K43" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="L43" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="M43" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N43" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="O43" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="P43" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="Q43" t="s">
         <v>80</v>
       </c>
       <c r="R43" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S43" t="s">
         <v>81</v>
       </c>
       <c r="T43" t="s">
         <v>81</v>
       </c>
+      <c r="U43" t="s">
+        <v>343</v>
+      </c>
+      <c r="V43" t="s">
+        <v>344</v>
+      </c>
       <c r="X43" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="Y43" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
     </row>
     <row r="44" spans="1:25">
       <c r="A44">
-        <v>100604</v>
+        <v>100628</v>
       </c>
       <c r="B44" s="1">
-        <v>45306</v>
+        <v>45307</v>
       </c>
       <c r="C44" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D44" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H44" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I44" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="J44" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="K44" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="L44" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="M44" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N44" t="s">
-        <v>345</v>
+        <v>307</v>
       </c>
       <c r="O44" t="s">
-        <v>164</v>
+        <v>349</v>
       </c>
       <c r="P44" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="Q44" t="s">
         <v>80</v>
       </c>
       <c r="R44" t="s">
         <v>81</v>
       </c>
       <c r="S44" t="s">
         <v>81</v>
       </c>
       <c r="T44" t="s">
         <v>81</v>
       </c>
       <c r="X44" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="Y44" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="45" spans="1:25">
       <c r="A45">
-        <v>100446</v>
+        <v>100604</v>
       </c>
       <c r="B45" s="1">
-        <v>45293</v>
+        <v>45306</v>
       </c>
       <c r="C45" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D45" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H45" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I45" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="J45" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="K45" t="s">
-        <v>74</v>
+        <v>306</v>
       </c>
       <c r="L45" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="M45" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N45" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="O45" t="s">
-        <v>92</v>
+        <v>173</v>
+      </c>
+      <c r="P45" t="s">
+        <v>355</v>
       </c>
       <c r="Q45" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="R45" t="s">
         <v>81</v>
       </c>
       <c r="S45" t="s">
         <v>81</v>
       </c>
       <c r="T45" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X45" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="Y45" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
     </row>
     <row r="46" spans="1:25">
       <c r="A46">
-        <v>99912</v>
+        <v>100446</v>
       </c>
       <c r="B46" s="1">
-        <v>45218</v>
+        <v>45293</v>
       </c>
       <c r="C46" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D46" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H46" t="s">
-        <v>302</v>
+        <v>86</v>
       </c>
       <c r="I46" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="J46" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="K46" t="s">
-        <v>305</v>
+        <v>89</v>
       </c>
       <c r="L46" t="s">
-        <v>306</v>
+        <v>165</v>
       </c>
       <c r="M46" t="s">
-        <v>307</v>
+        <v>91</v>
       </c>
       <c r="N46" t="s">
-        <v>308</v>
+        <v>360</v>
       </c>
       <c r="O46" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>355</v>
+        <v>78</v>
       </c>
       <c r="Q46" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R46" t="s">
         <v>81</v>
       </c>
       <c r="S46" t="s">
         <v>81</v>
       </c>
       <c r="T46" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X46" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="Y46" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
     </row>
     <row r="47" spans="1:25">
       <c r="A47">
-        <v>99783</v>
+        <v>99912</v>
       </c>
       <c r="B47" s="1">
-        <v>45203</v>
+        <v>45218</v>
       </c>
       <c r="C47" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
       <c r="D47" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="H47" t="s">
-        <v>112</v>
+        <v>311</v>
       </c>
       <c r="I47" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="J47" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="K47" t="s">
-        <v>115</v>
+        <v>314</v>
       </c>
       <c r="L47" t="s">
-        <v>116</v>
+        <v>315</v>
       </c>
       <c r="M47" t="s">
-        <v>360</v>
+        <v>316</v>
       </c>
       <c r="N47" t="s">
-        <v>131</v>
+        <v>317</v>
       </c>
       <c r="O47" t="s">
-        <v>361</v>
+        <v>290</v>
+      </c>
+      <c r="P47" t="s">
+        <v>364</v>
       </c>
       <c r="Q47" t="s">
         <v>80</v>
       </c>
       <c r="R47" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S47" t="s">
         <v>81</v>
       </c>
       <c r="T47" t="s">
         <v>81</v>
       </c>
       <c r="X47" t="s">
-        <v>195</v>
+        <v>365</v>
       </c>
       <c r="Y47" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
     </row>
     <row r="48" spans="1:25">
       <c r="A48">
         <v>99785</v>
       </c>
       <c r="B48" s="1">
         <v>45203</v>
       </c>
       <c r="C48" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="D48" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="H48" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
       <c r="I48" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="J48" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="K48" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="L48" t="s">
-        <v>116</v>
+        <v>128</v>
       </c>
       <c r="M48" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="N48" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="O48" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="Q48" t="s">
         <v>80</v>
       </c>
       <c r="R48" t="s">
         <v>80</v>
       </c>
       <c r="S48" t="s">
         <v>81</v>
       </c>
       <c r="T48" t="s">
         <v>81</v>
       </c>
       <c r="X48" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="Y48" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49">
-        <v>99704</v>
+        <v>99783</v>
       </c>
       <c r="B49" s="1">
-        <v>45194</v>
+        <v>45203</v>
       </c>
       <c r="C49" t="s">
-        <v>366</v>
+        <v>122</v>
       </c>
       <c r="D49" t="s">
-        <v>367</v>
-[...4 lines deleted...]
-      <c r="F49" t="s">
+        <v>123</v>
+      </c>
+      <c r="H49" t="s">
+        <v>124</v>
+      </c>
+      <c r="I49" t="s">
+        <v>372</v>
+      </c>
+      <c r="J49" t="s">
         <v>368</v>
       </c>
-      <c r="G49" t="s">
+      <c r="K49" t="s">
+        <v>127</v>
+      </c>
+      <c r="L49" t="s">
+        <v>128</v>
+      </c>
+      <c r="M49" t="s">
         <v>369</v>
       </c>
-      <c r="H49" t="s">
-[...8 lines deleted...]
-      <c r="K49" t="s">
+      <c r="N49" t="s">
+        <v>143</v>
+      </c>
+      <c r="O49" t="s">
         <v>373</v>
       </c>
-      <c r="L49" t="s">
+      <c r="Q49" t="s">
+        <v>80</v>
+      </c>
+      <c r="R49" t="s">
+        <v>80</v>
+      </c>
+      <c r="S49" t="s">
+        <v>81</v>
+      </c>
+      <c r="T49" t="s">
+        <v>81</v>
+      </c>
+      <c r="X49" t="s">
+        <v>204</v>
+      </c>
+      <c r="Y49" t="s">
         <v>374</v>
-      </c>
-[...25 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="50" spans="1:25">
       <c r="A50">
-        <v>99682</v>
+        <v>99704</v>
       </c>
       <c r="B50" s="1">
-        <v>45191</v>
+        <v>45194</v>
       </c>
       <c r="C50" t="s">
-        <v>110</v>
+        <v>375</v>
       </c>
       <c r="D50" t="s">
-        <v>111</v>
+        <v>376</v>
+      </c>
+      <c r="E50" t="s">
+        <v>375</v>
+      </c>
+      <c r="F50" t="s">
+        <v>377</v>
+      </c>
+      <c r="G50" t="s">
+        <v>378</v>
       </c>
       <c r="H50" t="s">
-        <v>112</v>
+        <v>379</v>
       </c>
       <c r="I50" t="s">
         <v>380</v>
       </c>
       <c r="J50" t="s">
         <v>381</v>
       </c>
       <c r="K50" t="s">
-        <v>115</v>
+        <v>382</v>
       </c>
       <c r="L50" t="s">
-        <v>116</v>
+        <v>383</v>
       </c>
       <c r="M50" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>384</v>
       </c>
       <c r="O50" t="s">
-        <v>382</v>
+        <v>385</v>
+      </c>
+      <c r="P50" t="s">
+        <v>386</v>
       </c>
       <c r="Q50" t="s">
         <v>80</v>
       </c>
       <c r="R50" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S50" t="s">
         <v>81</v>
       </c>
       <c r="T50" t="s">
         <v>81</v>
       </c>
       <c r="X50" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="Y50" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
     </row>
     <row r="51" spans="1:25">
       <c r="A51">
-        <v>99668</v>
+        <v>99682</v>
       </c>
       <c r="B51" s="1">
-        <v>45189</v>
+        <v>45191</v>
       </c>
       <c r="C51" t="s">
-        <v>84</v>
+        <v>122</v>
       </c>
       <c r="D51" t="s">
-        <v>85</v>
+        <v>123</v>
       </c>
       <c r="H51" t="s">
-        <v>86</v>
+        <v>124</v>
       </c>
       <c r="I51" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="J51" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="K51" t="s">
-        <v>89</v>
+        <v>127</v>
       </c>
       <c r="L51" t="s">
-        <v>90</v>
+        <v>128</v>
       </c>
       <c r="M51" t="s">
-        <v>91</v>
+        <v>289</v>
       </c>
       <c r="N51" t="s">
-        <v>84</v>
+        <v>143</v>
       </c>
       <c r="O51" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="Q51" t="s">
         <v>80</v>
       </c>
       <c r="R51" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S51" t="s">
         <v>81</v>
       </c>
       <c r="T51" t="s">
         <v>81</v>
       </c>
       <c r="X51" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="Y51" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
     </row>
     <row r="52" spans="1:25">
       <c r="A52">
-        <v>99672</v>
+        <v>99668</v>
       </c>
       <c r="B52" s="1">
         <v>45189</v>
       </c>
       <c r="C52" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="D52" t="s">
-        <v>85</v>
+        <v>98</v>
       </c>
       <c r="H52" t="s">
-        <v>86</v>
+        <v>99</v>
       </c>
       <c r="I52" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="J52" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="K52" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="L52" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="M52" t="s">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c r="N52" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="O52" t="s">
-        <v>391</v>
+        <v>181</v>
       </c>
       <c r="P52" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="Q52" t="s">
         <v>80</v>
       </c>
       <c r="R52" t="s">
         <v>81</v>
       </c>
       <c r="S52" t="s">
         <v>81</v>
       </c>
       <c r="T52" t="s">
         <v>81</v>
       </c>
       <c r="X52" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="Y52" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
     </row>
     <row r="53" spans="1:25">
       <c r="A53">
-        <v>98197</v>
+        <v>99672</v>
       </c>
       <c r="B53" s="1">
-        <v>45125</v>
+        <v>45189</v>
       </c>
       <c r="C53" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="D53" t="s">
-        <v>85</v>
+        <v>98</v>
       </c>
       <c r="H53" t="s">
-        <v>86</v>
+        <v>99</v>
       </c>
       <c r="I53" t="s">
+        <v>399</v>
+      </c>
+      <c r="J53" t="s">
         <v>395</v>
       </c>
-      <c r="J53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K53" t="s">
-        <v>397</v>
+        <v>102</v>
       </c>
       <c r="L53" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="M53" t="s">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c r="N53" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="O53" t="s">
-        <v>172</v>
+        <v>400</v>
       </c>
       <c r="P53" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="Q53" t="s">
         <v>80</v>
       </c>
       <c r="R53" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S53" t="s">
         <v>81</v>
       </c>
       <c r="T53" t="s">
         <v>81</v>
       </c>
-      <c r="U53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="X53" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="Y53" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="54" spans="1:25">
       <c r="A54">
-        <v>98150</v>
+        <v>98197</v>
       </c>
       <c r="B54" s="1">
-        <v>45111</v>
+        <v>45125</v>
       </c>
       <c r="C54" t="s">
-        <v>403</v>
+        <v>97</v>
       </c>
       <c r="D54" t="s">
+        <v>98</v>
+      </c>
+      <c r="H54" t="s">
+        <v>99</v>
+      </c>
+      <c r="I54" t="s">
         <v>404</v>
       </c>
-      <c r="H54" t="s">
-[...2 lines deleted...]
-      <c r="I54" t="s">
+      <c r="J54" t="s">
         <v>405</v>
       </c>
-      <c r="J54" t="s">
+      <c r="K54" t="s">
         <v>406</v>
       </c>
-      <c r="K54" t="s">
+      <c r="L54" t="s">
+        <v>103</v>
+      </c>
+      <c r="M54" t="s">
+        <v>104</v>
+      </c>
+      <c r="N54" t="s">
+        <v>97</v>
+      </c>
+      <c r="O54" t="s">
+        <v>181</v>
+      </c>
+      <c r="P54" t="s">
         <v>407</v>
       </c>
-      <c r="L54" t="s">
+      <c r="Q54" t="s">
+        <v>80</v>
+      </c>
+      <c r="R54" t="s">
+        <v>80</v>
+      </c>
+      <c r="S54" t="s">
+        <v>81</v>
+      </c>
+      <c r="T54" t="s">
+        <v>81</v>
+      </c>
+      <c r="U54" t="s">
         <v>408</v>
       </c>
-      <c r="M54" t="s">
+      <c r="V54" t="s">
         <v>409</v>
       </c>
-      <c r="N54" t="s">
+      <c r="X54" t="s">
         <v>410</v>
       </c>
-      <c r="O54" t="s">
-[...2 lines deleted...]
-      <c r="P54" t="s">
+      <c r="Y54" t="s">
         <v>411</v>
-      </c>
-[...16 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="55" spans="1:25">
       <c r="A55">
-        <v>98074</v>
+        <v>98150</v>
       </c>
       <c r="B55" s="1">
-        <v>45099</v>
+        <v>45111</v>
       </c>
       <c r="C55" t="s">
-        <v>110</v>
+        <v>412</v>
       </c>
       <c r="D55" t="s">
-        <v>111</v>
+        <v>413</v>
       </c>
       <c r="H55" t="s">
-        <v>112</v>
+        <v>379</v>
       </c>
       <c r="I55" t="s">
         <v>414</v>
       </c>
       <c r="J55" t="s">
         <v>415</v>
       </c>
       <c r="K55" t="s">
-        <v>115</v>
+        <v>416</v>
       </c>
       <c r="L55" t="s">
-        <v>116</v>
+        <v>417</v>
       </c>
       <c r="M55" t="s">
-        <v>189</v>
+        <v>418</v>
       </c>
       <c r="N55" t="s">
-        <v>131</v>
+        <v>419</v>
       </c>
       <c r="O55" t="s">
-        <v>291</v>
+        <v>181</v>
+      </c>
+      <c r="P55" t="s">
+        <v>420</v>
       </c>
       <c r="Q55" t="s">
         <v>80</v>
       </c>
       <c r="R55" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S55" t="s">
         <v>81</v>
       </c>
       <c r="T55" t="s">
         <v>81</v>
       </c>
       <c r="X55" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="Y55" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
     </row>
     <row r="56" spans="1:25">
       <c r="A56">
-        <v>98063</v>
+        <v>98074</v>
       </c>
       <c r="B56" s="1">
-        <v>45098</v>
+        <v>45099</v>
       </c>
       <c r="C56" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="D56" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="H56" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
       <c r="I56" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="J56" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="K56" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="L56" t="s">
-        <v>116</v>
+        <v>128</v>
       </c>
       <c r="M56" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="N56" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="O56" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="Q56" t="s">
         <v>80</v>
       </c>
       <c r="R56" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S56" t="s">
         <v>81</v>
       </c>
       <c r="T56" t="s">
         <v>81</v>
       </c>
       <c r="X56" t="s">
-        <v>195</v>
+        <v>425</v>
       </c>
       <c r="Y56" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
     </row>
     <row r="57" spans="1:25">
       <c r="A57">
         <v>98068</v>
       </c>
       <c r="B57" s="1">
         <v>45098</v>
       </c>
       <c r="C57" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="D57" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="H57" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
       <c r="I57" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="J57" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="K57" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="L57" t="s">
-        <v>116</v>
+        <v>128</v>
       </c>
       <c r="M57" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="N57" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="O57" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="Q57" t="s">
         <v>80</v>
       </c>
       <c r="R57" t="s">
         <v>80</v>
       </c>
       <c r="S57" t="s">
         <v>81</v>
       </c>
       <c r="T57" t="s">
         <v>81</v>
       </c>
       <c r="X57" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="Y57" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
     </row>
     <row r="58" spans="1:25">
       <c r="A58">
-        <v>98026</v>
+        <v>98063</v>
       </c>
       <c r="B58" s="1">
-        <v>45089</v>
+        <v>45098</v>
       </c>
       <c r="C58" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="D58" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="H58" t="s">
-        <v>71</v>
+        <v>124</v>
       </c>
       <c r="I58" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="J58" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="K58" t="s">
-        <v>74</v>
+        <v>127</v>
       </c>
       <c r="L58" t="s">
-        <v>155</v>
+        <v>128</v>
       </c>
       <c r="M58" t="s">
-        <v>424</v>
+        <v>198</v>
       </c>
       <c r="N58" t="s">
-        <v>425</v>
+        <v>143</v>
       </c>
       <c r="O58" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>426</v>
+        <v>300</v>
       </c>
       <c r="Q58" t="s">
         <v>80</v>
       </c>
       <c r="R58" t="s">
         <v>81</v>
       </c>
       <c r="S58" t="s">
         <v>81</v>
       </c>
       <c r="T58" t="s">
         <v>81</v>
       </c>
       <c r="X58" t="s">
-        <v>427</v>
+        <v>204</v>
       </c>
       <c r="Y58" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
     </row>
     <row r="59" spans="1:25">
       <c r="A59">
         <v>98029</v>
       </c>
       <c r="B59" s="1">
         <v>45089</v>
       </c>
       <c r="C59" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D59" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H59" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I59" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="J59" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="K59" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="L59" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="M59" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="N59" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="O59" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="P59" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="Q59" t="s">
         <v>80</v>
       </c>
       <c r="R59" t="s">
         <v>81</v>
       </c>
       <c r="S59" t="s">
         <v>81</v>
       </c>
       <c r="T59" t="s">
         <v>81</v>
       </c>
       <c r="X59" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="Y59" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
     </row>
     <row r="60" spans="1:25">
       <c r="A60">
-        <v>97925</v>
+        <v>98026</v>
       </c>
       <c r="B60" s="1">
-        <v>45069</v>
+        <v>45089</v>
       </c>
       <c r="C60" t="s">
         <v>84</v>
       </c>
       <c r="D60" t="s">
         <v>85</v>
       </c>
       <c r="H60" t="s">
         <v>86</v>
       </c>
       <c r="I60" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="J60" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="K60" t="s">
         <v>89</v>
       </c>
       <c r="L60" t="s">
-        <v>90</v>
+        <v>165</v>
       </c>
       <c r="M60" t="s">
-        <v>91</v>
+        <v>438</v>
       </c>
       <c r="N60" t="s">
-        <v>84</v>
+        <v>439</v>
       </c>
       <c r="O60" t="s">
-        <v>172</v>
+        <v>136</v>
       </c>
       <c r="P60" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="Q60" t="s">
         <v>80</v>
       </c>
       <c r="R60" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S60" t="s">
         <v>81</v>
       </c>
       <c r="T60" t="s">
         <v>81</v>
       </c>
-      <c r="V60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X60" t="s">
+        <v>441</v>
+      </c>
+      <c r="Y60" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="61" spans="1:25">
       <c r="A61">
-        <v>97674</v>
+        <v>97925</v>
       </c>
       <c r="B61" s="1">
-        <v>45009</v>
+        <v>45069</v>
       </c>
       <c r="C61" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="D61" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="H61" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="I61" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="J61" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="K61" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="L61" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="M61" t="s">
-        <v>273</v>
+        <v>104</v>
       </c>
       <c r="N61" t="s">
-        <v>131</v>
+        <v>97</v>
       </c>
       <c r="O61" t="s">
-        <v>441</v>
+        <v>181</v>
+      </c>
+      <c r="P61" t="s">
+        <v>444</v>
       </c>
       <c r="Q61" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="R61" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S61" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T61" t="s">
         <v>81</v>
       </c>
+      <c r="V61" t="s">
+        <v>445</v>
+      </c>
       <c r="X61" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="Y61" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
     </row>
     <row r="62" spans="1:25">
       <c r="A62">
-        <v>97643</v>
+        <v>97674</v>
       </c>
       <c r="B62" s="1">
-        <v>45001</v>
+        <v>45009</v>
       </c>
       <c r="C62" t="s">
-        <v>84</v>
+        <v>122</v>
       </c>
       <c r="D62" t="s">
-        <v>85</v>
+        <v>123</v>
       </c>
       <c r="H62" t="s">
-        <v>86</v>
+        <v>124</v>
       </c>
       <c r="I62" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="J62" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="K62" t="s">
-        <v>397</v>
+        <v>127</v>
       </c>
       <c r="L62" t="s">
-        <v>90</v>
+        <v>128</v>
       </c>
       <c r="M62" t="s">
-        <v>91</v>
+        <v>289</v>
       </c>
       <c r="N62" t="s">
-        <v>446</v>
+        <v>143</v>
       </c>
       <c r="O62" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>450</v>
       </c>
       <c r="Q62" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R62" t="s">
         <v>81</v>
       </c>
       <c r="S62" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T62" t="s">
         <v>81</v>
       </c>
       <c r="X62" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="Y62" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
     </row>
     <row r="63" spans="1:25">
       <c r="A63">
-        <v>97324</v>
+        <v>97643</v>
       </c>
       <c r="B63" s="1">
-        <v>44910</v>
+        <v>45001</v>
       </c>
       <c r="C63" t="s">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="D63" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="H63" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
       <c r="I63" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="J63" t="s">
-        <v>450</v>
+        <v>454</v>
+      </c>
+      <c r="K63" t="s">
+        <v>406</v>
+      </c>
+      <c r="L63" t="s">
+        <v>103</v>
+      </c>
+      <c r="M63" t="s">
+        <v>104</v>
+      </c>
+      <c r="N63" t="s">
+        <v>455</v>
       </c>
       <c r="O63" t="s">
-        <v>215</v>
+        <v>136</v>
       </c>
       <c r="P63" t="s">
-        <v>216</v>
+        <v>137</v>
       </c>
       <c r="Q63" t="s">
         <v>80</v>
       </c>
       <c r="R63" t="s">
         <v>81</v>
       </c>
       <c r="S63" t="s">
         <v>81</v>
       </c>
       <c r="T63" t="s">
         <v>81</v>
       </c>
       <c r="X63" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="Y63" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
     <row r="64" spans="1:25">
       <c r="A64">
-        <v>97320</v>
+        <v>97324</v>
       </c>
       <c r="B64" s="1">
-        <v>44909</v>
+        <v>44910</v>
       </c>
       <c r="C64" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D64" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H64" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I64" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="J64" t="s">
-        <v>454</v>
-[...11 lines deleted...]
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="O64" t="s">
-        <v>456</v>
+        <v>224</v>
       </c>
       <c r="P64" t="s">
-        <v>457</v>
+        <v>225</v>
       </c>
       <c r="Q64" t="s">
         <v>80</v>
       </c>
       <c r="R64" t="s">
         <v>81</v>
       </c>
       <c r="S64" t="s">
         <v>81</v>
       </c>
       <c r="T64" t="s">
         <v>81</v>
       </c>
       <c r="X64" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="Y64" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
     </row>
     <row r="65" spans="1:36">
       <c r="A65">
         <v>97321</v>
       </c>
       <c r="B65" s="1">
         <v>44909</v>
       </c>
       <c r="C65" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D65" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H65" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I65" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="J65" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="K65" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="L65" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="M65" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N65" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
       <c r="O65" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="P65" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="Q65" t="s">
         <v>80</v>
       </c>
       <c r="R65" t="s">
         <v>81</v>
       </c>
       <c r="S65" t="s">
         <v>81</v>
       </c>
       <c r="T65" t="s">
         <v>81</v>
       </c>
       <c r="X65" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="Y65" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
     </row>
     <row r="66" spans="1:36">
       <c r="A66">
-        <v>97294</v>
+        <v>97320</v>
       </c>
       <c r="B66" s="1">
-        <v>44900</v>
+        <v>44909</v>
       </c>
       <c r="C66" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D66" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H66" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I66" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="J66" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="K66" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="L66" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="M66" t="s">
-        <v>467</v>
+        <v>91</v>
       </c>
       <c r="N66" t="s">
-        <v>351</v>
+        <v>464</v>
       </c>
       <c r="O66" t="s">
-        <v>124</v>
+        <v>470</v>
       </c>
       <c r="P66" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="Q66" t="s">
         <v>80</v>
       </c>
       <c r="R66" t="s">
         <v>81</v>
       </c>
       <c r="S66" t="s">
         <v>81</v>
       </c>
       <c r="T66" t="s">
         <v>81</v>
       </c>
       <c r="X66" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="Y66" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
     </row>
     <row r="67" spans="1:36">
       <c r="A67">
-        <v>96968</v>
+        <v>97294</v>
       </c>
       <c r="B67" s="1">
-        <v>44823</v>
+        <v>44900</v>
       </c>
       <c r="C67" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D67" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H67" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="I67" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="J67" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="K67" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="L67" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="M67" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="N67" t="s">
-        <v>455</v>
+        <v>360</v>
       </c>
       <c r="O67" t="s">
-        <v>149</v>
+        <v>136</v>
       </c>
       <c r="P67" t="s">
-        <v>426</v>
+        <v>477</v>
       </c>
       <c r="Q67" t="s">
         <v>80</v>
       </c>
       <c r="R67" t="s">
         <v>81</v>
       </c>
       <c r="S67" t="s">
         <v>81</v>
       </c>
       <c r="T67" t="s">
         <v>81</v>
       </c>
       <c r="X67" t="s">
-        <v>427</v>
+        <v>478</v>
       </c>
       <c r="Y67" t="s">
-        <v>473</v>
-[...20 lines deleted...]
-        <v>427</v>
+        <v>479</v>
       </c>
     </row>
     <row r="68" spans="1:36">
       <c r="A68">
-        <v>96959</v>
+        <v>96968</v>
       </c>
       <c r="B68" s="1">
-        <v>44818</v>
+        <v>44823</v>
       </c>
       <c r="C68" t="s">
-        <v>134</v>
+        <v>84</v>
       </c>
       <c r="D68" t="s">
-        <v>135</v>
+        <v>85</v>
       </c>
       <c r="H68" t="s">
-        <v>136</v>
+        <v>86</v>
       </c>
       <c r="I68" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="J68" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="K68" t="s">
+        <v>89</v>
+      </c>
+      <c r="L68" t="s">
+        <v>90</v>
+      </c>
+      <c r="M68" t="s">
         <v>476</v>
       </c>
-      <c r="L68" t="s">
-[...3 lines deleted...]
-        <v>478</v>
+      <c r="N68" t="s">
+        <v>464</v>
       </c>
       <c r="O68" t="s">
-        <v>479</v>
+        <v>159</v>
       </c>
       <c r="P68" t="s">
-        <v>480</v>
+        <v>440</v>
       </c>
       <c r="Q68" t="s">
         <v>80</v>
       </c>
       <c r="R68" t="s">
         <v>81</v>
       </c>
       <c r="S68" t="s">
         <v>81</v>
       </c>
       <c r="T68" t="s">
         <v>81</v>
       </c>
       <c r="X68" t="s">
-        <v>481</v>
+        <v>441</v>
       </c>
       <c r="Y68" t="s">
         <v>482</v>
       </c>
+      <c r="Z68" t="s">
+        <v>159</v>
+      </c>
+      <c r="AA68" t="s">
+        <v>482</v>
+      </c>
+      <c r="AC68" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD68" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE68" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF68" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ68" t="s">
+        <v>441</v>
+      </c>
     </row>
     <row r="69" spans="1:36">
       <c r="A69">
-        <v>96913</v>
+        <v>96959</v>
       </c>
       <c r="B69" s="1">
-        <v>44806</v>
+        <v>44818</v>
       </c>
       <c r="C69" t="s">
-        <v>134</v>
+        <v>69</v>
       </c>
       <c r="D69" t="s">
-        <v>135</v>
+        <v>70</v>
       </c>
       <c r="H69" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="I69" t="s">
         <v>483</v>
       </c>
       <c r="J69" t="s">
         <v>484</v>
       </c>
       <c r="K69" t="s">
         <v>485</v>
       </c>
       <c r="L69" t="s">
         <v>486</v>
       </c>
       <c r="M69" t="s">
         <v>487</v>
       </c>
       <c r="O69" t="s">
         <v>488</v>
       </c>
       <c r="P69" t="s">
         <v>489</v>
       </c>
       <c r="Q69" t="s">
         <v>80</v>
       </c>
       <c r="R69" t="s">
         <v>81</v>
       </c>
       <c r="S69" t="s">
         <v>81</v>
       </c>
       <c r="T69" t="s">
         <v>81</v>
       </c>
       <c r="X69" t="s">
         <v>490</v>
       </c>
       <c r="Y69" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="70" spans="1:36">
       <c r="A70">
-        <v>96783</v>
+        <v>96913</v>
       </c>
       <c r="B70" s="1">
-        <v>44774</v>
+        <v>44806</v>
       </c>
       <c r="C70" t="s">
-        <v>134</v>
+        <v>69</v>
       </c>
       <c r="D70" t="s">
-        <v>135</v>
+        <v>70</v>
       </c>
       <c r="H70" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="I70" t="s">
         <v>492</v>
       </c>
       <c r="J70" t="s">
         <v>493</v>
       </c>
       <c r="K70" t="s">
         <v>494</v>
       </c>
       <c r="L70" t="s">
         <v>495</v>
       </c>
       <c r="M70" t="s">
         <v>496</v>
       </c>
-      <c r="N70" t="s">
+      <c r="O70" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="P70" t="s">
         <v>498</v>
       </c>
       <c r="Q70" t="s">
         <v>80</v>
       </c>
       <c r="R70" t="s">
         <v>81</v>
       </c>
       <c r="S70" t="s">
         <v>81</v>
       </c>
       <c r="T70" t="s">
         <v>81</v>
       </c>
       <c r="X70" t="s">
         <v>499</v>
       </c>
       <c r="Y70" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="71" spans="1:36">
       <c r="A71">
-        <v>96692</v>
+        <v>96783</v>
       </c>
       <c r="B71" s="1">
-        <v>44740</v>
+        <v>44774</v>
       </c>
       <c r="C71" t="s">
-        <v>110</v>
+        <v>69</v>
       </c>
       <c r="D71" t="s">
-        <v>111</v>
+        <v>70</v>
       </c>
       <c r="H71" t="s">
-        <v>112</v>
+        <v>146</v>
       </c>
       <c r="I71" t="s">
         <v>501</v>
       </c>
       <c r="J71" t="s">
         <v>502</v>
       </c>
       <c r="K71" t="s">
-        <v>115</v>
+        <v>503</v>
       </c>
       <c r="L71" t="s">
-        <v>116</v>
+        <v>504</v>
       </c>
       <c r="M71" t="s">
-        <v>273</v>
+        <v>505</v>
       </c>
       <c r="N71" t="s">
-        <v>131</v>
+        <v>506</v>
       </c>
       <c r="O71" t="s">
-        <v>215</v>
+        <v>78</v>
+      </c>
+      <c r="P71" t="s">
+        <v>507</v>
       </c>
       <c r="Q71" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="R71" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S71" t="s">
         <v>81</v>
       </c>
       <c r="T71" t="s">
         <v>81</v>
       </c>
       <c r="X71" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="Y71" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
     </row>
     <row r="72" spans="1:36">
       <c r="A72">
-        <v>96540</v>
+        <v>96692</v>
       </c>
       <c r="B72" s="1">
-        <v>44706</v>
+        <v>44740</v>
       </c>
       <c r="C72" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="D72" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="H72" t="s">
-        <v>505</v>
+        <v>124</v>
       </c>
       <c r="I72" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="J72" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="K72" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="L72" t="s">
-        <v>116</v>
+        <v>128</v>
       </c>
       <c r="M72" t="s">
-        <v>189</v>
+        <v>289</v>
       </c>
       <c r="N72" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="O72" t="s">
-        <v>382</v>
+        <v>224</v>
       </c>
       <c r="Q72" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R72" t="s">
         <v>80</v>
       </c>
       <c r="S72" t="s">
         <v>81</v>
       </c>
       <c r="T72" t="s">
         <v>81</v>
       </c>
       <c r="X72" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="Y72" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
     </row>
     <row r="73" spans="1:36">
       <c r="A73">
-        <v>96490</v>
+        <v>96540</v>
       </c>
       <c r="B73" s="1">
-        <v>44692</v>
+        <v>44706</v>
       </c>
       <c r="C73" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="D73" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="H73" t="s">
-        <v>136</v>
+        <v>514</v>
       </c>
       <c r="I73" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="J73" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="K73" t="s">
-        <v>494</v>
+        <v>127</v>
       </c>
       <c r="L73" t="s">
-        <v>495</v>
+        <v>128</v>
       </c>
       <c r="M73" t="s">
-        <v>512</v>
+        <v>198</v>
       </c>
       <c r="N73" t="s">
-        <v>513</v>
+        <v>143</v>
       </c>
       <c r="O73" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>514</v>
+        <v>391</v>
       </c>
       <c r="Q73" t="s">
         <v>80</v>
       </c>
       <c r="R73" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S73" t="s">
         <v>81</v>
       </c>
       <c r="T73" t="s">
         <v>81</v>
       </c>
       <c r="X73" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="Y73" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
     </row>
     <row r="74" spans="1:36">
       <c r="A74">
-        <v>96340</v>
+        <v>96490</v>
       </c>
       <c r="B74" s="1">
-        <v>44652</v>
+        <v>44692</v>
       </c>
       <c r="C74" t="s">
-        <v>516</v>
+        <v>69</v>
       </c>
       <c r="D74" t="s">
-        <v>517</v>
+        <v>70</v>
       </c>
       <c r="H74" t="s">
-        <v>518</v>
+        <v>146</v>
       </c>
       <c r="I74" t="s">
         <v>519</v>
       </c>
       <c r="J74" t="s">
         <v>520</v>
       </c>
       <c r="K74" t="s">
+        <v>503</v>
+      </c>
+      <c r="L74" t="s">
+        <v>504</v>
+      </c>
+      <c r="M74" t="s">
         <v>521</v>
       </c>
-      <c r="L74" t="s">
+      <c r="N74" t="s">
         <v>522</v>
       </c>
-      <c r="M74" t="s">
+      <c r="O74" t="s">
+        <v>300</v>
+      </c>
+      <c r="P74" t="s">
         <v>523</v>
       </c>
-      <c r="N74" t="s">
-[...5 lines deleted...]
-      <c r="P74" t="s">
+      <c r="Q74" t="s">
+        <v>80</v>
+      </c>
+      <c r="R74" t="s">
+        <v>81</v>
+      </c>
+      <c r="S74" t="s">
+        <v>81</v>
+      </c>
+      <c r="T74" t="s">
+        <v>81</v>
+      </c>
+      <c r="X74" t="s">
+        <v>519</v>
+      </c>
+      <c r="Y74" t="s">
         <v>524</v>
-      </c>
-[...16 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="75" spans="1:36">
       <c r="A75">
-        <v>96150</v>
+        <v>96340</v>
       </c>
       <c r="B75" s="1">
-        <v>44601</v>
+        <v>44652</v>
       </c>
       <c r="C75" t="s">
-        <v>69</v>
+        <v>525</v>
       </c>
       <c r="D75" t="s">
-        <v>70</v>
+        <v>526</v>
       </c>
       <c r="H75" t="s">
-        <v>302</v>
+        <v>527</v>
       </c>
       <c r="I75" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="J75" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="K75" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="L75" t="s">
-        <v>75</v>
+        <v>531</v>
       </c>
       <c r="M75" t="s">
-        <v>76</v>
+        <v>532</v>
       </c>
       <c r="N75" t="s">
-        <v>455</v>
+        <v>525</v>
       </c>
       <c r="O75" t="s">
-        <v>238</v>
+        <v>290</v>
       </c>
       <c r="P75" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="Q75" t="s">
         <v>80</v>
       </c>
       <c r="R75" t="s">
         <v>81</v>
       </c>
       <c r="S75" t="s">
         <v>81</v>
       </c>
       <c r="T75" t="s">
         <v>81</v>
       </c>
       <c r="X75" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="Y75" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
     </row>
     <row r="76" spans="1:36">
       <c r="A76">
-        <v>96151</v>
+        <v>96150</v>
       </c>
       <c r="B76" s="1">
         <v>44601</v>
       </c>
       <c r="C76" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D76" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="H76" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="I76" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="J76" t="s">
-        <v>528</v>
+        <v>537</v>
       </c>
       <c r="K76" t="s">
-        <v>74</v>
+        <v>538</v>
       </c>
       <c r="L76" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="M76" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="N76" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
       <c r="O76" t="s">
-        <v>105</v>
+        <v>247</v>
       </c>
       <c r="P76" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="Q76" t="s">
         <v>80</v>
       </c>
       <c r="R76" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S76" t="s">
         <v>81</v>
       </c>
       <c r="T76" t="s">
         <v>81</v>
       </c>
       <c r="X76" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="Y76" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
     </row>
     <row r="77" spans="1:36">
       <c r="A77">
-        <v>95715</v>
+        <v>96151</v>
       </c>
       <c r="B77" s="1">
-        <v>44519</v>
+        <v>44601</v>
       </c>
       <c r="C77" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
       <c r="D77" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="H77" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="I77" t="s">
+        <v>542</v>
+      </c>
+      <c r="J77" t="s">
         <v>537</v>
       </c>
-      <c r="J77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K77" t="s">
-        <v>539</v>
+        <v>89</v>
       </c>
       <c r="L77" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="M77" t="s">
-        <v>540</v>
+        <v>91</v>
       </c>
       <c r="N77" t="s">
-        <v>541</v>
+        <v>464</v>
       </c>
       <c r="O77" t="s">
-        <v>92</v>
+        <v>117</v>
+      </c>
+      <c r="P77" t="s">
+        <v>543</v>
       </c>
       <c r="Q77" t="s">
         <v>80</v>
       </c>
       <c r="R77" t="s">
         <v>80</v>
       </c>
       <c r="S77" t="s">
         <v>81</v>
       </c>
       <c r="T77" t="s">
         <v>81</v>
       </c>
       <c r="X77" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="Y77" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
     </row>
     <row r="78" spans="1:36">
       <c r="A78">
-        <v>95704</v>
+        <v>95715</v>
       </c>
       <c r="B78" s="1">
-        <v>44515</v>
+        <v>44519</v>
       </c>
       <c r="C78" t="s">
-        <v>84</v>
+        <v>122</v>
       </c>
       <c r="D78" t="s">
-        <v>85</v>
+        <v>123</v>
       </c>
       <c r="H78" t="s">
-        <v>86</v>
+        <v>514</v>
       </c>
       <c r="I78" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="J78" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="K78" t="s">
-        <v>89</v>
+        <v>548</v>
       </c>
       <c r="L78" t="s">
-        <v>90</v>
+        <v>128</v>
       </c>
       <c r="M78" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="N78" t="s">
-        <v>84</v>
+        <v>550</v>
       </c>
       <c r="O78" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-        <v>548</v>
+        <v>78</v>
       </c>
       <c r="Q78" t="s">
         <v>80</v>
       </c>
       <c r="R78" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S78" t="s">
         <v>81</v>
       </c>
       <c r="T78" t="s">
         <v>81</v>
       </c>
       <c r="X78" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="Y78" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
     </row>
     <row r="79" spans="1:36">
       <c r="A79">
-        <v>95664</v>
+        <v>95704</v>
       </c>
       <c r="B79" s="1">
-        <v>44509</v>
+        <v>44515</v>
       </c>
       <c r="C79" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="D79" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="H79" t="s">
-        <v>505</v>
+        <v>99</v>
       </c>
       <c r="I79" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="J79" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="K79" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="L79" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="M79" t="s">
-        <v>540</v>
+        <v>555</v>
       </c>
       <c r="N79" t="s">
-        <v>131</v>
+        <v>97</v>
       </c>
       <c r="O79" t="s">
-        <v>172</v>
+        <v>556</v>
+      </c>
+      <c r="P79" t="s">
+        <v>557</v>
       </c>
       <c r="Q79" t="s">
         <v>80</v>
       </c>
       <c r="R79" t="s">
         <v>81</v>
       </c>
       <c r="S79" t="s">
         <v>81</v>
       </c>
       <c r="T79" t="s">
         <v>81</v>
       </c>
       <c r="X79" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="Y79" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
     </row>
     <row r="80" spans="1:36">
       <c r="A80">
-        <v>95601</v>
+        <v>95664</v>
       </c>
       <c r="B80" s="1">
-        <v>44494</v>
+        <v>44509</v>
       </c>
       <c r="C80" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="D80" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="H80" t="s">
-        <v>302</v>
+        <v>514</v>
       </c>
       <c r="I80" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="J80" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="K80" t="s">
-        <v>557</v>
+        <v>127</v>
       </c>
       <c r="L80" t="s">
-        <v>306</v>
+        <v>128</v>
       </c>
       <c r="M80" t="s">
-        <v>307</v>
+        <v>549</v>
       </c>
       <c r="N80" t="s">
-        <v>430</v>
+        <v>143</v>
       </c>
       <c r="O80" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>558</v>
+        <v>181</v>
       </c>
       <c r="Q80" t="s">
         <v>80</v>
       </c>
       <c r="R80" t="s">
         <v>81</v>
       </c>
       <c r="S80" t="s">
         <v>81</v>
       </c>
       <c r="T80" t="s">
         <v>81</v>
       </c>
       <c r="X80" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="Y80" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
     </row>
     <row r="81" spans="1:25">
       <c r="A81">
-        <v>95462</v>
+        <v>95601</v>
       </c>
       <c r="B81" s="1">
-        <v>44460</v>
+        <v>44494</v>
       </c>
       <c r="C81" t="s">
-        <v>403</v>
+        <v>84</v>
       </c>
       <c r="D81" t="s">
-        <v>404</v>
+        <v>85</v>
       </c>
       <c r="H81" t="s">
-        <v>370</v>
+        <v>311</v>
       </c>
       <c r="I81" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="J81" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="K81" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="L81" t="s">
-        <v>564</v>
+        <v>315</v>
       </c>
       <c r="M81" t="s">
-        <v>565</v>
+        <v>316</v>
       </c>
       <c r="N81" t="s">
-        <v>561</v>
+        <v>434</v>
       </c>
       <c r="O81" t="s">
-        <v>172</v>
+        <v>224</v>
       </c>
       <c r="P81" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="Q81" t="s">
         <v>80</v>
       </c>
       <c r="R81" t="s">
         <v>81</v>
       </c>
       <c r="S81" t="s">
         <v>81</v>
       </c>
       <c r="T81" t="s">
         <v>81</v>
       </c>
       <c r="X81" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="Y81" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="82" spans="1:25">
       <c r="A82">
-        <v>95246</v>
+        <v>95462</v>
       </c>
       <c r="B82" s="1">
-        <v>44407</v>
+        <v>44460</v>
       </c>
       <c r="C82" t="s">
-        <v>69</v>
+        <v>412</v>
       </c>
       <c r="D82" t="s">
-        <v>70</v>
+        <v>413</v>
       </c>
       <c r="H82" t="s">
-        <v>71</v>
+        <v>379</v>
       </c>
       <c r="I82" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="J82" t="s">
+        <v>571</v>
+      </c>
+      <c r="K82" t="s">
+        <v>572</v>
+      </c>
+      <c r="L82" t="s">
+        <v>573</v>
+      </c>
+      <c r="M82" t="s">
+        <v>574</v>
+      </c>
+      <c r="N82" t="s">
         <v>570</v>
       </c>
-      <c r="K82" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O82" t="s">
-        <v>571</v>
+        <v>181</v>
       </c>
       <c r="P82" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="Q82" t="s">
         <v>80</v>
       </c>
       <c r="R82" t="s">
         <v>81</v>
       </c>
       <c r="S82" t="s">
         <v>81</v>
       </c>
       <c r="T82" t="s">
         <v>81</v>
       </c>
       <c r="X82" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="Y82" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
     </row>
     <row r="83" spans="1:25">
       <c r="A83">
-        <v>95176</v>
+        <v>95246</v>
       </c>
       <c r="B83" s="1">
-        <v>44391</v>
+        <v>44407</v>
       </c>
       <c r="C83" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
       <c r="D83" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="H83" t="s">
-        <v>505</v>
+        <v>86</v>
       </c>
       <c r="I83" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="J83" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="K83" t="s">
-        <v>577</v>
+        <v>538</v>
       </c>
       <c r="L83" t="s">
-        <v>578</v>
+        <v>90</v>
       </c>
       <c r="M83" t="s">
-        <v>210</v>
+        <v>476</v>
       </c>
       <c r="N83" t="s">
-        <v>131</v>
+        <v>464</v>
       </c>
       <c r="O83" t="s">
-        <v>579</v>
+        <v>580</v>
+      </c>
+      <c r="P83" t="s">
+        <v>581</v>
       </c>
       <c r="Q83" t="s">
         <v>80</v>
       </c>
       <c r="R83" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S83" t="s">
         <v>81</v>
       </c>
       <c r="T83" t="s">
         <v>81</v>
       </c>
       <c r="X83" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="Y83" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="84" spans="1:25">
       <c r="A84">
-        <v>95156</v>
+        <v>95176</v>
       </c>
       <c r="B84" s="1">
-        <v>44385</v>
+        <v>44391</v>
       </c>
       <c r="C84" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="D84" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="H84" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="I84" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="J84" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="K84" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="L84" t="s">
-        <v>578</v>
+        <v>587</v>
       </c>
       <c r="M84" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="N84" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="O84" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="Q84" t="s">
         <v>80</v>
       </c>
       <c r="R84" t="s">
         <v>80</v>
       </c>
       <c r="S84" t="s">
         <v>81</v>
       </c>
       <c r="T84" t="s">
         <v>81</v>
       </c>
       <c r="X84" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="Y84" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
     </row>
     <row r="85" spans="1:25">
       <c r="A85">
-        <v>95134</v>
+        <v>95156</v>
       </c>
       <c r="B85" s="1">
-        <v>44376</v>
+        <v>44385</v>
       </c>
       <c r="C85" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="D85" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="H85" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="I85" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="J85" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="K85" t="s">
-        <v>577</v>
+        <v>593</v>
       </c>
       <c r="L85" t="s">
-        <v>578</v>
+        <v>587</v>
       </c>
       <c r="M85" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="N85" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="O85" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="Q85" t="s">
         <v>80</v>
       </c>
       <c r="R85" t="s">
         <v>80</v>
       </c>
       <c r="S85" t="s">
         <v>81</v>
       </c>
       <c r="T85" t="s">
         <v>81</v>
       </c>
       <c r="X85" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="Y85" t="s">
-        <v>212</v>
+        <v>596</v>
       </c>
     </row>
     <row r="86" spans="1:25">
       <c r="A86">
-        <v>94962</v>
+        <v>95134</v>
       </c>
       <c r="B86" s="1">
-        <v>44341</v>
+        <v>44376</v>
       </c>
       <c r="C86" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="D86" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="H86" t="s">
-        <v>136</v>
+        <v>514</v>
       </c>
       <c r="I86" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="J86" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="K86" t="s">
-        <v>485</v>
+        <v>586</v>
       </c>
       <c r="L86" t="s">
-        <v>486</v>
+        <v>587</v>
       </c>
       <c r="M86" t="s">
-        <v>487</v>
+        <v>219</v>
+      </c>
+      <c r="N86" t="s">
+        <v>143</v>
       </c>
       <c r="O86" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="Q86" t="s">
         <v>80</v>
       </c>
       <c r="R86" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S86" t="s">
         <v>81</v>
       </c>
       <c r="T86" t="s">
         <v>81</v>
       </c>
       <c r="X86" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="Y86" t="s">
-        <v>596</v>
+        <v>221</v>
       </c>
     </row>
     <row r="87" spans="1:25">
       <c r="A87">
-        <v>94831</v>
+        <v>94962</v>
       </c>
       <c r="B87" s="1">
-        <v>44294</v>
+        <v>44341</v>
       </c>
       <c r="C87" t="s">
-        <v>110</v>
+        <v>69</v>
       </c>
       <c r="D87" t="s">
-        <v>111</v>
+        <v>70</v>
       </c>
       <c r="H87" t="s">
-        <v>505</v>
+        <v>146</v>
       </c>
       <c r="I87" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="J87" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="K87" t="s">
-        <v>584</v>
+        <v>494</v>
       </c>
       <c r="L87" t="s">
-        <v>578</v>
+        <v>495</v>
       </c>
       <c r="M87" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>496</v>
       </c>
       <c r="O87" t="s">
-        <v>599</v>
+        <v>181</v>
+      </c>
+      <c r="P87" t="s">
+        <v>603</v>
       </c>
       <c r="Q87" t="s">
         <v>80</v>
       </c>
       <c r="R87" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S87" t="s">
         <v>81</v>
       </c>
       <c r="T87" t="s">
         <v>81</v>
       </c>
+      <c r="X87" t="s">
+        <v>604</v>
+      </c>
       <c r="Y87" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
     </row>
     <row r="88" spans="1:25">
       <c r="A88">
-        <v>94680</v>
+        <v>94831</v>
       </c>
       <c r="B88" s="1">
-        <v>44260</v>
+        <v>44294</v>
       </c>
       <c r="C88" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="D88" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="H88" t="s">
-        <v>136</v>
+        <v>514</v>
       </c>
       <c r="I88" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="J88" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="K88" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="L88" t="s">
-        <v>289</v>
+        <v>587</v>
       </c>
       <c r="M88" t="s">
-        <v>290</v>
+        <v>219</v>
+      </c>
+      <c r="N88" t="s">
+        <v>143</v>
       </c>
       <c r="O88" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="Q88" t="s">
         <v>80</v>
       </c>
       <c r="R88" t="s">
         <v>80</v>
       </c>
       <c r="S88" t="s">
         <v>81</v>
       </c>
       <c r="T88" t="s">
         <v>81</v>
       </c>
       <c r="Y88" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
     </row>
     <row r="89" spans="1:25">
       <c r="A89">
-        <v>93349</v>
+        <v>94680</v>
       </c>
       <c r="B89" s="1">
-        <v>44026</v>
+        <v>44260</v>
       </c>
       <c r="C89" t="s">
-        <v>110</v>
+        <v>69</v>
       </c>
       <c r="D89" t="s">
-        <v>111</v>
+        <v>70</v>
       </c>
       <c r="H89" t="s">
-        <v>112</v>
+        <v>146</v>
       </c>
       <c r="I89" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="J89" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="K89" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="L89" t="s">
-        <v>609</v>
+        <v>298</v>
       </c>
       <c r="M89" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>299</v>
       </c>
       <c r="O89" t="s">
-        <v>78</v>
+        <v>613</v>
       </c>
       <c r="Q89" t="s">
         <v>80</v>
       </c>
       <c r="R89" t="s">
         <v>80</v>
       </c>
       <c r="S89" t="s">
         <v>81</v>
       </c>
       <c r="T89" t="s">
         <v>81</v>
       </c>
       <c r="Y89" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
     </row>
     <row r="90" spans="1:25">
       <c r="A90">
-        <v>93336</v>
+        <v>93349</v>
       </c>
       <c r="B90" s="1">
-        <v>44022</v>
+        <v>44026</v>
       </c>
       <c r="C90" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="D90" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="H90" t="s">
-        <v>71</v>
+        <v>124</v>
       </c>
       <c r="I90" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="J90" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="K90" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="L90" t="s">
-        <v>306</v>
+        <v>618</v>
       </c>
       <c r="M90" t="s">
-        <v>307</v>
+        <v>619</v>
       </c>
       <c r="N90" t="s">
-        <v>455</v>
+        <v>143</v>
       </c>
       <c r="O90" t="s">
-        <v>461</v>
+        <v>93</v>
       </c>
       <c r="Q90" t="s">
         <v>80</v>
       </c>
       <c r="R90" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S90" t="s">
         <v>81</v>
       </c>
       <c r="T90" t="s">
         <v>81</v>
       </c>
       <c r="Y90" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
     </row>
     <row r="91" spans="1:25">
       <c r="A91">
-        <v>93322</v>
+        <v>93336</v>
       </c>
       <c r="B91" s="1">
-        <v>44015</v>
+        <v>44022</v>
       </c>
       <c r="C91" t="s">
-        <v>134</v>
+        <v>84</v>
       </c>
       <c r="D91" t="s">
-        <v>135</v>
+        <v>85</v>
       </c>
       <c r="H91" t="s">
-        <v>136</v>
+        <v>86</v>
       </c>
       <c r="I91" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="J91" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="K91" t="s">
-        <v>485</v>
+        <v>623</v>
       </c>
       <c r="L91" t="s">
-        <v>486</v>
+        <v>315</v>
       </c>
       <c r="M91" t="s">
-        <v>618</v>
+        <v>316</v>
+      </c>
+      <c r="N91" t="s">
+        <v>464</v>
       </c>
       <c r="O91" t="s">
-        <v>332</v>
+        <v>465</v>
       </c>
       <c r="Q91" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="R91" t="s">
         <v>81</v>
       </c>
       <c r="S91" t="s">
         <v>81</v>
       </c>
       <c r="T91" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Y91" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
     </row>
     <row r="92" spans="1:25">
       <c r="A92">
-        <v>89671</v>
+        <v>93322</v>
       </c>
       <c r="B92" s="1">
-        <v>43753</v>
+        <v>44015</v>
       </c>
       <c r="C92" t="s">
-        <v>134</v>
+        <v>69</v>
       </c>
       <c r="D92" t="s">
-        <v>135</v>
+        <v>70</v>
       </c>
       <c r="H92" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="I92" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="J92" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="K92" t="s">
-        <v>622</v>
+        <v>494</v>
       </c>
       <c r="L92" t="s">
         <v>495</v>
       </c>
       <c r="M92" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>627</v>
       </c>
       <c r="O92" t="s">
-        <v>479</v>
+        <v>341</v>
       </c>
       <c r="Q92" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R92" t="s">
         <v>81</v>
       </c>
       <c r="S92" t="s">
         <v>81</v>
       </c>
       <c r="T92" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Y92" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
     </row>
     <row r="93" spans="1:25">
       <c r="A93">
-        <v>87450</v>
+        <v>89671</v>
       </c>
       <c r="B93" s="1">
-        <v>43549</v>
+        <v>43753</v>
       </c>
       <c r="C93" t="s">
-        <v>134</v>
+        <v>69</v>
       </c>
       <c r="D93" t="s">
-        <v>135</v>
+        <v>70</v>
+      </c>
+      <c r="H93" t="s">
+        <v>146</v>
       </c>
       <c r="I93" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="J93" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="K93" t="s">
-        <v>485</v>
+        <v>631</v>
       </c>
       <c r="L93" t="s">
-        <v>486</v>
+        <v>504</v>
       </c>
       <c r="M93" t="s">
-        <v>487</v>
+        <v>505</v>
+      </c>
+      <c r="N93" t="s">
+        <v>69</v>
       </c>
       <c r="O93" t="s">
-        <v>291</v>
+        <v>488</v>
       </c>
       <c r="Q93" t="s">
         <v>80</v>
       </c>
       <c r="R93" t="s">
         <v>81</v>
       </c>
       <c r="S93" t="s">
         <v>81</v>
       </c>
       <c r="T93" t="s">
         <v>81</v>
       </c>
       <c r="Y93" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
     </row>
     <row r="94" spans="1:25">
       <c r="A94">
-        <v>87295</v>
+        <v>87450</v>
       </c>
       <c r="B94" s="1">
-        <v>43497</v>
+        <v>43549</v>
       </c>
       <c r="C94" t="s">
-        <v>110</v>
+        <v>69</v>
       </c>
       <c r="D94" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>70</v>
       </c>
       <c r="I94" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="J94" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="K94" t="s">
-        <v>629</v>
+        <v>494</v>
       </c>
       <c r="L94" t="s">
-        <v>609</v>
+        <v>495</v>
       </c>
       <c r="M94" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>496</v>
       </c>
       <c r="O94" t="s">
-        <v>274</v>
+        <v>300</v>
       </c>
       <c r="Q94" t="s">
         <v>80</v>
       </c>
       <c r="R94" t="s">
         <v>81</v>
       </c>
       <c r="S94" t="s">
         <v>81</v>
       </c>
       <c r="T94" t="s">
         <v>81</v>
       </c>
       <c r="Y94" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
     </row>
     <row r="95" spans="1:25">
       <c r="A95">
-        <v>87164</v>
+        <v>87295</v>
       </c>
       <c r="B95" s="1">
-        <v>43487</v>
+        <v>43497</v>
       </c>
       <c r="C95" t="s">
-        <v>227</v>
+        <v>122</v>
       </c>
       <c r="D95" t="s">
-        <v>228</v>
-[...8 lines deleted...]
-        <v>231</v>
+        <v>123</v>
+      </c>
+      <c r="H95" t="s">
+        <v>124</v>
       </c>
       <c r="I95" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="J95" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="K95" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="L95" t="s">
-        <v>635</v>
+        <v>618</v>
       </c>
       <c r="M95" t="s">
-        <v>636</v>
+        <v>619</v>
+      </c>
+      <c r="N95" t="s">
+        <v>143</v>
       </c>
       <c r="O95" t="s">
-        <v>637</v>
+        <v>290</v>
       </c>
       <c r="Q95" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="R95" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S95" t="s">
         <v>81</v>
       </c>
       <c r="T95" t="s">
         <v>81</v>
+      </c>
+      <c r="Y95" t="s">
+        <v>639</v>
       </c>
     </row>
     <row r="96" spans="1:25">
       <c r="A96">
-        <v>87165</v>
+        <v>87183</v>
       </c>
       <c r="B96" s="1">
         <v>43487</v>
       </c>
       <c r="C96" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D96" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E96" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="F96" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="G96" t="s">
-        <v>231</v>
+        <v>240</v>
+      </c>
+      <c r="H96" t="s">
+        <v>241</v>
       </c>
       <c r="I96" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="J96" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="K96" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="L96" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="M96" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="O96" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="Q96" t="s">
         <v>81</v>
       </c>
       <c r="R96" t="s">
         <v>80</v>
       </c>
       <c r="S96" t="s">
         <v>81</v>
       </c>
       <c r="T96" t="s">
         <v>81</v>
       </c>
       <c r="Y96" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="97" spans="1:25">
       <c r="A97">
-        <v>87166</v>
+        <v>87181</v>
       </c>
       <c r="B97" s="1">
         <v>43487</v>
       </c>
       <c r="C97" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D97" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E97" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="F97" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="G97" t="s">
-        <v>231</v>
+        <v>240</v>
+      </c>
+      <c r="H97" t="s">
+        <v>241</v>
       </c>
       <c r="I97" t="s">
+        <v>648</v>
+      </c>
+      <c r="J97" t="s">
         <v>642</v>
       </c>
-      <c r="J97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K97" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="L97" t="s">
-        <v>635</v>
+        <v>649</v>
       </c>
       <c r="M97" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="O97" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="Q97" t="s">
         <v>81</v>
       </c>
       <c r="R97" t="s">
         <v>80</v>
       </c>
       <c r="S97" t="s">
         <v>81</v>
       </c>
       <c r="T97" t="s">
         <v>81</v>
       </c>
       <c r="Y97" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="98" spans="1:25">
       <c r="A98">
-        <v>87170</v>
+        <v>87180</v>
       </c>
       <c r="B98" s="1">
         <v>43487</v>
       </c>
       <c r="C98" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D98" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E98" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="F98" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="G98" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="I98" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="J98" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="K98" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="L98" t="s">
-        <v>635</v>
+        <v>649</v>
       </c>
       <c r="M98" t="s">
-        <v>640</v>
+        <v>652</v>
       </c>
       <c r="O98" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="Q98" t="s">
         <v>81</v>
       </c>
       <c r="R98" t="s">
         <v>80</v>
       </c>
       <c r="S98" t="s">
         <v>81</v>
       </c>
       <c r="T98" t="s">
         <v>81</v>
       </c>
       <c r="Y98" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="99" spans="1:25">
       <c r="A99">
-        <v>87172</v>
+        <v>87175</v>
       </c>
       <c r="B99" s="1">
         <v>43487</v>
       </c>
       <c r="C99" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D99" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E99" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="F99" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="G99" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="I99" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="J99" t="s">
+        <v>654</v>
+      </c>
+      <c r="K99" t="s">
+        <v>643</v>
+      </c>
+      <c r="L99" t="s">
+        <v>649</v>
+      </c>
+      <c r="M99" t="s">
+        <v>652</v>
+      </c>
+      <c r="O99" t="s">
         <v>646</v>
       </c>
-      <c r="K99" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q99" t="s">
         <v>81</v>
       </c>
       <c r="R99" t="s">
         <v>80</v>
       </c>
       <c r="S99" t="s">
         <v>81</v>
       </c>
       <c r="T99" t="s">
         <v>81</v>
       </c>
       <c r="Y99" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="100" spans="1:25">
       <c r="A100">
-        <v>87173</v>
+        <v>87174</v>
       </c>
       <c r="B100" s="1">
         <v>43487</v>
       </c>
       <c r="C100" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D100" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E100" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="F100" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="G100" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="I100" t="s">
+        <v>655</v>
+      </c>
+      <c r="J100" t="s">
+        <v>654</v>
+      </c>
+      <c r="K100" t="s">
+        <v>643</v>
+      </c>
+      <c r="L100" t="s">
+        <v>649</v>
+      </c>
+      <c r="M100" t="s">
+        <v>652</v>
+      </c>
+      <c r="O100" t="s">
+        <v>646</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>81</v>
+      </c>
+      <c r="R100" t="s">
+        <v>80</v>
+      </c>
+      <c r="S100" t="s">
+        <v>81</v>
+      </c>
+      <c r="T100" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y100" t="s">
         <v>647</v>
-      </c>
-[...28 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="101" spans="1:25">
       <c r="A101">
-        <v>87174</v>
+        <v>87173</v>
       </c>
       <c r="B101" s="1">
         <v>43487</v>
       </c>
       <c r="C101" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D101" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E101" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="F101" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="G101" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="I101" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="J101" t="s">
+        <v>654</v>
+      </c>
+      <c r="K101" t="s">
+        <v>651</v>
+      </c>
+      <c r="L101" t="s">
+        <v>649</v>
+      </c>
+      <c r="M101" t="s">
+        <v>652</v>
+      </c>
+      <c r="O101" t="s">
         <v>646</v>
       </c>
-      <c r="K101" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q101" t="s">
         <v>81</v>
       </c>
       <c r="R101" t="s">
         <v>80</v>
       </c>
       <c r="S101" t="s">
         <v>81</v>
       </c>
       <c r="T101" t="s">
         <v>81</v>
       </c>
       <c r="Y101" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="102" spans="1:25">
       <c r="A102">
-        <v>87175</v>
+        <v>87172</v>
       </c>
       <c r="B102" s="1">
         <v>43487</v>
       </c>
       <c r="C102" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D102" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E102" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="F102" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="G102" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="I102" t="s">
+        <v>657</v>
+      </c>
+      <c r="J102" t="s">
+        <v>654</v>
+      </c>
+      <c r="K102" t="s">
+        <v>651</v>
+      </c>
+      <c r="L102" t="s">
         <v>649</v>
       </c>
-      <c r="J102" t="s">
+      <c r="M102" t="s">
+        <v>652</v>
+      </c>
+      <c r="O102" t="s">
         <v>646</v>
       </c>
-      <c r="K102" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q102" t="s">
         <v>81</v>
       </c>
       <c r="R102" t="s">
         <v>80</v>
       </c>
       <c r="S102" t="s">
         <v>81</v>
       </c>
       <c r="T102" t="s">
         <v>81</v>
       </c>
       <c r="Y102" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="103" spans="1:25">
       <c r="A103">
-        <v>87180</v>
+        <v>87170</v>
       </c>
       <c r="B103" s="1">
         <v>43487</v>
       </c>
       <c r="C103" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D103" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E103" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="F103" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="G103" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="I103" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
       <c r="J103" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="K103" t="s">
-        <v>639</v>
+        <v>659</v>
       </c>
       <c r="L103" t="s">
-        <v>635</v>
+        <v>649</v>
       </c>
       <c r="M103" t="s">
-        <v>640</v>
+        <v>652</v>
       </c>
       <c r="O103" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="Q103" t="s">
         <v>81</v>
       </c>
       <c r="R103" t="s">
         <v>80</v>
       </c>
       <c r="S103" t="s">
         <v>81</v>
       </c>
       <c r="T103" t="s">
         <v>81</v>
       </c>
       <c r="Y103" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="104" spans="1:25">
       <c r="A104">
-        <v>87181</v>
+        <v>87166</v>
       </c>
       <c r="B104" s="1">
         <v>43487</v>
       </c>
       <c r="C104" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D104" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E104" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="F104" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="G104" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="I104" t="s">
+        <v>660</v>
+      </c>
+      <c r="J104" t="s">
+        <v>642</v>
+      </c>
+      <c r="K104" t="s">
         <v>651</v>
       </c>
-      <c r="J104" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L104" t="s">
-        <v>635</v>
+        <v>649</v>
       </c>
       <c r="M104" t="s">
-        <v>636</v>
+        <v>652</v>
       </c>
       <c r="O104" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="Q104" t="s">
         <v>81</v>
       </c>
       <c r="R104" t="s">
         <v>80</v>
       </c>
       <c r="S104" t="s">
         <v>81</v>
       </c>
       <c r="T104" t="s">
         <v>81</v>
       </c>
       <c r="Y104" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="105" spans="1:25">
       <c r="A105">
-        <v>87183</v>
+        <v>87164</v>
       </c>
       <c r="B105" s="1">
         <v>43487</v>
       </c>
       <c r="C105" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D105" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E105" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="F105" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="G105" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="I105" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
       <c r="J105" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="K105" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="L105" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="M105" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="O105" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="Q105" t="s">
         <v>81</v>
       </c>
       <c r="R105" t="s">
         <v>80</v>
       </c>
       <c r="S105" t="s">
         <v>81</v>
       </c>
       <c r="T105" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="106" spans="1:25">
       <c r="A106">
-        <v>87184</v>
+        <v>87165</v>
       </c>
       <c r="B106" s="1">
         <v>43487</v>
       </c>
       <c r="C106" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D106" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E106" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="F106" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="G106" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="I106" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="J106" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="K106" t="s">
-        <v>634</v>
+        <v>651</v>
       </c>
       <c r="L106" t="s">
-        <v>635</v>
+        <v>649</v>
       </c>
       <c r="M106" t="s">
-        <v>636</v>
+        <v>652</v>
       </c>
       <c r="O106" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="Q106" t="s">
         <v>81</v>
       </c>
       <c r="R106" t="s">
         <v>80</v>
       </c>
       <c r="S106" t="s">
         <v>81</v>
       </c>
       <c r="T106" t="s">
         <v>81</v>
       </c>
       <c r="Y106" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="107" spans="1:25">
       <c r="A107">
-        <v>87185</v>
+        <v>87186</v>
       </c>
       <c r="B107" s="1">
         <v>43487</v>
       </c>
       <c r="C107" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D107" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E107" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="F107" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="G107" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="H107" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="I107" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="J107" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="K107" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="L107" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="M107" t="s">
-        <v>636</v>
+        <v>652</v>
       </c>
       <c r="O107" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="Q107" t="s">
         <v>81</v>
       </c>
       <c r="R107" t="s">
         <v>80</v>
       </c>
       <c r="S107" t="s">
         <v>81</v>
       </c>
       <c r="T107" t="s">
         <v>81</v>
       </c>
       <c r="Y107" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="108" spans="1:25">
       <c r="A108">
-        <v>87186</v>
+        <v>87185</v>
       </c>
       <c r="B108" s="1">
         <v>43487</v>
       </c>
       <c r="C108" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="D108" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E108" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="F108" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="G108" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="H108" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="I108" t="s">
-        <v>632</v>
+        <v>663</v>
       </c>
       <c r="J108" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="K108" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="L108" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="M108" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="O108" t="s">
-        <v>637</v>
+        <v>646</v>
       </c>
       <c r="Q108" t="s">
         <v>81</v>
       </c>
       <c r="R108" t="s">
         <v>80</v>
       </c>
       <c r="S108" t="s">
         <v>81</v>
       </c>
       <c r="T108" t="s">
         <v>81</v>
       </c>
       <c r="Y108" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="109" spans="1:25">
       <c r="A109">
-        <v>86205</v>
+        <v>87184</v>
       </c>
       <c r="B109" s="1">
-        <v>43427</v>
+        <v>43487</v>
       </c>
       <c r="C109" t="s">
-        <v>110</v>
+        <v>236</v>
       </c>
       <c r="D109" t="s">
-        <v>111</v>
+        <v>237</v>
+      </c>
+      <c r="E109" t="s">
+        <v>238</v>
+      </c>
+      <c r="F109" t="s">
+        <v>640</v>
+      </c>
+      <c r="G109" t="s">
+        <v>240</v>
       </c>
       <c r="H109" t="s">
-        <v>112</v>
+        <v>241</v>
       </c>
       <c r="I109" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="J109" t="s">
-        <v>657</v>
+        <v>642</v>
       </c>
       <c r="K109" t="s">
-        <v>629</v>
+        <v>643</v>
       </c>
       <c r="L109" t="s">
-        <v>609</v>
+        <v>649</v>
       </c>
       <c r="M109" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>645</v>
       </c>
       <c r="O109" t="s">
-        <v>488</v>
+        <v>646</v>
       </c>
       <c r="Q109" t="s">
         <v>81</v>
       </c>
       <c r="R109" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S109" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T109" t="s">
         <v>81</v>
       </c>
       <c r="Y109" t="s">
-        <v>658</v>
+        <v>647</v>
       </c>
     </row>
     <row r="110" spans="1:25">
       <c r="A110">
-        <v>85375</v>
+        <v>86205</v>
       </c>
       <c r="B110" s="1">
-        <v>43385</v>
+        <v>43427</v>
       </c>
       <c r="C110" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="D110" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="H110" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
       <c r="I110" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="J110" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="K110" t="s">
-        <v>629</v>
+        <v>638</v>
       </c>
       <c r="L110" t="s">
-        <v>609</v>
+        <v>618</v>
       </c>
       <c r="M110" t="s">
-        <v>610</v>
+        <v>619</v>
       </c>
       <c r="N110" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="O110" t="s">
-        <v>190</v>
+        <v>497</v>
       </c>
       <c r="Q110" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R110" t="s">
         <v>81</v>
       </c>
       <c r="S110" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T110" t="s">
         <v>81</v>
       </c>
       <c r="Y110" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
     </row>
     <row r="111" spans="1:25">
       <c r="A111">
-        <v>85229</v>
+        <v>85375</v>
       </c>
       <c r="B111" s="1">
-        <v>43349</v>
+        <v>43385</v>
       </c>
       <c r="C111" t="s">
-        <v>84</v>
+        <v>122</v>
       </c>
       <c r="D111" t="s">
-        <v>85</v>
+        <v>123</v>
       </c>
       <c r="H111" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="I111" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="J111" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="K111" t="s">
-        <v>89</v>
+        <v>638</v>
       </c>
       <c r="L111" t="s">
-        <v>90</v>
+        <v>618</v>
       </c>
       <c r="M111" t="s">
-        <v>546</v>
+        <v>619</v>
       </c>
       <c r="N111" t="s">
-        <v>84</v>
+        <v>143</v>
       </c>
       <c r="O111" t="s">
-        <v>664</v>
+        <v>199</v>
       </c>
       <c r="Q111" t="s">
         <v>80</v>
       </c>
       <c r="R111" t="s">
         <v>81</v>
       </c>
       <c r="S111" t="s">
         <v>81</v>
       </c>
       <c r="T111" t="s">
         <v>81</v>
       </c>
       <c r="Y111" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
     </row>
     <row r="112" spans="1:25">
       <c r="A112">
-        <v>85145</v>
+        <v>85229</v>
       </c>
       <c r="B112" s="1">
-        <v>43326</v>
+        <v>43349</v>
       </c>
       <c r="C112" t="s">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="D112" t="s">
-        <v>70</v>
+        <v>98</v>
+      </c>
+      <c r="H112" t="s">
+        <v>146</v>
       </c>
       <c r="I112" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="J112" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="K112" t="s">
-        <v>668</v>
+        <v>102</v>
       </c>
       <c r="L112" t="s">
-        <v>669</v>
+        <v>103</v>
       </c>
       <c r="M112" t="s">
-        <v>670</v>
+        <v>555</v>
       </c>
       <c r="N112" t="s">
-        <v>430</v>
+        <v>97</v>
       </c>
       <c r="O112" t="s">
-        <v>461</v>
+        <v>673</v>
       </c>
       <c r="Q112" t="s">
         <v>80</v>
       </c>
       <c r="R112" t="s">
         <v>81</v>
       </c>
       <c r="S112" t="s">
         <v>81</v>
       </c>
       <c r="T112" t="s">
         <v>81</v>
       </c>
       <c r="Y112" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
     </row>
     <row r="113" spans="1:25">
       <c r="A113">
-        <v>85079</v>
+        <v>85145</v>
       </c>
       <c r="B113" s="1">
-        <v>43313</v>
+        <v>43326</v>
       </c>
       <c r="C113" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
       <c r="D113" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>85</v>
       </c>
       <c r="I113" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="J113" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="K113" t="s">
-        <v>629</v>
+        <v>677</v>
       </c>
       <c r="L113" t="s">
-        <v>609</v>
+        <v>678</v>
       </c>
       <c r="M113" t="s">
-        <v>610</v>
+        <v>679</v>
       </c>
       <c r="N113" t="s">
-        <v>131</v>
+        <v>434</v>
       </c>
       <c r="O113" t="s">
-        <v>376</v>
+        <v>465</v>
       </c>
       <c r="Q113" t="s">
         <v>80</v>
       </c>
       <c r="R113" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S113" t="s">
         <v>81</v>
       </c>
       <c r="T113" t="s">
         <v>81</v>
       </c>
       <c r="Y113" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
     </row>
     <row r="114" spans="1:25">
       <c r="A114">
-        <v>84975</v>
+        <v>85079</v>
       </c>
       <c r="B114" s="1">
-        <v>43279</v>
+        <v>43313</v>
       </c>
       <c r="C114" t="s">
-        <v>675</v>
+        <v>122</v>
       </c>
       <c r="D114" t="s">
-        <v>676</v>
-[...8 lines deleted...]
-        <v>678</v>
+        <v>123</v>
       </c>
       <c r="H114" t="s">
-        <v>679</v>
+        <v>124</v>
       </c>
       <c r="I114" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="J114" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="K114" t="s">
-        <v>682</v>
+        <v>638</v>
       </c>
       <c r="L114" t="s">
+        <v>618</v>
+      </c>
+      <c r="M114" t="s">
+        <v>619</v>
+      </c>
+      <c r="N114" t="s">
+        <v>143</v>
+      </c>
+      <c r="O114" t="s">
+        <v>385</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>80</v>
+      </c>
+      <c r="R114" t="s">
+        <v>80</v>
+      </c>
+      <c r="S114" t="s">
+        <v>81</v>
+      </c>
+      <c r="T114" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y114" t="s">
         <v>683</v>
-      </c>
-[...22 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="115" spans="1:25">
       <c r="A115">
-        <v>84794</v>
+        <v>84975</v>
       </c>
       <c r="B115" s="1">
-        <v>43252</v>
+        <v>43279</v>
       </c>
       <c r="C115" t="s">
-        <v>110</v>
+        <v>684</v>
       </c>
       <c r="D115" t="s">
-        <v>111</v>
+        <v>685</v>
+      </c>
+      <c r="E115" t="s">
+        <v>684</v>
+      </c>
+      <c r="F115" t="s">
+        <v>686</v>
+      </c>
+      <c r="G115" t="s">
+        <v>687</v>
+      </c>
+      <c r="H115" t="s">
+        <v>688</v>
       </c>
       <c r="I115" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="J115" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="K115" t="s">
-        <v>608</v>
+        <v>691</v>
       </c>
       <c r="L115" t="s">
-        <v>609</v>
+        <v>692</v>
       </c>
       <c r="M115" t="s">
-        <v>610</v>
+        <v>693</v>
       </c>
       <c r="N115" t="s">
-        <v>131</v>
+        <v>684</v>
       </c>
       <c r="O115" t="s">
-        <v>98</v>
+        <v>391</v>
       </c>
       <c r="Q115" t="s">
         <v>80</v>
       </c>
       <c r="R115" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S115" t="s">
         <v>81</v>
       </c>
       <c r="T115" t="s">
         <v>81</v>
       </c>
       <c r="Y115" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
     </row>
     <row r="116" spans="1:25">
       <c r="A116">
-        <v>84619</v>
+        <v>84794</v>
       </c>
       <c r="B116" s="1">
-        <v>43249</v>
+        <v>43252</v>
       </c>
       <c r="C116" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="D116" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="I116" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="J116" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="K116" t="s">
-        <v>668</v>
+        <v>617</v>
       </c>
       <c r="L116" t="s">
-        <v>669</v>
+        <v>618</v>
       </c>
       <c r="M116" t="s">
-        <v>670</v>
+        <v>619</v>
       </c>
       <c r="N116" t="s">
-        <v>430</v>
+        <v>143</v>
       </c>
       <c r="O116" t="s">
-        <v>238</v>
+        <v>110</v>
       </c>
       <c r="Q116" t="s">
         <v>80</v>
       </c>
       <c r="R116" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S116" t="s">
         <v>81</v>
       </c>
       <c r="T116" t="s">
         <v>81</v>
       </c>
       <c r="Y116" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
     </row>
     <row r="117" spans="1:25">
       <c r="A117">
-        <v>84388</v>
+        <v>84619</v>
       </c>
       <c r="B117" s="1">
-        <v>43200</v>
+        <v>43249</v>
       </c>
       <c r="C117" t="s">
-        <v>110</v>
+        <v>84</v>
       </c>
       <c r="D117" t="s">
-        <v>111</v>
-[...11 lines deleted...]
-        <v>112</v>
+        <v>85</v>
       </c>
       <c r="I117" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="J117" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="K117" t="s">
-        <v>608</v>
+        <v>677</v>
       </c>
       <c r="L117" t="s">
-        <v>609</v>
+        <v>678</v>
       </c>
       <c r="M117" t="s">
-        <v>610</v>
+        <v>679</v>
       </c>
       <c r="N117" t="s">
-        <v>131</v>
+        <v>434</v>
       </c>
       <c r="O117" t="s">
-        <v>696</v>
+        <v>247</v>
       </c>
       <c r="Q117" t="s">
         <v>80</v>
       </c>
       <c r="R117" t="s">
         <v>80</v>
       </c>
       <c r="S117" t="s">
         <v>81</v>
       </c>
       <c r="T117" t="s">
         <v>81</v>
       </c>
       <c r="Y117" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
     </row>
     <row r="118" spans="1:25">
       <c r="A118">
-        <v>84346</v>
+        <v>84388</v>
       </c>
       <c r="B118" s="1">
-        <v>43185</v>
+        <v>43200</v>
       </c>
       <c r="C118" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="D118" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="E118" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="F118" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="G118" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="H118" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="I118" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="J118" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="K118" t="s">
-        <v>288</v>
+        <v>617</v>
       </c>
       <c r="L118" t="s">
-        <v>289</v>
+        <v>618</v>
       </c>
       <c r="M118" t="s">
-        <v>290</v>
+        <v>619</v>
+      </c>
+      <c r="N118" t="s">
+        <v>143</v>
       </c>
       <c r="O118" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="Q118" t="s">
         <v>80</v>
       </c>
       <c r="R118" t="s">
         <v>80</v>
       </c>
       <c r="S118" t="s">
         <v>81</v>
       </c>
       <c r="T118" t="s">
         <v>81</v>
       </c>
       <c r="Y118" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
     </row>
     <row r="119" spans="1:25">
       <c r="A119">
-        <v>84228</v>
+        <v>84346</v>
       </c>
       <c r="B119" s="1">
-        <v>43152</v>
+        <v>43185</v>
       </c>
       <c r="C119" t="s">
-        <v>516</v>
+        <v>69</v>
       </c>
       <c r="D119" t="s">
-        <v>517</v>
+        <v>70</v>
       </c>
       <c r="E119" t="s">
-        <v>516</v>
+        <v>69</v>
       </c>
       <c r="F119" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="G119" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="H119" t="s">
-        <v>706</v>
+        <v>146</v>
       </c>
       <c r="I119" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="J119" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="K119" t="s">
-        <v>709</v>
+        <v>297</v>
       </c>
       <c r="L119" t="s">
-        <v>710</v>
+        <v>298</v>
       </c>
       <c r="M119" t="s">
+        <v>299</v>
+      </c>
+      <c r="O119" t="s">
         <v>711</v>
       </c>
-      <c r="N119" t="s">
+      <c r="Q119" t="s">
+        <v>80</v>
+      </c>
+      <c r="R119" t="s">
+        <v>80</v>
+      </c>
+      <c r="S119" t="s">
+        <v>81</v>
+      </c>
+      <c r="T119" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y119" t="s">
         <v>712</v>
-      </c>
-[...16 lines deleted...]
-        <v>714</v>
       </c>
     </row>
     <row r="120" spans="1:25">
       <c r="A120">
+        <v>84228</v>
+      </c>
+      <c r="B120" s="1">
+        <v>43152</v>
+      </c>
+      <c r="C120" t="s">
+        <v>525</v>
+      </c>
+      <c r="D120" t="s">
+        <v>526</v>
+      </c>
+      <c r="E120" t="s">
+        <v>525</v>
+      </c>
+      <c r="F120" t="s">
+        <v>713</v>
+      </c>
+      <c r="G120" t="s">
+        <v>714</v>
+      </c>
+      <c r="H120" t="s">
+        <v>715</v>
+      </c>
+      <c r="I120" t="s">
+        <v>716</v>
+      </c>
+      <c r="J120" t="s">
+        <v>717</v>
+      </c>
+      <c r="K120" t="s">
+        <v>718</v>
+      </c>
+      <c r="L120" t="s">
+        <v>719</v>
+      </c>
+      <c r="M120" t="s">
+        <v>720</v>
+      </c>
+      <c r="N120" t="s">
+        <v>721</v>
+      </c>
+      <c r="O120" t="s">
+        <v>722</v>
+      </c>
+      <c r="Q120" t="s">
+        <v>80</v>
+      </c>
+      <c r="R120" t="s">
+        <v>81</v>
+      </c>
+      <c r="S120" t="s">
+        <v>81</v>
+      </c>
+      <c r="T120" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y120" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="121" spans="1:25">
+      <c r="A121">
         <v>84168</v>
       </c>
-      <c r="B120" s="1">
+      <c r="B121" s="1">
         <v>43145</v>
       </c>
-      <c r="C120" t="s">
-[...48 lines deleted...]
-        <v>718</v>
+      <c r="C121" t="s">
+        <v>69</v>
+      </c>
+      <c r="D121" t="s">
+        <v>70</v>
+      </c>
+      <c r="E121" t="s">
+        <v>69</v>
+      </c>
+      <c r="F121" t="s">
+        <v>707</v>
+      </c>
+      <c r="G121" t="s">
+        <v>708</v>
+      </c>
+      <c r="H121" t="s">
+        <v>146</v>
+      </c>
+      <c r="I121" t="s">
+        <v>724</v>
+      </c>
+      <c r="J121" t="s">
+        <v>725</v>
+      </c>
+      <c r="K121" t="s">
+        <v>494</v>
+      </c>
+      <c r="L121" t="s">
+        <v>495</v>
+      </c>
+      <c r="M121" t="s">
+        <v>496</v>
+      </c>
+      <c r="O121" t="s">
+        <v>726</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>80</v>
+      </c>
+      <c r="R121" t="s">
+        <v>81</v>
+      </c>
+      <c r="S121" t="s">
+        <v>81</v>
+      </c>
+      <c r="T121" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y121" t="s">
+        <v>727</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>