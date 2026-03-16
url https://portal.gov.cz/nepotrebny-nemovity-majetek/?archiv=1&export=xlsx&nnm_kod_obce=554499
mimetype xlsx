--- v0 (2025-12-16)
+++ v1 (2026-03-16)
@@ -228,90 +228,90 @@
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>Česká pošta, s.p.</t>
   </si>
   <si>
     <t>kr7cdry</t>
   </si>
   <si>
     <t>Ministerstvo vnitra</t>
   </si>
   <si>
+    <t>Pozemek parc. č. st. 508/6 o výměře 1334 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 911, stavba občanského vybavení, katastrální území Aš, obec Aš, LV č. 55, Katastrální úřad pro Karlovarský kraj, Katastrálního pracoviště Cheb.  Pozemek parc. č. 3386 o výměře 70 m2, zastavěná plocha a nádvoří, jehož součástí je stavba bez č.p. - garáž, katastrální území Aš, obec Aš, LV č. 55, Katastrální úřad pro Karlovarský kraj, Katastrálního pracoviště Cheb. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>954302327</t>
+  </si>
+  <si>
+    <t>reality.prodej@cpost.cz</t>
+  </si>
+  <si>
+    <t>Jaroslav Černík</t>
+  </si>
+  <si>
+    <t>Správa majetku</t>
+  </si>
+  <si>
+    <t>Aš, Aš, okres Cheb</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej bude probíhat formou VŘ </t>
+  </si>
+  <si>
+    <t>17931360</t>
+  </si>
+  <si>
     <t>Pozemek parc. č. 177/2 o výměře 433 m2, ostatní plocha – komunikace, katastrální území Aš, obec Aš, LV č. 55, Katastrální úřad pro Karlovarský kraj, Katastrálního pracoviště Cheb. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
-    <t>2025-06-06</t>
-[...22 lines deleted...]
-  <si>
     <t>Prodej bude probíhat formou VŘ</t>
   </si>
   <si>
     <t>60000</t>
-  </si>
-[...7 lines deleted...]
-    <t>17931360</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
     <t>MZE</t>
   </si>
   <si>
     <t>Prodej pozemku</t>
   </si>
   <si>
     <t>2024-12-02</t>
   </si>
   <si>
     <t>956228108</t>
   </si>
   <si>
     <t>anita.cernikova@lesycr.cz</t>
   </si>
   <si>
     <t>Ing. Anita Černíková</t>
   </si>
@@ -1049,146 +1049,146 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>104750</v>
+        <v>104751</v>
       </c>
       <c r="B2" s="1">
         <v>45783</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
       <c r="N2" t="s">
         <v>77</v>
       </c>
       <c r="O2" t="s">
         <v>78</v>
       </c>
       <c r="Q2" t="s">
         <v>79</v>
       </c>
       <c r="R2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="S2" t="s">
         <v>80</v>
       </c>
       <c r="T2" t="s">
         <v>80</v>
       </c>
       <c r="X2" t="s">
         <v>81</v>
       </c>
       <c r="Y2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>104751</v>
+        <v>104750</v>
       </c>
       <c r="B3" s="1">
         <v>45783</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
         <v>71</v>
       </c>
       <c r="I3" t="s">
         <v>83</v>
       </c>
       <c r="J3" t="s">
         <v>73</v>
       </c>
       <c r="K3" t="s">
         <v>74</v>
       </c>
       <c r="L3" t="s">
         <v>75</v>
       </c>
       <c r="M3" t="s">
         <v>76</v>
       </c>
       <c r="N3" t="s">
         <v>77</v>
       </c>
       <c r="O3" t="s">
         <v>78</v>
       </c>
       <c r="Q3" t="s">
         <v>79</v>
       </c>
       <c r="R3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S3" t="s">
         <v>80</v>
       </c>
       <c r="T3" t="s">
         <v>80</v>
       </c>
       <c r="X3" t="s">
         <v>84</v>
       </c>
       <c r="Y3" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
         <v>102865</v>
       </c>
       <c r="B4" s="1">
         <v>45597</v>
       </c>
       <c r="C4" t="s">
         <v>86</v>
       </c>
       <c r="D4" t="s">