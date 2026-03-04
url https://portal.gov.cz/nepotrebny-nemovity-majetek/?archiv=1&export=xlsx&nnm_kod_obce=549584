--- v0 (2025-12-12)
+++ v1 (2026-03-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="111">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -219,87 +219,120 @@
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
+    <t>Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>kr7cdry</t>
+  </si>
+  <si>
+    <t>Ministerstvo vnitra ČR</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 25/1 o výměře 290 m2, zastavěná plocha a nádvoří, součástí je stavba č. p. 21 - stavba obč. vyb., k. ú. Mirotice, obec Mirotice, LV č. 390, KÚ pro Jihočeský kraj, Katastrálního pracoviště Písek. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>2026-01-03</t>
+  </si>
+  <si>
+    <t>954302327</t>
+  </si>
+  <si>
+    <t>reality.prodej@cpost.cz</t>
+  </si>
+  <si>
+    <t>Dana Tučková</t>
+  </si>
+  <si>
+    <t>Správa realit</t>
+  </si>
+  <si>
+    <t>Mirotice, Mirotice, okres Písek</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej je podmíněn zachováním služebnosti formou pošty Partner </t>
+  </si>
+  <si>
+    <t>8000000</t>
+  </si>
+  <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 1240, 1244, 1245 v k.ú. Mirotice a pozemku p.č. 245/4 a 307 v k.ú. Stráž u Mirotic</t>
   </si>
   <si>
     <t>2024-10-06</t>
   </si>
   <si>
     <t>956199106</t>
   </si>
   <si>
     <t>miroslav.jacka@lesycr.cz</t>
   </si>
   <si>
     <t>Ing. Miroslav Jačka</t>
   </si>
   <si>
     <t>LS Vodňany</t>
   </si>
   <si>
-    <t>Mirotice, Mirotice, okres Písek</t>
-[...1 lines deleted...]
-  <si>
     <t>1240, 1244, 1245</t>
-  </si>
-[...4 lines deleted...]
-    <t>ne</t>
   </si>
   <si>
     <t>Prodej pozemků p.č. 1240 o výměře 2387 m2, p.č. 1244 o výměře 543 m2, p.č. 1245 o výměře 541 m2 vše s druhem pozemku ostatní plocha, ostatní komunikace</t>
   </si>
   <si>
     <t>249910</t>
   </si>
   <si>
     <t>Stráž u Mirotic, Mirotice, okres Písek</t>
   </si>
   <si>
     <t>155380</t>
   </si>
   <si>
     <t>245/4, 307</t>
   </si>
   <si>
     <t>Prodej pozemků p.č. 245/4 o výměře 1376 m2 a p.č. 307 o výměře 782 m2 vše s druhem pozemku ostatní plocha, ostatní komunikace</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 1390 k.ú. Lučkovice</t>
   </si>
   <si>
     <t>2024-05-19</t>
   </si>
@@ -649,67 +682,67 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ4"/>
+  <dimension ref="A1:BQ5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="28.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="34.7109375" customWidth="1"/>
-    <col min="9" max="9" width="231.7109375" customWidth="1"/>
+    <col min="9" max="9" width="270.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="26.7109375" customWidth="1"/>
     <col min="13" max="13" width="21.7109375" customWidth="1"/>
     <col min="14" max="14" width="15.7109375" customWidth="1"/>
     <col min="15" max="15" width="34.7109375" customWidth="1"/>
     <col min="16" max="16" width="30.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
     <col min="24" max="24" width="153.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="40.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
@@ -938,244 +971,300 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>102545</v>
+        <v>106011</v>
       </c>
       <c r="B2" s="1">
-        <v>45540</v>
+        <v>45994</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
       <c r="N2" t="s">
         <v>77</v>
       </c>
       <c r="O2" t="s">
         <v>78</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>79</v>
       </c>
-      <c r="Q2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R2" t="s">
+        <v>79</v>
+      </c>
+      <c r="S2" t="s">
+        <v>80</v>
+      </c>
+      <c r="T2" t="s">
+        <v>80</v>
+      </c>
+      <c r="X2" t="s">
         <v>81</v>
       </c>
-      <c r="S2" t="s">
-[...5 lines deleted...]
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
         <v>82</v>
-      </c>
-[...25 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>101677</v>
+        <v>102545</v>
       </c>
       <c r="B3" s="1">
-        <v>45400</v>
+        <v>45540</v>
       </c>
       <c r="C3" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="D3" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="H3" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="I3" t="s">
+        <v>86</v>
+      </c>
+      <c r="J3" t="s">
+        <v>87</v>
+      </c>
+      <c r="K3" t="s">
         <v>88</v>
       </c>
-      <c r="J3" t="s">
+      <c r="L3" t="s">
         <v>89</v>
       </c>
-      <c r="K3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M3" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="N3" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="O3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="P3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="Q3" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R3" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S3" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T3" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="Y3" t="s">
-        <v>93</v>
+        <v>94</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>95</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>97</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>79</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>80</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>80</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>80</v>
+      </c>
+      <c r="AJ3" t="s">
+        <v>98</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
+        <v>101677</v>
+      </c>
+      <c r="B4" s="1">
+        <v>45400</v>
+      </c>
+      <c r="C4" t="s">
+        <v>83</v>
+      </c>
+      <c r="D4" t="s">
+        <v>84</v>
+      </c>
+      <c r="H4" t="s">
+        <v>85</v>
+      </c>
+      <c r="I4" t="s">
+        <v>99</v>
+      </c>
+      <c r="J4" t="s">
+        <v>100</v>
+      </c>
+      <c r="K4" t="s">
+        <v>88</v>
+      </c>
+      <c r="L4" t="s">
+        <v>89</v>
+      </c>
+      <c r="M4" t="s">
+        <v>90</v>
+      </c>
+      <c r="N4" t="s">
+        <v>91</v>
+      </c>
+      <c r="O4" t="s">
+        <v>101</v>
+      </c>
+      <c r="P4" t="s">
+        <v>102</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>79</v>
+      </c>
+      <c r="R4" t="s">
+        <v>80</v>
+      </c>
+      <c r="S4" t="s">
+        <v>80</v>
+      </c>
+      <c r="T4" t="s">
+        <v>80</v>
+      </c>
+      <c r="X4" t="s">
+        <v>103</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="5" spans="1:69">
+      <c r="A5">
         <v>94838</v>
       </c>
-      <c r="B4" s="1">
+      <c r="B5" s="1">
         <v>44297</v>
       </c>
-      <c r="C4" t="s">
-[...26 lines deleted...]
-      <c r="O4" t="s">
+      <c r="C5" t="s">
+        <v>83</v>
+      </c>
+      <c r="D5" t="s">
+        <v>84</v>
+      </c>
+      <c r="H5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I5" t="s">
+        <v>106</v>
+      </c>
+      <c r="J5" t="s">
+        <v>107</v>
+      </c>
+      <c r="K5" t="s">
+        <v>108</v>
+      </c>
+      <c r="L5" t="s">
+        <v>89</v>
+      </c>
+      <c r="M5" t="s">
         <v>90</v>
       </c>
-      <c r="P4" t="s">
-[...15 lines deleted...]
-        <v>99</v>
+      <c r="N5" t="s">
+        <v>91</v>
+      </c>
+      <c r="O5" t="s">
+        <v>101</v>
+      </c>
+      <c r="P5" t="s">
+        <v>109</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>79</v>
+      </c>
+      <c r="R5" t="s">
+        <v>80</v>
+      </c>
+      <c r="S5" t="s">
+        <v>80</v>
+      </c>
+      <c r="T5" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>