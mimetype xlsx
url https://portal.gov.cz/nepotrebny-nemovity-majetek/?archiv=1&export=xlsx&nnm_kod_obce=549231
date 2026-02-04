--- v0 (2025-11-06)
+++ v1 (2026-02-04)
@@ -300,72 +300,72 @@
   <si>
     <t>Prodej spol. podílu id. 1/4 pozemku v k.ú. Stranná u Žirovnice S 197/24</t>
   </si>
   <si>
     <t>2024-08-25</t>
   </si>
   <si>
     <t>956191107</t>
   </si>
   <si>
     <t>Světlana Pechová</t>
   </si>
   <si>
     <t>Stranná u Žirovnice, Žirovnice, okres Pelhřimov</t>
   </si>
   <si>
     <t>962/1</t>
   </si>
   <si>
     <t>Jedná se o prodej spoluvlastnického podílu o velikosti id. 1/4 k lesnímu pozemku v k.ú. Stranná u Žirovnice, výměra 24331 m2</t>
   </si>
   <si>
     <t>127740</t>
   </si>
   <si>
+    <t>Prodej spol. podílu id. 1/4 pozemků v k.ú. Stranná u Žirovnice S 165/24</t>
+  </si>
+  <si>
+    <t>881, 884</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej spoluvlastnického podílu o velikosti id. 1/4 k lesním pozemkům v k.ú. Stranná u Žirovnice, celk. výměra 18595 m2</t>
+  </si>
+  <si>
+    <t>102270</t>
+  </si>
+  <si>
     <t>Prodej spol. podílu id. 1/4 pozemků v k.ú. Stranná u Žirovnice S 79/24</t>
   </si>
   <si>
     <t>498/2, 573, 574, 575, 788, 1227</t>
   </si>
   <si>
     <t>Jedná se o prodej spoluvlastnického podílu o velikosti id. 1/4 k lesním pozemkům v k.ú. Stranná u Žrovnice, celk. výměra 20282 m2</t>
   </si>
   <si>
     <t>126760</t>
-  </si>
-[...10 lines deleted...]
-    <t>102270</t>
   </si>
   <si>
     <t>Povodí Vltavy, státní podnik</t>
   </si>
   <si>
     <t>gg4t8hf</t>
   </si>
   <si>
     <t>Jedná se o prodej pozemku parc.č. 1209/80 o výměře 1108 m2 (druh pozemku vodní plocha), v k.ú. Štítné, který tvoří koryto drobného vodního toku (IDVT 10272877, ČHP 1-07-03-015), spolu s částí stavby typu úprava koryta vodního toku z roku 1930 o délce 252 m, nezapisovanou do katastru nemovitostí, která se na něm nachází, a která je evidována v majetku Povodí Vltavy, státní podnik pod číslem DVT-00002398 a názvem „08-Stitny (1.7.2002))“.  Pozemek a část stavby, které jsou předmětem prodeje, budou dotčeny stavbou vodní nádrže se zemní hrází a trvalou zátopou.</t>
   </si>
   <si>
     <t>2023-04-13</t>
   </si>
   <si>
     <t>387 683 182</t>
   </si>
   <si>
     <t>zuzana.pospisilova@pvl.cz</t>
   </si>
   <si>
     <t>Ing. Zuzana Pospíšilová</t>
   </si>
   <si>
     <t>Závod Horní Vltavy</t>
   </si>
@@ -1204,51 +1204,51 @@
       </c>
       <c r="P4" t="s">
         <v>93</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
         <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
         <v>94</v>
       </c>
       <c r="Y4" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>102270</v>
+        <v>102268</v>
       </c>
       <c r="B5" s="1">
         <v>45498</v>
       </c>
       <c r="C5" t="s">
         <v>69</v>
       </c>
       <c r="D5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
         <v>87</v>
       </c>
       <c r="I5" t="s">
         <v>96</v>
       </c>
       <c r="J5" t="s">
         <v>89</v>
       </c>
       <c r="K5" t="s">
         <v>90</v>
       </c>
       <c r="L5" t="s">
         <v>75</v>
       </c>
@@ -1263,51 +1263,51 @@
       </c>
       <c r="P5" t="s">
         <v>97</v>
       </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
         <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
         <v>98</v>
       </c>
       <c r="Y5" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>102268</v>
+        <v>102270</v>
       </c>
       <c r="B6" s="1">
         <v>45498</v>
       </c>
       <c r="C6" t="s">
         <v>69</v>
       </c>
       <c r="D6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
         <v>87</v>
       </c>
       <c r="I6" t="s">
         <v>100</v>
       </c>
       <c r="J6" t="s">
         <v>89</v>
       </c>
       <c r="K6" t="s">
         <v>90</v>
       </c>
       <c r="L6" t="s">
         <v>75</v>
       </c>