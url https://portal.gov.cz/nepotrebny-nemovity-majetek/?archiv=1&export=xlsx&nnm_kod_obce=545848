--- v0 (2025-11-07)
+++ v1 (2026-01-09)
@@ -270,84 +270,84 @@
   <si>
     <t>785/5</t>
   </si>
   <si>
     <t>ano</t>
   </si>
   <si>
     <t>ne</t>
   </si>
   <si>
     <t>Prodej ostatní plochy – ostatní komunikace o výměře 148 m2, která slouží jako přístup ke skladům a technickému zázemí.</t>
   </si>
   <si>
     <t>89410</t>
   </si>
   <si>
     <t>Správa železnic, státní organizace</t>
   </si>
   <si>
     <t>uccchjm</t>
   </si>
   <si>
     <t>Ministerstvo dopravy ČR</t>
   </si>
   <si>
+    <t>Pozemky p. č. 1888/10 a p. č. 1888/5 v k. ú. Hrudkov</t>
+  </si>
+  <si>
+    <t>2025-05-15</t>
+  </si>
+  <si>
+    <t>RihovaD@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Dana Říhová</t>
+  </si>
+  <si>
+    <t>Odbor nakládání s nemovitým majetkem</t>
+  </si>
+  <si>
+    <t>p. č. 1888/10 a p. č. 1888/5</t>
+  </si>
+  <si>
+    <t>Pozemky s povrchem ze silničních panelů leží v severní části obce v bezprostřední blízkosti železnice.</t>
+  </si>
+  <si>
+    <t>130000</t>
+  </si>
+  <si>
     <t>Pozemek p. č. 1888/11 v k.ú. Hrudkov</t>
   </si>
   <si>
-    <t>2025-05-15</t>
-[...10 lines deleted...]
-  <si>
     <t>1888/11</t>
   </si>
   <si>
     <t>Pozemek leží v severní části obce v bezprostřední blízkosti železniční tratě.</t>
   </si>
   <si>
     <t>337000</t>
-  </si>
-[...10 lines deleted...]
-    <t>130000</t>
   </si>
   <si>
     <t>Budějovický Budvar, národní podnik, Budweiser Budvar, National Corporation, Budweiser Budvar, En</t>
   </si>
   <si>
     <t>yrfs29r</t>
   </si>
   <si>
     <t>Budějovický Budvar, národní podnik, Budweiser Budvar, National Corporation, Budweiser Budvar, Entreprise Nationale</t>
   </si>
   <si>
     <t>K. Světlé 512/4, České Budějovice 3, 37004 České Budějovice, CZ</t>
   </si>
   <si>
     <t>00514152</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství ČR</t>
   </si>
   <si>
     <t>Prodej nemovitostí uvedených na LV 119 - st.p. 78 se stavbou objektu bydlení č.p. 16 a pozemkové parcely 1969/2 a 1971/1</t>
   </si>
   <si>
     <t>2024-11-25</t>
   </si>
@@ -1241,51 +1241,51 @@
       </c>
       <c r="P2" t="s">
         <v>78</v>
       </c>
       <c r="Q2" t="s">
         <v>79</v>
       </c>
       <c r="R2" t="s">
         <v>80</v>
       </c>
       <c r="S2" t="s">
         <v>80</v>
       </c>
       <c r="T2" t="s">
         <v>80</v>
       </c>
       <c r="X2" t="s">
         <v>81</v>
       </c>
       <c r="Y2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>104626</v>
+        <v>104627</v>
       </c>
       <c r="B3" s="1">
         <v>45761</v>
       </c>
       <c r="C3" t="s">
         <v>83</v>
       </c>
       <c r="D3" t="s">
         <v>84</v>
       </c>
       <c r="H3" t="s">
         <v>85</v>
       </c>
       <c r="I3" t="s">
         <v>86</v>
       </c>
       <c r="J3" t="s">
         <v>87</v>
       </c>
       <c r="L3" t="s">
         <v>88</v>
       </c>
       <c r="M3" t="s">
         <v>89</v>
       </c>
@@ -1297,51 +1297,51 @@
       </c>
       <c r="P3" t="s">
         <v>91</v>
       </c>
       <c r="Q3" t="s">
         <v>79</v>
       </c>
       <c r="R3" t="s">
         <v>80</v>
       </c>
       <c r="S3" t="s">
         <v>80</v>
       </c>
       <c r="T3" t="s">
         <v>80</v>
       </c>
       <c r="X3" t="s">
         <v>92</v>
       </c>
       <c r="Y3" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>104627</v>
+        <v>104626</v>
       </c>
       <c r="B4" s="1">
         <v>45761</v>
       </c>
       <c r="C4" t="s">
         <v>83</v>
       </c>
       <c r="D4" t="s">
         <v>84</v>
       </c>
       <c r="H4" t="s">
         <v>85</v>
       </c>
       <c r="I4" t="s">
         <v>94</v>
       </c>
       <c r="J4" t="s">
         <v>87</v>
       </c>
       <c r="L4" t="s">
         <v>88</v>
       </c>
       <c r="M4" t="s">
         <v>89</v>
       </c>