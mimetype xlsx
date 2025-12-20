--- v0 (2025-10-10)
+++ v1 (2025-12-20)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="114">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -225,78 +225,105 @@
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>Povodí Vltavy, státní podnik</t>
   </si>
   <si>
     <t>gg4t8hf</t>
   </si>
   <si>
+    <t>MZe</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. 1161/16 o výměře 69 m2, k. ú. Kamýk nad Vltavou</t>
+  </si>
+  <si>
+    <t>2025-11-08</t>
+  </si>
+  <si>
+    <t>257099230</t>
+  </si>
+  <si>
+    <t>katerina.trnkova@pvl.cz</t>
+  </si>
+  <si>
+    <t>Ing. Kateřina Trnková</t>
+  </si>
+  <si>
+    <t>PS1 ZDV</t>
+  </si>
+  <si>
+    <t>Kamýk nad Vltavou, Kamýk nad Vltavou, okres Příbram</t>
+  </si>
+  <si>
+    <t>1161/16</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>36600</t>
+  </si>
+  <si>
     <t>Ministerstvo zemědělství</t>
   </si>
   <si>
     <t>Pozemek s domem v k.ú. Kamýk nad Vltavou</t>
   </si>
   <si>
     <t>2022-06-18</t>
   </si>
   <si>
     <t>724453435</t>
   </si>
   <si>
     <t>lucie.klimszova@pvl.cz</t>
   </si>
   <si>
     <t>Lucie Klimszová</t>
   </si>
   <si>
-    <t>Kamýk nad Vltavou, Kamýk nad Vltavou, okres Příbram</t>
-[...1 lines deleted...]
-  <si>
     <t>st.154</t>
-  </si>
-[...4 lines deleted...]
-    <t>ne</t>
   </si>
   <si>
     <t>Pozemek parc. č. 1422/2 a pozemek parc. č. st. 154, jehož součástí je rodinný dům s číslem popisným 154, vše zapsané na listu vlastnictví č. 46, pro katastrální území a obec Kamýk nad Vltavou.</t>
   </si>
   <si>
     <t>3550000</t>
   </si>
   <si>
     <t>Pozemky v k.ú. Kamýk nad Vltavou</t>
   </si>
   <si>
     <t>2021-08-23</t>
   </si>
   <si>
     <t>147/30, 147/33</t>
   </si>
   <si>
     <t>Pozemky parc. č. 147/30, výměra 10 m², druh pozemku ostatní plocha a parc. č. 147/33, o výměře 19 m²,  druh pozemku ostatní plocha, oddělený z pozemku parc. č. 147/7 podle geometrického plánu č. 1106-1/2021.</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
     <t>2021-04-22</t>
   </si>
@@ -664,71 +691,71 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ7"/>
+  <dimension ref="A1:BQ8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="30.7109375" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="30.7109375" customWidth="1"/>
     <col min="6" max="6" width="43.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="26.7109375" customWidth="1"/>
     <col min="9" max="9" width="457.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="25.7109375" customWidth="1"/>
-    <col min="13" max="13" width="18.7109375" customWidth="1"/>
+    <col min="13" max="13" width="23.7109375" customWidth="1"/>
     <col min="14" max="14" width="15.7109375" customWidth="1"/>
     <col min="15" max="15" width="61.7109375" customWidth="1"/>
     <col min="16" max="16" width="16.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
     <col min="24" max="24" width="209.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="17.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
@@ -954,364 +981,423 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>96510</v>
+        <v>105680</v>
       </c>
       <c r="B2" s="1">
-        <v>44699</v>
+        <v>45939</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
+      <c r="N2" t="s">
+        <v>77</v>
+      </c>
       <c r="O2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="Q2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="S2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X2" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="Y2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>95222</v>
+        <v>96510</v>
       </c>
       <c r="B3" s="1">
-        <v>44400</v>
+        <v>44699</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K3" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="L3" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="M3" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="O3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P3" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="Q3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R3" t="s">
         <v>80</v>
       </c>
       <c r="S3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="Y3" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>94750</v>
+        <v>95222</v>
       </c>
       <c r="B4" s="1">
-        <v>44277</v>
+        <v>44400</v>
       </c>
       <c r="C4" t="s">
         <v>69</v>
       </c>
       <c r="D4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I4" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="J4" t="s">
+        <v>93</v>
+      </c>
+      <c r="K4" t="s">
+        <v>86</v>
+      </c>
+      <c r="L4" t="s">
+        <v>87</v>
+      </c>
+      <c r="M4" t="s">
         <v>88</v>
       </c>
-      <c r="K4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O4" t="s">
-        <v>77</v>
+        <v>78</v>
+      </c>
+      <c r="P4" t="s">
+        <v>94</v>
       </c>
       <c r="Q4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R4" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="S4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T4" t="s">
-        <v>80</v>
+        <v>81</v>
+      </c>
+      <c r="X4" t="s">
+        <v>95</v>
       </c>
       <c r="Y4" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>93681</v>
+        <v>94750</v>
       </c>
       <c r="B5" s="1">
-        <v>44104</v>
+        <v>44277</v>
       </c>
       <c r="C5" t="s">
         <v>69</v>
       </c>
       <c r="D5" t="s">
         <v>70</v>
       </c>
+      <c r="H5" t="s">
+        <v>83</v>
+      </c>
       <c r="I5" t="s">
         <v>90</v>
       </c>
       <c r="J5" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="K5" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="L5" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="M5" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="O5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Q5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Y5" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>87532</v>
+        <v>93681</v>
       </c>
       <c r="B6" s="1">
-        <v>43566</v>
+        <v>44104</v>
       </c>
       <c r="C6" t="s">
         <v>69</v>
       </c>
       <c r="D6" t="s">
         <v>70</v>
       </c>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I6" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="J6" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="K6" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="L6" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="M6" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="O6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Q6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Y6" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>84243</v>
+        <v>87532</v>
       </c>
       <c r="B7" s="1">
-        <v>43158</v>
+        <v>43566</v>
       </c>
       <c r="C7" t="s">
         <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
-      <c r="E7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H7" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="K7" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="L7" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="M7" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="O7" t="s">
-        <v>103</v>
+        <v>78</v>
       </c>
       <c r="Q7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R7" t="s">
         <v>80</v>
       </c>
       <c r="S7" t="s">
+        <v>81</v>
+      </c>
+      <c r="T7" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="8" spans="1:69">
+      <c r="A8">
+        <v>84243</v>
+      </c>
+      <c r="B8" s="1">
+        <v>43158</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F8" t="s">
+        <v>108</v>
+      </c>
+      <c r="G8" t="s">
+        <v>109</v>
+      </c>
+      <c r="H8" t="s">
+        <v>83</v>
+      </c>
+      <c r="I8" t="s">
+        <v>110</v>
+      </c>
+      <c r="J8" t="s">
+        <v>111</v>
+      </c>
+      <c r="K8" t="s">
+        <v>86</v>
+      </c>
+      <c r="L8" t="s">
+        <v>87</v>
+      </c>
+      <c r="M8" t="s">
+        <v>88</v>
+      </c>
+      <c r="O8" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q8" t="s">
         <v>80</v>
       </c>
-      <c r="T7" t="s">
-[...3 lines deleted...]
-        <v>104</v>
+      <c r="R8" t="s">
+        <v>81</v>
+      </c>
+      <c r="S8" t="s">
+        <v>81</v>
+      </c>
+      <c r="T8" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>