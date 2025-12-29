--- v0 (2025-10-31)
+++ v1 (2025-12-29)
@@ -249,132 +249,132 @@
   <si>
     <t>MZE</t>
   </si>
   <si>
     <t>S 598/24/122 Prodej stodola Travná</t>
   </si>
   <si>
     <t>2025-04-14</t>
   </si>
   <si>
     <t>724524091</t>
   </si>
   <si>
     <t>jana.trojakova@lesycr.cz</t>
   </si>
   <si>
     <t>Ing. Jana Trojáková</t>
   </si>
   <si>
     <t>OŘ severní Morava</t>
   </si>
   <si>
     <t>Travná u Javorníka, Javorník, okres Jeseník</t>
   </si>
   <si>
+    <t>/st.87/1, st.87/2, část 87/3,85</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Prodej st.87/1, 87/2, část 87/3, 85 o celkové výměře 1103 m2 a stavby stodoly na st. 87/1</t>
+  </si>
+  <si>
+    <t>493000</t>
+  </si>
+  <si>
     <t xml:space="preserve">st. 87/1, st. část 87/2 </t>
   </si>
   <si>
-    <t>ano</t>
-[...4 lines deleted...]
-  <si>
     <t>bez.č.p.</t>
   </si>
   <si>
     <t>Prodej pozemků st. 87/1,části st. 87/2 a stavby bez č.p. - stodoly na p.č. st. 87/1</t>
   </si>
   <si>
-    <t>493000</t>
-[...7 lines deleted...]
-  <si>
     <t>S 408/24/122 pozemek p.č. 831/4 k.ú. Bílý Potok</t>
   </si>
   <si>
     <t>2024-10-06</t>
   </si>
   <si>
     <t>Bílý Potok, Javorník, okres Jeseník</t>
   </si>
   <si>
     <t>831/4</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 831/4 ostatní plocha o výměře 331 m2</t>
   </si>
   <si>
     <t>87050</t>
   </si>
   <si>
     <t>S 561/22</t>
   </si>
   <si>
     <t>2023-04-15</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 1395 , ostatní plocha o výměře 205 m2</t>
   </si>
   <si>
     <t>41000</t>
   </si>
   <si>
+    <t>S 822/22 Prodej pozemku p.č. 1369/10 dle GP k.u. Travná u Javorníka</t>
+  </si>
+  <si>
+    <t>2023-02-20</t>
+  </si>
+  <si>
+    <t>1369/10 dle GP</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1369/10 dle GP o výměře 62 m2 z p.č. 169/1</t>
+  </si>
+  <si>
+    <t>21000</t>
+  </si>
+  <si>
     <t>S 163/22 Prodej pozemku p.č. 1369/9 k.ú. Travná u Jav. dle GP</t>
   </si>
   <si>
-    <t>2023-02-20</t>
-[...1 lines deleted...]
-  <si>
     <t>1369/9 dle GP</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 1369/9 k.ú. Travná u Jav. dle GP z p.,č. 1369/1 o výměře 62 m2</t>
   </si>
   <si>
     <t>24380</t>
-  </si>
-[...10 lines deleted...]
-    <t>21000</t>
   </si>
   <si>
     <t>S 573/21 Prodej pozemku p.č. st.29, p.č. 1363/2 k.ú. Travná u Javorníka</t>
   </si>
   <si>
     <t>2023-01-16</t>
   </si>
   <si>
     <t>st.29, p.č. 1363/2</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. st. 29, o výměře 268 m2, p.č. 1363/2 , ostatní plocha o výměře 256 m2</t>
   </si>
   <si>
     <t>170000</t>
   </si>
   <si>
     <t>S 1094/21/124 Prodej pozemků k.ú. Travná u Javorníka</t>
   </si>
   <si>
     <t>2022-11-13</t>
   </si>
   <si>
     <t>3/5, 1371/3, 1371/4</t>
   </si>
@@ -1085,167 +1085,167 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>104381</v>
+        <v>104383</v>
       </c>
       <c r="B2" s="1">
         <v>45730</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
       <c r="N2" t="s">
         <v>77</v>
       </c>
       <c r="O2" t="s">
         <v>78</v>
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
         <v>80</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
-      <c r="V2" t="s">
+      <c r="X2" t="s">
         <v>82</v>
       </c>
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>104383</v>
+        <v>104381</v>
       </c>
       <c r="B3" s="1">
         <v>45730</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
         <v>71</v>
       </c>
       <c r="I3" t="s">
         <v>72</v>
       </c>
       <c r="J3" t="s">
         <v>73</v>
       </c>
       <c r="K3" t="s">
         <v>74</v>
       </c>
       <c r="L3" t="s">
         <v>75</v>
       </c>
       <c r="M3" t="s">
         <v>76</v>
       </c>
       <c r="N3" t="s">
         <v>77</v>
       </c>
       <c r="O3" t="s">
         <v>78</v>
       </c>
       <c r="P3" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="Q3" t="s">
         <v>80</v>
       </c>
       <c r="R3" t="s">
         <v>80</v>
       </c>
       <c r="S3" t="s">
         <v>81</v>
       </c>
       <c r="T3" t="s">
         <v>81</v>
       </c>
+      <c r="V3" t="s">
+        <v>85</v>
+      </c>
       <c r="X3" t="s">
         <v>86</v>
       </c>
       <c r="Y3" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
         <v>102540</v>
       </c>
       <c r="B4" s="1">
         <v>45540</v>
       </c>
       <c r="C4" t="s">
         <v>69</v>
       </c>
       <c r="D4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
         <v>71</v>
       </c>
       <c r="I4" t="s">
         <v>87</v>
       </c>
       <c r="J4" t="s">
         <v>88</v>
       </c>
       <c r="K4" t="s">
@@ -1324,51 +1324,51 @@
       </c>
       <c r="P5" t="s">
         <v>95</v>
       </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
         <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
         <v>96</v>
       </c>
       <c r="Y5" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>97420</v>
+        <v>97419</v>
       </c>
       <c r="B6" s="1">
         <v>44946</v>
       </c>
       <c r="C6" t="s">
         <v>69</v>
       </c>
       <c r="D6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
         <v>71</v>
       </c>
       <c r="I6" t="s">
         <v>98</v>
       </c>
       <c r="J6" t="s">
         <v>99</v>
       </c>
       <c r="K6" t="s">
         <v>74</v>
       </c>
       <c r="L6" t="s">
         <v>75</v>
       </c>
@@ -1383,51 +1383,51 @@
       </c>
       <c r="P6" t="s">
         <v>100</v>
       </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
         <v>81</v>
       </c>
       <c r="S6" t="s">
         <v>81</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
       <c r="X6" t="s">
         <v>101</v>
       </c>
       <c r="Y6" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>97419</v>
+        <v>97420</v>
       </c>
       <c r="B7" s="1">
         <v>44946</v>
       </c>
       <c r="C7" t="s">
         <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
         <v>71</v>
       </c>
       <c r="I7" t="s">
         <v>103</v>
       </c>
       <c r="J7" t="s">
         <v>99</v>
       </c>
       <c r="K7" t="s">
         <v>74</v>
       </c>
       <c r="L7" t="s">
         <v>75</v>
       </c>