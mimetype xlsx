--- v0 (2025-10-31)
+++ v1 (2026-03-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="629" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="799" uniqueCount="277">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -228,179 +228,305 @@
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
     <t>MZE</t>
   </si>
   <si>
+    <t>S 557/25/122 p.č. 6994/5 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>724524091</t>
+  </si>
+  <si>
+    <t>jana.trojakova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jana Trojáková</t>
+  </si>
+  <si>
+    <t>OŘ severní Morava</t>
+  </si>
+  <si>
+    <t>Domašov u Jeseníka, Bělá pod Pradědem, okres Jeseník</t>
+  </si>
+  <si>
+    <t>6994/5</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>p.č. 6994/5  ostatní plocha o výměře 17 m2</t>
+  </si>
+  <si>
+    <t>9000</t>
+  </si>
+  <si>
+    <t>S 654/25/122 pozemek p.č. 6994/10 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>6994/10</t>
+  </si>
+  <si>
+    <t>p.č. 6994/10 ostatní plocha o výměře 11 m2</t>
+  </si>
+  <si>
+    <t>6000</t>
+  </si>
+  <si>
+    <t>S 635/25/122 pozemek p.,č. 6940/10 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>2026-01-11</t>
+  </si>
+  <si>
+    <t>6940/10</t>
+  </si>
+  <si>
+    <t>p.č. 6940/10 ostatní plocha o výměře 76 m2</t>
+  </si>
+  <si>
+    <t>34000</t>
+  </si>
+  <si>
+    <t>S 592/20/122 p.č. 1384/10 k.ú. Adolfovice</t>
+  </si>
+  <si>
+    <t>1384/10</t>
+  </si>
+  <si>
+    <t>p.č. 1384/10 ostatní plocha o výměře 94 m2</t>
+  </si>
+  <si>
+    <t>51000</t>
+  </si>
+  <si>
+    <t>S 1221/25/122 p.č. 6994/8 k.ú. Domašov u Jeseníku</t>
+  </si>
+  <si>
+    <t>6994/8</t>
+  </si>
+  <si>
+    <t>p.č. 6994/8 ostatní plocha o výměře 51 m2</t>
+  </si>
+  <si>
+    <t>28000</t>
+  </si>
+  <si>
+    <t>S 1220/25/122 p.č. 5930/1 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>5930/1</t>
+  </si>
+  <si>
+    <t>p.č. 5930/1 ostatní plocha o výměře 246 m2</t>
+  </si>
+  <si>
+    <t>67000</t>
+  </si>
+  <si>
+    <t>S 1222/25/122 p.č. 6940/12 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>6940/12</t>
+  </si>
+  <si>
+    <t>p.č. 6940/12 ostatní plocha o výměře 55 m2</t>
+  </si>
+  <si>
+    <t>30000</t>
+  </si>
+  <si>
+    <t>S 155/24/122 p.č. 6928 k.ú.  Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>6928</t>
+  </si>
+  <si>
+    <t>p.č. 6928 ostatní plocha o výměře 104 m2</t>
+  </si>
+  <si>
+    <t>47000</t>
+  </si>
+  <si>
+    <t>S 689/25/122 p.č. 6994/11 k.ú., Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>6994/11</t>
+  </si>
+  <si>
+    <t>p.č. 6994/11 ostatní plocha o výměře 44 m2</t>
+  </si>
+  <si>
+    <t>24000</t>
+  </si>
+  <si>
+    <t>S 1322/19/122 p.č. 6994/7 k.ú. Domašov u Jes</t>
+  </si>
+  <si>
+    <t>6994/7</t>
+  </si>
+  <si>
+    <t>p.č. 6994/7 ostatní plocha o výměře 20 m2</t>
+  </si>
+  <si>
+    <t>11000</t>
+  </si>
+  <si>
+    <t>S 879/25/122 p.č. 5217 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>2025-10-12</t>
+  </si>
+  <si>
+    <t>5217</t>
+  </si>
+  <si>
+    <t>p.č. 5217 zahrada o výměře 106 m2</t>
+  </si>
+  <si>
+    <t>19500</t>
+  </si>
+  <si>
+    <t>S 400/25/122 Pozemek p.č. 5216 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>5216</t>
+  </si>
+  <si>
+    <t>p.č. 5216 zahrada o výměře 40 m2</t>
+  </si>
+  <si>
+    <t>7500</t>
+  </si>
+  <si>
     <t>S 428/24/122 p.č. 4984 k.ú. Domašov u Jeseníka</t>
   </si>
   <si>
-    <t>2025-10-12</t>
-[...16 lines deleted...]
-  <si>
     <t>4984</t>
   </si>
   <si>
-    <t>ano</t>
-[...4 lines deleted...]
-  <si>
     <t>p.č. 4984 trvalý travní porost o výměře 80 m2</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
-    <t>S 400/25/122 Pozemek p.č. 5216 k.ú. Domašov u Jeseníka</t>
-[...22 lines deleted...]
-  <si>
     <t>S 1177/20/122 Prodej jiné stavby bez č.p./č.e.na pozemku p.č.st. 628 k.ú. Domašov u Jeseníka</t>
   </si>
   <si>
     <t>2025-06-15</t>
   </si>
   <si>
     <t>p.č.st. 628</t>
   </si>
   <si>
     <t>bez.č.p.</t>
   </si>
   <si>
     <t>Prodej jiné stavby na pozemku p.č.st. 628 k.ú. Domašov u Jeseníka</t>
   </si>
   <si>
     <t>232000</t>
   </si>
   <si>
+    <t>S 679/24/122 Prodej pozemku p.č. 6940/8 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>6940/8</t>
+  </si>
+  <si>
+    <t>Pozemek kultury ostatní plocha, jiná plocha o výměře 11 m2</t>
+  </si>
+  <si>
+    <t>5800</t>
+  </si>
+  <si>
+    <t>S 680/24/122 prodej p.č. 6940/14 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>6940/14</t>
+  </si>
+  <si>
+    <t>Pozemek kultury ostatní plocha, jiná locha o výměře 30 m2</t>
+  </si>
+  <si>
+    <t>15800</t>
+  </si>
+  <si>
+    <t>S 39/24/122 Prodej pozemku p.č. 6940/15 k.ú. Domašov u Jeseníka</t>
+  </si>
+  <si>
+    <t>6940/15</t>
+  </si>
+  <si>
+    <t>Prodej pozemku kultury ostatní plocha, jiná plocha o výměře 4 m2</t>
+  </si>
+  <si>
+    <t>2100</t>
+  </si>
+  <si>
     <t>S 688/24/122 prodej p.č. 6940/11 k.ú. Domašov u Jeseníka</t>
   </si>
   <si>
-    <t>2024-11-11</t>
-[...1 lines deleted...]
-  <si>
     <t>6940/11</t>
   </si>
   <si>
     <t>Pozemek kultury ostatní plocha, jiná plocha o výměře 104 m2</t>
   </si>
   <si>
     <t>54600</t>
   </si>
   <si>
-    <t>S 39/24/122 Prodej pozemku p.č. 6940/15 k.ú. Domašov u Jeseníka</t>
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">S 318/24/122 Prodej pozemku p.č. 6940/7 k.ú. Domašov </t>
   </si>
   <si>
     <t>14300</t>
   </si>
   <si>
     <t>S 1288/19/122 p.č. 1270/2 k.ú. Adolfovice</t>
   </si>
   <si>
     <t>2024-11-02</t>
   </si>
   <si>
     <t>Adolfovice, Bělá pod Pradědem, okres Jeseník</t>
   </si>
   <si>
     <t>1270/2</t>
   </si>
   <si>
     <t>POzemek p.č. 1270/2 , ostatní plocha, jiná o výměře 215 m2</t>
   </si>
   <si>
     <t>82000</t>
   </si>
   <si>
     <t>S 520/20/122 pozemek p.č. 1270/3 k.ú.Adolfovice</t>
@@ -579,75 +705,75 @@
   <si>
     <t>S 596/20 Prodej pozemku p.č. st.252 o výměře 72 m2, jehož součástí je chata Grégrovka, dále pozemku p.č. 1172/3, 1172/4, 1174/9- ostatní plochy o celkové výměře 1643m2.</t>
   </si>
   <si>
     <t>2020-12-04</t>
   </si>
   <si>
     <t>ing. Jana Trojáková</t>
   </si>
   <si>
     <t>KŘ Šumperk</t>
   </si>
   <si>
     <t>367190</t>
   </si>
   <si>
     <t>S 1166/18, prodej pozemku p.č. st.389, zast.plocha o výměře 21 m2, p.č. 524/4 ostatní plocha o výměře 81 m2</t>
   </si>
   <si>
     <t>2020-09-26</t>
   </si>
   <si>
     <t>29000</t>
   </si>
   <si>
+    <t>S 520/20 Prodej pozemku p.č. 1270/3 , ostatní plocha o výměře 284 m2 k.ú. Adolfovice</t>
+  </si>
+  <si>
+    <t>2020-09-12</t>
+  </si>
+  <si>
+    <t>39000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S 378/20 Prodej pozemku p.č.st. 364/2 zast.plocha o výměře 30 m2, p.č.  1268/4, ostatní plocha o výměře 30 m2 k.ú. Adolfovice </t>
+  </si>
+  <si>
+    <t>23000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S 1288/19 Prodej pozemku p.č. 1270/2, ostatní plocha o výměře 215 m2 k.ú.Adolfovice  </t>
+  </si>
+  <si>
+    <t>73000</t>
+  </si>
+  <si>
     <t xml:space="preserve">S 459/20 Prodej pozemku p.č. 1270/1, ostatní plocha o výměře 579 m2 k.ú.Adolfovice  </t>
   </si>
   <si>
-    <t>2020-09-12</t>
-[...1 lines deleted...]
-  <si>
     <t>148000</t>
-  </si>
-[...16 lines deleted...]
-    <t>73000</t>
   </si>
   <si>
     <t>S 459/20 Prodej pozemku p.č. 1270/4, ostatní plocha o výměře 48 m2, oddělený dle GP z p.č. 1270 k.ú. Adolfovice</t>
   </si>
   <si>
     <t>16000</t>
   </si>
   <si>
     <t>Česká pošta, s.p.</t>
   </si>
   <si>
     <t>kr7cdry</t>
   </si>
   <si>
     <t>Ministerstvo vnitra</t>
   </si>
   <si>
     <t>Pozemek parc. č. st.176 o výměře 239 m2, zastavěná plocha a nádvoří, jehož součástí je stavba č. p. 95, rodinný dům, na LV č. 185, Katastrální úřad pro Olomoucký kraj, Katastrální pracoviště Jeseník, Katastrální území Domašov u Jeseníka, obec Bělá pod Pradědem. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
     <t>2020-06-06</t>
   </si>
   <si>
     <t>954302157</t>
   </si>
@@ -1054,51 +1180,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ35"/>
+  <dimension ref="A1:BQ45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="28.7109375" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="28.7109375" customWidth="1"/>
     <col min="6" max="6" width="52.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="26.7109375" customWidth="1"/>
     <col min="9" max="9" width="317.7109375" customWidth="1"/>
     <col min="10" max="10" width="13.7109375" customWidth="1"/>
     <col min="11" max="11" width="15.7109375" customWidth="1"/>
     <col min="12" max="12" width="30.7109375" customWidth="1"/>
     <col min="13" max="13" width="24.7109375" customWidth="1"/>
     <col min="14" max="14" width="32.7109375" customWidth="1"/>
     <col min="15" max="15" width="62.7109375" customWidth="1"/>
     <col min="16" max="16" width="17.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
@@ -1345,54 +1471,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>105428</v>
+        <v>106058</v>
       </c>
       <c r="B2" s="1">
-        <v>45911</v>
+        <v>46003</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
@@ -1404,54 +1530,54 @@
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
         <v>81</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="X2" t="s">
         <v>82</v>
       </c>
       <c r="Y2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>105425</v>
+        <v>106057</v>
       </c>
       <c r="B3" s="1">
-        <v>45911</v>
+        <v>46003</v>
       </c>
       <c r="C3" t="s">
         <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>70</v>
       </c>
       <c r="H3" t="s">
         <v>71</v>
       </c>
       <c r="I3" t="s">
         <v>84</v>
       </c>
       <c r="J3" t="s">
         <v>73</v>
       </c>
       <c r="K3" t="s">
         <v>74</v>
       </c>
       <c r="L3" t="s">
         <v>75</v>
       </c>
       <c r="M3" t="s">
         <v>76</v>
       </c>
@@ -1463,1880 +1589,2470 @@
       </c>
       <c r="P3" t="s">
         <v>85</v>
       </c>
       <c r="Q3" t="s">
         <v>80</v>
       </c>
       <c r="R3" t="s">
         <v>81</v>
       </c>
       <c r="S3" t="s">
         <v>81</v>
       </c>
       <c r="T3" t="s">
         <v>81</v>
       </c>
       <c r="X3" t="s">
         <v>86</v>
       </c>
       <c r="Y3" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>105426</v>
+        <v>106056</v>
       </c>
       <c r="B4" s="1">
-        <v>45911</v>
+        <v>46003</v>
       </c>
       <c r="C4" t="s">
         <v>69</v>
       </c>
       <c r="D4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
         <v>71</v>
       </c>
       <c r="I4" t="s">
         <v>88</v>
       </c>
       <c r="J4" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="K4" t="s">
         <v>74</v>
       </c>
       <c r="L4" t="s">
         <v>75</v>
       </c>
       <c r="M4" t="s">
         <v>76</v>
       </c>
       <c r="N4" t="s">
         <v>77</v>
       </c>
       <c r="O4" t="s">
         <v>78</v>
       </c>
       <c r="P4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
         <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="Y4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>104792</v>
+        <v>106065</v>
       </c>
       <c r="B5" s="1">
-        <v>45792</v>
+        <v>46003</v>
       </c>
       <c r="C5" t="s">
         <v>69</v>
       </c>
       <c r="D5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
         <v>71</v>
       </c>
       <c r="I5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J5" t="s">
-        <v>93</v>
+        <v>73</v>
       </c>
       <c r="K5" t="s">
         <v>74</v>
       </c>
       <c r="L5" t="s">
         <v>75</v>
       </c>
       <c r="M5" t="s">
         <v>76</v>
       </c>
       <c r="N5" t="s">
         <v>77</v>
       </c>
       <c r="O5" t="s">
         <v>78</v>
       </c>
       <c r="P5" t="s">
         <v>94</v>
       </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
-      <c r="V5" t="s">
+      <c r="X5" t="s">
         <v>95</v>
       </c>
-      <c r="X5" t="s">
+      <c r="Y5" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>102773</v>
+        <v>106064</v>
       </c>
       <c r="B6" s="1">
-        <v>45576</v>
+        <v>46003</v>
       </c>
       <c r="C6" t="s">
         <v>69</v>
       </c>
       <c r="D6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
         <v>71</v>
       </c>
       <c r="I6" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J6" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="K6" t="s">
         <v>74</v>
       </c>
       <c r="L6" t="s">
         <v>75</v>
       </c>
       <c r="M6" t="s">
         <v>76</v>
       </c>
       <c r="N6" t="s">
         <v>77</v>
       </c>
       <c r="O6" t="s">
         <v>78</v>
       </c>
       <c r="P6" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>80</v>
+      </c>
+      <c r="R6" t="s">
+        <v>81</v>
+      </c>
+      <c r="S6" t="s">
+        <v>81</v>
+      </c>
+      <c r="T6" t="s">
+        <v>81</v>
+      </c>
+      <c r="X6" t="s">
+        <v>99</v>
+      </c>
+      <c r="Y6" t="s">
         <v>100</v>
-      </c>
-[...16 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>102772</v>
+        <v>106063</v>
       </c>
       <c r="B7" s="1">
-        <v>45576</v>
+        <v>46003</v>
       </c>
       <c r="C7" t="s">
         <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
         <v>71</v>
       </c>
       <c r="I7" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="J7" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="K7" t="s">
         <v>74</v>
       </c>
       <c r="L7" t="s">
         <v>75</v>
       </c>
       <c r="M7" t="s">
         <v>76</v>
       </c>
       <c r="N7" t="s">
         <v>77</v>
       </c>
       <c r="O7" t="s">
         <v>78</v>
       </c>
       <c r="P7" t="s">
+        <v>102</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>80</v>
+      </c>
+      <c r="R7" t="s">
+        <v>81</v>
+      </c>
+      <c r="S7" t="s">
+        <v>81</v>
+      </c>
+      <c r="T7" t="s">
+        <v>81</v>
+      </c>
+      <c r="X7" t="s">
+        <v>103</v>
+      </c>
+      <c r="Y7" t="s">
         <v>104</v>
-      </c>
-[...16 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>102771</v>
+        <v>106062</v>
       </c>
       <c r="B8" s="1">
-        <v>45576</v>
+        <v>46003</v>
       </c>
       <c r="C8" t="s">
         <v>69</v>
       </c>
       <c r="D8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
         <v>71</v>
       </c>
       <c r="I8" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="J8" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="K8" t="s">
         <v>74</v>
       </c>
       <c r="L8" t="s">
         <v>75</v>
       </c>
       <c r="M8" t="s">
         <v>76</v>
       </c>
       <c r="N8" t="s">
         <v>77</v>
       </c>
       <c r="O8" t="s">
         <v>78</v>
       </c>
       <c r="P8" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>80</v>
+      </c>
+      <c r="R8" t="s">
+        <v>81</v>
+      </c>
+      <c r="S8" t="s">
+        <v>81</v>
+      </c>
+      <c r="T8" t="s">
+        <v>81</v>
+      </c>
+      <c r="X8" t="s">
+        <v>107</v>
+      </c>
+      <c r="Y8" t="s">
         <v>108</v>
-      </c>
-[...16 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>102774</v>
+        <v>106061</v>
       </c>
       <c r="B9" s="1">
-        <v>45576</v>
+        <v>46003</v>
       </c>
       <c r="C9" t="s">
         <v>69</v>
       </c>
       <c r="D9" t="s">
         <v>70</v>
       </c>
       <c r="H9" t="s">
         <v>71</v>
       </c>
       <c r="I9" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="J9" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="K9" t="s">
         <v>74</v>
       </c>
       <c r="L9" t="s">
         <v>75</v>
       </c>
       <c r="M9" t="s">
         <v>76</v>
       </c>
       <c r="N9" t="s">
         <v>77</v>
       </c>
       <c r="O9" t="s">
         <v>78</v>
       </c>
       <c r="P9" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>80</v>
+      </c>
+      <c r="R9" t="s">
+        <v>81</v>
+      </c>
+      <c r="S9" t="s">
+        <v>81</v>
+      </c>
+      <c r="T9" t="s">
+        <v>81</v>
+      </c>
+      <c r="X9" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y9" t="s">
         <v>112</v>
-      </c>
-[...16 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>102775</v>
+        <v>106060</v>
       </c>
       <c r="B10" s="1">
-        <v>45576</v>
+        <v>46003</v>
       </c>
       <c r="C10" t="s">
         <v>69</v>
       </c>
       <c r="D10" t="s">
         <v>70</v>
       </c>
       <c r="H10" t="s">
         <v>71</v>
       </c>
       <c r="I10" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="J10" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="K10" t="s">
         <v>74</v>
       </c>
       <c r="L10" t="s">
         <v>75</v>
       </c>
       <c r="M10" t="s">
         <v>76</v>
       </c>
       <c r="N10" t="s">
         <v>77</v>
       </c>
       <c r="O10" t="s">
         <v>78</v>
       </c>
+      <c r="P10" t="s">
+        <v>114</v>
+      </c>
       <c r="Q10" t="s">
         <v>80</v>
       </c>
       <c r="R10" t="s">
         <v>81</v>
       </c>
       <c r="S10" t="s">
         <v>81</v>
       </c>
       <c r="T10" t="s">
         <v>81</v>
       </c>
       <c r="X10" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="Y10" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>102668</v>
+        <v>106059</v>
       </c>
       <c r="B11" s="1">
-        <v>45567</v>
+        <v>46003</v>
       </c>
       <c r="C11" t="s">
         <v>69</v>
       </c>
       <c r="D11" t="s">
         <v>70</v>
       </c>
       <c r="H11" t="s">
         <v>71</v>
       </c>
       <c r="I11" t="s">
         <v>117</v>
       </c>
       <c r="J11" t="s">
-        <v>118</v>
+        <v>73</v>
       </c>
       <c r="K11" t="s">
         <v>74</v>
       </c>
       <c r="L11" t="s">
         <v>75</v>
       </c>
       <c r="M11" t="s">
         <v>76</v>
       </c>
       <c r="N11" t="s">
         <v>77</v>
       </c>
       <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>118</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>80</v>
+      </c>
+      <c r="R11" t="s">
+        <v>81</v>
+      </c>
+      <c r="S11" t="s">
+        <v>81</v>
+      </c>
+      <c r="T11" t="s">
+        <v>81</v>
+      </c>
+      <c r="X11" t="s">
         <v>119</v>
       </c>
-      <c r="P11" t="s">
+      <c r="Y11" t="s">
         <v>120</v>
-      </c>
-[...16 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>102669</v>
+        <v>105426</v>
       </c>
       <c r="B12" s="1">
-        <v>45567</v>
+        <v>45911</v>
       </c>
       <c r="C12" t="s">
         <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
         <v>71</v>
       </c>
       <c r="I12" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="J12" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="K12" t="s">
         <v>74</v>
       </c>
       <c r="L12" t="s">
         <v>75</v>
       </c>
       <c r="M12" t="s">
         <v>76</v>
       </c>
       <c r="N12" t="s">
         <v>77</v>
       </c>
       <c r="O12" t="s">
-        <v>119</v>
+        <v>78</v>
       </c>
       <c r="P12" t="s">
+        <v>123</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>80</v>
+      </c>
+      <c r="R12" t="s">
+        <v>81</v>
+      </c>
+      <c r="S12" t="s">
+        <v>81</v>
+      </c>
+      <c r="T12" t="s">
+        <v>81</v>
+      </c>
+      <c r="X12" t="s">
         <v>124</v>
       </c>
-      <c r="Q12" t="s">
-[...11 lines deleted...]
-      <c r="X12" t="s">
+      <c r="Y12" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>102667</v>
+        <v>105425</v>
       </c>
       <c r="B13" s="1">
-        <v>45567</v>
+        <v>45911</v>
       </c>
       <c r="C13" t="s">
         <v>69</v>
       </c>
       <c r="D13" t="s">
         <v>70</v>
       </c>
       <c r="H13" t="s">
         <v>71</v>
       </c>
       <c r="I13" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J13" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="K13" t="s">
         <v>74</v>
       </c>
       <c r="L13" t="s">
         <v>75</v>
       </c>
       <c r="M13" t="s">
         <v>76</v>
       </c>
       <c r="N13" t="s">
         <v>77</v>
       </c>
       <c r="O13" t="s">
-        <v>119</v>
+        <v>78</v>
       </c>
       <c r="P13" t="s">
+        <v>127</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>80</v>
+      </c>
+      <c r="R13" t="s">
+        <v>81</v>
+      </c>
+      <c r="S13" t="s">
+        <v>81</v>
+      </c>
+      <c r="T13" t="s">
+        <v>81</v>
+      </c>
+      <c r="X13" t="s">
         <v>128</v>
       </c>
-      <c r="Q13" t="s">
-[...11 lines deleted...]
-      <c r="X13" t="s">
+      <c r="Y13" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>100283</v>
+        <v>105428</v>
       </c>
       <c r="B14" s="1">
-        <v>45271</v>
+        <v>45911</v>
       </c>
       <c r="C14" t="s">
         <v>69</v>
       </c>
       <c r="D14" t="s">
         <v>70</v>
       </c>
       <c r="H14" t="s">
         <v>71</v>
       </c>
       <c r="I14" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J14" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="K14" t="s">
-        <v>133</v>
+        <v>74</v>
       </c>
       <c r="L14" t="s">
         <v>75</v>
       </c>
       <c r="M14" t="s">
         <v>76</v>
       </c>
       <c r="N14" t="s">
         <v>77</v>
       </c>
       <c r="O14" t="s">
         <v>78</v>
       </c>
       <c r="P14" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="Q14" t="s">
         <v>80</v>
       </c>
       <c r="R14" t="s">
         <v>81</v>
       </c>
       <c r="S14" t="s">
         <v>81</v>
       </c>
       <c r="T14" t="s">
         <v>81</v>
       </c>
       <c r="X14" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="Y14" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>100015</v>
+        <v>104792</v>
       </c>
       <c r="B15" s="1">
-        <v>45232</v>
+        <v>45792</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
         <v>71</v>
       </c>
       <c r="I15" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="J15" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="K15" t="s">
-        <v>133</v>
+        <v>74</v>
       </c>
       <c r="L15" t="s">
         <v>75</v>
       </c>
       <c r="M15" t="s">
         <v>76</v>
       </c>
       <c r="N15" t="s">
         <v>77</v>
       </c>
       <c r="O15" t="s">
         <v>78</v>
       </c>
       <c r="P15" t="s">
+        <v>136</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>80</v>
+      </c>
+      <c r="R15" t="s">
+        <v>80</v>
+      </c>
+      <c r="S15" t="s">
+        <v>81</v>
+      </c>
+      <c r="T15" t="s">
+        <v>81</v>
+      </c>
+      <c r="V15" t="s">
+        <v>137</v>
+      </c>
+      <c r="X15" t="s">
+        <v>138</v>
+      </c>
+      <c r="Y15" t="s">
         <v>139</v>
-      </c>
-[...16 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
-        <v>99984</v>
+        <v>102774</v>
       </c>
       <c r="B16" s="1">
-        <v>45226</v>
+        <v>45576</v>
       </c>
       <c r="C16" t="s">
         <v>69</v>
       </c>
       <c r="D16" t="s">
         <v>70</v>
       </c>
       <c r="H16" t="s">
         <v>71</v>
       </c>
       <c r="I16" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="J16" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="K16" t="s">
-        <v>133</v>
+        <v>74</v>
       </c>
       <c r="L16" t="s">
         <v>75</v>
       </c>
       <c r="M16" t="s">
         <v>76</v>
       </c>
       <c r="N16" t="s">
         <v>77</v>
       </c>
       <c r="O16" t="s">
         <v>78</v>
       </c>
       <c r="P16" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="Q16" t="s">
         <v>80</v>
       </c>
       <c r="R16" t="s">
         <v>81</v>
       </c>
       <c r="S16" t="s">
         <v>81</v>
       </c>
       <c r="T16" t="s">
         <v>81</v>
       </c>
       <c r="X16" t="s">
+        <v>143</v>
+      </c>
+      <c r="Y16" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="17" spans="1:36">
       <c r="A17">
-        <v>99757</v>
+        <v>102771</v>
       </c>
       <c r="B17" s="1">
-        <v>45201</v>
+        <v>45576</v>
       </c>
       <c r="C17" t="s">
         <v>69</v>
       </c>
       <c r="D17" t="s">
         <v>70</v>
       </c>
       <c r="H17" t="s">
         <v>71</v>
       </c>
       <c r="I17" t="s">
         <v>145</v>
       </c>
       <c r="J17" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="K17" t="s">
-        <v>133</v>
+        <v>74</v>
       </c>
       <c r="L17" t="s">
         <v>75</v>
       </c>
       <c r="M17" t="s">
         <v>76</v>
       </c>
       <c r="N17" t="s">
         <v>77</v>
       </c>
       <c r="O17" t="s">
         <v>78</v>
       </c>
       <c r="P17" t="s">
+        <v>146</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>80</v>
+      </c>
+      <c r="R17" t="s">
+        <v>81</v>
+      </c>
+      <c r="S17" t="s">
+        <v>81</v>
+      </c>
+      <c r="T17" t="s">
+        <v>81</v>
+      </c>
+      <c r="X17" t="s">
         <v>147</v>
       </c>
-      <c r="Q17" t="s">
-[...11 lines deleted...]
-      <c r="X17" t="s">
+      <c r="Y17" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="18" spans="1:36">
       <c r="A18">
-        <v>98358</v>
+        <v>102772</v>
       </c>
       <c r="B18" s="1">
-        <v>45155</v>
+        <v>45576</v>
       </c>
       <c r="C18" t="s">
         <v>69</v>
       </c>
       <c r="D18" t="s">
         <v>70</v>
       </c>
       <c r="H18" t="s">
+        <v>71</v>
+      </c>
+      <c r="I18" t="s">
+        <v>149</v>
+      </c>
+      <c r="J18" t="s">
+        <v>141</v>
+      </c>
+      <c r="K18" t="s">
+        <v>74</v>
+      </c>
+      <c r="L18" t="s">
+        <v>75</v>
+      </c>
+      <c r="M18" t="s">
+        <v>76</v>
+      </c>
+      <c r="N18" t="s">
+        <v>77</v>
+      </c>
+      <c r="O18" t="s">
+        <v>78</v>
+      </c>
+      <c r="P18" t="s">
         <v>150</v>
       </c>
-      <c r="I18" t="s">
+      <c r="Q18" t="s">
+        <v>80</v>
+      </c>
+      <c r="R18" t="s">
+        <v>81</v>
+      </c>
+      <c r="S18" t="s">
+        <v>81</v>
+      </c>
+      <c r="T18" t="s">
+        <v>81</v>
+      </c>
+      <c r="X18" t="s">
         <v>151</v>
       </c>
-      <c r="J18" t="s">
+      <c r="Y18" t="s">
         <v>152</v>
-      </c>
-[...58 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="19" spans="1:36">
       <c r="A19">
-        <v>97893</v>
+        <v>102773</v>
       </c>
       <c r="B19" s="1">
-        <v>45061</v>
+        <v>45576</v>
       </c>
       <c r="C19" t="s">
         <v>69</v>
       </c>
       <c r="D19" t="s">
         <v>70</v>
       </c>
       <c r="H19" t="s">
-        <v>150</v>
+        <v>71</v>
       </c>
       <c r="I19" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="J19" t="s">
-        <v>163</v>
+        <v>141</v>
       </c>
       <c r="K19" t="s">
-        <v>153</v>
+        <v>74</v>
       </c>
       <c r="L19" t="s">
+        <v>75</v>
+      </c>
+      <c r="M19" t="s">
+        <v>76</v>
+      </c>
+      <c r="N19" t="s">
+        <v>77</v>
+      </c>
+      <c r="O19" t="s">
+        <v>78</v>
+      </c>
+      <c r="P19" t="s">
         <v>154</v>
       </c>
-      <c r="M19" t="s">
+      <c r="Q19" t="s">
+        <v>80</v>
+      </c>
+      <c r="R19" t="s">
+        <v>81</v>
+      </c>
+      <c r="S19" t="s">
+        <v>81</v>
+      </c>
+      <c r="T19" t="s">
+        <v>81</v>
+      </c>
+      <c r="X19" t="s">
         <v>155</v>
       </c>
-      <c r="N19" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="Y19" t="s">
-        <v>167</v>
+        <v>156</v>
       </c>
     </row>
     <row r="20" spans="1:36">
       <c r="A20">
-        <v>96984</v>
+        <v>102775</v>
       </c>
       <c r="B20" s="1">
-        <v>44827</v>
+        <v>45576</v>
       </c>
       <c r="C20" t="s">
         <v>69</v>
       </c>
       <c r="D20" t="s">
         <v>70</v>
       </c>
       <c r="H20" t="s">
         <v>71</v>
       </c>
       <c r="I20" t="s">
-        <v>168</v>
+        <v>157</v>
       </c>
       <c r="J20" t="s">
-        <v>169</v>
+        <v>141</v>
       </c>
       <c r="K20" t="s">
         <v>74</v>
       </c>
       <c r="L20" t="s">
         <v>75</v>
       </c>
       <c r="M20" t="s">
         <v>76</v>
       </c>
       <c r="N20" t="s">
         <v>77</v>
       </c>
       <c r="O20" t="s">
         <v>78</v>
       </c>
-      <c r="P20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q20" t="s">
         <v>80</v>
       </c>
       <c r="R20" t="s">
         <v>81</v>
       </c>
       <c r="S20" t="s">
         <v>81</v>
       </c>
       <c r="T20" t="s">
         <v>81</v>
       </c>
       <c r="X20" t="s">
-        <v>171</v>
+        <v>155</v>
       </c>
       <c r="Y20" t="s">
-        <v>172</v>
+        <v>158</v>
       </c>
     </row>
     <row r="21" spans="1:36">
       <c r="A21">
-        <v>95417</v>
+        <v>102668</v>
       </c>
       <c r="B21" s="1">
-        <v>44453</v>
+        <v>45567</v>
       </c>
       <c r="C21" t="s">
         <v>69</v>
       </c>
       <c r="D21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
         <v>71</v>
       </c>
       <c r="I21" t="s">
-        <v>173</v>
+        <v>159</v>
       </c>
       <c r="J21" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
       <c r="K21" t="s">
         <v>74</v>
       </c>
       <c r="L21" t="s">
         <v>75</v>
       </c>
       <c r="M21" t="s">
         <v>76</v>
       </c>
       <c r="N21" t="s">
         <v>77</v>
       </c>
       <c r="O21" t="s">
-        <v>78</v>
+        <v>161</v>
       </c>
       <c r="P21" t="s">
-        <v>175</v>
+        <v>162</v>
       </c>
       <c r="Q21" t="s">
         <v>80</v>
       </c>
       <c r="R21" t="s">
         <v>81</v>
       </c>
       <c r="S21" t="s">
         <v>81</v>
       </c>
       <c r="T21" t="s">
         <v>81</v>
       </c>
       <c r="X21" t="s">
-        <v>176</v>
+        <v>163</v>
       </c>
       <c r="Y21" t="s">
-        <v>177</v>
+        <v>164</v>
       </c>
     </row>
     <row r="22" spans="1:36">
       <c r="A22">
-        <v>94682</v>
+        <v>102669</v>
       </c>
       <c r="B22" s="1">
-        <v>44263</v>
+        <v>45567</v>
       </c>
       <c r="C22" t="s">
         <v>69</v>
       </c>
       <c r="D22" t="s">
         <v>70</v>
       </c>
       <c r="H22" t="s">
         <v>71</v>
       </c>
       <c r="I22" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="J22" t="s">
-        <v>179</v>
+        <v>160</v>
       </c>
       <c r="K22" t="s">
         <v>74</v>
       </c>
       <c r="L22" t="s">
         <v>75</v>
       </c>
       <c r="M22" t="s">
         <v>76</v>
       </c>
       <c r="N22" t="s">
         <v>77</v>
       </c>
       <c r="O22" t="s">
-        <v>78</v>
+        <v>161</v>
+      </c>
+      <c r="P22" t="s">
+        <v>166</v>
       </c>
       <c r="Q22" t="s">
         <v>80</v>
       </c>
       <c r="R22" t="s">
         <v>81</v>
       </c>
       <c r="S22" t="s">
         <v>81</v>
       </c>
       <c r="T22" t="s">
         <v>81</v>
       </c>
+      <c r="X22" t="s">
+        <v>167</v>
+      </c>
       <c r="Y22" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
     </row>
     <row r="23" spans="1:36">
       <c r="A23">
-        <v>93984</v>
+        <v>102667</v>
       </c>
       <c r="B23" s="1">
-        <v>44139</v>
+        <v>45567</v>
       </c>
       <c r="C23" t="s">
         <v>69</v>
       </c>
       <c r="D23" t="s">
         <v>70</v>
       </c>
       <c r="H23" t="s">
         <v>71</v>
       </c>
       <c r="I23" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="J23" t="s">
-        <v>182</v>
+        <v>160</v>
       </c>
       <c r="K23" t="s">
         <v>74</v>
       </c>
       <c r="L23" t="s">
         <v>75</v>
       </c>
       <c r="M23" t="s">
-        <v>183</v>
+        <v>76</v>
       </c>
       <c r="N23" t="s">
-        <v>184</v>
+        <v>77</v>
       </c>
       <c r="O23" t="s">
-        <v>119</v>
+        <v>161</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
       </c>
       <c r="Q23" t="s">
         <v>80</v>
       </c>
       <c r="R23" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S23" t="s">
         <v>81</v>
       </c>
       <c r="T23" t="s">
         <v>81</v>
       </c>
+      <c r="X23" t="s">
+        <v>171</v>
+      </c>
       <c r="Y23" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
     </row>
     <row r="24" spans="1:36">
       <c r="A24">
-        <v>93506</v>
+        <v>100283</v>
       </c>
       <c r="B24" s="1">
-        <v>44067</v>
+        <v>45271</v>
       </c>
       <c r="C24" t="s">
         <v>69</v>
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
       <c r="H24" t="s">
         <v>71</v>
       </c>
       <c r="I24" t="s">
-        <v>186</v>
+        <v>173</v>
       </c>
       <c r="J24" t="s">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="K24" t="s">
-        <v>74</v>
+        <v>175</v>
       </c>
       <c r="L24" t="s">
         <v>75</v>
       </c>
       <c r="M24" t="s">
         <v>76</v>
       </c>
       <c r="N24" t="s">
-        <v>184</v>
+        <v>77</v>
       </c>
       <c r="O24" t="s">
-        <v>119</v>
+        <v>78</v>
+      </c>
+      <c r="P24" t="s">
+        <v>176</v>
       </c>
       <c r="Q24" t="s">
         <v>80</v>
       </c>
       <c r="R24" t="s">
         <v>81</v>
       </c>
       <c r="S24" t="s">
         <v>81</v>
       </c>
       <c r="T24" t="s">
         <v>81</v>
       </c>
+      <c r="X24" t="s">
+        <v>177</v>
+      </c>
       <c r="Y24" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
     </row>
     <row r="25" spans="1:36">
       <c r="A25">
-        <v>93465</v>
+        <v>100015</v>
       </c>
       <c r="B25" s="1">
-        <v>44053</v>
+        <v>45232</v>
       </c>
       <c r="C25" t="s">
         <v>69</v>
       </c>
       <c r="D25" t="s">
         <v>70</v>
       </c>
       <c r="H25" t="s">
         <v>71</v>
       </c>
       <c r="I25" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="J25" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="K25" t="s">
-        <v>74</v>
+        <v>175</v>
       </c>
       <c r="L25" t="s">
         <v>75</v>
       </c>
       <c r="M25" t="s">
         <v>76</v>
       </c>
       <c r="N25" t="s">
-        <v>184</v>
+        <v>77</v>
       </c>
       <c r="O25" t="s">
-        <v>119</v>
+        <v>78</v>
+      </c>
+      <c r="P25" t="s">
+        <v>181</v>
       </c>
       <c r="Q25" t="s">
         <v>80</v>
       </c>
       <c r="R25" t="s">
         <v>81</v>
       </c>
       <c r="S25" t="s">
         <v>81</v>
       </c>
       <c r="T25" t="s">
         <v>81</v>
       </c>
+      <c r="X25" t="s">
+        <v>182</v>
+      </c>
       <c r="Y25" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
     </row>
     <row r="26" spans="1:36">
       <c r="A26">
-        <v>93472</v>
+        <v>99984</v>
       </c>
       <c r="B26" s="1">
-        <v>44053</v>
+        <v>45226</v>
       </c>
       <c r="C26" t="s">
         <v>69</v>
       </c>
       <c r="D26" t="s">
         <v>70</v>
       </c>
       <c r="H26" t="s">
         <v>71</v>
       </c>
       <c r="I26" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="J26" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="K26" t="s">
-        <v>74</v>
+        <v>175</v>
       </c>
       <c r="L26" t="s">
         <v>75</v>
       </c>
       <c r="M26" t="s">
         <v>76</v>
       </c>
       <c r="N26" t="s">
-        <v>184</v>
+        <v>77</v>
       </c>
       <c r="O26" t="s">
-        <v>119</v>
+        <v>78</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
       </c>
       <c r="Q26" t="s">
         <v>80</v>
       </c>
       <c r="R26" t="s">
         <v>81</v>
       </c>
       <c r="S26" t="s">
         <v>81</v>
       </c>
       <c r="T26" t="s">
         <v>81</v>
       </c>
+      <c r="X26" t="s">
+        <v>186</v>
+      </c>
       <c r="Y26" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
     </row>
     <row r="27" spans="1:36">
       <c r="A27">
-        <v>93470</v>
+        <v>99757</v>
       </c>
       <c r="B27" s="1">
-        <v>44053</v>
+        <v>45201</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
       <c r="D27" t="s">
         <v>70</v>
       </c>
       <c r="H27" t="s">
         <v>71</v>
       </c>
       <c r="I27" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="J27" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="K27" t="s">
-        <v>74</v>
+        <v>175</v>
       </c>
       <c r="L27" t="s">
         <v>75</v>
       </c>
       <c r="M27" t="s">
         <v>76</v>
       </c>
       <c r="N27" t="s">
-        <v>184</v>
+        <v>77</v>
       </c>
       <c r="O27" t="s">
-        <v>119</v>
+        <v>78</v>
+      </c>
+      <c r="P27" t="s">
+        <v>189</v>
       </c>
       <c r="Q27" t="s">
         <v>80</v>
       </c>
       <c r="R27" t="s">
         <v>81</v>
       </c>
       <c r="S27" t="s">
         <v>81</v>
       </c>
       <c r="T27" t="s">
         <v>81</v>
       </c>
+      <c r="X27" t="s">
+        <v>190</v>
+      </c>
       <c r="Y27" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:36">
       <c r="A28">
-        <v>93466</v>
+        <v>98358</v>
       </c>
       <c r="B28" s="1">
-        <v>44053</v>
+        <v>45155</v>
       </c>
       <c r="C28" t="s">
         <v>69</v>
       </c>
       <c r="D28" t="s">
         <v>70</v>
       </c>
       <c r="H28" t="s">
-        <v>71</v>
+        <v>192</v>
       </c>
       <c r="I28" t="s">
+        <v>193</v>
+      </c>
+      <c r="J28" t="s">
+        <v>194</v>
+      </c>
+      <c r="K28" t="s">
+        <v>195</v>
+      </c>
+      <c r="L28" t="s">
         <v>196</v>
       </c>
-      <c r="J28" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M28" t="s">
-        <v>76</v>
+        <v>197</v>
       </c>
       <c r="N28" t="s">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="O28" t="s">
-        <v>119</v>
+        <v>161</v>
+      </c>
+      <c r="P28" t="s">
+        <v>199</v>
       </c>
       <c r="Q28" t="s">
         <v>80</v>
       </c>
       <c r="R28" t="s">
         <v>81</v>
       </c>
       <c r="S28" t="s">
         <v>81</v>
       </c>
       <c r="T28" t="s">
         <v>81</v>
       </c>
+      <c r="X28" t="s">
+        <v>200</v>
+      </c>
       <c r="Y28" t="s">
-        <v>197</v>
+        <v>201</v>
+      </c>
+      <c r="Z28" t="s">
+        <v>161</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>202</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>203</v>
+      </c>
+      <c r="AC28" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD28" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE28" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF28" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ28" t="s">
+        <v>204</v>
       </c>
     </row>
     <row r="29" spans="1:36">
       <c r="A29">
-        <v>93461</v>
+        <v>97893</v>
       </c>
       <c r="B29" s="1">
-        <v>44053</v>
+        <v>45061</v>
       </c>
       <c r="C29" t="s">
         <v>69</v>
       </c>
       <c r="D29" t="s">
         <v>70</v>
       </c>
       <c r="H29" t="s">
-        <v>71</v>
+        <v>192</v>
       </c>
       <c r="I29" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="J29" t="s">
-        <v>190</v>
+        <v>205</v>
       </c>
       <c r="K29" t="s">
-        <v>74</v>
+        <v>195</v>
       </c>
       <c r="L29" t="s">
-        <v>75</v>
+        <v>196</v>
       </c>
       <c r="M29" t="s">
-        <v>76</v>
+        <v>197</v>
       </c>
       <c r="N29" t="s">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="O29" t="s">
-        <v>119</v>
+        <v>161</v>
+      </c>
+      <c r="P29" t="s">
+        <v>207</v>
       </c>
       <c r="Q29" t="s">
         <v>80</v>
       </c>
       <c r="R29" t="s">
         <v>81</v>
       </c>
       <c r="S29" t="s">
         <v>81</v>
       </c>
       <c r="T29" t="s">
         <v>81</v>
       </c>
+      <c r="X29" t="s">
+        <v>208</v>
+      </c>
       <c r="Y29" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
     </row>
     <row r="30" spans="1:36">
       <c r="A30">
-        <v>92462</v>
+        <v>96984</v>
       </c>
       <c r="B30" s="1">
-        <v>43956</v>
+        <v>44827</v>
       </c>
       <c r="C30" t="s">
-        <v>200</v>
+        <v>69</v>
       </c>
       <c r="D30" t="s">
-        <v>201</v>
+        <v>70</v>
       </c>
       <c r="H30" t="s">
-        <v>202</v>
+        <v>71</v>
       </c>
       <c r="I30" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="J30" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="K30" t="s">
-        <v>205</v>
+        <v>74</v>
       </c>
       <c r="L30" t="s">
-        <v>206</v>
+        <v>75</v>
       </c>
       <c r="M30" t="s">
-        <v>207</v>
+        <v>76</v>
       </c>
       <c r="N30" t="s">
-        <v>208</v>
+        <v>77</v>
       </c>
       <c r="O30" t="s">
         <v>78</v>
       </c>
+      <c r="P30" t="s">
+        <v>212</v>
+      </c>
       <c r="Q30" t="s">
         <v>80</v>
       </c>
       <c r="R30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S30" t="s">
         <v>81</v>
       </c>
       <c r="T30" t="s">
         <v>81</v>
       </c>
+      <c r="X30" t="s">
+        <v>213</v>
+      </c>
       <c r="Y30" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
     </row>
     <row r="31" spans="1:36">
       <c r="A31">
-        <v>89114</v>
+        <v>95417</v>
       </c>
       <c r="B31" s="1">
-        <v>43696</v>
+        <v>44453</v>
       </c>
       <c r="C31" t="s">
         <v>69</v>
       </c>
       <c r="D31" t="s">
         <v>70</v>
       </c>
+      <c r="H31" t="s">
+        <v>71</v>
+      </c>
       <c r="I31" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="J31" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="K31" t="s">
-        <v>212</v>
+        <v>74</v>
       </c>
       <c r="L31" t="s">
-        <v>154</v>
+        <v>75</v>
       </c>
       <c r="M31" t="s">
-        <v>155</v>
+        <v>76</v>
       </c>
       <c r="N31" t="s">
-        <v>213</v>
+        <v>77</v>
       </c>
       <c r="O31" t="s">
-        <v>119</v>
+        <v>78</v>
+      </c>
+      <c r="P31" t="s">
+        <v>217</v>
       </c>
       <c r="Q31" t="s">
         <v>80</v>
       </c>
       <c r="R31" t="s">
         <v>81</v>
       </c>
       <c r="S31" t="s">
         <v>81</v>
       </c>
       <c r="T31" t="s">
         <v>81</v>
       </c>
+      <c r="X31" t="s">
+        <v>218</v>
+      </c>
       <c r="Y31" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
     </row>
     <row r="32" spans="1:36">
       <c r="A32">
-        <v>84653</v>
+        <v>94682</v>
       </c>
       <c r="B32" s="1">
-        <v>43251</v>
+        <v>44263</v>
       </c>
       <c r="C32" t="s">
         <v>69</v>
       </c>
       <c r="D32" t="s">
         <v>70</v>
       </c>
       <c r="H32" t="s">
-        <v>215</v>
+        <v>71</v>
       </c>
       <c r="I32" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="J32" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="K32" t="s">
         <v>74</v>
       </c>
       <c r="L32" t="s">
         <v>75</v>
       </c>
       <c r="M32" t="s">
         <v>76</v>
       </c>
       <c r="N32" t="s">
-        <v>184</v>
+        <v>77</v>
       </c>
       <c r="O32" t="s">
-        <v>119</v>
+        <v>78</v>
       </c>
       <c r="Q32" t="s">
         <v>80</v>
       </c>
       <c r="R32" t="s">
         <v>81</v>
       </c>
       <c r="S32" t="s">
         <v>81</v>
       </c>
       <c r="T32" t="s">
         <v>81</v>
       </c>
       <c r="Y32" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33">
-        <v>84655</v>
+        <v>93984</v>
       </c>
       <c r="B33" s="1">
-        <v>43251</v>
+        <v>44139</v>
       </c>
       <c r="C33" t="s">
         <v>69</v>
       </c>
       <c r="D33" t="s">
         <v>70</v>
       </c>
       <c r="H33" t="s">
         <v>71</v>
       </c>
       <c r="I33" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="J33" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="K33" t="s">
         <v>74</v>
       </c>
       <c r="L33" t="s">
         <v>75</v>
       </c>
       <c r="M33" t="s">
-        <v>76</v>
+        <v>225</v>
       </c>
       <c r="N33" t="s">
-        <v>184</v>
+        <v>226</v>
       </c>
       <c r="O33" t="s">
-        <v>119</v>
+        <v>161</v>
       </c>
       <c r="Q33" t="s">
         <v>80</v>
       </c>
       <c r="R33" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S33" t="s">
         <v>81</v>
       </c>
       <c r="T33" t="s">
         <v>81</v>
       </c>
       <c r="Y33" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34">
-        <v>84654</v>
+        <v>93506</v>
       </c>
       <c r="B34" s="1">
-        <v>43251</v>
+        <v>44067</v>
       </c>
       <c r="C34" t="s">
         <v>69</v>
       </c>
       <c r="D34" t="s">
         <v>70</v>
       </c>
       <c r="H34" t="s">
         <v>71</v>
       </c>
       <c r="I34" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="J34" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="K34" t="s">
         <v>74</v>
       </c>
       <c r="L34" t="s">
         <v>75</v>
       </c>
       <c r="M34" t="s">
         <v>76</v>
       </c>
       <c r="N34" t="s">
-        <v>184</v>
+        <v>226</v>
       </c>
       <c r="O34" t="s">
-        <v>119</v>
+        <v>161</v>
       </c>
       <c r="Q34" t="s">
         <v>80</v>
       </c>
       <c r="R34" t="s">
         <v>81</v>
       </c>
       <c r="S34" t="s">
         <v>81</v>
       </c>
       <c r="T34" t="s">
         <v>81</v>
       </c>
       <c r="Y34" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35">
+        <v>93470</v>
+      </c>
+      <c r="B35" s="1">
+        <v>44053</v>
+      </c>
+      <c r="C35" t="s">
+        <v>69</v>
+      </c>
+      <c r="D35" t="s">
+        <v>70</v>
+      </c>
+      <c r="H35" t="s">
+        <v>71</v>
+      </c>
+      <c r="I35" t="s">
+        <v>231</v>
+      </c>
+      <c r="J35" t="s">
+        <v>232</v>
+      </c>
+      <c r="K35" t="s">
+        <v>74</v>
+      </c>
+      <c r="L35" t="s">
+        <v>75</v>
+      </c>
+      <c r="M35" t="s">
+        <v>76</v>
+      </c>
+      <c r="N35" t="s">
+        <v>226</v>
+      </c>
+      <c r="O35" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>80</v>
+      </c>
+      <c r="R35" t="s">
+        <v>81</v>
+      </c>
+      <c r="S35" t="s">
+        <v>81</v>
+      </c>
+      <c r="T35" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="36" spans="1:25">
+      <c r="A36">
+        <v>93472</v>
+      </c>
+      <c r="B36" s="1">
+        <v>44053</v>
+      </c>
+      <c r="C36" t="s">
+        <v>69</v>
+      </c>
+      <c r="D36" t="s">
+        <v>70</v>
+      </c>
+      <c r="H36" t="s">
+        <v>71</v>
+      </c>
+      <c r="I36" t="s">
+        <v>234</v>
+      </c>
+      <c r="J36" t="s">
+        <v>232</v>
+      </c>
+      <c r="K36" t="s">
+        <v>74</v>
+      </c>
+      <c r="L36" t="s">
+        <v>75</v>
+      </c>
+      <c r="M36" t="s">
+        <v>76</v>
+      </c>
+      <c r="N36" t="s">
+        <v>226</v>
+      </c>
+      <c r="O36" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>80</v>
+      </c>
+      <c r="R36" t="s">
+        <v>81</v>
+      </c>
+      <c r="S36" t="s">
+        <v>81</v>
+      </c>
+      <c r="T36" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="37" spans="1:25">
+      <c r="A37">
+        <v>93466</v>
+      </c>
+      <c r="B37" s="1">
+        <v>44053</v>
+      </c>
+      <c r="C37" t="s">
+        <v>69</v>
+      </c>
+      <c r="D37" t="s">
+        <v>70</v>
+      </c>
+      <c r="H37" t="s">
+        <v>71</v>
+      </c>
+      <c r="I37" t="s">
+        <v>236</v>
+      </c>
+      <c r="J37" t="s">
+        <v>232</v>
+      </c>
+      <c r="K37" t="s">
+        <v>74</v>
+      </c>
+      <c r="L37" t="s">
+        <v>75</v>
+      </c>
+      <c r="M37" t="s">
+        <v>76</v>
+      </c>
+      <c r="N37" t="s">
+        <v>226</v>
+      </c>
+      <c r="O37" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>80</v>
+      </c>
+      <c r="R37" t="s">
+        <v>81</v>
+      </c>
+      <c r="S37" t="s">
+        <v>81</v>
+      </c>
+      <c r="T37" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="38" spans="1:25">
+      <c r="A38">
+        <v>93465</v>
+      </c>
+      <c r="B38" s="1">
+        <v>44053</v>
+      </c>
+      <c r="C38" t="s">
+        <v>69</v>
+      </c>
+      <c r="D38" t="s">
+        <v>70</v>
+      </c>
+      <c r="H38" t="s">
+        <v>71</v>
+      </c>
+      <c r="I38" t="s">
+        <v>238</v>
+      </c>
+      <c r="J38" t="s">
+        <v>232</v>
+      </c>
+      <c r="K38" t="s">
+        <v>74</v>
+      </c>
+      <c r="L38" t="s">
+        <v>75</v>
+      </c>
+      <c r="M38" t="s">
+        <v>76</v>
+      </c>
+      <c r="N38" t="s">
+        <v>226</v>
+      </c>
+      <c r="O38" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>80</v>
+      </c>
+      <c r="R38" t="s">
+        <v>81</v>
+      </c>
+      <c r="S38" t="s">
+        <v>81</v>
+      </c>
+      <c r="T38" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y38" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="39" spans="1:25">
+      <c r="A39">
+        <v>93461</v>
+      </c>
+      <c r="B39" s="1">
+        <v>44053</v>
+      </c>
+      <c r="C39" t="s">
+        <v>69</v>
+      </c>
+      <c r="D39" t="s">
+        <v>70</v>
+      </c>
+      <c r="H39" t="s">
+        <v>71</v>
+      </c>
+      <c r="I39" t="s">
+        <v>240</v>
+      </c>
+      <c r="J39" t="s">
+        <v>232</v>
+      </c>
+      <c r="K39" t="s">
+        <v>74</v>
+      </c>
+      <c r="L39" t="s">
+        <v>75</v>
+      </c>
+      <c r="M39" t="s">
+        <v>76</v>
+      </c>
+      <c r="N39" t="s">
+        <v>226</v>
+      </c>
+      <c r="O39" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>80</v>
+      </c>
+      <c r="R39" t="s">
+        <v>81</v>
+      </c>
+      <c r="S39" t="s">
+        <v>81</v>
+      </c>
+      <c r="T39" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="40" spans="1:25">
+      <c r="A40">
+        <v>92462</v>
+      </c>
+      <c r="B40" s="1">
+        <v>43956</v>
+      </c>
+      <c r="C40" t="s">
+        <v>242</v>
+      </c>
+      <c r="D40" t="s">
+        <v>243</v>
+      </c>
+      <c r="H40" t="s">
+        <v>244</v>
+      </c>
+      <c r="I40" t="s">
+        <v>245</v>
+      </c>
+      <c r="J40" t="s">
+        <v>246</v>
+      </c>
+      <c r="K40" t="s">
+        <v>247</v>
+      </c>
+      <c r="L40" t="s">
+        <v>248</v>
+      </c>
+      <c r="M40" t="s">
+        <v>249</v>
+      </c>
+      <c r="N40" t="s">
+        <v>250</v>
+      </c>
+      <c r="O40" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>80</v>
+      </c>
+      <c r="R40" t="s">
+        <v>80</v>
+      </c>
+      <c r="S40" t="s">
+        <v>81</v>
+      </c>
+      <c r="T40" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y40" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="41" spans="1:25">
+      <c r="A41">
+        <v>89114</v>
+      </c>
+      <c r="B41" s="1">
+        <v>43696</v>
+      </c>
+      <c r="C41" t="s">
+        <v>69</v>
+      </c>
+      <c r="D41" t="s">
+        <v>70</v>
+      </c>
+      <c r="I41" t="s">
+        <v>252</v>
+      </c>
+      <c r="J41" t="s">
+        <v>253</v>
+      </c>
+      <c r="K41" t="s">
+        <v>254</v>
+      </c>
+      <c r="L41" t="s">
+        <v>196</v>
+      </c>
+      <c r="M41" t="s">
+        <v>197</v>
+      </c>
+      <c r="N41" t="s">
+        <v>255</v>
+      </c>
+      <c r="O41" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>80</v>
+      </c>
+      <c r="R41" t="s">
+        <v>81</v>
+      </c>
+      <c r="S41" t="s">
+        <v>81</v>
+      </c>
+      <c r="T41" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y41" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="42" spans="1:25">
+      <c r="A42">
+        <v>84653</v>
+      </c>
+      <c r="B42" s="1">
+        <v>43251</v>
+      </c>
+      <c r="C42" t="s">
+        <v>69</v>
+      </c>
+      <c r="D42" t="s">
+        <v>70</v>
+      </c>
+      <c r="H42" t="s">
+        <v>257</v>
+      </c>
+      <c r="I42" t="s">
+        <v>258</v>
+      </c>
+      <c r="J42" t="s">
+        <v>259</v>
+      </c>
+      <c r="K42" t="s">
+        <v>74</v>
+      </c>
+      <c r="L42" t="s">
+        <v>75</v>
+      </c>
+      <c r="M42" t="s">
+        <v>76</v>
+      </c>
+      <c r="N42" t="s">
+        <v>226</v>
+      </c>
+      <c r="O42" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>80</v>
+      </c>
+      <c r="R42" t="s">
+        <v>81</v>
+      </c>
+      <c r="S42" t="s">
+        <v>81</v>
+      </c>
+      <c r="T42" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="43" spans="1:25">
+      <c r="A43">
+        <v>84655</v>
+      </c>
+      <c r="B43" s="1">
+        <v>43251</v>
+      </c>
+      <c r="C43" t="s">
+        <v>69</v>
+      </c>
+      <c r="D43" t="s">
+        <v>70</v>
+      </c>
+      <c r="H43" t="s">
+        <v>71</v>
+      </c>
+      <c r="I43" t="s">
+        <v>261</v>
+      </c>
+      <c r="J43" t="s">
+        <v>259</v>
+      </c>
+      <c r="K43" t="s">
+        <v>74</v>
+      </c>
+      <c r="L43" t="s">
+        <v>75</v>
+      </c>
+      <c r="M43" t="s">
+        <v>76</v>
+      </c>
+      <c r="N43" t="s">
+        <v>226</v>
+      </c>
+      <c r="O43" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>80</v>
+      </c>
+      <c r="R43" t="s">
+        <v>81</v>
+      </c>
+      <c r="S43" t="s">
+        <v>81</v>
+      </c>
+      <c r="T43" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="44" spans="1:25">
+      <c r="A44">
+        <v>84654</v>
+      </c>
+      <c r="B44" s="1">
+        <v>43251</v>
+      </c>
+      <c r="C44" t="s">
+        <v>69</v>
+      </c>
+      <c r="D44" t="s">
+        <v>70</v>
+      </c>
+      <c r="H44" t="s">
+        <v>71</v>
+      </c>
+      <c r="I44" t="s">
+        <v>262</v>
+      </c>
+      <c r="J44" t="s">
+        <v>259</v>
+      </c>
+      <c r="K44" t="s">
+        <v>74</v>
+      </c>
+      <c r="L44" t="s">
+        <v>75</v>
+      </c>
+      <c r="M44" t="s">
+        <v>76</v>
+      </c>
+      <c r="N44" t="s">
+        <v>226</v>
+      </c>
+      <c r="O44" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>80</v>
+      </c>
+      <c r="R44" t="s">
+        <v>81</v>
+      </c>
+      <c r="S44" t="s">
+        <v>81</v>
+      </c>
+      <c r="T44" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="45" spans="1:25">
+      <c r="A45">
         <v>84109</v>
       </c>
-      <c r="B35" s="1">
+      <c r="B45" s="1">
         <v>43130</v>
       </c>
-      <c r="C35" t="s">
-[...51 lines deleted...]
-        <v>234</v>
+      <c r="C45" t="s">
+        <v>264</v>
+      </c>
+      <c r="D45" t="s">
+        <v>265</v>
+      </c>
+      <c r="E45" t="s">
+        <v>264</v>
+      </c>
+      <c r="F45" t="s">
+        <v>266</v>
+      </c>
+      <c r="G45" t="s">
+        <v>267</v>
+      </c>
+      <c r="H45" t="s">
+        <v>268</v>
+      </c>
+      <c r="I45" t="s">
+        <v>269</v>
+      </c>
+      <c r="J45" t="s">
+        <v>270</v>
+      </c>
+      <c r="K45" t="s">
+        <v>271</v>
+      </c>
+      <c r="L45" t="s">
+        <v>272</v>
+      </c>
+      <c r="M45" t="s">
+        <v>273</v>
+      </c>
+      <c r="N45" t="s">
+        <v>274</v>
+      </c>
+      <c r="O45" t="s">
+        <v>275</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>80</v>
+      </c>
+      <c r="R45" t="s">
+        <v>80</v>
+      </c>
+      <c r="S45" t="s">
+        <v>81</v>
+      </c>
+      <c r="T45" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>276</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>