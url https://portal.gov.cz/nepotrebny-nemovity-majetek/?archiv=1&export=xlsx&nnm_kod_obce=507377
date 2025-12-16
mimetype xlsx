--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -309,81 +309,81 @@
   <si>
     <t>Správa majetku</t>
   </si>
   <si>
     <t xml:space="preserve">Prodej je podmíněn zachováním služebnosti formou pošty Partner </t>
   </si>
   <si>
     <t>1500000</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství ČR</t>
   </si>
   <si>
     <t>Pozemek v k.ú. Deštné</t>
   </si>
   <si>
     <t>2025-01-19</t>
   </si>
   <si>
+    <t>denisa.cirokova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Bc. Denisa Ciroková</t>
+  </si>
+  <si>
+    <t>Lesy České repibliky, s.p., LS Opava</t>
+  </si>
+  <si>
+    <t>Deštné, Jakartovice, okres Opava</t>
+  </si>
+  <si>
+    <t>950/73</t>
+  </si>
+  <si>
+    <t>pozemek parc. č. 950/73 o výměře 398 m2, k.ú. Deštné (předkupní právo vlastníka stavby dle OZ)</t>
+  </si>
+  <si>
+    <t>282300</t>
+  </si>
+  <si>
     <t>724623713</t>
   </si>
   <si>
-    <t>denisa.cirokova@lesycr.cz</t>
-[...10 lines deleted...]
-  <si>
     <t>973/2</t>
   </si>
   <si>
     <t>pozemek parc. č. 973/2 o výměře 540 m2, k.ú. Deštné (předkupní právo vlastníka stavby dle OZ)</t>
   </si>
   <si>
     <t>380800</t>
-  </si>
-[...7 lines deleted...]
-    <t>282300</t>
   </si>
   <si>
     <t>Povodí Odry, státní podnik</t>
   </si>
   <si>
     <t>wwit8gq</t>
   </si>
   <si>
     <t>Ministerstvo zemědělství</t>
   </si>
   <si>
     <t>část pozemku parc.č. 2270, nově odměřený parc.č. 2270/2 o výměře 43 m2 geometrickým plánem zak.č. 296-14/2020. Pozemek je zastavěn přístřeškem pro státní osobního motorového  vozidla.</t>
   </si>
   <si>
     <t>2021-06-13</t>
   </si>
   <si>
     <t>596657304</t>
   </si>
   <si>
     <t>kohutkova@pod.cz</t>
   </si>
   <si>
     <t>Ing. Jana Kohutková</t>
   </si>
@@ -1140,140 +1140,140 @@
       </c>
       <c r="O3" t="s">
         <v>78</v>
       </c>
       <c r="Q3" t="s">
         <v>80</v>
       </c>
       <c r="R3" t="s">
         <v>80</v>
       </c>
       <c r="S3" t="s">
         <v>81</v>
       </c>
       <c r="T3" t="s">
         <v>81</v>
       </c>
       <c r="X3" t="s">
         <v>92</v>
       </c>
       <c r="Y3" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>103047</v>
+        <v>103048</v>
       </c>
       <c r="B4" s="1">
         <v>45645</v>
       </c>
       <c r="C4" t="s">
         <v>94</v>
       </c>
       <c r="D4" t="s">
         <v>95</v>
       </c>
       <c r="H4" t="s">
         <v>96</v>
       </c>
       <c r="I4" t="s">
         <v>97</v>
       </c>
       <c r="J4" t="s">
         <v>98</v>
       </c>
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>99</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M4" t="s">
         <v>100</v>
       </c>
-      <c r="M4" t="s">
+      <c r="N4" t="s">
         <v>101</v>
       </c>
-      <c r="N4" t="s">
+      <c r="O4" t="s">
         <v>102</v>
       </c>
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
         <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
+        <v>104</v>
+      </c>
+      <c r="Y4" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>103048</v>
+        <v>103047</v>
       </c>
       <c r="B5" s="1">
         <v>45645</v>
       </c>
       <c r="C5" t="s">
         <v>94</v>
       </c>
       <c r="D5" t="s">
         <v>95</v>
       </c>
       <c r="H5" t="s">
         <v>96</v>
       </c>
       <c r="I5" t="s">
         <v>97</v>
       </c>
       <c r="J5" t="s">
         <v>98</v>
       </c>
+      <c r="K5" t="s">
+        <v>106</v>
+      </c>
       <c r="L5" t="s">
+        <v>99</v>
+      </c>
+      <c r="M5" t="s">
         <v>100</v>
       </c>
-      <c r="M5" t="s">
+      <c r="N5" t="s">
         <v>101</v>
       </c>
-      <c r="N5" t="s">
+      <c r="O5" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="P5" t="s">
         <v>107</v>
       </c>
       <c r="Q5" t="s">
         <v>80</v>
       </c>
       <c r="R5" t="s">
         <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
         <v>108</v>
       </c>
       <c r="Y5" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
@@ -1332,51 +1332,51 @@
       <c r="D7" t="s">
         <v>111</v>
       </c>
       <c r="H7" t="s">
         <v>96</v>
       </c>
       <c r="I7" t="s">
         <v>121</v>
       </c>
       <c r="J7" t="s">
         <v>122</v>
       </c>
       <c r="K7" t="s">
         <v>115</v>
       </c>
       <c r="L7" t="s">
         <v>116</v>
       </c>
       <c r="M7" t="s">
         <v>117</v>
       </c>
       <c r="N7" t="s">
         <v>118</v>
       </c>
       <c r="O7" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="P7" t="s">
         <v>123</v>
       </c>
       <c r="Q7" t="s">
         <v>80</v>
       </c>
       <c r="R7" t="s">
         <v>81</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
       <c r="Y7" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
         <v>94825</v>
       </c>
       <c r="B8" s="1">
@@ -1388,51 +1388,51 @@
       <c r="D8" t="s">
         <v>111</v>
       </c>
       <c r="H8" t="s">
         <v>96</v>
       </c>
       <c r="I8" t="s">
         <v>125</v>
       </c>
       <c r="J8" t="s">
         <v>122</v>
       </c>
       <c r="K8" t="s">
         <v>115</v>
       </c>
       <c r="L8" t="s">
         <v>116</v>
       </c>
       <c r="M8" t="s">
         <v>117</v>
       </c>
       <c r="N8" t="s">
         <v>118</v>
       </c>
       <c r="O8" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="P8" t="s">
         <v>123</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
       <c r="Y8" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
         <v>94826</v>
       </c>
       <c r="B9" s="1">
@@ -1444,51 +1444,51 @@
       <c r="D9" t="s">
         <v>111</v>
       </c>
       <c r="H9" t="s">
         <v>96</v>
       </c>
       <c r="I9" t="s">
         <v>127</v>
       </c>
       <c r="J9" t="s">
         <v>122</v>
       </c>
       <c r="K9" t="s">
         <v>115</v>
       </c>
       <c r="L9" t="s">
         <v>116</v>
       </c>
       <c r="M9" t="s">
         <v>117</v>
       </c>
       <c r="N9" t="s">
         <v>118</v>
       </c>
       <c r="O9" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="P9" t="s">
         <v>123</v>
       </c>
       <c r="Q9" t="s">
         <v>80</v>
       </c>
       <c r="R9" t="s">
         <v>81</v>
       </c>
       <c r="S9" t="s">
         <v>81</v>
       </c>
       <c r="T9" t="s">
         <v>81</v>
       </c>
       <c r="Y9" t="s">
         <v>128</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 