--- v1 (2025-12-16)
+++ v2 (2026-03-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="147">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -219,180 +219,234 @@
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
+    <t>Lesy České republiky, s.p.</t>
+  </si>
+  <si>
+    <t>e8jcfsn</t>
+  </si>
+  <si>
+    <t>Ministerstvo zemědělství</t>
+  </si>
+  <si>
+    <t>Prodej pozemku k.ú. Deštné</t>
+  </si>
+  <si>
+    <t>2026-03-08</t>
+  </si>
+  <si>
+    <t>956941352</t>
+  </si>
+  <si>
+    <t>barbora.nemcanska@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing.Barbora Němčanská</t>
+  </si>
+  <si>
+    <t>LESY ČR, s.p., OŘ severní Morava</t>
+  </si>
+  <si>
+    <t>Deštné, Jakartovice, okres Opava</t>
+  </si>
+  <si>
+    <t>1716/4</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 1716/4 s druhem pozemku ostatní plocha o výměře 219 m2 v k. ú. Deštné.</t>
+  </si>
+  <si>
+    <t>159200</t>
+  </si>
+  <si>
+    <t>Prodej pozemků k.ú. Deštné</t>
+  </si>
+  <si>
+    <t>2026-03-09</t>
+  </si>
+  <si>
+    <t>Ing. Barbora Němčanská</t>
+  </si>
+  <si>
+    <t>1827/3, 1716/6</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 1827/3 s druhem pozemku ostatní plocha o výměře 226 m2 v k. ú. Deštné a pozemek p. č. 1716/6 s druhem pozemku ostatní plocha o výměře 26 m2 v k.ú. Deštné.</t>
+  </si>
+  <si>
+    <t>183200</t>
+  </si>
+  <si>
+    <t>1827/2, 1716/5</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 1827/2 s druhem pozemku ostatní plocha o výměře 76 m2 v k. ú. Deštné a pozemek p. č. 1716/5 s druhem pozemku ostatní plocha o výměře 160 m2 v k.ú. Deštné.</t>
+  </si>
+  <si>
+    <t>171570</t>
+  </si>
+  <si>
     <t>Správa železnic, státní organizace</t>
   </si>
   <si>
     <t>uccchjm</t>
   </si>
   <si>
     <t>Ministerstvo dopravy</t>
   </si>
   <si>
     <t>Pozemek st. p.č. 148, jehož součástí je stavba - budova č.p. 112 a pozemek p.č. 2038/6 v k.ú. Jakartovice</t>
   </si>
   <si>
     <t>2025-05-23</t>
   </si>
   <si>
     <t>724961676</t>
   </si>
   <si>
     <t>najvarek@spravazeleznic.cz</t>
   </si>
   <si>
     <t>Ing. Petr Najvárek</t>
   </si>
   <si>
     <t>SŽF</t>
   </si>
   <si>
     <t>Jakartovice, Jakartovice, okres Opava</t>
   </si>
   <si>
     <t>p.č. st. 148, p.č. 2038/6</t>
   </si>
   <si>
-    <t>ano</t>
-[...4 lines deleted...]
-  <si>
     <t>1033300</t>
   </si>
   <si>
     <t>Česká pošta, s.p.</t>
   </si>
   <si>
     <t>kr7cdry</t>
   </si>
   <si>
     <t>Ministerstvo vnitra</t>
   </si>
   <si>
     <t>Pozemek parc. č. st. 117 o výměře 513 m2, zastavěná plocha a nádvoří, jehož součástí je stavební objekt č.p. 95, stavba občanské vybavenosti, pozemek parc. č. 2024/16 o výměře 311 m2 , zahrada, k.ú.  Jakartovice, obec Jakartovice, LV č. 137, KÚ pro Moravskoslezský kraj, katastrální pracoviště Opava. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
   </si>
   <si>
     <t>2025-05-02</t>
   </si>
   <si>
     <t>954302327</t>
   </si>
   <si>
     <t>reality.prodej@cpost.cz</t>
   </si>
   <si>
     <t>Denisa Janderková</t>
   </si>
   <si>
     <t>Správa majetku</t>
   </si>
   <si>
     <t xml:space="preserve">Prodej je podmíněn zachováním služebnosti formou pošty Partner </t>
   </si>
   <si>
     <t>1500000</t>
   </si>
   <si>
-    <t>Lesy České republiky, s.p.</t>
-[...4 lines deleted...]
-  <si>
     <t>Ministerstvo zemědělství ČR</t>
   </si>
   <si>
     <t>Pozemek v k.ú. Deštné</t>
   </si>
   <si>
     <t>2025-01-19</t>
   </si>
   <si>
     <t>denisa.cirokova@lesycr.cz</t>
   </si>
   <si>
     <t>Bc. Denisa Ciroková</t>
   </si>
   <si>
     <t>Lesy České repibliky, s.p., LS Opava</t>
   </si>
   <si>
-    <t>Deštné, Jakartovice, okres Opava</t>
-[...1 lines deleted...]
-  <si>
     <t>950/73</t>
   </si>
   <si>
     <t>pozemek parc. č. 950/73 o výměře 398 m2, k.ú. Deštné (předkupní právo vlastníka stavby dle OZ)</t>
   </si>
   <si>
     <t>282300</t>
   </si>
   <si>
     <t>724623713</t>
   </si>
   <si>
     <t>973/2</t>
   </si>
   <si>
     <t>pozemek parc. č. 973/2 o výměře 540 m2, k.ú. Deštné (předkupní právo vlastníka stavby dle OZ)</t>
   </si>
   <si>
     <t>380800</t>
   </si>
   <si>
     <t>Povodí Odry, státní podnik</t>
   </si>
   <si>
     <t>wwit8gq</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ministerstvo zemědělství</t>
   </si>
   <si>
     <t>část pozemku parc.č. 2270, nově odměřený parc.č. 2270/2 o výměře 43 m2 geometrickým plánem zak.č. 296-14/2020. Pozemek je zastavěn přístřeškem pro státní osobního motorového  vozidla.</t>
   </si>
   <si>
     <t>2021-06-13</t>
   </si>
   <si>
     <t>596657304</t>
   </si>
   <si>
     <t>kohutkova@pod.cz</t>
   </si>
   <si>
     <t>Ing. Jana Kohutková</t>
   </si>
   <si>
     <t>majetkový odbor</t>
   </si>
   <si>
     <t>Bohdanovice, Jakartovice, okres Opava</t>
   </si>
   <si>
     <t>2270</t>
   </si>
@@ -736,81 +790,81 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ9"/>
+  <dimension ref="A1:BQ13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="36.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="29.7109375" customWidth="1"/>
     <col min="9" max="9" width="355.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
-    <col min="12" max="12" width="28.7109375" customWidth="1"/>
-    <col min="13" max="13" width="21.7109375" customWidth="1"/>
+    <col min="12" max="12" width="29.7109375" customWidth="1"/>
+    <col min="13" max="13" width="24.7109375" customWidth="1"/>
     <col min="14" max="14" width="38.7109375" customWidth="1"/>
     <col min="15" max="15" width="39.7109375" customWidth="1"/>
     <col min="16" max="16" width="27.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="107.7109375" customWidth="1"/>
+    <col min="24" max="24" width="170.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="17.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
     <col min="47" max="47" width="17.7109375" customWidth="1"/>
     <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
@@ -1025,488 +1079,721 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>104663</v>
+        <v>106974</v>
       </c>
       <c r="B2" s="1">
-        <v>45769</v>
+        <v>46058</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
       <c r="N2" t="s">
         <v>77</v>
       </c>
       <c r="O2" t="s">
         <v>78</v>
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="X2" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="Y2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>104527</v>
+        <v>106969</v>
       </c>
       <c r="B3" s="1">
-        <v>45748</v>
+        <v>46058</v>
       </c>
       <c r="C3" t="s">
-        <v>83</v>
+        <v>69</v>
       </c>
       <c r="D3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I3" t="s">
         <v>84</v>
       </c>
-      <c r="H3" t="s">
+      <c r="J3" t="s">
         <v>85</v>
       </c>
-      <c r="I3" t="s">
+      <c r="K3" t="s">
+        <v>74</v>
+      </c>
+      <c r="L3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M3" t="s">
         <v>86</v>
       </c>
-      <c r="J3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N3" t="s">
-        <v>91</v>
+        <v>77</v>
       </c>
       <c r="O3" t="s">
         <v>78</v>
       </c>
+      <c r="P3" t="s">
+        <v>87</v>
+      </c>
       <c r="Q3" t="s">
         <v>80</v>
       </c>
       <c r="R3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S3" t="s">
         <v>81</v>
       </c>
       <c r="T3" t="s">
         <v>81</v>
       </c>
       <c r="X3" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="Y3" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>103048</v>
+        <v>106968</v>
       </c>
       <c r="B4" s="1">
-        <v>45645</v>
+        <v>46058</v>
       </c>
       <c r="C4" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D4" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>96</v>
+        <v>71</v>
       </c>
       <c r="I4" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="J4" t="s">
-        <v>98</v>
+        <v>85</v>
+      </c>
+      <c r="K4" t="s">
+        <v>74</v>
       </c>
       <c r="L4" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="M4" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="N4" t="s">
-        <v>101</v>
+        <v>77</v>
       </c>
       <c r="O4" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="P4" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
         <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="Y4" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>103047</v>
+        <v>106964</v>
       </c>
       <c r="B5" s="1">
-        <v>45645</v>
+        <v>46058</v>
       </c>
       <c r="C5" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D5" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="H5" t="s">
-        <v>96</v>
+        <v>71</v>
       </c>
       <c r="I5" t="s">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="J5" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="K5" t="s">
-        <v>106</v>
+        <v>74</v>
       </c>
       <c r="L5" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="M5" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="N5" t="s">
-        <v>101</v>
+        <v>77</v>
       </c>
       <c r="O5" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>78</v>
       </c>
       <c r="Q5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R5" t="s">
         <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
         <v>81</v>
       </c>
       <c r="X5" t="s">
-        <v>108</v>
+        <v>82</v>
       </c>
       <c r="Y5" t="s">
-        <v>109</v>
+        <v>83</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>94927</v>
+        <v>104663</v>
       </c>
       <c r="B6" s="1">
-        <v>44329</v>
+        <v>45769</v>
       </c>
       <c r="C6" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="D6" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="H6" t="s">
-        <v>112</v>
+        <v>95</v>
       </c>
       <c r="I6" t="s">
-        <v>113</v>
+        <v>96</v>
       </c>
       <c r="J6" t="s">
-        <v>114</v>
+        <v>97</v>
       </c>
       <c r="K6" t="s">
-        <v>115</v>
+        <v>98</v>
       </c>
       <c r="L6" t="s">
-        <v>116</v>
+        <v>99</v>
       </c>
       <c r="M6" t="s">
-        <v>117</v>
+        <v>100</v>
       </c>
       <c r="N6" t="s">
-        <v>118</v>
+        <v>101</v>
       </c>
       <c r="O6" t="s">
-        <v>119</v>
+        <v>102</v>
       </c>
       <c r="P6" t="s">
-        <v>120</v>
+        <v>103</v>
       </c>
       <c r="Q6" t="s">
         <v>80</v>
+      </c>
+      <c r="R6" t="s">
+        <v>80</v>
+      </c>
+      <c r="S6" t="s">
+        <v>81</v>
+      </c>
+      <c r="T6" t="s">
+        <v>81</v>
+      </c>
+      <c r="X6" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>94833</v>
+        <v>104527</v>
       </c>
       <c r="B7" s="1">
-        <v>44295</v>
+        <v>45748</v>
       </c>
       <c r="C7" t="s">
+        <v>105</v>
+      </c>
+      <c r="D7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H7" t="s">
+        <v>107</v>
+      </c>
+      <c r="I7" t="s">
+        <v>108</v>
+      </c>
+      <c r="J7" t="s">
+        <v>109</v>
+      </c>
+      <c r="K7" t="s">
         <v>110</v>
       </c>
-      <c r="D7" t="s">
+      <c r="L7" t="s">
         <v>111</v>
       </c>
-      <c r="H7" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="M7" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="N7" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="O7" t="s">
         <v>102</v>
       </c>
-      <c r="P7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q7" t="s">
         <v>80</v>
       </c>
       <c r="R7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
+      <c r="X7" t="s">
+        <v>114</v>
+      </c>
       <c r="Y7" t="s">
-        <v>124</v>
+        <v>115</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>94825</v>
+        <v>103048</v>
       </c>
       <c r="B8" s="1">
-        <v>44294</v>
+        <v>45645</v>
       </c>
       <c r="C8" t="s">
-        <v>110</v>
+        <v>69</v>
       </c>
       <c r="D8" t="s">
-        <v>111</v>
+        <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="I8" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="J8" t="s">
+        <v>118</v>
+      </c>
+      <c r="L8" t="s">
+        <v>119</v>
+      </c>
+      <c r="M8" t="s">
+        <v>120</v>
+      </c>
+      <c r="N8" t="s">
+        <v>121</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
         <v>122</v>
-      </c>
-[...16 lines deleted...]
-        <v>123</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
+      <c r="X8" t="s">
+        <v>123</v>
+      </c>
       <c r="Y8" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>94826</v>
+        <v>103047</v>
       </c>
       <c r="B9" s="1">
-        <v>44294</v>
+        <v>45645</v>
       </c>
       <c r="C9" t="s">
-        <v>110</v>
+        <v>69</v>
       </c>
       <c r="D9" t="s">
-        <v>111</v>
+        <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="I9" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="J9" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="K9" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="L9" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="M9" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="N9" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="O9" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="P9" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="Q9" t="s">
         <v>80</v>
       </c>
       <c r="R9" t="s">
         <v>81</v>
       </c>
       <c r="S9" t="s">
         <v>81</v>
       </c>
       <c r="T9" t="s">
         <v>81</v>
       </c>
+      <c r="X9" t="s">
+        <v>127</v>
+      </c>
       <c r="Y9" t="s">
         <v>128</v>
+      </c>
+    </row>
+    <row r="10" spans="1:69">
+      <c r="A10">
+        <v>94927</v>
+      </c>
+      <c r="B10" s="1">
+        <v>44329</v>
+      </c>
+      <c r="C10" t="s">
+        <v>129</v>
+      </c>
+      <c r="D10" t="s">
+        <v>130</v>
+      </c>
+      <c r="H10" t="s">
+        <v>71</v>
+      </c>
+      <c r="I10" t="s">
+        <v>131</v>
+      </c>
+      <c r="J10" t="s">
+        <v>132</v>
+      </c>
+      <c r="K10" t="s">
+        <v>133</v>
+      </c>
+      <c r="L10" t="s">
+        <v>134</v>
+      </c>
+      <c r="M10" t="s">
+        <v>135</v>
+      </c>
+      <c r="N10" t="s">
+        <v>136</v>
+      </c>
+      <c r="O10" t="s">
+        <v>137</v>
+      </c>
+      <c r="P10" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:69">
+      <c r="A11">
+        <v>94833</v>
+      </c>
+      <c r="B11" s="1">
+        <v>44295</v>
+      </c>
+      <c r="C11" t="s">
+        <v>129</v>
+      </c>
+      <c r="D11" t="s">
+        <v>130</v>
+      </c>
+      <c r="H11" t="s">
+        <v>116</v>
+      </c>
+      <c r="I11" t="s">
+        <v>139</v>
+      </c>
+      <c r="J11" t="s">
+        <v>140</v>
+      </c>
+      <c r="K11" t="s">
+        <v>133</v>
+      </c>
+      <c r="L11" t="s">
+        <v>134</v>
+      </c>
+      <c r="M11" t="s">
+        <v>135</v>
+      </c>
+      <c r="N11" t="s">
+        <v>136</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>80</v>
+      </c>
+      <c r="R11" t="s">
+        <v>81</v>
+      </c>
+      <c r="S11" t="s">
+        <v>81</v>
+      </c>
+      <c r="T11" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="12" spans="1:69">
+      <c r="A12">
+        <v>94825</v>
+      </c>
+      <c r="B12" s="1">
+        <v>44294</v>
+      </c>
+      <c r="C12" t="s">
+        <v>129</v>
+      </c>
+      <c r="D12" t="s">
+        <v>130</v>
+      </c>
+      <c r="H12" t="s">
+        <v>116</v>
+      </c>
+      <c r="I12" t="s">
+        <v>143</v>
+      </c>
+      <c r="J12" t="s">
+        <v>140</v>
+      </c>
+      <c r="K12" t="s">
+        <v>133</v>
+      </c>
+      <c r="L12" t="s">
+        <v>134</v>
+      </c>
+      <c r="M12" t="s">
+        <v>135</v>
+      </c>
+      <c r="N12" t="s">
+        <v>136</v>
+      </c>
+      <c r="O12" t="s">
+        <v>78</v>
+      </c>
+      <c r="P12" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>80</v>
+      </c>
+      <c r="R12" t="s">
+        <v>81</v>
+      </c>
+      <c r="S12" t="s">
+        <v>81</v>
+      </c>
+      <c r="T12" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="13" spans="1:69">
+      <c r="A13">
+        <v>94826</v>
+      </c>
+      <c r="B13" s="1">
+        <v>44294</v>
+      </c>
+      <c r="C13" t="s">
+        <v>129</v>
+      </c>
+      <c r="D13" t="s">
+        <v>130</v>
+      </c>
+      <c r="H13" t="s">
+        <v>116</v>
+      </c>
+      <c r="I13" t="s">
+        <v>145</v>
+      </c>
+      <c r="J13" t="s">
+        <v>140</v>
+      </c>
+      <c r="K13" t="s">
+        <v>133</v>
+      </c>
+      <c r="L13" t="s">
+        <v>134</v>
+      </c>
+      <c r="M13" t="s">
+        <v>135</v>
+      </c>
+      <c r="N13" t="s">
+        <v>136</v>
+      </c>
+      <c r="O13" t="s">
+        <v>78</v>
+      </c>
+      <c r="P13" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>80</v>
+      </c>
+      <c r="R13" t="s">
+        <v>81</v>
+      </c>
+      <c r="S13" t="s">
+        <v>81</v>
+      </c>
+      <c r="T13" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>146</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>