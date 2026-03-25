--- v0 (2025-12-23)
+++ v1 (2026-03-25)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1436" uniqueCount="618">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2101" uniqueCount="877">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -225,1689 +225,2466 @@
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
+    <t>Ministerstvo zemědělství</t>
+  </si>
+  <si>
+    <t>Prodej pozemku k.ú. Písek u Jablunkova</t>
+  </si>
+  <si>
+    <t>2026-04-25</t>
+  </si>
+  <si>
+    <t>956941329</t>
+  </si>
+  <si>
+    <t>barbora.nemcanska@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing.Barbora Němčanská</t>
+  </si>
+  <si>
+    <t>LESY ČR, s.p., OŘ severní Morava</t>
+  </si>
+  <si>
+    <t>Písek u Jablunkova, Písek, okres Frýdek-Místek</t>
+  </si>
+  <si>
+    <t>1449/1</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 1449/1 s druhem pozemku ostatní plocha o výměře 810 m2 v k.ú. Písek u Jablunkova.</t>
+  </si>
+  <si>
+    <t>218700</t>
+  </si>
+  <si>
+    <t>prodej pozemku k.ú. Dolní Lomná</t>
+  </si>
+  <si>
+    <t>956941352</t>
+  </si>
+  <si>
+    <t>Dolní Lomná, Dolní Lomná, okres Frýdek-Místek</t>
+  </si>
+  <si>
+    <t>991/43</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 991/43 s druhem pozemku ostatní plocha o výměře 989 m2.</t>
+  </si>
+  <si>
+    <t>240330</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace</t>
+  </si>
+  <si>
+    <t>uccchjm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ministerstvo dopravy </t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 3887/5 k.ú. Bruntál</t>
+  </si>
+  <si>
+    <t>2026-04-24</t>
+  </si>
+  <si>
+    <t>724961676</t>
+  </si>
+  <si>
+    <t>petr.najvarek@atlas.cz</t>
+  </si>
+  <si>
+    <t>Ing. Petr Najvárek</t>
+  </si>
+  <si>
+    <t>SŽF</t>
+  </si>
+  <si>
+    <t>Bruntál-město, Bruntál, okres Bruntál</t>
+  </si>
+  <si>
+    <t>623000</t>
+  </si>
+  <si>
+    <t>Povodí Vltavy, státní podnik</t>
+  </si>
+  <si>
+    <t>gg4t8hf</t>
+  </si>
+  <si>
+    <t>Prodej stavby vodního díla k.ú. Buk u Jindřichova Hradce</t>
+  </si>
+  <si>
+    <t>2026-04-20</t>
+  </si>
+  <si>
+    <t>725627974</t>
+  </si>
+  <si>
+    <t>marketa.zajicova@pvl.cz</t>
+  </si>
+  <si>
+    <t>Zajícová M.</t>
+  </si>
+  <si>
+    <t>ZHV, Ps1</t>
+  </si>
+  <si>
+    <t>Buk u Jindřichova Hradce, Jindřichův Hradec, okres Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej vodního díla evidovaný pod číslem DVT-00002817 v délce 19 m na pozemku parc. č. 3445 k.ú. Buk u Jindřichova Hradce.</t>
+  </si>
+  <si>
+    <t>41000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Vlkosovice</t>
+  </si>
+  <si>
+    <t>724623774</t>
+  </si>
+  <si>
+    <t>svetlana.pechova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Pechová Světlana</t>
+  </si>
+  <si>
+    <t>Lesní správa Pelhřimov</t>
+  </si>
+  <si>
+    <t>Vlkosovice, Černovice, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku</t>
+  </si>
+  <si>
+    <t>108140</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1275/2 k.ú. Šenov u Nového Jičína</t>
+  </si>
+  <si>
+    <t>Šenov u Nového Jičína, Šenov u Nového Jičína, okres Nový Jičín</t>
+  </si>
+  <si>
+    <t>1275/2</t>
+  </si>
+  <si>
+    <t>24000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemků v k.ú. Horní Radouň </t>
+  </si>
+  <si>
+    <t>Horní Radouň, Horní Radouň, okres Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>648/2, 659/3</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků k.ú. Horní Radouň</t>
+  </si>
+  <si>
+    <t>97970</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Dívčí Kopy</t>
+  </si>
+  <si>
+    <t>Dívčí Kopy, Dívčí Kopy, okres Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>326/1, 353/1</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v k.ú. Dívčí Kopy</t>
+  </si>
+  <si>
+    <t>25920</t>
+  </si>
+  <si>
+    <t>DIAMO, státní podnik</t>
+  </si>
+  <si>
+    <t>sjfywke</t>
+  </si>
+  <si>
+    <t>DIAMO, s. p., o. z. Stráž</t>
+  </si>
+  <si>
+    <t>D200-NNM-Prodej pozemku v k. ú. Luhov u Mimoně p. č. 534/2</t>
+  </si>
+  <si>
+    <t>2026-04-27</t>
+  </si>
+  <si>
+    <t>487 892 136</t>
+  </si>
+  <si>
+    <t>istominova@diamo.cz</t>
+  </si>
+  <si>
+    <t>Petra Istomínová</t>
+  </si>
+  <si>
+    <t>Oddělení majetku</t>
+  </si>
+  <si>
+    <t>Luhov u Mimoně, Brniště, okres Česká Lípa</t>
+  </si>
+  <si>
+    <t>534/2</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 534/2 - ostatní plocha, jiná plocha o výměře 11 738 m2. Tato nemovitá věc je zapsána u Katastrálního úřadu pro Liberecký kraj, Katastrálního pracoviště Česká Lípa, na LV č. 46 pro k. ú. Luhov u Mimoně, obec Brniště. V kupní ceně nejsou zahrnuty náklady spojené s převodem, režie a DPH.</t>
+  </si>
+  <si>
+    <t>552000</t>
+  </si>
+  <si>
+    <t>Ředitelství silnic a dálnic s. p.</t>
+  </si>
+  <si>
+    <t>zjq4rhz</t>
+  </si>
+  <si>
+    <t>Ředitelství silnic a dálnic, s.p.</t>
+  </si>
+  <si>
+    <t>Prodej pozemku</t>
+  </si>
+  <si>
+    <t>2026-04-23</t>
+  </si>
+  <si>
+    <t>720952449</t>
+  </si>
+  <si>
+    <t>eliska.zouharova@rsd.cz</t>
+  </si>
+  <si>
+    <t>Eliška Zouharová</t>
+  </si>
+  <si>
+    <t>Oddělené majetkové správy</t>
+  </si>
+  <si>
+    <t>Branná u Šumperka, Branná, okres Šumperk</t>
+  </si>
+  <si>
+    <t>2091/87</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 2091/87 v k.ú. Branná u Šumperka</t>
+  </si>
+  <si>
+    <t>22630.52209</t>
+  </si>
+  <si>
+    <t>300100.4016</t>
+  </si>
+  <si>
+    <t>2091/88</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 2091/88 v k.ú. Branná u Šumperka</t>
+  </si>
+  <si>
+    <t>63955.8233</t>
+  </si>
+  <si>
+    <t>2091/134</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 2091/134 v k.ú. Branná u Šumperka</t>
+  </si>
+  <si>
+    <t>103313.253</t>
+  </si>
+  <si>
+    <t>2091/152</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 2091/152 v k.ú. Branná u Šumperka</t>
+  </si>
+  <si>
+    <t>pozemek p.č. 1600/2 v k.ú. Oslavany</t>
+  </si>
+  <si>
+    <t>724524911</t>
+  </si>
+  <si>
+    <t>renata.kofronova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Kofroňová Renata</t>
+  </si>
+  <si>
+    <t>Oblastní ředitelství jižní Morava</t>
+  </si>
+  <si>
+    <t>Oslavany, Oslavany, okres Brno-venkov</t>
+  </si>
+  <si>
+    <t>1600/2</t>
+  </si>
+  <si>
+    <t>Jedná se o předzahrádku k domu č.p. 207. Pozemek je částečně zpevněn a zaplocen.</t>
+  </si>
+  <si>
+    <t>28600</t>
+  </si>
+  <si>
     <t>Ministerstvo zemědělství ČR</t>
   </si>
   <si>
-    <t>pozemek v k.ú. Vrchy</t>
-[...38 lines deleted...]
-    <t>sjfywke</t>
+    <t>Prodej pozemku p.č. 1142 v k.ú. Seletice, S 344/25</t>
+  </si>
+  <si>
+    <t>956177106</t>
+  </si>
+  <si>
+    <t>robert.cerny@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Černý Robert</t>
+  </si>
+  <si>
+    <t>LČR, s.p. LS Brandýs nad Labem</t>
+  </si>
+  <si>
+    <t>Seletice, Seletice, okres Nymburk</t>
+  </si>
+  <si>
+    <t>1142</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1142 o výměře 58 m2, druh pozemku - zahrada v k.ú. Seletice, S 344/25..</t>
+  </si>
+  <si>
+    <t>40600</t>
+  </si>
+  <si>
+    <t>103/2</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1142 o výměře 58 m2, druh pozemku - zahrada v k.ú. Seletice, S 344/25.</t>
+  </si>
+  <si>
+    <t>Prodej pozemků parc.č. st. 1112 a st. 1113 v k.ú. Veřovice</t>
+  </si>
+  <si>
+    <t>956951217</t>
+  </si>
+  <si>
+    <t>pavla.kovalska@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Pavla Kovalská</t>
+  </si>
+  <si>
+    <t>951</t>
+  </si>
+  <si>
+    <t>Veřovice, Veřovice, okres Nový Jičín</t>
+  </si>
+  <si>
+    <t>1812/2</t>
+  </si>
+  <si>
+    <t>Na pozemcích parc.č. st. 1112 a parc.č. st. 1113 v k.ú. Veřovice se nachází garáž jiného vlastníka.</t>
+  </si>
+  <si>
+    <t>37800</t>
+  </si>
+  <si>
+    <t>Prodej pozemku parc.č. 1812/2 v k.ú. Hodslavice</t>
+  </si>
+  <si>
+    <t>Hodslavice, Hodslavice, okres Nový Jičín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Na pozemku parc.č. 1812/2 se nachází část budovy jiného vlastníka. </t>
+  </si>
+  <si>
+    <t>5600</t>
+  </si>
+  <si>
+    <t>Prodej pozemku parc.č.st.  297/2 v k.ú. Životice u Nového Jičína</t>
+  </si>
+  <si>
+    <t>Životice u Nového Jičína, Životice u Nového Jičína, okres Nový Jičín</t>
+  </si>
+  <si>
+    <t>st. 297/2</t>
+  </si>
+  <si>
+    <t>na pozemku parc.č. st. 297 v k.ú. Životice  u Nového Jičína se nachází část stavby jiného vlastníka, jedná se o část rodinného domu č.p. 231.</t>
+  </si>
+  <si>
+    <t>12000</t>
+  </si>
+  <si>
+    <t>Ministerstvo dopravy</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 5481/6</t>
+  </si>
+  <si>
+    <t>Pejsarova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Daniela Pejsarová</t>
+  </si>
+  <si>
+    <t>Správa železnic, s.o., SŽ Facility, Odbor pozbývání majetku</t>
+  </si>
+  <si>
+    <t>Bzenec, Bzenec, okres Hodonín</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 5481/6 v k. ú. Bzenec, druh pozemku - ostatní plocha, 957 m2</t>
+  </si>
+  <si>
+    <t>240000</t>
+  </si>
+  <si>
+    <t>Pozemky p. č. 1084/1 a 3452/5</t>
+  </si>
+  <si>
+    <t>Rohatec, Rohatec, okres Hodonín</t>
+  </si>
+  <si>
+    <t>Prodej pozemků, p. č. 1084/1, druh pozemku - ostatní plocha, 309 m2; p. č. 3452/5, druh pozemku - ostatní plocha, 341 m2</t>
+  </si>
+  <si>
+    <t>147000</t>
+  </si>
+  <si>
+    <t>Mze</t>
+  </si>
+  <si>
+    <t>Prodej pozemku ve fčním celku s nemovitostí cizího vlastníka</t>
+  </si>
+  <si>
+    <t>725257373</t>
+  </si>
+  <si>
+    <t>marcela.kacetlova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Marcela Kacetlová</t>
+  </si>
+  <si>
+    <t>LS Lužná</t>
+  </si>
+  <si>
+    <t>Řevničov, Řevničov, okres Rakovník</t>
+  </si>
+  <si>
+    <t>5401/19</t>
+  </si>
+  <si>
+    <t>Pozemek obklopující nemovitost cizího vlastníka</t>
+  </si>
+  <si>
+    <t>125656</t>
+  </si>
+  <si>
+    <t>MD ČR</t>
+  </si>
+  <si>
+    <t>Bezúplatný převod pozemků p.č. 282/2 a p.č. 343/1 v k.ú. Radonice u Kadaně</t>
+  </si>
+  <si>
+    <t>2026-04-19</t>
+  </si>
+  <si>
+    <t>braunova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Věra Braunová</t>
+  </si>
+  <si>
+    <t>Radonice u Kadaně, Radonice, okres Chomutov</t>
+  </si>
+  <si>
+    <t>282/2 a 343/1</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>Pozemky k.ú. Veselí nad Lužnicí</t>
+  </si>
+  <si>
+    <t>387683171</t>
+  </si>
+  <si>
+    <t>marketa.krizkova@pvl.cz</t>
+  </si>
+  <si>
+    <t>Ing. Křížková</t>
+  </si>
+  <si>
+    <t>ZHV, PS 1</t>
+  </si>
+  <si>
+    <t>Veselí nad Lužnicí, Veselí nad Lužnicí, okres Tábor</t>
+  </si>
+  <si>
+    <t>659/38, 659/44, 2101/5</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemky parc. č. 659/38 o výměře 36 m2, parc. č. 659/44 o výměře 18 m2, a parc. č. 2101/5 o výměře 321 m2, vše v k.ú. Veselí nad Lužnicí. Na těchto pozemcích se nachází stavby místních komunikací v majetku Města Veselí nad Lužnicí.</t>
+  </si>
+  <si>
+    <t>2363.50</t>
+  </si>
+  <si>
+    <t>Povodí Labe, státní podnik</t>
+  </si>
+  <si>
+    <t>dbyt8g2</t>
+  </si>
+  <si>
+    <t>Pozemek - stavební parcela č. 169 v katastrálním území Červený Hrádek u Bečvár</t>
+  </si>
+  <si>
+    <t>495088871</t>
+  </si>
+  <si>
+    <t>lodrovam@pla.cz</t>
+  </si>
+  <si>
+    <t>Martina Lodrová</t>
+  </si>
+  <si>
+    <t>majetkový odbor</t>
+  </si>
+  <si>
+    <t>Červený Hrádek u Bečvár, Bečváry, okres Kolín</t>
+  </si>
+  <si>
+    <t>st. 169</t>
+  </si>
+  <si>
+    <t>Pozemek - stavební parcela č. 169 v katastrálním území Červený Hrádek u Bečvár, zastavěná plocha a nádvoří. Na pozemku je postavena část stavby rodinného domu č.p. 123, který je ve vlastnictví jiného vlastníka. Pozemek je přístupný pouze přes pozemky jiného vlastníka.</t>
+  </si>
+  <si>
+    <t>12800</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 571/8 v katastrálním území Doubravice u Dvora Králové</t>
+  </si>
+  <si>
+    <t>Doubravice u Dvora Králové, Doubravice, okres Trutnov</t>
+  </si>
+  <si>
+    <t>571/8</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 571/8 v katastrálním území Doubravice u Dvora Králové, trvalý travní porost, vznikl geometrickým odměřením od původní pozemkové parcely č. 571/1, vodní plocha. Nově vzniklý pozemek tvoří jeden funkční celek s pozemkem p. č. 422 a je zemědělsky využívaný. Přístup na pozemek je přes pozemky jiného vlastníka.</t>
+  </si>
+  <si>
+    <t>10690</t>
+  </si>
+  <si>
+    <t>MPO</t>
+  </si>
+  <si>
+    <t>Pozemky p.č.93/3 a č. 94/7 v k.ú.Most I</t>
+  </si>
+  <si>
+    <t>720882550</t>
+  </si>
+  <si>
+    <t>nerglova@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Radomíra Nerglová</t>
+  </si>
+  <si>
+    <t>OSM</t>
+  </si>
+  <si>
+    <t>Most I, Most, okres Most</t>
+  </si>
+  <si>
+    <t>93/3, 94/7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemky p.č.93/3, ostatní plocha, jiná plocha o výměře  154 m2 a č.94/7, ostatní plocha jiná plocha o výměře 77 m2, v k.ú.Most I. Cena zjištěná je prokazatelně vyšší než cena obvyklá. </t>
+  </si>
+  <si>
+    <t>150000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 981 v k.ú. Boletice nad Labem</t>
+  </si>
+  <si>
+    <t>956240106</t>
+  </si>
+  <si>
+    <t>veronika.vajnerova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Mgr. Veronika Vajnerová</t>
+  </si>
+  <si>
+    <t>Lesní správa Děčín</t>
+  </si>
+  <si>
+    <t>Boletice nad Labem, Děčín, okres Děčín</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 981 - ostatní plocha, ostatní komunikace, o výměře 125m2  v k.ú. Boletice nad Labem</t>
+  </si>
+  <si>
+    <t>75000</t>
+  </si>
+  <si>
+    <t>Ministerstvo dopravy ČR</t>
+  </si>
+  <si>
+    <t>Pozemek se stavbou v k.ú. Těšínov</t>
+  </si>
+  <si>
+    <t>RihovaD@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Dana Říhová</t>
+  </si>
+  <si>
+    <t>Odbor nakládání s nemovitým majetkem</t>
+  </si>
+  <si>
+    <t>Těšínov, Petříkov, okres České Budějovice</t>
+  </si>
+  <si>
+    <t>st. 149 a 3257/27</t>
+  </si>
+  <si>
+    <t>Petříkov</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nemovitosti se nacházejí v úzkém centru obce přímo u železniční zastávky. Budova je zděná, přízemní, s nevyužitým půdním prostorem. Jedná se o bývalou drážní budovu se sociálním zařízením a bytem ve špatném technickém stavu. Nemovitosti zatížené několika věcnými břemeny jsou pronajaté obci Petříkov. </t>
+  </si>
+  <si>
+    <t>565000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 2618/45, 2618/48 a 2618/49 k.ú. Skvrňany</t>
+  </si>
+  <si>
+    <t>702263859</t>
+  </si>
+  <si>
+    <t>MoravekJa@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jan Morávek</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace SŽ Facility  Systémový specialista Úsek náměstka ředitele pro realitní činnosti Odbor nakládání s nemovitým majetkem Oddělení přípravy pozbytí   Ke Štvanici 656/3, 186 00 Praha 8</t>
+  </si>
+  <si>
+    <t>Skvrňany, Plzeň, okres Plzeň-město</t>
+  </si>
+  <si>
+    <t>2618/45, 2618/48 a 2618/49</t>
+  </si>
+  <si>
+    <t>Pozemky na západním kraji města Plzeň v ochranném pásmu dráhy trati : Plzeň hl. n. – Česká Kubice st. hr.. Jedná se o pozemky v areálu budoucího nabyvatele se zpěvněným povrchem a vlečkou v jeho vlastnictví. Přímý prodej je realizován z důvodu scelení. Pokud během přípravy prodeje dojde ke změně vlastníka sousedních pozemků, bude pozemek prodán novému vlastníkovi za podmínek stanovených v příslušném souhlasu schvalujícího subjektu. Pozemky budou spolu s kupní smlouvou zatížen služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy." V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Dle platného územního plánu je pozemek zařazen do plochy dopravní infrastruktury - železnice.</t>
+  </si>
+  <si>
+    <t>816000</t>
+  </si>
+  <si>
+    <t>MZE</t>
+  </si>
+  <si>
+    <t>S 877/25/129 pozemek p.č. 1979/61,k.ú. Dolany u Olomouce</t>
+  </si>
+  <si>
+    <t>2026-04-18</t>
+  </si>
+  <si>
+    <t>724524091</t>
+  </si>
+  <si>
+    <t>jana.trojakova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jana Trojáková</t>
+  </si>
+  <si>
+    <t>OŘ severní Morava</t>
+  </si>
+  <si>
+    <t>Dolany u Olomouce, Dolany, okres Olomouc</t>
+  </si>
+  <si>
+    <t>199/61</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1979/61 , lesní pozemek o výměře 145 m2</t>
+  </si>
+  <si>
+    <t>5920</t>
+  </si>
+  <si>
+    <t>Prodej pozemků parc.č. 1583/39 a 1583/43 v k.ú. Vítějeves včetně části stavby v korytě vodního toku</t>
+  </si>
+  <si>
+    <t>725132802</t>
+  </si>
+  <si>
+    <t>lenka.sabatkova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Lenka Šabatková</t>
+  </si>
+  <si>
+    <t>Správa toků - oblast Povodí Dyje</t>
+  </si>
+  <si>
+    <t>Vítějeves, Vítějeves, okres Svitavy</t>
+  </si>
+  <si>
+    <t>1583/39 a 1583/43 (vznikl GP z částí parc.č. 1583/20 a 1583/21)</t>
+  </si>
+  <si>
+    <t>Prodej pozemku parc č. 1583/39 v k.ú. Vítějeves, druh pozemku: vodní plocha, výměra: 3 m2 a pozemku parc.č. 1583/43 v k.ú. Vítějeves, druh pozemku: vodní plocha, výměra: 6 m2 (parcela vznikla GP z částí pozemků parc.č. 1583/20 a 1583/21) vč. části stavby v korytě vodního toku na těchto pozemcích pod vybetonovanou plochou.</t>
+  </si>
+  <si>
+    <t>24130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemku p.č. 508/10 v k.ú. Vilémov u Kadaně </t>
+  </si>
+  <si>
+    <t>Vilémov u Kadaně, Vilémov, okres Chomutov</t>
+  </si>
+  <si>
+    <t>508/10</t>
+  </si>
+  <si>
+    <t>108000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ministerstvo dopravy </t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 505 v k. ú. Osenice</t>
+  </si>
+  <si>
+    <t>722951732</t>
+  </si>
+  <si>
+    <t>BuriankovaK@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Buriánková Kateřina</t>
+  </si>
+  <si>
+    <t>Odbor pozbývání majetku</t>
+  </si>
+  <si>
+    <t>Osenice, Dětenice, okres Jičín</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 505 o výměře 5941 m2, který je veden v katastru nemovitostí jako ostatní plocha, dráha v katastrální území Osenice, obec Dětenice. K pozemku nevede žádná komunikace. Pozemek pozemek p.č. 505 o výměře 5941 m2, který je veden v katastru nemovitostí jako ostatní plocha, dráha v katastrální území Osenice, obec Dětenice. K pozemku nevede žádná komunikace.</t>
+  </si>
+  <si>
+    <t>262000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ministerstvo zemědělství </t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Jamné u Jihlavy S 1286/25</t>
+  </si>
+  <si>
+    <t>956155106</t>
+  </si>
+  <si>
+    <t>josef.kovar@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Josef Kovář</t>
+  </si>
+  <si>
+    <t>Lesní správa Ledeč nad Sázavou</t>
+  </si>
+  <si>
+    <t>Jamné u Jihlavy, Jamné, okres Jihlava</t>
+  </si>
+  <si>
+    <t>2098/1</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej odloučeného lesního pozemku formou VŘ - p.č. 2098/1 v k.ú. Jamné u Jihlavy</t>
+  </si>
+  <si>
+    <t>42300</t>
+  </si>
+  <si>
+    <t>Prodej částí vodního díla k.ú. České Budějovice 7</t>
+  </si>
+  <si>
+    <t>PS1 ZHV</t>
+  </si>
+  <si>
+    <t>České Budějovice 7, České Budějovice, okres České Budějovice</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej částí rušeného vodního díla typu úprava koryta vodního toku pod ev. č. DHMP-00016147 umístěných na pozemku parc. č. 3951/1 v k.ú. České Budějovice 7.</t>
+  </si>
+  <si>
+    <t>13000</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 1573/4 v katastrálním území Čelákovice</t>
+  </si>
+  <si>
+    <t>2026-04-17</t>
+  </si>
+  <si>
+    <t>Čelákovice, Čelákovice, okres Praha-východ</t>
+  </si>
+  <si>
+    <t>1573/4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek - pozemková parcela č. 1573/4 v katastrálním území Čelákovice, zahrada, tvoří jeden funkční celek se stavební parcelou č. 1573/3 a pozemkem p. č. 1573/2, zahrada. Stavební pozemek je zastavěný stavbou rodinného domu č.p. 123. Přístup k pozemku je pouze přes pozemky jiného vlastníka. </t>
+  </si>
+  <si>
+    <t>66000</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 1409/2 v katastrálním území Libochovany</t>
+  </si>
+  <si>
+    <t>Libochovany, Libochovany, okres Litoměřice</t>
+  </si>
+  <si>
+    <t>1409/2</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 1409/2 v katastrálním území Libochovany, ostatní plocha, vznikl geometrickým odměřením od původní pozemkové parcely č. 1409, vodní plocha. Pozemek tvoří jeden funkční celek se stavebním pozemkem p. č. 262, který je zastavěný rekreační chatou č.ev. 18 a trvalým travním porostem p. č. 1097/7. Přístup k pozemkům je po polozpevněné komunikaci polního typu.</t>
+  </si>
+  <si>
+    <t>20300</t>
+  </si>
+  <si>
+    <t>prodej pozemku p. č. 494/10 k.ú. Bylany</t>
+  </si>
+  <si>
+    <t>725889647</t>
+  </si>
+  <si>
+    <t>mickoval@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Lenka Micková</t>
+  </si>
+  <si>
+    <t>Bylany, Bylany, okres Chrudim</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 494/10 k.ú. Bylany o výměře 100 m2.</t>
+  </si>
+  <si>
+    <t>64000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků parc. č. 1409, 1632/2 a 1632/4 v k.ú. Vimperk</t>
+  </si>
+  <si>
+    <t>2026-04-16</t>
+  </si>
+  <si>
+    <t>956265115</t>
+  </si>
+  <si>
+    <t>pavel.vacha@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Pavel Vácha</t>
+  </si>
+  <si>
+    <t>Lesy ČR, s.p. - LZ Boubín</t>
+  </si>
+  <si>
+    <t>Vimperk, Vimperk, okres Prachatice</t>
+  </si>
+  <si>
+    <t>1409, 1632/2, 1632/4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemků parc. č. 1409, 1632/2 a 1632/4 o celkové výměře 193 m2, všechny s druhem pozemku ostatní plocha </t>
+  </si>
+  <si>
+    <t>97510</t>
+  </si>
+  <si>
+    <t>S 15/25/129 pozemek p.č. 474/9 dle GP k.ú. Řideč</t>
+  </si>
+  <si>
+    <t>Řídeč, Řídeč, okres Olomouc</t>
+  </si>
+  <si>
+    <t>p.č. 474/9 dle GP, ostatní plocha o výměře 11 m2</t>
+  </si>
+  <si>
+    <t>3000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku k.ú. Podvihov</t>
+  </si>
+  <si>
+    <t>Podvihov, Opava, okres Opava</t>
+  </si>
+  <si>
+    <t>645/37</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 465/37 s druhem pozemku ostatní plocha o výměře 72 m2 v katastrálním území Podvihov.</t>
+  </si>
+  <si>
+    <t>43128</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 645/37 s druhem pozemku ostatní plocha o výměře 72 m2 v k. ú. Podvihov.</t>
+  </si>
+  <si>
+    <t>Prodej dvou částí pozemku p. č. 60/1 a pozemku p. č. 93  v k. ú. Bytíz a části pozemku p. č. 350/1 v k. ú. Dubno</t>
+  </si>
+  <si>
+    <t>602866653</t>
+  </si>
+  <si>
+    <t>kesslova@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Dagmar Kesslová</t>
+  </si>
+  <si>
+    <t>DIAMO, s. p., o. z. Příbram, referát majetku</t>
+  </si>
+  <si>
+    <t>Bytíz, Příbram, okres Příbram</t>
+  </si>
+  <si>
+    <t>p. č. 93 a dvě části pozemku p. č. 60/1</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 93 a dvou částí pozemku p. č. 60/1 v k. ú. Bytíz a části pozemku p. č. 350/1 v k. ú. Dubno. Na části převáděného majetku je vybudována skládka tuhého komunálního odpadu pro město Příbram. Pozemky jsou dotčeny opuštěnými důlními díly.</t>
+  </si>
+  <si>
+    <t>12877637</t>
+  </si>
+  <si>
+    <t>Dubno, Dubno, okres Příbram</t>
+  </si>
+  <si>
+    <t>1022363</t>
+  </si>
+  <si>
+    <t>část p. č. 350/1</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 93 a dvou částí pozemku p. č. 60/1 v k. ú. Bytíz, a části pozemku p. č. 350/1 v k. ú. Dubno společně. Na části převáděného majetku je vybudována skládka tuhého komunálního odpadu pro město Příbram. Pozemky jsou dotčeny opuštěnými důlními díly.</t>
+  </si>
+  <si>
+    <t>Prodej objektu č.p. 408 na stavebním pozemku p.č. 242, objektu bez č.p. na stavebním pozemku p.č. 275/2 a zpevněné plochy, schodiště na pozemku p.č. 715/6 v k.ú. Brandýs nad Orlicí</t>
+  </si>
+  <si>
+    <t>2026-04-13</t>
+  </si>
+  <si>
+    <t>772951732</t>
+  </si>
+  <si>
+    <t>Oddělení přípravy pozbytí</t>
+  </si>
+  <si>
+    <t>Brandýs nad Orlicí, Brandýs nad Orlicí, okres Ústí nad Orlicí</t>
+  </si>
+  <si>
+    <t>275/2, 242</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>Pozemky - stavby jsou přístupné po zpevněné asfaltové komunikaci. Možné je napojit na veškeré inženýrské sítě. V současné době jsou nemovitosti nevyužívané. Stavba bez čp. je součástí stavebního pozemku 275/2 a nachází se mezi pozemky st.p.č. 275/1 a st. p.č. 242 v k.ú. Brandýs nad Orlicí. Jedná se přízemní stavbu, většinou na bázi dřeva. Budova č. p. 408 na pozemku p. č. st. 242 v k. ú. Brandýs nad Orlicí. Byla postavena v roce 1906, zastavěná plocha 135 m2, obestavěný prostor 1016 m3. Jedná se o dvoupodlažní objekt, částečně podsklepený.</t>
+  </si>
+  <si>
+    <t>6683000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1463/2 k.ú. Lipovka včetně stavby opevnění toku</t>
+  </si>
+  <si>
+    <t>956954211</t>
+  </si>
+  <si>
+    <t>lucie.marusakova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Lucie Marušáková</t>
+  </si>
+  <si>
+    <t>Správa toků povodí Vltavy</t>
+  </si>
+  <si>
+    <t>Lipovka, Deštná, okres Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>1463/2</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1463/2 k.ú. Lipovka včetně podélné úpravy vodního toku.</t>
+  </si>
+  <si>
+    <t>10020</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k. ú. Mrákotín u Telče S 86/26</t>
+  </si>
+  <si>
+    <t>956150107</t>
+  </si>
+  <si>
+    <t>lucie.simonova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Lucie Šimonová</t>
+  </si>
+  <si>
+    <t>Lesní správa Telč</t>
+  </si>
+  <si>
+    <t>Mrákotín u Telče, Mrákotín, okres Jihlava</t>
+  </si>
+  <si>
+    <t>575/7</t>
+  </si>
+  <si>
+    <t>Přímý prodej pozemku p. č. 575/7 v k. ú. Mrákotín u Telče, druh ostatní plocha</t>
+  </si>
+  <si>
+    <t>37000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k. ú. Mrákotín u Telče S 85/26</t>
+  </si>
+  <si>
+    <t>575/10, 1159/23</t>
+  </si>
+  <si>
+    <t>Přímý prodej pozemků p. č. 575/10 a 1159/23 v k. ú. Mrákotín u Telče, druh ostatní plocha</t>
+  </si>
+  <si>
+    <t>110500</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k. ú. Mrákotín u Telče S 133/26</t>
+  </si>
+  <si>
+    <t>575/9</t>
+  </si>
+  <si>
+    <t>Přímý prodej pozemku p. č. 575/9 v k. ú. Mrákotín u Telče, druh ostatní plocha</t>
+  </si>
+  <si>
+    <t>16000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k. ú. Mrákotín u Telče S 239/26</t>
+  </si>
+  <si>
+    <t>575/8</t>
+  </si>
+  <si>
+    <t>Přímý prodej pozemku p. č. 575/8 v k. ú. Mrákotín u Telče, druh ostatní plocha</t>
+  </si>
+  <si>
+    <t>75500</t>
+  </si>
+  <si>
+    <t>S 942/24/123 pozemek p.č. 1276/1 k.ú. Vernířovice u Sobotína</t>
+  </si>
+  <si>
+    <t>2026-04-12</t>
+  </si>
+  <si>
+    <t>Vernířovice u Sobotína, Vernířovice, okres Šumperk</t>
+  </si>
+  <si>
+    <t>p.č. 1276/1 , ostatní plocha o výměře 409 m2</t>
+  </si>
+  <si>
+    <t>409000</t>
+  </si>
+  <si>
+    <t>S 525/22/125 p.č. 348 k.ú. Nemile</t>
+  </si>
+  <si>
+    <t>Lupěné, Nemile, okres Šumperk</t>
+  </si>
+  <si>
+    <t>p.č. 348  ostatní plocha, manipulační o výměře 525 m2</t>
+  </si>
+  <si>
+    <t>22050</t>
+  </si>
+  <si>
+    <t>MPO ČR</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 93 a dvou částí pozemku p. č. 60/1 v k. ú. Bytíz a části pozemku p. č. 350/1 v k. ú. Dubno</t>
+  </si>
+  <si>
+    <t>2026-04-11</t>
+  </si>
+  <si>
+    <t>p. č. 93, dvě části p. č. 60/1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemku p. č. 93 a dvou částí pozemku p. č. 60/1 v k. ú. Bytíz a části pozemku p. č. 350/1 v k. ú. Dubno. Na části převáděného majetku je vybudována skládka tuhého komunálního odpadu pro město Příbram. Pozemky jsou dotčeny opuštěnými důlními díly. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemku st. p. č.327, jehož součástí je objekt č. p. 265 v k. ú. Velvary </t>
+  </si>
+  <si>
+    <t>725 553 303</t>
+  </si>
+  <si>
+    <t>videticova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Markéta Videtičová</t>
+  </si>
+  <si>
+    <t>Velvary, Velvary, okres Kladno</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oceňovaný rodinný dům je samostatný objekt, ke kterému je napojená přízemní boční přístavba.  Stavba má 2 nadzemní podlaží včetně podkroví. Dům je částečně podsklepený. V objektu není půda  a má vybudované podkroví. Základy má smíšené a objekt je smíšené konstrukce. Tloušťka obvodové konstrukce činí 50 cm.  Stropy jsou dřevěné trámové, střecha je sedlová a pultová, krytinu tvoří bobrovka, šablony Cembrit a  živičná lepenka a klempířské prvky jsou plechové. Vnější omítky jsou vápenocementové, částečně  Multibat a zateplení pláště není provedeno. Objekt byl dle sdělení přítomné osoby a podle datace uvedené na fasádě postaven v roce 1882. Nemovitost je dle územního plánu součástí území železniční dopravy. Ve skutečnosti je nemovitost  v souladu s katastrem nemovitostí – objekt k bydlení.  Objekt prošel v 80. letech 20. století modernizací, v jejímž důsledku získal svou současnou  stavebně-technickou podobu. Vady rodinného domu: rozvody: zastaralý prvek vybavení: zastaralý prvek podlahy: bez vad střecha: zastaralý prvek zdivo: bez vad okna: zastaralý prvek  Stav objektu lze charakterizovat jako před rekonstrukcí. Dispozice rodinného domu je 4+2. </t>
+  </si>
+  <si>
+    <t>3728000</t>
+  </si>
+  <si>
+    <t>Vlečka od koncového styku výhybky V7 v km 13,554 (souřadnice WGS-84: 49.957794, 15.794565) do konce kusé koleje č. 3 v km 13,619 (souřadnice WGS- 84: 49.957811, 15.795431)</t>
+  </si>
+  <si>
+    <t>Chrudim, Chrudim, okres Chrudim</t>
+  </si>
+  <si>
+    <t>Vlečka od koncového styku výhybky V7 v km 13,554 (souřadnice WGS-84: 49.957794, 15.794565) do konce kusé koleje č. 3 v km 13,619 (souřadnice WGS- 84: 49.957811, 15.795431). Vlečka je umístěna na pozemku p. č. 2931/1 v k. ú. Chrudim ve vlastnictví Českých drah, a.s. Celková stavební délka předmětné vlečky je 65 m. Do zájmové vlečky je zaústěna koncovým stykem výhybky V7 v km 13, 554 (souřadnice WGS-84: 49.957794, 15.794565) železniční dráha – vlečka „ELKA 93“ ve vlastnictví firmy ELKA 93 s.r.o.</t>
+  </si>
+  <si>
+    <t>600000</t>
+  </si>
+  <si>
+    <t>Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>kr7cdry</t>
+  </si>
+  <si>
+    <t>Ministerstvo vnitra ČR</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 16 o výměře 380 m2, zastavěná plocha a nádvoří, jehož součástí je stavba  č. p. 241, obč. vyb. katastrální území Střelice u Brna, obec Střelice, LV č. 15, Katastrální úřad pro Jihomoravský kraj, Katastrální pracoviště Brno-venkov. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>954302327</t>
+  </si>
+  <si>
+    <t>reality.prodej@cpost.cz</t>
+  </si>
+  <si>
+    <t>Dana Tučková</t>
+  </si>
+  <si>
+    <t>Správa realit</t>
+  </si>
+  <si>
+    <t>Střelice u Brna, Střelice, okres Brno-venkov</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej je podmíněn zachováním služebnosti formou pošty Partner </t>
+  </si>
+  <si>
+    <t>5370000</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 52/1 o výměře 220 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 26 – objekt k bydlení, k. ú. Nové Mitrovice, obec Nové Mitrovice, LV č. 416, KÚ pro Plzeňský kraj, Katastrální pracoviště Plzeň - jih. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Nové Mitrovice, Nové Mitrovice, okres Plzeň-jih</t>
+  </si>
+  <si>
+    <t>Prodej bude probíhat formou VŘ</t>
+  </si>
+  <si>
+    <t>1560000</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 9/2 o výměře 170 m2, zastavěná plocha a nádvoří, součástí je stavba  č.p. 82, rod. dům, pozemek parc. č. 618/2 o výměře 2213 m2, zahrada, k.ú. Oselce, obec Oselce, LV č. 88, KÚ pro Plzeňský kraj, katastrální pracoviště Plzeň-jih. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Oselce, Oselce, okres Plzeň-jih</t>
+  </si>
+  <si>
+    <t>2800000</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 73/1 o výměře 289 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 42, rodinný dům, k. ú. Kamenný Újezd, obec Kamenný Újezd, LV č. 219, Katastrální úřad pro Jihočeský kraj, Katastrální pracoviště České Budějovice. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Denisa Janderková</t>
+  </si>
+  <si>
+    <t>Kamenný Újezd, Kamenný Újezd, okres České Budějovice</t>
+  </si>
+  <si>
+    <t>3830000</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. St. 1166/1 o výměře 315 m2, zastavěná plocha a nádvoří, jehož součástí je stavba č. p. 409, stavba občanského vybavení; Katastrální území Halenkov, obec Halenkov, LV č. 1429, Katastrální úřad pro Zlínský kraj, Katastrální pracoviště Vsetín. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Markéta Sloupová</t>
+  </si>
+  <si>
+    <t>Halenkov, Halenkov, okres Vsetín</t>
+  </si>
+  <si>
+    <t>3750000</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 55 o výměře 704 m2, zastavěná plocha a nádvoří, součástí je stavba č. p. 55, rodinný dům, pozemek; parc. č. 1598 o výměře 42 m2, ostatní plocha, neplodná půda;  k. ú. Chcebuz, obec Štětí, LV č. 225, KÚ pro Ústecký kraj, Katastrálního pracoviště Litoměřice. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>Chcebuz, Štětí, okres Litoměřice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej bude probíhat formou VŘ </t>
+  </si>
+  <si>
+    <t>4360000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku k.ú. Hrabová</t>
+  </si>
+  <si>
+    <t>Hrabová, Ostrava, okres Ostrava-město</t>
+  </si>
+  <si>
+    <t>p.č. 1304</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 1304 s druhem pozemku lesní pozemek o výměře 1645 m2 v k .ú. Hrabová.</t>
+  </si>
+  <si>
+    <t>80970</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Černovice u Tábora a Svatava u Černovic</t>
+  </si>
+  <si>
+    <t>734623774</t>
+  </si>
+  <si>
+    <t>Černovice u Tábora, Černovice, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>1302/101, 1595/11, 1686/9, 1733/4, 4937/10</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v k.ú. Černovice u Tábora a Svatava u Černovic</t>
+  </si>
+  <si>
+    <t>198720</t>
+  </si>
+  <si>
+    <t>Svatava u Černovic, Černovice, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>247/2</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku k.ú. Svatava u Černovic</t>
+  </si>
+  <si>
+    <t>st. 363, 645/38, 645/45</t>
+  </si>
+  <si>
+    <t>Prodej pozemků st. 363 s druhem pozemku zastavěná plocha a nádvoří o výměře 29 m2, p. č. 645/38 s druhem pozemku ostatní plocha o výměře 31 m a p. č. 645/45 s druhem pozemku ostatní plocha o výměře 33 m2 vše v k. ú. Podvihov.</t>
+  </si>
+  <si>
+    <t>55521</t>
+  </si>
+  <si>
+    <t>Prodej pozemku k.ú. Dolní Těrlicko</t>
+  </si>
+  <si>
+    <t>Dolní Těrlicko, Těrlicko, okres Karviná</t>
+  </si>
+  <si>
+    <t>547</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 547 s druhem pozemku lesní pozemek o výměře 565 m2 v k.ú. Dolní Těrlicko.</t>
+  </si>
+  <si>
+    <t>10080</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Hořepník</t>
+  </si>
+  <si>
+    <t>Hořepník, Hořepník, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>1008,1108/1,1109/1,1099/1</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v k.ú. Hořepník</t>
+  </si>
+  <si>
+    <t>196680</t>
+  </si>
+  <si>
+    <t>MZe</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú.Hlince</t>
+  </si>
+  <si>
+    <t>95621216106</t>
+  </si>
+  <si>
+    <t>jana.blahova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Jana Bláhová</t>
+  </si>
+  <si>
+    <t>Lesní správa Plasy</t>
+  </si>
+  <si>
+    <t>Hlince, Hlince, okres Plzeň-sever</t>
+  </si>
+  <si>
+    <t>242/55</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č.242/55 ostatní plocha o výměře 192 m2 v k.ú. Hlince.</t>
+  </si>
+  <si>
+    <t>31000</t>
+  </si>
+  <si>
+    <t>Pozemky p. č. 502, 503, 356/4</t>
+  </si>
+  <si>
+    <t>2026-04-06</t>
+  </si>
+  <si>
+    <t>Rousínov u Vyškova, Rousínov, okres Vyškov</t>
+  </si>
+  <si>
+    <t>502, 503, 356/4</t>
+  </si>
+  <si>
+    <t>Pozemky o výměrách 205, 496 a 525 m2, druh pozemku - ostatní plocha</t>
+  </si>
+  <si>
+    <t>1147000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Obora u Kaznějova</t>
+  </si>
+  <si>
+    <t>2026-04-10</t>
+  </si>
+  <si>
+    <t>725 257 486</t>
+  </si>
+  <si>
+    <t>Obora u Kaznějova, Obora, okres Plzeň-sever</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č.1111/2 lesní pozemek o výměře 119 m2 v k.ú. Obora u Kaznějova..</t>
+  </si>
+  <si>
+    <t>3090</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú.Blahousty</t>
+  </si>
+  <si>
+    <t>956212109</t>
+  </si>
+  <si>
+    <t>jana.kourilova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Jana Kouřilová</t>
+  </si>
+  <si>
+    <t>LS Přeštice</t>
+  </si>
+  <si>
+    <t>Blahousty, Erpužice, okres Tachov</t>
+  </si>
+  <si>
+    <t>477/1</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č.477/1 lesní pozemek o výměře 7534 m2 v k.ú. Blahousty.</t>
+  </si>
+  <si>
+    <t>885400</t>
+  </si>
+  <si>
+    <t>pozemek p.č. 535/30 v k.ú. Opočno nad Loučnou</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>956164106</t>
+  </si>
+  <si>
+    <t>jana.zarubova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Jana Zárubová</t>
+  </si>
+  <si>
+    <t>Lesní správa Choceň</t>
+  </si>
+  <si>
+    <t>Opočno nad Loučnou, Trusnov, okres Pardubice</t>
+  </si>
+  <si>
+    <t>235/30</t>
+  </si>
+  <si>
+    <t>Pozemek je situován v jižní části Opočna, u rodinného domu č.p. 13 v části obce Opočno a obci Trusnov na Pardubicku. Pozemek je podlouhlého tvaru, přičemž podélná osa pozemku vede souběžně s pozemkem parc. č. 407/1 (ve vlastnictví obce), který je nezpevněnou komunikací, pozemek je s vegetačním povrchem, je bez staveb či venkovních úprav. Náklady související s prodejem činí 5700 Kč (není součástí uvedené ceny)).</t>
+  </si>
+  <si>
+    <t>119890</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Včelákov</t>
+  </si>
+  <si>
+    <t>956157106</t>
+  </si>
+  <si>
+    <t>petra.koreckova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Petra Korečková</t>
+  </si>
+  <si>
+    <t>Lesní správa Nasavrky</t>
+  </si>
+  <si>
+    <t>Včelákov, Včelákov, okres Chrudim</t>
+  </si>
+  <si>
+    <t>630</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemek o výměře 179 m2 vedený v katastru nemovitostí jako ostatní plocha. Pozemek je podlouhlého úzkého tvaru a nachází se mezi místní zpevněnou cestou a navazující loukou. Náklady souvisejíc s prodejem činí 2500 Kč (nejsou součástí uvedené ceny)</t>
+  </si>
+  <si>
+    <t>7160</t>
+  </si>
+  <si>
+    <t>Pozemky parc. č. 742/18 o výměře 37 m2 a parc. č. 742/19 o výměře 24 m2, k. ú. Klobuky</t>
+  </si>
+  <si>
+    <t>257099230</t>
+  </si>
+  <si>
+    <t>katerina.trnkova@pvl.cz</t>
+  </si>
+  <si>
+    <t>Ing. Kateřina Trnková</t>
+  </si>
+  <si>
+    <t>PS1 ZDV</t>
+  </si>
+  <si>
+    <t>Klobuky, Klobuky, okres Kladno</t>
+  </si>
+  <si>
+    <t>742/18 a 742/19</t>
+  </si>
+  <si>
+    <t>51060</t>
+  </si>
+  <si>
+    <t>2026-04-09</t>
+  </si>
+  <si>
+    <t>956942326</t>
+  </si>
+  <si>
+    <t>erika.dvorakova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Erika Dvořáková</t>
+  </si>
+  <si>
+    <t>Nová Lhota u Veselí nad Moravou, Nová Lhota, okres Hodonín</t>
+  </si>
+  <si>
+    <t>6275/6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nově vytvořený pozemek p.č. 6275/10 dle GP, který tvoří funkční celek se stavbou č.p. 364 na pozemku p.č. st. 598, současně tvoří jediný možný přístup k uvedené stavbě. </t>
+  </si>
+  <si>
+    <t>55400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek - stavební parcela č. 145 v katastrálním území Komárov u Holic </t>
+  </si>
+  <si>
+    <t>Komárov u Holic, Dolní Roveň, okres Pardubice</t>
+  </si>
+  <si>
+    <t>st. 145</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek - stavební parcela č. 145, zastavěná plocha a nádvoří, vznikl geometrickým odměřením od původní pozemkové parcely č. 712/14, vodní plocha. Pozemek tvoří jeden funkční celek s pozemkem zastavěnou plochou a nádvořím st. p. č. 144 na nichž je postavena stavba bez č.p./č.ev. a dále s pozemky p. č. 655/19, zahrada, a st. p. č. 118, zastavěnou plochou a nádvořím jejíž součástí je stavba rodinného domu č.p. 86. Nově vzniklý pozemek je přístupný pouze přes pozemky jiného vlastníka. </t>
+  </si>
+  <si>
+    <t>2900</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Zubří u Nového Města na Moravě S 1194/25</t>
+  </si>
+  <si>
+    <t>724524192</t>
+  </si>
+  <si>
+    <t>zdenek.jaros@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Zdeněk Jaroš</t>
+  </si>
+  <si>
+    <t>Lesní správa Nové Město na Moravě</t>
+  </si>
+  <si>
+    <t>Zubří u Nového Města na Moravě, Zubří, okres Žďár nad Sázavou</t>
+  </si>
+  <si>
+    <t>1102, 1103</t>
+  </si>
+  <si>
+    <t>lesní pozemky č. parc. 1102, 1103 k.ú. Zubří u Nového Města na Moravě</t>
+  </si>
+  <si>
+    <t>20230</t>
+  </si>
+  <si>
+    <t>Povodí Moravy, s.p.</t>
+  </si>
+  <si>
+    <t>m49t8gw</t>
+  </si>
+  <si>
+    <t>Dřevařská 932/11, Veveří, 60200 Brno, CZ</t>
+  </si>
+  <si>
+    <t>70890013</t>
+  </si>
+  <si>
+    <t>pozemek v k. ú. Charvátská Nová Ves</t>
+  </si>
+  <si>
+    <t>571425240</t>
+  </si>
+  <si>
+    <t>gajdos@pmo.cz</t>
+  </si>
+  <si>
+    <t>Mgr. Radek Gajdoš</t>
+  </si>
+  <si>
+    <t>Správy Majetku</t>
+  </si>
+  <si>
+    <t>Charvátská Nová Ves, Břeclav, okres Břeclav</t>
+  </si>
+  <si>
+    <t>1167/10</t>
+  </si>
+  <si>
+    <t>pozemek o výměře 78 m2 oddělený z pozemku 1167/1 geometrickým plánem č. 1866-227/2025</t>
+  </si>
+  <si>
+    <t>95160</t>
+  </si>
+  <si>
+    <t>Převod pozemků v zájmovém území jezera Most, k. ú. Konobrže, k. ú. Kopisty, k. ú. Most I, k. ú. Pařidla, k. ú. Střimice a k. ú. Třebušice</t>
+  </si>
+  <si>
+    <t>475672017</t>
+  </si>
+  <si>
+    <t>dle přílohy</t>
+  </si>
+  <si>
+    <t>Seznam pozemků a majetku DIAMO, s. p. dotčeného zájmového území jezera Most</t>
+  </si>
+  <si>
+    <t>569591015</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 2118/1 a 2118/2 k.ú. Valtice</t>
+  </si>
+  <si>
+    <t>725257511</t>
+  </si>
+  <si>
+    <t>veronika.sedlackova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Sedláčková</t>
+  </si>
+  <si>
+    <t>LZ Židlochovice</t>
+  </si>
+  <si>
+    <t>Valtice, Valtice, okres Břeclav</t>
+  </si>
+  <si>
+    <t>2118/1 a 2118/2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lesní pozemek p.č. 2118/1 o výměře 1869 m2 a lesní pozemek p.č. 2118/2 o výměře 1141 m2, oba dosud zapsány u Katastrálního úřadu pro Jihomoravský kraj, Katastrálního pracoviště Břeclav, na LV č. 2097, pro k.ú. Valtice, obec Valtice. Pozemky leží v intravilánu města Valtice. V platném územním plánu jsou řazeny do ploch Zp – plochy veřejné zeleně. Dle výpisu z LHP se na pozemcích nachází bezlesí, ve skutečnosti se zde nachází silně proředěný, starý, nekvalitní porost borovice černé. </t>
+  </si>
+  <si>
+    <t>77989</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 6642/26 jehož součástí je stavba hráze, parcela č. 9708 a parcela č. 9712 v katastrálním území Holice v Čechách</t>
+  </si>
+  <si>
+    <t>Holice v Čechách, Holice, okres Pardubice</t>
+  </si>
+  <si>
+    <t>6642/26, 9708, 9712</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek - parcela č. 6642/26, zastavěná plocha a nádvoří, jehož součástí je stavba vodního díla hráze, parcela č. 9708, vodní plocha, a parcela č. 9712, vodní plocha, vše v obci Holice a v katastrálním území Holice v Čechách. Pozemky a vodní dílo se nacházejí ve volné přírodě, přístupné po nezpevněné komunikaci - polní cestě v nezastavěné části obce. V dané lokalitě nejsou vybudovány žádné inženýrské sítě a není možné napojení. Pozemky vodních ploch a stavebního pozemku jsou součástí rybničního tělesa. </t>
+  </si>
+  <si>
+    <t>8514000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 583/5 a p. č. 583/12 v k. ú. Staré Místo</t>
+  </si>
+  <si>
+    <t>Staré Místo, Staré Místo, okres Jičín</t>
+  </si>
+  <si>
+    <t>583/5, 583/12</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 583/5 o výměře 348 m2 a pozemek p.č. 583/12 o výměře 3205m2, Vedeny jsou v katastru nemovitostí jako dráha- ostatní plocha a jiná plocha v katastrální území Staré Místo. K pozemkům nevede žádná komunikace. Automobilem lze dojet pouze k železničnímu přejezdu. pozemky jsou rovinaté, neužívané a v několika místech pokryté náletovou dřevinou (bez hodnoty), Přístupné jsou pouze po železničním svršku. Hranice pozemků nejsou v terénu vyznačeny. V územním plánu jsou vedeny jako plochy dopravní infrastruktury- železniční.</t>
+  </si>
+  <si>
+    <t>492000</t>
+  </si>
+  <si>
+    <t>MZe - spis S 1201/20</t>
+  </si>
+  <si>
+    <t>Prodej pozemků</t>
+  </si>
+  <si>
+    <t>956180107</t>
+  </si>
+  <si>
+    <t>zuzana.fiserova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Zuzana Fišerová</t>
+  </si>
+  <si>
+    <t>Lesní správa Křivoklát</t>
+  </si>
+  <si>
+    <t>Všeradice, Všeradice, okres Beroun</t>
+  </si>
+  <si>
+    <t>202/22, 202/23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemků p.č. 202/22 druhem pozemku ostatní plocha o výměře 71 m2 a pozemku p.č. 202/23 druhem pozemku ostatní plocha  o výměře 732 m2 v k.ú. Všeradice. </t>
+  </si>
+  <si>
+    <t>321200</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 1511/4 a p.č. 1460/5, k.ú. Kobeřice ve Slezsku</t>
+  </si>
+  <si>
+    <t>2026-04-05</t>
+  </si>
+  <si>
+    <t>lucie.kvapilova@rsd.cz</t>
+  </si>
+  <si>
+    <t>Lucie Kvapilová</t>
+  </si>
+  <si>
+    <t>Správa Ostrava</t>
+  </si>
+  <si>
+    <t>Kobeřice ve Slezsku, Kobeřice, okres Opava</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 1511/4 a p.č. 1460/5, k.ú. Kobeřice ve Slezsku o celkové výměře 6068 m2</t>
+  </si>
+  <si>
+    <t>188108</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 1724 v k. ú. Dubňany</t>
+  </si>
+  <si>
+    <t>2026-04-04</t>
+  </si>
+  <si>
+    <t>318644151</t>
+  </si>
+  <si>
+    <t>majetekpribram@diamo.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIAMO, s. p., o. z. Příbram, oddělení majetku  </t>
+  </si>
+  <si>
+    <t>Dubňany, Dubňany, okres Hodonín</t>
+  </si>
+  <si>
+    <t>1724</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 1724 - ostatní plocha, sportoviště a rekreační plocha o výměře 6 786 m2 v k. ú. Dubňany. Pozemek se nachází v lokalitě Dubňanský háj na severozápadním okraji města. Pozemek je rovinatý a na části pozemku se nachází trvalé porosty. Přístup je pouze po nezpevněné komunikaci a v minulosti pozemek sloužil jako přírodní sportoviště – fotbalové hřiště. Pozemek je dotčen inženýrskými sítěmi, které nejsou zapsány v katastru nemovitostí – trasy plynovodní sítě ve správě jiných subjektů.</t>
+  </si>
+  <si>
+    <t>1500000</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej části vodního díla k.ú. České Budějovice 2.</t>
+  </si>
+  <si>
+    <t>387683184</t>
+  </si>
+  <si>
+    <t>Markyshark@seznam.cz</t>
+  </si>
+  <si>
+    <t>České Budějovice 2, České Budějovice, okres České Budějovice</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej části rušeného VD typu úprava koryta vodního toku ev. č. DHMP-00015910 umístěného na pozemcích parc. č. 1636 a 2216/1 k.ú. České Budějovice 2.</t>
+  </si>
+  <si>
+    <t>195000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků parc.č. 2220/14, 2242/2, 2215/28 k.ú. Zubčice</t>
+  </si>
+  <si>
+    <t>770655288</t>
+  </si>
+  <si>
+    <t>daniela.adamkova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Daniela Adámková</t>
+  </si>
+  <si>
+    <t>STOPV</t>
+  </si>
+  <si>
+    <t>Zubčice, Zubčice, okres Český Krumlov</t>
+  </si>
+  <si>
+    <t>2220/14</t>
+  </si>
+  <si>
+    <t>prodej pozemku dle KN vodní plocha, ve skutečnosti zastavěn částí mostu ve vl. Jihočeského kraje</t>
+  </si>
+  <si>
+    <t>18618</t>
+  </si>
+  <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>2242/2</t>
+  </si>
+  <si>
+    <t>957</t>
+  </si>
+  <si>
+    <t>2215/28</t>
+  </si>
+  <si>
+    <t>Prodej 31 pozemků v k. ú. Třebušice, Hořany, Čepirohy a Slatinice u Mostu</t>
+  </si>
+  <si>
+    <t>475672447</t>
+  </si>
+  <si>
+    <t>DIAMO, s.p., odštěpný závod Příbram, 28. října 184,  Příbram VII, 261 01 Příbram</t>
+  </si>
+  <si>
+    <t>Třebušice, Most, okres Most</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Předmětem záměru je prodej pozemků, dotčených realizací nově vybudované cyklonaučné stezky. Uvedená stavba není ve vlastnictví prodávajícího, ale je ve vlastnictví třetí osoby, která ji vybudovala a zajišťuje její provoz a údržbu. </t>
+  </si>
+  <si>
+    <t>7885280</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v kú. Řimovice - p.č. 1950,1951,1981/2</t>
+  </si>
+  <si>
+    <t>724623773</t>
+  </si>
+  <si>
+    <t>jitka.pavova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Pávová Jitka</t>
+  </si>
+  <si>
+    <t>LZ Konopiště</t>
+  </si>
+  <si>
+    <t>Řimovice, Řimovice, okres Benešov</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v kú. Řimovice o celkové výměře 522 m2</t>
+  </si>
+  <si>
+    <t>15400</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Nový Studenec S 926/25</t>
+  </si>
+  <si>
+    <t>Nový Studenec, Ždírec nad Doubravou, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t>291/12</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesního pozemku v k.ú. Nový Studenec - prodej formou VŘ</t>
+  </si>
+  <si>
+    <t>36000</t>
+  </si>
+  <si>
+    <t>Prodej pozemkůu v k.ú. Nový Studenec S 927/25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">309/6, 309/9, 378/3, </t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesních pozemků v k.ú. Nový Studenec - prodej formou VŘ</t>
+  </si>
+  <si>
+    <t>912070</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Podmoklany S 928/25</t>
+  </si>
+  <si>
+    <t>Podmoklany, Podmoklany, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t>119/3, 119/4, 99/1</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesních pozemků v k.ú. Podmoklany - prodej formou VŘ</t>
+  </si>
+  <si>
+    <t>61140</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Ždírec nad Doubravou S 1483/16</t>
+  </si>
+  <si>
+    <t>Ždírec nad Doubravou, Ždírec nad Doubravou, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t>872/2, 908, 911/2, 914</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesních pozemků v k.ú. Ždírec nad Doubravou</t>
+  </si>
+  <si>
+    <t>1006170</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Tis u Habrů S 1287/25</t>
+  </si>
+  <si>
+    <t>Tis u Habrů, Tis, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t>1874/2</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesního pozemku v k.ú. Tis u Habrů - prodej formou VŘ</t>
+  </si>
+  <si>
+    <t>33840</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 570/2 v katastrálním území Nová Ves u Jarošova</t>
+  </si>
+  <si>
+    <t>Nová Ves u Jarošova, Nová Ves u Jarošova, okres Svitavy</t>
+  </si>
+  <si>
+    <t>570/2</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 570/2 v katastrálním území Nová Ves u Jarošova, ostatní plocha, vznikl geometrickým odměřením od původní pozemkové parcely č. 570, vodní plocha. Přístup je po úzké polozpevněné komunikaci místního významu. Pozemek je nezastavěný, nacházejí se na něm pouze trvalé porosty náletového původu.</t>
+  </si>
+  <si>
+    <t>13240</t>
+  </si>
+  <si>
+    <t>pozemky v k.ú. Břehy, Vlčí Habřina, Sopreč, Lipoltice</t>
+  </si>
+  <si>
+    <t>956157115</t>
+  </si>
+  <si>
+    <t>dana.stastna@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Dana Šťastná</t>
+  </si>
+  <si>
+    <t>Břehy, Břehy, okres Pardubice</t>
+  </si>
+  <si>
+    <t>300/6, 300/9, 835/2</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemky vodní plochy, které jsou součástí rybníka Černý Nadýmač a jeho okolí.</t>
+  </si>
+  <si>
+    <t>Vlčí Habřina, Vlčí Habřina, okres Pardubice</t>
+  </si>
+  <si>
+    <t>898660</t>
+  </si>
+  <si>
+    <t>362</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemky vodní plochy, které jsou součástí rybníka Černý Nadýmač a jeho okolí. Náklady související s prodejem činí 9932 Kč (nejsou součástí uvedené ceny)</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Sopřeš a Lipoltice</t>
+  </si>
+  <si>
+    <t>Sopřeč, Sopřeč, okres Pardubice</t>
+  </si>
+  <si>
+    <t>1331, 1333, 1228</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemky vodní plochy, které jsou součástí Sopřečského rybníku a rybníku Nečas a navazující pozemky. Náklady související s prodejem činí 9857 Kč (nejsou součástí uvedené ceny)</t>
+  </si>
+  <si>
+    <t>1052575</t>
+  </si>
+  <si>
+    <t>Lipoltice, Lipoltice, okres Pardubice</t>
+  </si>
+  <si>
+    <t>507/2</t>
+  </si>
+  <si>
+    <t>prodej pozemků a staveb v k.ú. Kuničky</t>
+  </si>
+  <si>
+    <t>Kuničky, Kuničky, okres Blansko</t>
+  </si>
+  <si>
+    <t>st.161, st. 162, st. 163, st. 164 a p.č. 1336</t>
+  </si>
+  <si>
+    <t>č.p.42 a stavby bez čp/če</t>
+  </si>
+  <si>
+    <t>Jedná se o komplex pozemků a staveb, kde hlavní stavbou je stavba č.p. 42. Vedlejší stavby jsou součástí předmětných pozemků (vedlejší skladovací stavba, stodola, zemědělská stavba, skladový prostor). Pozemek p.č. 1336 je ve funkčním celku s pozemkem p.č.st. 163.</t>
+  </si>
+  <si>
+    <t>4990000</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 3586/3 a parcela č. 3586/4 v katastrálním území Úvaly u Prahy</t>
+  </si>
+  <si>
+    <t>Úvaly u Prahy, Úvaly, okres Praha-východ</t>
+  </si>
+  <si>
+    <t>3586/3, 3586/4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemky - parcela č. 3586/3, zastavěná plocha a nádvoří, a parcela č. 3586/4, zahrada, v katastrálním území Úvaly u Prahy, vznikly geometrickým odměřením od původní parcely č. 3576/1, vodní plocha. Nově vzniklé pozemky tvoří jeden funkční celek s pozemkem zastavěným rodinným domem č.p. 1394 a zahradami u tohoto rodinného domu. Zastavěná plocha a nádvoří č. parc. 3586/3 je zastavěna částí stavby dílny, která je ve vlastnictví jiného vlastníka a zahrada parc. č. 3586/4 je částečně zastavěna přístřeškem taktéž jiného vlastníka. Nově vzniklé pozemky jsou přístupné pouze přes pozemky jiného vlastníka. </t>
+  </si>
+  <si>
+    <t>103000</t>
+  </si>
+  <si>
+    <t>pozemek p.č.st.158 a stavba čp 43</t>
+  </si>
+  <si>
+    <t>st.158</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>Na pozemku p.č.st. 158 se nachází stavba č.p. 43 s jednou bytovou jednotkou. Přízemní objekt bez podsklepení s půdním prostorem. Součástí prodeje jsou i vedlejší stavby a venkovní úpravy.</t>
+  </si>
+  <si>
+    <t>4000000</t>
+  </si>
+  <si>
+    <t>pozemek p.č.st. 160 a stavba čp 44</t>
+  </si>
+  <si>
+    <t>st. 160</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Jedná se o samostatně stojící objekt, který má charakter rodinného domu na pozemku p.č.st. 160 v k.ú. Kuničky. Částečně zapuštěný do svahu. Součástí prodeje je vedlejší stavba a venkovní úpravy.</t>
+  </si>
+  <si>
+    <t>1350000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 645/6 v k.ú. Postoloprty</t>
+  </si>
+  <si>
+    <t>Postoloprty, Postoloprty, okres Louny</t>
+  </si>
+  <si>
+    <t>645/6</t>
+  </si>
+  <si>
+    <t>313000</t>
+  </si>
+  <si>
+    <t>S 177/23 - prodej k.ú. Hamr</t>
+  </si>
+  <si>
+    <t>956194106</t>
+  </si>
+  <si>
+    <t>jaroslava.hamernikova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Jaroslava Hamerníková</t>
+  </si>
+  <si>
+    <t>LS Třeboň</t>
+  </si>
+  <si>
+    <t>Hamr, Hamr, okres Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>606/47, 264/5</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej pozemků p.č. 606/47 lesní pozemek o výměře 110 m2 a p.č. 264/5 ostatní plocha o výměře 274 m2, které vznikly na základě GP č. 681-95/2025. O pozemku p.č. 606/47 bylo rozhodnuto na základě Rozhodnutí MÚ Třeboň, č.j.: METR 17893/2025 JaJi-440, že se nejedná o pozemek k plnění funkcí lesa. Pozemky jsou územním plánem určeny pro funkční využité ,,Plochy bydlení venkovské"</t>
+  </si>
+  <si>
+    <t>148224</t>
+  </si>
+  <si>
+    <t>Pozemek p.č.294/12, k.ú. Čeperka</t>
+  </si>
+  <si>
+    <t>Čeperka, Čeperka, okres Pardubice</t>
+  </si>
+  <si>
+    <t>294/12</t>
+  </si>
+  <si>
+    <t>Jedná se  pozemek navazující na stavbu rodinného domu a zahrady. Pozemek je oplocený a využívaný jako zahrada. Náklady související s prodejem činí 5700Kč (nejsou součástí uvedené ceny)</t>
+  </si>
+  <si>
+    <t>73390</t>
+  </si>
+  <si>
+    <t>pozemek p.č. 535/19 a p.č.535/20 v k.ú. Jaroslav</t>
+  </si>
+  <si>
+    <t>Jaroslav, Jaroslav, okres Pardubice</t>
+  </si>
+  <si>
+    <t>535/19,535/20</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemky navazující na stavbu pro rodinnou rekreaci a jsou využívané jako zahrada. Náklady související s prodejem činí 6 050Kč (nejsou součástí ceny), cena zjištěná je na základě ZP 54 490Kč.</t>
+  </si>
+  <si>
+    <t>42140</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej pozemku parc. č. 761/31 k.ú. Brloh u Drhovle.</t>
+  </si>
+  <si>
+    <t>384683184</t>
+  </si>
+  <si>
+    <t>Zajícová</t>
+  </si>
+  <si>
+    <t>Brloh u Drhovle, Drhovle, okres Písek</t>
+  </si>
+  <si>
+    <t>761/31</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej pozemku parc. č. 761/31 k.ú. Brloh u Drhovle o výměře 45 m2, který vznikl oddělením z pozemku parc. č. 761/8 k.ú. Brloh u Drhovle dle GP č. 235-9/2025..</t>
+  </si>
+  <si>
+    <t>1450</t>
   </si>
   <si>
     <t>Ministerstvo průmyslu a obchodu</t>
   </si>
   <si>
-    <t>Popis záznamu: D550 – Pozemky v k. ú. Doubrava u Orlové</t>
-[...8 lines deleted...]
-    <t>karvina@diamo.cz</t>
+    <t>D550 - pozemek p. č. 687/4 vč. budovy degazační stanice B a p. č. 687/5 vč. budovy degazační stanice A a část p. p. č. 687/6, k. ú. Kunčičky, obec Ostrava, Moravskoslezský kraj vč. zpevněných ploch a příslušenství</t>
+  </si>
+  <si>
+    <t>2026-03-31</t>
+  </si>
+  <si>
+    <t>606146618</t>
+  </si>
+  <si>
+    <t>roman@diamo.cz</t>
   </si>
   <si>
     <t>Ing. Kamil Roman</t>
   </si>
   <si>
-    <t>DIAMO s. p., odštěpný závod Karviná, Sirotčí 1145/7, Vítkovice, 703 00  Ostrava</t>
-[...215 lines deleted...]
-    <t>prodej pozemku p.č. 713/18 v k.ú. Kleneč</t>
+    <t>Kunčičky, Ostrava, okres Ostrava-město</t>
+  </si>
+  <si>
+    <t>687/4; 687/5 a část 687/6</t>
+  </si>
+  <si>
+    <t>Předmětem převodu jsou pozemky:  -	p. č. 687/4 – zastavěná plocha a nádvoří o výměře 47 m2 včetně stavby (budova bez čp/če, průmyslový objekt –  budova degazační stanice B), -	p. č. 687/5 – zastavěná plocha a nádvoří o výměře 279 m2 včetně stavby (budova bez čp/če, průmyslový objekt – budova degazační stanice A), -	část p. č. 687/6 – ostatní plocha, manipulační plocha o výměře 1 220 m2 z celkové výměry 1 265 m2 (dle GP č. 1027-13/2022).   Tyto nemovité věci jsou zapsány u Katastrálního úřadu pro Moravskoslezský kraj, Katastrálního pracoviště Ostrava, na LV č. 601 pro k. ú. Kunčičky, obec Ostrava.  Na oddělované části pozemku p. č. 687/6 se nachází ČOV ve vlastnictví s. p. DIAMO, a proto je tato část pozemku potřebná pro s. p. DIAMO.  Součástí převodu jsou: -	zpevněné plochy o celkové výměře 255 m2 na pozemku p. č. 687/6 (jedná se o betonové plochy o výměře 249 m2 a šotolinu o výměře 6 m2), -	kovový přístřešek mezi budovami bývalé degazační stanice, -	čidlo EZS – nefunkční a odpojené, -	oplocení včetně brány a branky.  Způsob ochrany: Převáděné pozemky se nachází v: -	bývalém dobývacím prostoru Slezská Ostrava I pro černé uhlí, -	území plochy „M“ chráněného ložiskového území (CHLÚ) české části Hornoslezské pánve pro výhradní ložisko černé uhlí,  -	CHLÚ Rychvald pro hořlavý zemní plyn,  -	území kategorizovaném jako území s možnými nahodilými výstupy metanu na povrch.   Na části pozemku p. č. 687/6 vede:  -	část dešťové kanalizace stoky A KT DN 600 mezi šachticemi ŠA2 a ŠA1 s napojením na objekt degazační stanice A a B, -	splašková kanalizace k objektu degazační stanice A, -	vodovod k objektu degazační stanice A.  Na předmětných pozemcích je instalováno podzemní kabelové vedení 400 V a rozvodné instalační skříně 400 V na objektu A, vše v majetku společnosti Veolia Průmyslové služby ČR, a.s., podzemní kabelové vedení 22 kV v majetku společnosti ČEZ Distribuce, a. s.  a elektrické rozvody pro osvětlení vykládací rampy a části kolejové vlečky v majetku společnosti PKP CARGO INTERNATIONAL a.s., na která jsou zřízena stávající věcná břemena. Část budovy bývalé degazační stanice A, budova bývalé degazační stanice B a část pozemku p. č. 687/6 jsou pronajaty nájemníkovi do 31. 5. 2031. Nájemní smlouva bude postoupena novému vlastníkovi. Nájemce má na pozemku p. č. 687/6 umístěny unimobuňky a panely, které nejsou součástí převodu.  Převáděný pozemek se nachází na okraji areálu bývalého Dolu Alexander a je dostupný po areálové komunikaci ve vlastnictví České republiky, s níž má DIAMO, s. p. právo hospodařit. Spolu s převodem výše uvedeného majetku budou ve prospěch DIAMO s. p uzavřeny služebnosti inženýrských sítí dešťové kanalizace dle GP č. 893-219/2016 pro k. ú. Kunčičky), splaškové kanalizace (dle GP č. 896-219/2016 pro k. ú. Kunčičky) a vodovodního řadu (dle GP č. 897-219/2016 pro k. ú. Kunčičky) a dále pak služebnost stezky k ČOV (dle GP č. 1027-13/2022 a GP č. 1028-21/2022), za jednorázovou úplatu v celkové výši 500,00 Kč bez DPH (605,00 Kč vč. DPH), hradí prodávající. Spolu s převodem výše uvedeného majetku bude uzavřena služebnost stezky a cesty pro zajištění přístupu kupujícího k převáděnému nemovitému majetku po částech pozemků p. č. 687/21, p. č. 1780/1 a p. č. 687/31 v rozsahu dle GP č. 1088-39/2025 pro k. ú. Kunčičky. Pro zajištění přístupu k převáděnému pozemku bude součástí kupní smlouvy zřízení služebnosti stezky a cesty po pozemcích p. č. 687/21, p. č. 1780/1 a p. č. 687/31 v rozsahu dle GP č. 1088-39/2025 pro k. ú. Kunčičky, za jednorázovou úplatu ve výši 230,00 Kč/m2, tedy při výměře 647 m2 celkem 148 810,00 Kč bez DPH (180 060,10 Kč vč. DPH), hradí kupující.  Níže uvedená požadovaná cena 6 751 800,00 Kč je vč. DPH.</t>
+  </si>
+  <si>
+    <t>6751800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemku v k.ú. Nová Včelnice </t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>Nová Včelnice, Nová Včelnice, okres Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>350/2</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k k.ú. Nová Včelnice</t>
+  </si>
+  <si>
+    <t>50350</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Dívčí Kopy</t>
+  </si>
+  <si>
+    <t>222/9</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k.ú. Dívčí Kopy</t>
+  </si>
+  <si>
+    <t>120000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 358/7 v k.ú. Velký Luh</t>
   </si>
   <si>
     <t>kropacova@spravazeleznic.cz</t>
   </si>
   <si>
     <t>Kropáčová</t>
   </si>
   <si>
-    <t>Kleneč, Kleneč, okres Litoměřice</t>
-[...98 lines deleted...]
-    <t>728363429</t>
+    <t>Velký Luh, Velký Luh, okres Cheb</t>
+  </si>
+  <si>
+    <t>358/7</t>
+  </si>
+  <si>
+    <t>45000</t>
+  </si>
+  <si>
+    <t>Prodej p.č. pozemků 3130/1 a p.č. 3131 k.ú. Heřmanice v Podještědí</t>
+  </si>
+  <si>
+    <t>Heřmanice v Podještědí, Jablonné v Podještědí, okres Liberec</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej p.č. pozemků 3130/1 o výměře 1 122 m2 a p.č. 3131 a 10 052 m2, oba v k.ú. Heřmanice v Podještědí. Cena pozemků bude určena na základě znaleckých posudků. </t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 729/7 v k. ú. Plotiště nad Labem</t>
+  </si>
+  <si>
+    <t>nakládání s nemovitým majetkem</t>
+  </si>
+  <si>
+    <t>Plotiště nad Labem, Hradec Králové, okres Hradec Králové</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 729/7 o výměře 178 m2. Pozemek je zapsán na LV 10230 pro k.ú. Plotiště nad Labem a je veden jako manipulační plocha- ostatní plocha. Na pozemku je část kolejí. Pozemek je zapsán na LV 10230 pro k.ú. Plotiště nad Labem a je veden jako manipulační plocha- ostatní plocha. Na pozemku je část kolejí. V územním plánu jsou vedeny jako plochy výrobní a skladové.</t>
+  </si>
+  <si>
+    <t>260000</t>
+  </si>
+  <si>
+    <t>S 886/15 + S 1002/14 - prodej k.ú. Nová Ves nad Lužnicí</t>
+  </si>
+  <si>
+    <t>956206106</t>
+  </si>
+  <si>
+    <t>karel.bazal@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Karel Bazal</t>
+  </si>
+  <si>
+    <t>LS Nové H</t>
+  </si>
+  <si>
+    <t>Nová Ves nad Lužnicí, Nová Ves nad Lužnicí, okres Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>526/8, 529/9, 526/1</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej nově vzniklých pozemků dle GP č. PGP-1612/2025-3038 nově označených jako 526/1 o výměře 1010 m2, 526/8 o výměře 265 m2, 529/9 o výměře 15 m2 vše v k.ú. Nová Ves nad Lužnicí. Pozemek p.č. 526/1 je evidován jako ostatní plocha, jiná plocha a tvoří okolí domu č.p. 24. Kromě zahrady kolem domu tvoří také příjezd k tomuto domu a sousednímu domu. Pozemek p.č. 526/9 tvoří příjezd oběma domům, není oplocen a nenachází se na něm žádné příslušenství. Pozemek p.č. 526/8 je oplocen a tvoří JFC se stavbou č.p. 25. Velká část pozemku 526/1 tvoří JFC se stavbou č.ú. 24 a je společně oplocena.</t>
+  </si>
+  <si>
+    <t>433440</t>
+  </si>
+  <si>
+    <t>Povodí Ohře, státní podnik</t>
+  </si>
+  <si>
+    <t>7ptt8gm</t>
+  </si>
+  <si>
+    <t>Prodej poz.p.č.1133/25 k.ú. Krásný Buk</t>
+  </si>
+  <si>
+    <t>2026-03-30</t>
+  </si>
+  <si>
+    <t>474636238</t>
+  </si>
+  <si>
+    <t>bunatova@poh.cz</t>
+  </si>
+  <si>
+    <t>K.Buňatová</t>
+  </si>
+  <si>
+    <t>Krásný Buk, Krásná Lípa, okres Děčín</t>
+  </si>
+  <si>
+    <t>1133/25</t>
+  </si>
+  <si>
+    <t>Na pozemku se nachází část areálu ČOV ve vlastnictví města Krásná Lípa.</t>
+  </si>
+  <si>
+    <t>34624.00</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku p.č. 1904/7, k.ú. Semošice - Město Horšovský Týn</t>
+  </si>
+  <si>
+    <t>2026-03-29</t>
+  </si>
+  <si>
+    <t>Semošice, Horšovský Týn, okres Domažlice</t>
+  </si>
+  <si>
+    <t>1904/7</t>
+  </si>
+  <si>
+    <t>Nemovitost se nachází západně od města Horšovský Týn v ochranném pásmu dráhy trati Staňkov - Poběžovice. Jedná se o projednání přímého prodeje předmětného majetku za účelem scelení majetku s navazujícími lesními pozemky ve vlastnictví nabyvatele. Pozemek není přímo přístupný z veřejné komunikace a je přístupný jen z navazujících pozemků nabyvatele. Převáděný pozemek je vedeny v katastru nemovitostí s druhem využití lesní pozemek. U daného majetku vydalo Ministerstvo zemědělství předběžný souhlas k nakládání s lesy ve vlastnictví státu. Pozemek bude s kupní smlouvou zatížen v katastru věcným břemenem strpět v celém jeho rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. V rámci (kupní) smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Podle územního plánu se zájmový pozemek nachází vv nezastavěném území s funkčním využitím plochy – plochy lesní (NL). Na pozemek záplavové území Q100.</t>
+  </si>
+  <si>
+    <t>Pozemky p. č. 1113 – ostatní plocha, jiná plocha o výměře 45 455 m2, p. č. 1391/6 – ostatní plocha, manipulační plocha o výměře 5 340 m2, p. č. 1391/7 – ostatní plocha, manipulační plocha o výměře 9 208 m2, p. č. 1391/12 – ostatní plocha, jiná plocha o výměře 2 501 m2, p. č. 2023 – ostatní plocha, jiná plocha o výměře 3 157 m2, vše v k. ú. Tuchlovice</t>
+  </si>
+  <si>
+    <t>Ing. Nerglová Radomíra</t>
+  </si>
+  <si>
+    <t>DIAMO s. p., odštěpný závod Příbram, 28. října 184, Příbram VII, 261 01 Příbram</t>
+  </si>
+  <si>
+    <t>Tuchlovice, Tuchlovice, okres Kladno</t>
+  </si>
+  <si>
+    <t>1113, 1391/6, 1391/7, 1391/12, 2023</t>
+  </si>
+  <si>
+    <t>15950000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 2091/9 v k. ú. Poličná</t>
+  </si>
+  <si>
+    <t>728 363 429</t>
   </si>
   <si>
     <t>Silastikova@spravazeleznic.cz</t>
   </si>
   <si>
     <t>Dana Silaštíková</t>
   </si>
   <si>
-    <t>Hlušovice, Hlušovice, okres Olomouc</t>
-[...1241 lines deleted...]
-    <t>2009000</t>
+    <t>Poličná, Poličná, okres Vsetín</t>
+  </si>
+  <si>
+    <t>44000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek p.č. 2168/11v k.ú. Veřovice </t>
+  </si>
+  <si>
+    <t>724 961 676</t>
+  </si>
+  <si>
+    <t>2168/11</t>
+  </si>
+  <si>
+    <t>18000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 804/13 v k. ú. Tovačov</t>
+  </si>
+  <si>
+    <t>Tovačov, Tovačov, okres Přerov</t>
+  </si>
+  <si>
+    <t>804/13</t>
+  </si>
+  <si>
+    <t>149000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2203,127 +2980,126 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ78"/>
+  <dimension ref="A1:BQ118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="36.7109375" customWidth="1"/>
-    <col min="4" max="5" width="18.7109375" customWidth="1"/>
-    <col min="6" max="6" width="19.7109375" customWidth="1"/>
+    <col min="4" max="4" width="18.7109375" customWidth="1"/>
+    <col min="5" max="5" width="21.7109375" customWidth="1"/>
+    <col min="6" max="6" width="42.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
-    <col min="8" max="8" width="33.7109375" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="16" max="16" width="123.7109375" customWidth="1"/>
+    <col min="8" max="8" width="35.7109375" customWidth="1"/>
+    <col min="9" max="9" width="354.7109375" customWidth="1"/>
+    <col min="10" max="11" width="13.7109375" customWidth="1"/>
+    <col min="12" max="12" width="33.7109375" customWidth="1"/>
+    <col min="13" max="13" width="25.7109375" customWidth="1"/>
+    <col min="14" max="14" width="215.7109375" customWidth="1"/>
+    <col min="15" max="15" width="70.7109375" customWidth="1"/>
+    <col min="16" max="16" width="65.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
-    <col min="20" max="20" width="10.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="22" max="22" width="37.7109375" customWidth="1"/>
+    <col min="20" max="21" width="10.7109375" customWidth="1"/>
+    <col min="22" max="22" width="27.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="1913.7109375" customWidth="1"/>
+    <col min="24" max="24" width="3692.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
-    <col min="26" max="26" width="47.7109375" customWidth="1"/>
+    <col min="26" max="26" width="48.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
-    <col min="36" max="36" width="241.7109375" customWidth="1"/>
-    <col min="37" max="37" width="47.7109375" customWidth="1"/>
+    <col min="36" max="36" width="266.7109375" customWidth="1"/>
+    <col min="37" max="37" width="42.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
-    <col min="47" max="47" width="241.7109375" customWidth="1"/>
-    <col min="48" max="48" width="47.7109375" customWidth="1"/>
+    <col min="47" max="47" width="98.7109375" customWidth="1"/>
+    <col min="48" max="48" width="42.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
     <col min="50" max="50" width="18.7109375" customWidth="1"/>
     <col min="51" max="51" width="15.7109375" customWidth="1"/>
     <col min="52" max="52" width="14.7109375" customWidth="1"/>
     <col min="53" max="53" width="16.7109375" customWidth="1"/>
     <col min="54" max="54" width="12.7109375" customWidth="1"/>
     <col min="55" max="55" width="9.7109375" customWidth="1"/>
     <col min="56" max="56" width="10.7109375" customWidth="1"/>
     <col min="57" max="57" width="13.7109375" customWidth="1"/>
-    <col min="58" max="58" width="253.7109375" customWidth="1"/>
-    <col min="59" max="59" width="47.7109375" customWidth="1"/>
+    <col min="58" max="58" width="55.7109375" customWidth="1"/>
+    <col min="59" max="59" width="21.7109375" customWidth="1"/>
     <col min="60" max="60" width="18.7109375" customWidth="1"/>
     <col min="61" max="61" width="19.7109375" customWidth="1"/>
     <col min="62" max="62" width="15.7109375" customWidth="1"/>
     <col min="63" max="63" width="14.7109375" customWidth="1"/>
     <col min="64" max="64" width="16.7109375" customWidth="1"/>
     <col min="65" max="65" width="12.7109375" customWidth="1"/>
     <col min="66" max="66" width="9.7109375" customWidth="1"/>
     <col min="67" max="67" width="10.7109375" customWidth="1"/>
     <col min="68" max="68" width="13.7109375" customWidth="1"/>
-    <col min="69" max="69" width="241.7109375" customWidth="1"/>
+    <col min="69" max="69" width="17.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:69">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2493,54 +3269,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>106121</v>
+        <v>107851</v>
       </c>
       <c r="B2" s="1">
-        <v>46010</v>
+        <v>46106</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
@@ -2552,4704 +3328,7019 @@
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
         <v>81</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="X2" t="s">
         <v>82</v>
       </c>
       <c r="Y2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>106117</v>
+        <v>107848</v>
       </c>
       <c r="B3" s="1">
-        <v>46009</v>
+        <v>46106</v>
       </c>
       <c r="C3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I3" t="s">
         <v>84</v>
       </c>
-      <c r="D3" t="s">
+      <c r="J3" t="s">
+        <v>73</v>
+      </c>
+      <c r="K3" t="s">
         <v>85</v>
       </c>
-      <c r="H3" t="s">
+      <c r="L3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M3" t="s">
+        <v>76</v>
+      </c>
+      <c r="N3" t="s">
+        <v>77</v>
+      </c>
+      <c r="O3" t="s">
         <v>86</v>
       </c>
-      <c r="I3" t="s">
+      <c r="P3" t="s">
         <v>87</v>
       </c>
-      <c r="J3" t="s">
+      <c r="Q3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R3" t="s">
+        <v>81</v>
+      </c>
+      <c r="S3" t="s">
+        <v>81</v>
+      </c>
+      <c r="T3" t="s">
+        <v>81</v>
+      </c>
+      <c r="X3" t="s">
         <v>88</v>
       </c>
-      <c r="K3" t="s">
+      <c r="Y3" t="s">
         <v>89</v>
-      </c>
-[...31 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>106114</v>
+        <v>107846</v>
       </c>
       <c r="B4" s="1">
-        <v>46008</v>
+        <v>46106</v>
       </c>
       <c r="C4" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="D4" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="H4" t="s">
+        <v>92</v>
+      </c>
+      <c r="I4" t="s">
+        <v>93</v>
+      </c>
+      <c r="J4" t="s">
+        <v>94</v>
+      </c>
+      <c r="K4" t="s">
+        <v>95</v>
+      </c>
+      <c r="L4" t="s">
+        <v>96</v>
+      </c>
+      <c r="M4" t="s">
         <v>97</v>
       </c>
-      <c r="I4" t="s">
+      <c r="N4" t="s">
         <v>98</v>
       </c>
-      <c r="J4" t="s">
+      <c r="O4" t="s">
         <v>99</v>
       </c>
-      <c r="K4" t="s">
+      <c r="Q4" t="s">
+        <v>80</v>
+      </c>
+      <c r="R4" t="s">
+        <v>81</v>
+      </c>
+      <c r="S4" t="s">
+        <v>81</v>
+      </c>
+      <c r="T4" t="s">
+        <v>81</v>
+      </c>
+      <c r="X4" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y4" t="s">
         <v>100</v>
-      </c>
-[...31 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>106113</v>
+        <v>107839</v>
       </c>
       <c r="B5" s="1">
-        <v>46008</v>
+        <v>46106</v>
       </c>
       <c r="C5" t="s">
-        <v>69</v>
+        <v>101</v>
       </c>
       <c r="D5" t="s">
-        <v>70</v>
+        <v>102</v>
       </c>
       <c r="H5" t="s">
-        <v>97</v>
+        <v>71</v>
       </c>
       <c r="I5" t="s">
+        <v>103</v>
+      </c>
+      <c r="J5" t="s">
+        <v>104</v>
+      </c>
+      <c r="K5" t="s">
+        <v>105</v>
+      </c>
+      <c r="L5" t="s">
+        <v>106</v>
+      </c>
+      <c r="M5" t="s">
+        <v>107</v>
+      </c>
+      <c r="N5" t="s">
         <v>108</v>
       </c>
-      <c r="J5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="O5" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="P5" t="s">
         <v>109</v>
       </c>
       <c r="Q5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R5" t="s">
         <v>81</v>
       </c>
       <c r="S5" t="s">
         <v>81</v>
       </c>
       <c r="T5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X5" t="s">
         <v>110</v>
       </c>
       <c r="Y5" t="s">
         <v>111</v>
       </c>
-      <c r="Z5" t="s">
-[...22 lines deleted...]
-      </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>106112</v>
+        <v>107838</v>
       </c>
       <c r="B6" s="1">
-        <v>46008</v>
+        <v>46106</v>
       </c>
       <c r="C6" t="s">
         <v>69</v>
       </c>
       <c r="D6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>97</v>
+        <v>71</v>
       </c>
       <c r="I6" t="s">
+        <v>112</v>
+      </c>
+      <c r="J6" t="s">
+        <v>73</v>
+      </c>
+      <c r="K6" t="s">
+        <v>113</v>
+      </c>
+      <c r="L6" t="s">
+        <v>114</v>
+      </c>
+      <c r="M6" t="s">
         <v>115</v>
       </c>
-      <c r="J6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N6" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="O6" t="s">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="P6" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="Q6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
         <v>81</v>
       </c>
       <c r="S6" t="s">
         <v>81</v>
       </c>
       <c r="T6" t="s">
         <v>81</v>
       </c>
       <c r="X6" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="Y6" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>106111</v>
+        <v>107837</v>
       </c>
       <c r="B7" s="1">
-        <v>46008</v>
+        <v>46105</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="D7" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="H7" t="s">
-        <v>71</v>
+        <v>92</v>
       </c>
       <c r="I7" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J7" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="K7" t="s">
-        <v>119</v>
+        <v>95</v>
       </c>
       <c r="L7" t="s">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="M7" t="s">
+        <v>97</v>
+      </c>
+      <c r="N7" t="s">
+        <v>98</v>
+      </c>
+      <c r="O7" t="s">
+        <v>122</v>
+      </c>
+      <c r="P7" t="s">
+        <v>123</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>80</v>
+      </c>
+      <c r="R7" t="s">
+        <v>81</v>
+      </c>
+      <c r="S7" t="s">
+        <v>81</v>
+      </c>
+      <c r="T7" t="s">
+        <v>81</v>
+      </c>
+      <c r="X7" t="s">
         <v>121</v>
       </c>
-      <c r="N7" t="s">
-[...5 lines deleted...]
-      <c r="P7" t="s">
+      <c r="Y7" t="s">
         <v>124</v>
-      </c>
-[...16 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>106109</v>
+        <v>107836</v>
       </c>
       <c r="B8" s="1">
-        <v>46008</v>
+        <v>46105</v>
       </c>
       <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8" t="s">
+        <v>71</v>
+      </c>
+      <c r="I8" t="s">
+        <v>125</v>
+      </c>
+      <c r="J8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K8" t="s">
+        <v>113</v>
+      </c>
+      <c r="L8" t="s">
+        <v>114</v>
+      </c>
+      <c r="M8" t="s">
+        <v>115</v>
+      </c>
+      <c r="N8" t="s">
+        <v>116</v>
+      </c>
+      <c r="O8" t="s">
+        <v>126</v>
+      </c>
+      <c r="P8" t="s">
         <v>127</v>
       </c>
-      <c r="D8" t="s">
+      <c r="Q8" t="s">
+        <v>80</v>
+      </c>
+      <c r="R8" t="s">
+        <v>81</v>
+      </c>
+      <c r="S8" t="s">
+        <v>81</v>
+      </c>
+      <c r="T8" t="s">
+        <v>81</v>
+      </c>
+      <c r="X8" t="s">
         <v>128</v>
       </c>
-      <c r="H8" t="s">
+      <c r="Y8" t="s">
         <v>129</v>
-      </c>
-[...40 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>106106</v>
+        <v>107824</v>
       </c>
       <c r="B9" s="1">
-        <v>46007</v>
+        <v>46105</v>
       </c>
       <c r="C9" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="D9" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>139</v>
+        <v>71</v>
       </c>
       <c r="I9" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="J9" t="s">
-        <v>141</v>
+        <v>94</v>
       </c>
       <c r="K9" t="s">
-        <v>142</v>
+        <v>113</v>
       </c>
       <c r="L9" t="s">
-        <v>143</v>
+        <v>114</v>
       </c>
       <c r="M9" t="s">
-        <v>144</v>
+        <v>115</v>
       </c>
       <c r="N9" t="s">
-        <v>145</v>
+        <v>116</v>
       </c>
       <c r="O9" t="s">
-        <v>146</v>
+        <v>131</v>
       </c>
       <c r="P9" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="Q9" t="s">
         <v>80</v>
       </c>
       <c r="R9" t="s">
         <v>81</v>
       </c>
       <c r="S9" t="s">
         <v>81</v>
       </c>
       <c r="T9" t="s">
         <v>81</v>
       </c>
       <c r="X9" t="s">
-        <v>148</v>
-[...23 lines deleted...]
-        <v>152</v>
+        <v>133</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>134</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>106105</v>
+        <v>107821</v>
       </c>
       <c r="B10" s="1">
-        <v>46007</v>
+        <v>46105</v>
       </c>
       <c r="C10" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="D10" t="s">
-        <v>128</v>
+        <v>136</v>
+      </c>
+      <c r="H10" t="s">
+        <v>137</v>
       </c>
       <c r="I10" t="s">
-        <v>153</v>
+        <v>138</v>
       </c>
       <c r="J10" t="s">
+        <v>139</v>
+      </c>
+      <c r="K10" t="s">
+        <v>140</v>
+      </c>
+      <c r="L10" t="s">
         <v>141</v>
       </c>
-      <c r="K10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M10" t="s">
-        <v>156</v>
+        <v>142</v>
       </c>
       <c r="N10" t="s">
-        <v>157</v>
+        <v>143</v>
       </c>
       <c r="O10" t="s">
-        <v>158</v>
+        <v>144</v>
       </c>
       <c r="P10" t="s">
-        <v>159</v>
+        <v>145</v>
       </c>
       <c r="Q10" t="s">
         <v>80</v>
       </c>
       <c r="R10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S10" t="s">
         <v>81</v>
       </c>
       <c r="T10" t="s">
         <v>81</v>
       </c>
-      <c r="V10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X10" t="s">
-        <v>161</v>
+        <v>146</v>
       </c>
       <c r="Y10" t="s">
-        <v>162</v>
+        <v>147</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>106104</v>
+        <v>107814</v>
       </c>
       <c r="B11" s="1">
-        <v>46007</v>
+        <v>46104</v>
       </c>
       <c r="C11" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="D11" t="s">
-        <v>128</v>
+        <v>149</v>
       </c>
       <c r="H11" t="s">
+        <v>150</v>
+      </c>
+      <c r="I11" t="s">
+        <v>151</v>
+      </c>
+      <c r="J11" t="s">
+        <v>152</v>
+      </c>
+      <c r="K11" t="s">
+        <v>153</v>
+      </c>
+      <c r="L11" t="s">
+        <v>154</v>
+      </c>
+      <c r="M11" t="s">
+        <v>155</v>
+      </c>
+      <c r="N11" t="s">
+        <v>156</v>
+      </c>
+      <c r="O11" t="s">
+        <v>157</v>
+      </c>
+      <c r="P11" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>80</v>
+      </c>
+      <c r="R11" t="s">
+        <v>81</v>
+      </c>
+      <c r="S11" t="s">
+        <v>81</v>
+      </c>
+      <c r="T11" t="s">
+        <v>81</v>
+      </c>
+      <c r="X11" t="s">
+        <v>159</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>160</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>157</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>161</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>162</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ11" t="s">
         <v>163</v>
       </c>
-      <c r="I11" t="s">
+      <c r="AK11" t="s">
+        <v>157</v>
+      </c>
+      <c r="AL11" t="s">
         <v>164</v>
       </c>
-      <c r="J11" t="s">
-[...2 lines deleted...]
-      <c r="L11" t="s">
+      <c r="AM11" t="s">
         <v>165</v>
       </c>
-      <c r="M11" t="s">
+      <c r="AN11" t="s">
+        <v>80</v>
+      </c>
+      <c r="AO11" t="s">
+        <v>81</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>81</v>
+      </c>
+      <c r="AQ11" t="s">
+        <v>81</v>
+      </c>
+      <c r="AU11" t="s">
         <v>166</v>
       </c>
-      <c r="N11" t="s">
+      <c r="AV11" t="s">
         <v>157</v>
       </c>
-      <c r="O11" t="s">
+      <c r="AW11" t="s">
         <v>167</v>
       </c>
-      <c r="P11" t="s">
+      <c r="AX11" t="s">
         <v>168</v>
       </c>
-      <c r="Q11" t="s">
-[...14 lines deleted...]
-      <c r="Y11" t="s">
+      <c r="AY11" t="s">
+        <v>80</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>81</v>
+      </c>
+      <c r="BA11" t="s">
+        <v>81</v>
+      </c>
+      <c r="BB11" t="s">
+        <v>81</v>
+      </c>
+      <c r="BF11" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>106099</v>
+        <v>107809</v>
       </c>
       <c r="B12" s="1">
-        <v>46006</v>
+        <v>46104</v>
       </c>
       <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12" t="s">
+        <v>71</v>
+      </c>
+      <c r="I12" t="s">
         <v>170</v>
       </c>
-      <c r="D12" t="s">
+      <c r="J12" t="s">
+        <v>152</v>
+      </c>
+      <c r="K12" t="s">
         <v>171</v>
       </c>
-      <c r="H12" t="s">
-[...2 lines deleted...]
-      <c r="I12" t="s">
+      <c r="L12" t="s">
         <v>172</v>
       </c>
-      <c r="J12" t="s">
+      <c r="M12" t="s">
         <v>173</v>
       </c>
-      <c r="K12" t="s">
+      <c r="N12" t="s">
         <v>174</v>
       </c>
-      <c r="L12" t="s">
+      <c r="O12" t="s">
         <v>175</v>
       </c>
-      <c r="M12" t="s">
+      <c r="P12" t="s">
         <v>176</v>
       </c>
-      <c r="N12" t="s">
+      <c r="Q12" t="s">
+        <v>80</v>
+      </c>
+      <c r="R12" t="s">
+        <v>81</v>
+      </c>
+      <c r="S12" t="s">
+        <v>81</v>
+      </c>
+      <c r="T12" t="s">
+        <v>81</v>
+      </c>
+      <c r="X12" t="s">
         <v>177</v>
       </c>
-      <c r="O12" t="s">
+      <c r="Y12" t="s">
         <v>178</v>
-      </c>
-[...19 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>106098</v>
+        <v>107805</v>
       </c>
       <c r="B13" s="1">
-        <v>46006</v>
+        <v>46104</v>
       </c>
       <c r="C13" t="s">
-        <v>127</v>
+        <v>69</v>
       </c>
       <c r="D13" t="s">
-        <v>128</v>
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>179</v>
       </c>
       <c r="I13" t="s">
+        <v>180</v>
+      </c>
+      <c r="J13" t="s">
+        <v>152</v>
+      </c>
+      <c r="K13" t="s">
+        <v>181</v>
+      </c>
+      <c r="L13" t="s">
         <v>182</v>
       </c>
-      <c r="J13" t="s">
-[...2 lines deleted...]
-      <c r="K13" t="s">
+      <c r="M13" t="s">
         <v>183</v>
       </c>
-      <c r="L13" t="s">
+      <c r="N13" t="s">
         <v>184</v>
       </c>
-      <c r="M13" t="s">
+      <c r="O13" t="s">
         <v>185</v>
       </c>
-      <c r="N13" t="s">
-[...2 lines deleted...]
-      <c r="O13" t="s">
+      <c r="P13" t="s">
         <v>186</v>
       </c>
-      <c r="P13" t="s">
+      <c r="Q13" t="s">
+        <v>80</v>
+      </c>
+      <c r="R13" t="s">
+        <v>81</v>
+      </c>
+      <c r="S13" t="s">
+        <v>81</v>
+      </c>
+      <c r="T13" t="s">
+        <v>81</v>
+      </c>
+      <c r="X13" t="s">
         <v>187</v>
       </c>
-      <c r="Q13" t="s">
-[...11 lines deleted...]
-      <c r="X13" t="s">
+      <c r="Y13" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>106097</v>
+        <v>107801</v>
       </c>
       <c r="B14" s="1">
-        <v>46006</v>
+        <v>46104</v>
       </c>
       <c r="C14" t="s">
-        <v>127</v>
+        <v>69</v>
       </c>
       <c r="D14" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
       <c r="H14" t="s">
+        <v>179</v>
+      </c>
+      <c r="I14" t="s">
+        <v>180</v>
+      </c>
+      <c r="J14" t="s">
+        <v>152</v>
+      </c>
+      <c r="K14" t="s">
+        <v>181</v>
+      </c>
+      <c r="L14" t="s">
+        <v>182</v>
+      </c>
+      <c r="M14" t="s">
+        <v>183</v>
+      </c>
+      <c r="N14" t="s">
+        <v>184</v>
+      </c>
+      <c r="O14" t="s">
+        <v>185</v>
+      </c>
+      <c r="P14" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>80</v>
+      </c>
+      <c r="R14" t="s">
+        <v>81</v>
+      </c>
+      <c r="S14" t="s">
+        <v>81</v>
+      </c>
+      <c r="T14" t="s">
+        <v>81</v>
+      </c>
+      <c r="X14" t="s">
         <v>190</v>
       </c>
-      <c r="I14" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Y14" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>106096</v>
+        <v>107800</v>
       </c>
       <c r="B15" s="1">
-        <v>46006</v>
+        <v>46104</v>
       </c>
       <c r="C15" t="s">
-        <v>127</v>
+        <v>69</v>
       </c>
       <c r="D15" t="s">
-        <v>128</v>
+        <v>70</v>
+      </c>
+      <c r="H15" t="s">
+        <v>179</v>
       </c>
       <c r="I15" t="s">
-        <v>199</v>
+        <v>180</v>
       </c>
       <c r="J15" t="s">
-        <v>173</v>
+        <v>152</v>
       </c>
       <c r="K15" t="s">
-        <v>200</v>
+        <v>181</v>
       </c>
       <c r="L15" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="M15" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="N15" t="s">
-        <v>157</v>
+        <v>184</v>
       </c>
       <c r="O15" t="s">
-        <v>203</v>
+        <v>185</v>
       </c>
       <c r="P15" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="Q15" t="s">
         <v>80</v>
       </c>
       <c r="R15" t="s">
         <v>81</v>
       </c>
       <c r="S15" t="s">
         <v>81</v>
       </c>
       <c r="T15" t="s">
         <v>81</v>
       </c>
       <c r="X15" t="s">
-        <v>205</v>
+        <v>190</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>188</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
-        <v>106068</v>
+        <v>107794</v>
       </c>
       <c r="B16" s="1">
-        <v>46003</v>
+        <v>46104</v>
       </c>
       <c r="C16" t="s">
-        <v>206</v>
+        <v>69</v>
       </c>
       <c r="D16" t="s">
-        <v>207</v>
+        <v>70</v>
       </c>
       <c r="H16" t="s">
-        <v>163</v>
+        <v>71</v>
       </c>
       <c r="I16" t="s">
-        <v>208</v>
+        <v>191</v>
       </c>
       <c r="J16" t="s">
-        <v>209</v>
+        <v>152</v>
       </c>
       <c r="K16" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="L16" t="s">
-        <v>211</v>
+        <v>193</v>
       </c>
       <c r="M16" t="s">
-        <v>212</v>
+        <v>194</v>
       </c>
       <c r="N16" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="O16" t="s">
-        <v>214</v>
+        <v>196</v>
       </c>
       <c r="P16" t="s">
-        <v>215</v>
+        <v>197</v>
       </c>
       <c r="Q16" t="s">
         <v>80</v>
       </c>
       <c r="R16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S16" t="s">
         <v>81</v>
       </c>
       <c r="T16" t="s">
         <v>81</v>
       </c>
-      <c r="V16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X16" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="Y16" t="s">
-        <v>218</v>
+        <v>199</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17">
-        <v>106067</v>
+        <v>107792</v>
       </c>
       <c r="B17" s="1">
-        <v>46003</v>
+        <v>46104</v>
       </c>
       <c r="C17" t="s">
         <v>69</v>
       </c>
       <c r="D17" t="s">
         <v>70</v>
       </c>
       <c r="H17" t="s">
-        <v>219</v>
+        <v>71</v>
       </c>
       <c r="I17" t="s">
-        <v>220</v>
+        <v>200</v>
       </c>
       <c r="J17" t="s">
-        <v>209</v>
+        <v>152</v>
       </c>
       <c r="K17" t="s">
-        <v>221</v>
+        <v>192</v>
       </c>
       <c r="L17" t="s">
-        <v>222</v>
+        <v>193</v>
       </c>
       <c r="M17" t="s">
-        <v>223</v>
+        <v>194</v>
       </c>
       <c r="N17" t="s">
-        <v>224</v>
+        <v>195</v>
       </c>
       <c r="O17" t="s">
-        <v>225</v>
+        <v>201</v>
       </c>
       <c r="P17" t="s">
-        <v>226</v>
+        <v>197</v>
       </c>
       <c r="Q17" t="s">
         <v>80</v>
       </c>
       <c r="R17" t="s">
         <v>81</v>
       </c>
       <c r="S17" t="s">
         <v>81</v>
       </c>
       <c r="T17" t="s">
         <v>81</v>
       </c>
       <c r="X17" t="s">
-        <v>227</v>
+        <v>202</v>
       </c>
       <c r="Y17" t="s">
-        <v>228</v>
+        <v>203</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18">
-        <v>106065</v>
+        <v>107787</v>
       </c>
       <c r="B18" s="1">
-        <v>46003</v>
+        <v>46104</v>
       </c>
       <c r="C18" t="s">
         <v>69</v>
       </c>
       <c r="D18" t="s">
         <v>70</v>
       </c>
       <c r="H18" t="s">
-        <v>219</v>
+        <v>71</v>
       </c>
       <c r="I18" t="s">
-        <v>229</v>
+        <v>204</v>
       </c>
       <c r="J18" t="s">
-        <v>209</v>
+        <v>152</v>
       </c>
       <c r="K18" t="s">
-        <v>221</v>
+        <v>192</v>
       </c>
       <c r="L18" t="s">
-        <v>222</v>
+        <v>193</v>
       </c>
       <c r="M18" t="s">
-        <v>223</v>
+        <v>194</v>
       </c>
       <c r="N18" t="s">
-        <v>224</v>
+        <v>195</v>
       </c>
       <c r="O18" t="s">
-        <v>230</v>
+        <v>205</v>
       </c>
       <c r="P18" t="s">
-        <v>231</v>
+        <v>206</v>
       </c>
       <c r="Q18" t="s">
         <v>80</v>
       </c>
       <c r="R18" t="s">
         <v>81</v>
       </c>
       <c r="S18" t="s">
         <v>81</v>
       </c>
       <c r="T18" t="s">
         <v>81</v>
       </c>
       <c r="X18" t="s">
-        <v>232</v>
+        <v>207</v>
       </c>
       <c r="Y18" t="s">
-        <v>233</v>
+        <v>208</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19">
-        <v>106064</v>
+        <v>107786</v>
       </c>
       <c r="B19" s="1">
-        <v>46003</v>
+        <v>46104</v>
       </c>
       <c r="C19" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="D19" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="H19" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="I19" t="s">
-        <v>234</v>
+        <v>210</v>
       </c>
       <c r="J19" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>152</v>
       </c>
       <c r="L19" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="M19" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="N19" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="O19" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="Q19" t="s">
         <v>80</v>
       </c>
       <c r="R19" t="s">
         <v>81</v>
       </c>
       <c r="S19" t="s">
         <v>81</v>
       </c>
       <c r="T19" t="s">
         <v>81</v>
       </c>
       <c r="X19" t="s">
-        <v>236</v>
+        <v>215</v>
       </c>
       <c r="Y19" t="s">
-        <v>237</v>
+        <v>216</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20">
-        <v>106063</v>
+        <v>107785</v>
       </c>
       <c r="B20" s="1">
-        <v>46003</v>
+        <v>46104</v>
       </c>
       <c r="C20" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="D20" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="H20" t="s">
+        <v>209</v>
+      </c>
+      <c r="I20" t="s">
+        <v>217</v>
+      </c>
+      <c r="J20" t="s">
+        <v>152</v>
+      </c>
+      <c r="L20" t="s">
+        <v>211</v>
+      </c>
+      <c r="M20" t="s">
+        <v>212</v>
+      </c>
+      <c r="N20" t="s">
+        <v>213</v>
+      </c>
+      <c r="O20" t="s">
+        <v>218</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>80</v>
+      </c>
+      <c r="R20" t="s">
+        <v>81</v>
+      </c>
+      <c r="S20" t="s">
+        <v>81</v>
+      </c>
+      <c r="T20" t="s">
+        <v>81</v>
+      </c>
+      <c r="X20" t="s">
         <v>219</v>
       </c>
-      <c r="I20" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Y20" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21">
-        <v>106062</v>
+        <v>107751</v>
       </c>
       <c r="B21" s="1">
-        <v>46003</v>
+        <v>46101</v>
       </c>
       <c r="C21" t="s">
         <v>69</v>
       </c>
       <c r="D21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="I21" t="s">
-        <v>242</v>
+        <v>222</v>
       </c>
       <c r="J21" t="s">
-        <v>209</v>
+        <v>104</v>
       </c>
       <c r="K21" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="L21" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="M21" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="N21" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="O21" t="s">
+        <v>227</v>
+      </c>
+      <c r="P21" t="s">
+        <v>228</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>80</v>
+      </c>
+      <c r="R21" t="s">
+        <v>81</v>
+      </c>
+      <c r="S21" t="s">
+        <v>81</v>
+      </c>
+      <c r="T21" t="s">
+        <v>81</v>
+      </c>
+      <c r="X21" t="s">
+        <v>229</v>
+      </c>
+      <c r="Y21" t="s">
         <v>230</v>
-      </c>
-[...19 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22">
-        <v>106061</v>
+        <v>107749</v>
       </c>
       <c r="B22" s="1">
-        <v>46003</v>
+        <v>46101</v>
       </c>
       <c r="C22" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="D22" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="H22" t="s">
-        <v>219</v>
+        <v>231</v>
       </c>
       <c r="I22" t="s">
-        <v>246</v>
+        <v>232</v>
       </c>
       <c r="J22" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="L22" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="M22" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="N22" t="s">
-        <v>224</v>
+        <v>98</v>
       </c>
       <c r="O22" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="P22" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="Q22" t="s">
         <v>80</v>
       </c>
       <c r="R22" t="s">
         <v>81</v>
       </c>
       <c r="S22" t="s">
         <v>81</v>
       </c>
       <c r="T22" t="s">
         <v>81</v>
       </c>
       <c r="X22" t="s">
-        <v>248</v>
+        <v>232</v>
       </c>
       <c r="Y22" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23">
-        <v>106060</v>
+        <v>107747</v>
       </c>
       <c r="B23" s="1">
-        <v>46003</v>
+        <v>46100</v>
       </c>
       <c r="C23" t="s">
-        <v>69</v>
+        <v>101</v>
       </c>
       <c r="D23" t="s">
-        <v>70</v>
+        <v>102</v>
       </c>
       <c r="H23" t="s">
-        <v>219</v>
+        <v>71</v>
       </c>
       <c r="I23" t="s">
-        <v>250</v>
+        <v>239</v>
       </c>
       <c r="J23" t="s">
-        <v>209</v>
+        <v>233</v>
       </c>
       <c r="K23" t="s">
-        <v>221</v>
+        <v>240</v>
       </c>
       <c r="L23" t="s">
-        <v>222</v>
+        <v>241</v>
       </c>
       <c r="M23" t="s">
-        <v>223</v>
+        <v>242</v>
       </c>
       <c r="N23" t="s">
-        <v>224</v>
+        <v>243</v>
       </c>
       <c r="O23" t="s">
-        <v>230</v>
+        <v>244</v>
       </c>
       <c r="P23" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="Q23" t="s">
         <v>80</v>
       </c>
       <c r="R23" t="s">
         <v>81</v>
       </c>
       <c r="S23" t="s">
         <v>81</v>
       </c>
       <c r="T23" t="s">
         <v>81</v>
       </c>
       <c r="X23" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="Y23" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24">
-        <v>106059</v>
+        <v>107746</v>
       </c>
       <c r="B24" s="1">
-        <v>46003</v>
+        <v>46100</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>248</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>249</v>
       </c>
       <c r="H24" t="s">
-        <v>219</v>
+        <v>71</v>
       </c>
       <c r="I24" t="s">
+        <v>250</v>
+      </c>
+      <c r="J24" t="s">
+        <v>233</v>
+      </c>
+      <c r="K24" t="s">
+        <v>251</v>
+      </c>
+      <c r="L24" t="s">
+        <v>252</v>
+      </c>
+      <c r="M24" t="s">
+        <v>253</v>
+      </c>
+      <c r="N24" t="s">
         <v>254</v>
       </c>
-      <c r="J24" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="O24" t="s">
-        <v>230</v>
+        <v>255</v>
       </c>
       <c r="P24" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="Q24" t="s">
         <v>80</v>
       </c>
       <c r="R24" t="s">
         <v>81</v>
       </c>
       <c r="S24" t="s">
         <v>81</v>
       </c>
       <c r="T24" t="s">
         <v>81</v>
       </c>
       <c r="X24" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="Y24" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25">
-        <v>106058</v>
+        <v>107745</v>
       </c>
       <c r="B25" s="1">
-        <v>46003</v>
+        <v>46100</v>
       </c>
       <c r="C25" t="s">
-        <v>69</v>
+        <v>248</v>
       </c>
       <c r="D25" t="s">
-        <v>70</v>
+        <v>249</v>
       </c>
       <c r="H25" t="s">
-        <v>219</v>
+        <v>71</v>
       </c>
       <c r="I25" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="J25" t="s">
-        <v>209</v>
+        <v>233</v>
       </c>
       <c r="K25" t="s">
-        <v>221</v>
+        <v>251</v>
       </c>
       <c r="L25" t="s">
-        <v>222</v>
+        <v>252</v>
       </c>
       <c r="M25" t="s">
-        <v>223</v>
+        <v>253</v>
       </c>
       <c r="N25" t="s">
-        <v>224</v>
+        <v>254</v>
       </c>
       <c r="O25" t="s">
-        <v>230</v>
+        <v>260</v>
       </c>
       <c r="P25" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="Q25" t="s">
         <v>80</v>
       </c>
       <c r="R25" t="s">
         <v>81</v>
       </c>
       <c r="S25" t="s">
         <v>81</v>
       </c>
       <c r="T25" t="s">
         <v>81</v>
       </c>
       <c r="X25" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="Y25" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26">
-        <v>106057</v>
+        <v>107743</v>
       </c>
       <c r="B26" s="1">
-        <v>46003</v>
+        <v>46100</v>
       </c>
       <c r="C26" t="s">
-        <v>69</v>
+        <v>135</v>
       </c>
       <c r="D26" t="s">
-        <v>70</v>
+        <v>136</v>
       </c>
       <c r="H26" t="s">
-        <v>219</v>
+        <v>264</v>
       </c>
       <c r="I26" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="J26" t="s">
-        <v>209</v>
+        <v>233</v>
       </c>
       <c r="K26" t="s">
-        <v>221</v>
+        <v>266</v>
       </c>
       <c r="L26" t="s">
-        <v>222</v>
+        <v>267</v>
       </c>
       <c r="M26" t="s">
-        <v>223</v>
+        <v>268</v>
       </c>
       <c r="N26" t="s">
-        <v>224</v>
+        <v>269</v>
       </c>
       <c r="O26" t="s">
-        <v>230</v>
+        <v>270</v>
       </c>
       <c r="P26" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="Q26" t="s">
         <v>80</v>
       </c>
       <c r="R26" t="s">
         <v>81</v>
       </c>
       <c r="S26" t="s">
         <v>81</v>
       </c>
       <c r="T26" t="s">
         <v>81</v>
       </c>
       <c r="X26" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="Y26" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27">
-        <v>106056</v>
+        <v>107742</v>
       </c>
       <c r="B27" s="1">
-        <v>46003</v>
+        <v>46100</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
       <c r="D27" t="s">
         <v>70</v>
       </c>
       <c r="H27" t="s">
-        <v>219</v>
+        <v>179</v>
       </c>
       <c r="I27" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="J27" t="s">
-        <v>267</v>
+        <v>233</v>
       </c>
       <c r="K27" t="s">
-        <v>221</v>
+        <v>275</v>
       </c>
       <c r="L27" t="s">
-        <v>222</v>
+        <v>276</v>
       </c>
       <c r="M27" t="s">
-        <v>223</v>
+        <v>277</v>
       </c>
       <c r="N27" t="s">
-        <v>224</v>
+        <v>278</v>
       </c>
       <c r="O27" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>279</v>
       </c>
       <c r="Q27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R27" t="s">
         <v>81</v>
       </c>
       <c r="S27" t="s">
         <v>81</v>
       </c>
       <c r="T27" t="s">
         <v>81</v>
       </c>
       <c r="X27" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="Y27" t="s">
-        <v>270</v>
+        <v>281</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28">
-        <v>106054</v>
+        <v>107739</v>
       </c>
       <c r="B28" s="1">
-        <v>46002</v>
+        <v>46100</v>
       </c>
       <c r="C28" t="s">
-        <v>127</v>
+        <v>90</v>
       </c>
       <c r="D28" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="H28" t="s">
-        <v>271</v>
+        <v>282</v>
       </c>
       <c r="I28" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="J28" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>233</v>
       </c>
       <c r="L28" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="M28" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="N28" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="O28" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="P28" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="Q28" t="s">
         <v>80</v>
       </c>
       <c r="R28" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S28" t="s">
         <v>81</v>
       </c>
       <c r="T28" t="s">
         <v>81</v>
       </c>
+      <c r="U28" t="s">
+        <v>289</v>
+      </c>
+      <c r="V28" t="s">
+        <v>290</v>
+      </c>
       <c r="X28" t="s">
-        <v>272</v>
+        <v>291</v>
       </c>
       <c r="Y28" t="s">
-        <v>279</v>
+        <v>292</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29">
-        <v>106053</v>
+        <v>107740</v>
       </c>
       <c r="B29" s="1">
-        <v>46002</v>
+        <v>46100</v>
       </c>
       <c r="C29" t="s">
-        <v>280</v>
+        <v>90</v>
       </c>
       <c r="D29" t="s">
-        <v>281</v>
+        <v>91</v>
       </c>
       <c r="H29" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="I29" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="J29" t="s">
-        <v>267</v>
+        <v>233</v>
       </c>
       <c r="K29" t="s">
-        <v>283</v>
+        <v>294</v>
       </c>
       <c r="L29" t="s">
-        <v>284</v>
+        <v>295</v>
       </c>
       <c r="M29" t="s">
-        <v>285</v>
+        <v>296</v>
       </c>
       <c r="N29" t="s">
-        <v>286</v>
+        <v>297</v>
       </c>
       <c r="O29" t="s">
-        <v>287</v>
+        <v>298</v>
       </c>
       <c r="P29" t="s">
-        <v>288</v>
+        <v>299</v>
       </c>
       <c r="Q29" t="s">
         <v>80</v>
       </c>
       <c r="R29" t="s">
         <v>81</v>
       </c>
       <c r="S29" t="s">
         <v>81</v>
       </c>
       <c r="T29" t="s">
         <v>81</v>
       </c>
       <c r="X29" t="s">
-        <v>289</v>
+        <v>300</v>
       </c>
       <c r="Y29" t="s">
-        <v>290</v>
+        <v>301</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30">
-        <v>106051</v>
+        <v>107730</v>
       </c>
       <c r="B30" s="1">
-        <v>46002</v>
+        <v>46099</v>
       </c>
       <c r="C30" t="s">
         <v>69</v>
       </c>
       <c r="D30" t="s">
         <v>70</v>
       </c>
       <c r="H30" t="s">
-        <v>219</v>
+        <v>302</v>
       </c>
       <c r="I30" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="J30" t="s">
-        <v>267</v>
+        <v>304</v>
       </c>
       <c r="K30" t="s">
-        <v>221</v>
+        <v>305</v>
       </c>
       <c r="L30" t="s">
-        <v>222</v>
+        <v>306</v>
       </c>
       <c r="M30" t="s">
-        <v>223</v>
+        <v>307</v>
       </c>
       <c r="N30" t="s">
-        <v>224</v>
+        <v>308</v>
       </c>
       <c r="O30" t="s">
-        <v>292</v>
+        <v>309</v>
       </c>
       <c r="P30" t="s">
-        <v>293</v>
+        <v>310</v>
       </c>
       <c r="Q30" t="s">
         <v>80</v>
       </c>
       <c r="R30" t="s">
         <v>81</v>
       </c>
       <c r="S30" t="s">
         <v>81</v>
       </c>
       <c r="T30" t="s">
         <v>81</v>
       </c>
       <c r="X30" t="s">
-        <v>294</v>
+        <v>311</v>
       </c>
       <c r="Y30" t="s">
-        <v>295</v>
+        <v>312</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31">
-        <v>106050</v>
+        <v>107731</v>
       </c>
       <c r="B31" s="1">
-        <v>46002</v>
+        <v>46099</v>
       </c>
       <c r="C31" t="s">
-        <v>127</v>
+        <v>69</v>
       </c>
       <c r="D31" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
       <c r="H31" t="s">
-        <v>163</v>
+        <v>71</v>
       </c>
       <c r="I31" t="s">
-        <v>296</v>
+        <v>313</v>
       </c>
       <c r="J31" t="s">
-        <v>267</v>
+        <v>304</v>
+      </c>
+      <c r="K31" t="s">
+        <v>314</v>
       </c>
       <c r="L31" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="M31" t="s">
-        <v>298</v>
+        <v>316</v>
       </c>
       <c r="N31" t="s">
-        <v>299</v>
+        <v>317</v>
       </c>
       <c r="O31" t="s">
-        <v>300</v>
+        <v>318</v>
       </c>
       <c r="P31" t="s">
-        <v>301</v>
+        <v>319</v>
       </c>
       <c r="Q31" t="s">
         <v>80</v>
       </c>
       <c r="R31" t="s">
         <v>81</v>
       </c>
       <c r="S31" t="s">
         <v>81</v>
       </c>
       <c r="T31" t="s">
         <v>81</v>
       </c>
       <c r="X31" t="s">
-        <v>302</v>
+        <v>320</v>
       </c>
       <c r="Y31" t="s">
-        <v>303</v>
+        <v>321</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32">
-        <v>106048</v>
+        <v>107732</v>
       </c>
       <c r="B32" s="1">
-        <v>46002</v>
+        <v>46099</v>
       </c>
       <c r="C32" t="s">
+        <v>90</v>
+      </c>
+      <c r="D32" t="s">
+        <v>91</v>
+      </c>
+      <c r="H32" t="s">
+        <v>231</v>
+      </c>
+      <c r="I32" t="s">
+        <v>322</v>
+      </c>
+      <c r="J32" t="s">
+        <v>304</v>
+      </c>
+      <c r="L32" t="s">
+        <v>234</v>
+      </c>
+      <c r="M32" t="s">
+        <v>235</v>
+      </c>
+      <c r="N32" t="s">
+        <v>98</v>
+      </c>
+      <c r="O32" t="s">
+        <v>323</v>
+      </c>
+      <c r="P32" t="s">
+        <v>324</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>80</v>
+      </c>
+      <c r="R32" t="s">
+        <v>81</v>
+      </c>
+      <c r="S32" t="s">
+        <v>81</v>
+      </c>
+      <c r="T32" t="s">
+        <v>81</v>
+      </c>
+      <c r="X32" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="33" spans="1:36">
+      <c r="A33">
+        <v>107733</v>
+      </c>
+      <c r="B33" s="1">
+        <v>46099</v>
+      </c>
+      <c r="C33" t="s">
+        <v>90</v>
+      </c>
+      <c r="D33" t="s">
+        <v>91</v>
+      </c>
+      <c r="H33" t="s">
+        <v>326</v>
+      </c>
+      <c r="I33" t="s">
+        <v>327</v>
+      </c>
+      <c r="J33" t="s">
+        <v>304</v>
+      </c>
+      <c r="K33" t="s">
+        <v>328</v>
+      </c>
+      <c r="L33" t="s">
+        <v>329</v>
+      </c>
+      <c r="M33" t="s">
+        <v>330</v>
+      </c>
+      <c r="N33" t="s">
+        <v>331</v>
+      </c>
+      <c r="O33" t="s">
+        <v>332</v>
+      </c>
+      <c r="P33" t="s">
+        <v>333</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>80</v>
+      </c>
+      <c r="R33" t="s">
+        <v>81</v>
+      </c>
+      <c r="S33" t="s">
+        <v>81</v>
+      </c>
+      <c r="T33" t="s">
+        <v>81</v>
+      </c>
+      <c r="X33" t="s">
+        <v>334</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="34" spans="1:36">
+      <c r="A34">
+        <v>107734</v>
+      </c>
+      <c r="B34" s="1">
+        <v>46099</v>
+      </c>
+      <c r="C34" t="s">
         <v>69</v>
       </c>
-      <c r="D32" t="s">
+      <c r="D34" t="s">
         <v>70</v>
       </c>
-      <c r="H32" t="s">
-[...61 lines deleted...]
-      <c r="I33" t="s">
+      <c r="H34" t="s">
+        <v>336</v>
+      </c>
+      <c r="I34" t="s">
+        <v>337</v>
+      </c>
+      <c r="J34" t="s">
         <v>304</v>
       </c>
-      <c r="J33" t="s">
-[...57 lines deleted...]
-      </c>
       <c r="K34" t="s">
-        <v>174</v>
+        <v>338</v>
       </c>
       <c r="L34" t="s">
-        <v>175</v>
+        <v>339</v>
       </c>
       <c r="M34" t="s">
-        <v>176</v>
+        <v>340</v>
       </c>
       <c r="N34" t="s">
-        <v>177</v>
+        <v>341</v>
       </c>
       <c r="O34" t="s">
-        <v>314</v>
+        <v>342</v>
       </c>
       <c r="P34" t="s">
-        <v>315</v>
+        <v>343</v>
       </c>
       <c r="Q34" t="s">
         <v>80</v>
       </c>
       <c r="R34" t="s">
         <v>81</v>
       </c>
       <c r="S34" t="s">
         <v>81</v>
       </c>
       <c r="T34" t="s">
         <v>81</v>
       </c>
       <c r="X34" t="s">
-        <v>316</v>
+        <v>344</v>
       </c>
       <c r="Y34" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:69">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="35" spans="1:36">
       <c r="A35">
-        <v>106044</v>
+        <v>107736</v>
       </c>
       <c r="B35" s="1">
-        <v>46001</v>
+        <v>46099</v>
       </c>
       <c r="C35" t="s">
-        <v>127</v>
+        <v>101</v>
       </c>
       <c r="D35" t="s">
-        <v>128</v>
+        <v>102</v>
       </c>
       <c r="H35" t="s">
-        <v>190</v>
+        <v>71</v>
       </c>
       <c r="I35" t="s">
-        <v>318</v>
+        <v>346</v>
       </c>
       <c r="J35" t="s">
-        <v>313</v>
+        <v>304</v>
+      </c>
+      <c r="K35" t="s">
+        <v>105</v>
       </c>
       <c r="L35" t="s">
-        <v>192</v>
+        <v>106</v>
       </c>
       <c r="M35" t="s">
-        <v>193</v>
+        <v>107</v>
       </c>
       <c r="N35" t="s">
-        <v>194</v>
+        <v>347</v>
       </c>
       <c r="O35" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>348</v>
       </c>
       <c r="Q35" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R35" t="s">
         <v>81</v>
       </c>
       <c r="S35" t="s">
         <v>81</v>
       </c>
       <c r="T35" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X35" t="s">
-        <v>321</v>
+        <v>349</v>
       </c>
       <c r="Y35" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:69">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="36" spans="1:36">
       <c r="A36">
-        <v>106043</v>
+        <v>107722</v>
       </c>
       <c r="B36" s="1">
-        <v>46001</v>
+        <v>46098</v>
       </c>
       <c r="C36" t="s">
-        <v>323</v>
+        <v>248</v>
       </c>
       <c r="D36" t="s">
-        <v>324</v>
+        <v>249</v>
       </c>
       <c r="H36" t="s">
         <v>71</v>
       </c>
       <c r="I36" t="s">
-        <v>325</v>
+        <v>351</v>
       </c>
       <c r="J36" t="s">
-        <v>313</v>
+        <v>352</v>
       </c>
       <c r="K36" t="s">
-        <v>326</v>
+        <v>251</v>
       </c>
       <c r="L36" t="s">
-        <v>327</v>
+        <v>252</v>
       </c>
       <c r="M36" t="s">
-        <v>328</v>
+        <v>253</v>
       </c>
       <c r="N36" t="s">
-        <v>177</v>
+        <v>254</v>
       </c>
       <c r="O36" t="s">
-        <v>329</v>
+        <v>353</v>
       </c>
       <c r="P36" t="s">
-        <v>330</v>
+        <v>354</v>
       </c>
       <c r="Q36" t="s">
         <v>80</v>
       </c>
       <c r="R36" t="s">
         <v>81</v>
       </c>
       <c r="S36" t="s">
         <v>81</v>
       </c>
       <c r="T36" t="s">
         <v>81</v>
       </c>
       <c r="X36" t="s">
-        <v>331</v>
+        <v>355</v>
       </c>
       <c r="Y36" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:69">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="37" spans="1:36">
       <c r="A37">
-        <v>106042</v>
+        <v>107723</v>
       </c>
       <c r="B37" s="1">
-        <v>46000</v>
+        <v>46098</v>
       </c>
       <c r="C37" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="D37" t="s">
-        <v>207</v>
+        <v>249</v>
       </c>
       <c r="H37" t="s">
-        <v>190</v>
+        <v>71</v>
       </c>
       <c r="I37" t="s">
-        <v>333</v>
+        <v>357</v>
       </c>
       <c r="J37" t="s">
-        <v>334</v>
+        <v>352</v>
       </c>
       <c r="K37" t="s">
-        <v>335</v>
+        <v>251</v>
       </c>
       <c r="L37" t="s">
-        <v>336</v>
+        <v>252</v>
       </c>
       <c r="M37" t="s">
-        <v>337</v>
+        <v>253</v>
       </c>
       <c r="N37" t="s">
-        <v>338</v>
+        <v>254</v>
       </c>
       <c r="O37" t="s">
-        <v>339</v>
+        <v>358</v>
       </c>
       <c r="P37" t="s">
-        <v>340</v>
+        <v>359</v>
       </c>
       <c r="Q37" t="s">
         <v>80</v>
       </c>
       <c r="R37" t="s">
         <v>81</v>
       </c>
       <c r="S37" t="s">
         <v>81</v>
       </c>
       <c r="T37" t="s">
         <v>81</v>
       </c>
       <c r="X37" t="s">
-        <v>341</v>
+        <v>360</v>
       </c>
       <c r="Y37" t="s">
-        <v>342</v>
-[...98 lines deleted...]
-    <row r="38" spans="1:69">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="38" spans="1:36">
       <c r="A38">
-        <v>106041</v>
+        <v>107726</v>
       </c>
       <c r="B38" s="1">
-        <v>46000</v>
+        <v>46098</v>
       </c>
       <c r="C38" t="s">
-        <v>170</v>
+        <v>90</v>
       </c>
       <c r="D38" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="I38" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="J38" t="s">
-        <v>334</v>
+        <v>352</v>
       </c>
       <c r="K38" t="s">
-        <v>174</v>
+        <v>363</v>
       </c>
       <c r="L38" t="s">
-        <v>175</v>
+        <v>364</v>
       </c>
       <c r="M38" t="s">
-        <v>176</v>
+        <v>365</v>
       </c>
       <c r="N38" t="s">
-        <v>177</v>
+        <v>98</v>
       </c>
       <c r="O38" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-        <v>353</v>
+        <v>366</v>
       </c>
       <c r="Q38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R38" t="s">
         <v>81</v>
       </c>
       <c r="S38" t="s">
         <v>81</v>
       </c>
       <c r="T38" t="s">
         <v>81</v>
       </c>
       <c r="X38" t="s">
-        <v>354</v>
+        <v>367</v>
       </c>
       <c r="Y38" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:69">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="39" spans="1:36">
       <c r="A39">
-        <v>106037</v>
+        <v>107704</v>
       </c>
       <c r="B39" s="1">
-        <v>45999</v>
+        <v>46097</v>
       </c>
       <c r="C39" t="s">
-        <v>127</v>
+        <v>69</v>
       </c>
       <c r="D39" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
       <c r="H39" t="s">
-        <v>190</v>
+        <v>179</v>
       </c>
       <c r="I39" t="s">
-        <v>356</v>
+        <v>369</v>
       </c>
       <c r="J39" t="s">
-        <v>357</v>
+        <v>370</v>
+      </c>
+      <c r="K39" t="s">
+        <v>371</v>
       </c>
       <c r="L39" t="s">
-        <v>192</v>
+        <v>372</v>
       </c>
       <c r="M39" t="s">
-        <v>193</v>
+        <v>373</v>
       </c>
       <c r="N39" t="s">
-        <v>194</v>
+        <v>374</v>
       </c>
       <c r="O39" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
       <c r="P39" t="s">
-        <v>359</v>
+        <v>376</v>
       </c>
       <c r="Q39" t="s">
         <v>80</v>
       </c>
       <c r="R39" t="s">
         <v>81</v>
       </c>
       <c r="S39" t="s">
         <v>81</v>
       </c>
       <c r="T39" t="s">
         <v>81</v>
       </c>
       <c r="X39" t="s">
-        <v>360</v>
+        <v>377</v>
       </c>
       <c r="Y39" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:69">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="40" spans="1:36">
       <c r="A40">
-        <v>106036</v>
+        <v>107707</v>
       </c>
       <c r="B40" s="1">
-        <v>45999</v>
+        <v>46097</v>
       </c>
       <c r="C40" t="s">
         <v>69</v>
       </c>
       <c r="D40" t="s">
         <v>70</v>
       </c>
       <c r="H40" t="s">
-        <v>219</v>
+        <v>302</v>
       </c>
       <c r="I40" t="s">
-        <v>362</v>
+        <v>379</v>
       </c>
       <c r="J40" t="s">
-        <v>357</v>
+        <v>370</v>
       </c>
       <c r="K40" t="s">
-        <v>221</v>
+        <v>305</v>
       </c>
       <c r="L40" t="s">
-        <v>222</v>
+        <v>306</v>
       </c>
       <c r="M40" t="s">
-        <v>223</v>
+        <v>307</v>
       </c>
       <c r="N40" t="s">
-        <v>224</v>
+        <v>308</v>
       </c>
       <c r="O40" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>364</v>
+        <v>380</v>
       </c>
       <c r="Q40" t="s">
         <v>80</v>
       </c>
       <c r="R40" t="s">
         <v>81</v>
       </c>
       <c r="S40" t="s">
         <v>81</v>
       </c>
       <c r="T40" t="s">
         <v>81</v>
       </c>
       <c r="X40" t="s">
-        <v>365</v>
+        <v>381</v>
       </c>
       <c r="Y40" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:69">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="41" spans="1:36">
       <c r="A41">
-        <v>106025</v>
+        <v>107708</v>
       </c>
       <c r="B41" s="1">
-        <v>45996</v>
+        <v>46097</v>
       </c>
       <c r="C41" t="s">
-        <v>127</v>
+        <v>69</v>
       </c>
       <c r="D41" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
       <c r="H41" t="s">
-        <v>190</v>
+        <v>71</v>
       </c>
       <c r="I41" t="s">
-        <v>367</v>
+        <v>383</v>
       </c>
       <c r="J41" t="s">
-        <v>368</v>
+        <v>370</v>
+      </c>
+      <c r="K41" t="s">
+        <v>85</v>
       </c>
       <c r="L41" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="M41" t="s">
-        <v>193</v>
+        <v>76</v>
       </c>
       <c r="N41" t="s">
-        <v>194</v>
+        <v>77</v>
       </c>
       <c r="O41" t="s">
-        <v>369</v>
+        <v>384</v>
       </c>
       <c r="P41" t="s">
-        <v>370</v>
+        <v>385</v>
       </c>
       <c r="Q41" t="s">
         <v>80</v>
       </c>
       <c r="R41" t="s">
         <v>81</v>
       </c>
       <c r="S41" t="s">
         <v>81</v>
       </c>
       <c r="T41" t="s">
         <v>81</v>
       </c>
       <c r="X41" t="s">
-        <v>371</v>
+        <v>386</v>
       </c>
       <c r="Y41" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:69">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="42" spans="1:36">
       <c r="A42">
-        <v>106022</v>
+        <v>107709</v>
       </c>
       <c r="B42" s="1">
-        <v>45995</v>
+        <v>46097</v>
       </c>
       <c r="C42" t="s">
-        <v>373</v>
+        <v>69</v>
       </c>
       <c r="D42" t="s">
-        <v>374</v>
+        <v>70</v>
       </c>
       <c r="H42" t="s">
         <v>71</v>
       </c>
       <c r="I42" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="J42" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="K42" t="s">
-        <v>377</v>
+        <v>85</v>
       </c>
       <c r="L42" t="s">
-        <v>378</v>
+        <v>75</v>
       </c>
       <c r="M42" t="s">
-        <v>379</v>
+        <v>76</v>
       </c>
       <c r="N42" t="s">
-        <v>380</v>
+        <v>77</v>
       </c>
       <c r="O42" t="s">
-        <v>146</v>
+        <v>384</v>
       </c>
       <c r="P42" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="Q42" t="s">
         <v>80</v>
       </c>
       <c r="R42" t="s">
         <v>81</v>
       </c>
       <c r="S42" t="s">
         <v>81</v>
       </c>
       <c r="T42" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X42" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="Y42" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:69">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="43" spans="1:36">
       <c r="A43">
-        <v>106021</v>
+        <v>107710</v>
       </c>
       <c r="B43" s="1">
-        <v>45995</v>
+        <v>46097</v>
       </c>
       <c r="C43" t="s">
+        <v>135</v>
+      </c>
+      <c r="D43" t="s">
+        <v>136</v>
+      </c>
+      <c r="H43" t="s">
+        <v>264</v>
+      </c>
+      <c r="I43" t="s">
+        <v>389</v>
+      </c>
+      <c r="J43" t="s">
+        <v>370</v>
+      </c>
+      <c r="K43" t="s">
+        <v>390</v>
+      </c>
+      <c r="L43" t="s">
+        <v>391</v>
+      </c>
+      <c r="M43" t="s">
+        <v>392</v>
+      </c>
+      <c r="N43" t="s">
+        <v>393</v>
+      </c>
+      <c r="O43" t="s">
+        <v>394</v>
+      </c>
+      <c r="P43" t="s">
+        <v>395</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>80</v>
+      </c>
+      <c r="R43" t="s">
+        <v>81</v>
+      </c>
+      <c r="S43" t="s">
+        <v>81</v>
+      </c>
+      <c r="T43" t="s">
+        <v>81</v>
+      </c>
+      <c r="X43" t="s">
+        <v>396</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>397</v>
+      </c>
+      <c r="Z43" t="s">
+        <v>398</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>399</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>400</v>
+      </c>
+      <c r="AC43" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD43" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE43" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF43" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ43" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="44" spans="1:36">
+      <c r="A44">
+        <v>107691</v>
+      </c>
+      <c r="B44" s="1">
+        <v>46094</v>
+      </c>
+      <c r="C44" t="s">
+        <v>90</v>
+      </c>
+      <c r="D44" t="s">
+        <v>91</v>
+      </c>
+      <c r="H44" t="s">
+        <v>326</v>
+      </c>
+      <c r="I44" t="s">
+        <v>402</v>
+      </c>
+      <c r="J44" t="s">
+        <v>403</v>
+      </c>
+      <c r="K44" t="s">
+        <v>404</v>
+      </c>
+      <c r="L44" t="s">
+        <v>329</v>
+      </c>
+      <c r="M44" t="s">
+        <v>330</v>
+      </c>
+      <c r="N44" t="s">
+        <v>405</v>
+      </c>
+      <c r="O44" t="s">
+        <v>406</v>
+      </c>
+      <c r="P44" t="s">
+        <v>407</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>80</v>
+      </c>
+      <c r="R44" t="s">
+        <v>80</v>
+      </c>
+      <c r="S44" t="s">
+        <v>81</v>
+      </c>
+      <c r="T44" t="s">
+        <v>81</v>
+      </c>
+      <c r="V44" t="s">
+        <v>408</v>
+      </c>
+      <c r="X44" t="s">
+        <v>409</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="45" spans="1:36">
+      <c r="A45">
+        <v>107692</v>
+      </c>
+      <c r="B45" s="1">
+        <v>46094</v>
+      </c>
+      <c r="C45" t="s">
         <v>69</v>
       </c>
-      <c r="D43" t="s">
+      <c r="D45" t="s">
         <v>70</v>
       </c>
-      <c r="H43" t="s">
-[...116 lines deleted...]
-      </c>
       <c r="H45" t="s">
-        <v>163</v>
+        <v>69</v>
       </c>
       <c r="I45" t="s">
+        <v>411</v>
+      </c>
+      <c r="J45" t="s">
         <v>403</v>
       </c>
-      <c r="J45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K45" t="s">
-        <v>395</v>
+        <v>412</v>
       </c>
       <c r="L45" t="s">
-        <v>396</v>
+        <v>413</v>
       </c>
       <c r="M45" t="s">
-        <v>397</v>
+        <v>414</v>
       </c>
       <c r="N45" t="s">
-        <v>398</v>
+        <v>415</v>
       </c>
       <c r="O45" t="s">
-        <v>399</v>
+        <v>416</v>
       </c>
       <c r="P45" t="s">
-        <v>404</v>
+        <v>417</v>
       </c>
       <c r="Q45" t="s">
         <v>80</v>
       </c>
       <c r="R45" t="s">
         <v>81</v>
       </c>
       <c r="S45" t="s">
         <v>81</v>
       </c>
       <c r="T45" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X45" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="Y45" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:69">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="46" spans="1:36">
       <c r="A46">
-        <v>106018</v>
+        <v>107698</v>
       </c>
       <c r="B46" s="1">
-        <v>45995</v>
+        <v>46094</v>
       </c>
       <c r="C46" t="s">
         <v>69</v>
       </c>
       <c r="D46" t="s">
         <v>70</v>
       </c>
       <c r="H46" t="s">
-        <v>407</v>
+        <v>71</v>
       </c>
       <c r="I46" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="J46" t="s">
-        <v>376</v>
+        <v>403</v>
       </c>
       <c r="K46" t="s">
-        <v>386</v>
+        <v>421</v>
       </c>
       <c r="L46" t="s">
-        <v>387</v>
+        <v>422</v>
       </c>
       <c r="M46" t="s">
-        <v>388</v>
+        <v>423</v>
       </c>
       <c r="N46" t="s">
-        <v>389</v>
+        <v>424</v>
       </c>
       <c r="O46" t="s">
+        <v>425</v>
+      </c>
+      <c r="P46" t="s">
+        <v>426</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>80</v>
+      </c>
+      <c r="R46" t="s">
+        <v>81</v>
+      </c>
+      <c r="S46" t="s">
+        <v>81</v>
+      </c>
+      <c r="T46" t="s">
+        <v>81</v>
+      </c>
+      <c r="X46" t="s">
+        <v>427</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="47" spans="1:36">
+      <c r="A47">
+        <v>107699</v>
+      </c>
+      <c r="B47" s="1">
+        <v>46094</v>
+      </c>
+      <c r="C47" t="s">
+        <v>69</v>
+      </c>
+      <c r="D47" t="s">
+        <v>70</v>
+      </c>
+      <c r="H47" t="s">
+        <v>71</v>
+      </c>
+      <c r="I47" t="s">
+        <v>429</v>
+      </c>
+      <c r="J47" t="s">
+        <v>403</v>
+      </c>
+      <c r="K47" t="s">
+        <v>421</v>
+      </c>
+      <c r="L47" t="s">
+        <v>422</v>
+      </c>
+      <c r="M47" t="s">
+        <v>423</v>
+      </c>
+      <c r="N47" t="s">
+        <v>424</v>
+      </c>
+      <c r="O47" t="s">
+        <v>425</v>
+      </c>
+      <c r="P47" t="s">
+        <v>430</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>80</v>
+      </c>
+      <c r="R47" t="s">
+        <v>81</v>
+      </c>
+      <c r="S47" t="s">
+        <v>81</v>
+      </c>
+      <c r="T47" t="s">
+        <v>81</v>
+      </c>
+      <c r="X47" t="s">
+        <v>431</v>
+      </c>
+      <c r="Y47" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="48" spans="1:36">
+      <c r="A48">
+        <v>107700</v>
+      </c>
+      <c r="B48" s="1">
+        <v>46094</v>
+      </c>
+      <c r="C48" t="s">
+        <v>69</v>
+      </c>
+      <c r="D48" t="s">
+        <v>70</v>
+      </c>
+      <c r="H48" t="s">
+        <v>71</v>
+      </c>
+      <c r="I48" t="s">
+        <v>433</v>
+      </c>
+      <c r="J48" t="s">
+        <v>403</v>
+      </c>
+      <c r="K48" t="s">
+        <v>421</v>
+      </c>
+      <c r="L48" t="s">
+        <v>422</v>
+      </c>
+      <c r="M48" t="s">
+        <v>423</v>
+      </c>
+      <c r="N48" t="s">
+        <v>424</v>
+      </c>
+      <c r="O48" t="s">
+        <v>425</v>
+      </c>
+      <c r="P48" t="s">
+        <v>434</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>80</v>
+      </c>
+      <c r="R48" t="s">
+        <v>81</v>
+      </c>
+      <c r="S48" t="s">
+        <v>81</v>
+      </c>
+      <c r="T48" t="s">
+        <v>81</v>
+      </c>
+      <c r="X48" t="s">
+        <v>435</v>
+      </c>
+      <c r="Y48" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="49" spans="1:36">
+      <c r="A49">
+        <v>107701</v>
+      </c>
+      <c r="B49" s="1">
+        <v>46094</v>
+      </c>
+      <c r="C49" t="s">
+        <v>69</v>
+      </c>
+      <c r="D49" t="s">
+        <v>70</v>
+      </c>
+      <c r="H49" t="s">
+        <v>71</v>
+      </c>
+      <c r="I49" t="s">
+        <v>437</v>
+      </c>
+      <c r="J49" t="s">
+        <v>403</v>
+      </c>
+      <c r="K49" t="s">
+        <v>421</v>
+      </c>
+      <c r="L49" t="s">
+        <v>422</v>
+      </c>
+      <c r="M49" t="s">
+        <v>423</v>
+      </c>
+      <c r="N49" t="s">
+        <v>424</v>
+      </c>
+      <c r="O49" t="s">
+        <v>425</v>
+      </c>
+      <c r="P49" t="s">
+        <v>438</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>80</v>
+      </c>
+      <c r="R49" t="s">
+        <v>81</v>
+      </c>
+      <c r="S49" t="s">
+        <v>81</v>
+      </c>
+      <c r="T49" t="s">
+        <v>81</v>
+      </c>
+      <c r="X49" t="s">
+        <v>439</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="50" spans="1:36">
+      <c r="A50">
+        <v>107672</v>
+      </c>
+      <c r="B50" s="1">
+        <v>46093</v>
+      </c>
+      <c r="C50" t="s">
+        <v>69</v>
+      </c>
+      <c r="D50" t="s">
+        <v>70</v>
+      </c>
+      <c r="H50" t="s">
+        <v>302</v>
+      </c>
+      <c r="I50" t="s">
+        <v>441</v>
+      </c>
+      <c r="J50" t="s">
+        <v>442</v>
+      </c>
+      <c r="K50" t="s">
+        <v>305</v>
+      </c>
+      <c r="L50" t="s">
+        <v>306</v>
+      </c>
+      <c r="M50" t="s">
+        <v>307</v>
+      </c>
+      <c r="N50" t="s">
+        <v>308</v>
+      </c>
+      <c r="O50" t="s">
+        <v>443</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>81</v>
+      </c>
+      <c r="R50" t="s">
+        <v>81</v>
+      </c>
+      <c r="S50" t="s">
+        <v>81</v>
+      </c>
+      <c r="T50" t="s">
+        <v>81</v>
+      </c>
+      <c r="X50" t="s">
+        <v>444</v>
+      </c>
+      <c r="Y50" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="51" spans="1:36">
+      <c r="A51">
+        <v>107673</v>
+      </c>
+      <c r="B51" s="1">
+        <v>46093</v>
+      </c>
+      <c r="C51" t="s">
+        <v>69</v>
+      </c>
+      <c r="D51" t="s">
+        <v>70</v>
+      </c>
+      <c r="H51" t="s">
+        <v>302</v>
+      </c>
+      <c r="I51" t="s">
+        <v>446</v>
+      </c>
+      <c r="J51" t="s">
+        <v>442</v>
+      </c>
+      <c r="K51" t="s">
+        <v>305</v>
+      </c>
+      <c r="L51" t="s">
+        <v>306</v>
+      </c>
+      <c r="M51" t="s">
+        <v>307</v>
+      </c>
+      <c r="N51" t="s">
+        <v>308</v>
+      </c>
+      <c r="O51" t="s">
+        <v>447</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>81</v>
+      </c>
+      <c r="R51" t="s">
+        <v>81</v>
+      </c>
+      <c r="S51" t="s">
+        <v>81</v>
+      </c>
+      <c r="T51" t="s">
+        <v>81</v>
+      </c>
+      <c r="X51" t="s">
+        <v>448</v>
+      </c>
+      <c r="Y51" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="52" spans="1:36">
+      <c r="A52">
+        <v>107678</v>
+      </c>
+      <c r="B52" s="1">
+        <v>46093</v>
+      </c>
+      <c r="C52" t="s">
+        <v>135</v>
+      </c>
+      <c r="D52" t="s">
+        <v>136</v>
+      </c>
+      <c r="H52" t="s">
+        <v>450</v>
+      </c>
+      <c r="I52" t="s">
+        <v>451</v>
+      </c>
+      <c r="J52" t="s">
+        <v>452</v>
+      </c>
+      <c r="K52" t="s">
         <v>390</v>
       </c>
-      <c r="P46" t="s">
-[...317 lines deleted...]
-      <c r="I52" t="s">
+      <c r="L52" t="s">
+        <v>391</v>
+      </c>
+      <c r="M52" t="s">
+        <v>392</v>
+      </c>
+      <c r="N52" t="s">
+        <v>393</v>
+      </c>
+      <c r="O52" t="s">
+        <v>394</v>
+      </c>
+      <c r="P52" t="s">
+        <v>453</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>80</v>
+      </c>
+      <c r="R52" t="s">
+        <v>81</v>
+      </c>
+      <c r="S52" t="s">
+        <v>81</v>
+      </c>
+      <c r="T52" t="s">
+        <v>81</v>
+      </c>
+      <c r="X52" t="s">
+        <v>454</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>397</v>
+      </c>
+      <c r="Z52" t="s">
+        <v>398</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>399</v>
+      </c>
+      <c r="AC52" t="s">
+        <v>81</v>
+      </c>
+      <c r="AD52" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE52" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF52" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ52" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="53" spans="1:36">
+      <c r="A53">
+        <v>107680</v>
+      </c>
+      <c r="B53" s="1">
+        <v>46093</v>
+      </c>
+      <c r="C53" t="s">
+        <v>90</v>
+      </c>
+      <c r="D53" t="s">
+        <v>91</v>
+      </c>
+      <c r="I53" t="s">
+        <v>455</v>
+      </c>
+      <c r="J53" t="s">
         <v>442</v>
       </c>
-      <c r="J52" t="s">
-[...29 lines deleted...]
-      <c r="X52" t="s">
+      <c r="K53" t="s">
+        <v>456</v>
+      </c>
+      <c r="L53" t="s">
+        <v>457</v>
+      </c>
+      <c r="M53" t="s">
+        <v>458</v>
+      </c>
+      <c r="N53" t="s">
+        <v>98</v>
+      </c>
+      <c r="O53" t="s">
+        <v>459</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>80</v>
+      </c>
+      <c r="R53" t="s">
+        <v>81</v>
+      </c>
+      <c r="S53" t="s">
+        <v>81</v>
+      </c>
+      <c r="T53" t="s">
+        <v>81</v>
+      </c>
+      <c r="X53" t="s">
+        <v>460</v>
+      </c>
+      <c r="Y53" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="54" spans="1:36">
+      <c r="A54">
+        <v>107681</v>
+      </c>
+      <c r="B54" s="1">
+        <v>46093</v>
+      </c>
+      <c r="C54" t="s">
+        <v>90</v>
+      </c>
+      <c r="D54" t="s">
+        <v>91</v>
+      </c>
+      <c r="I54" t="s">
+        <v>462</v>
+      </c>
+      <c r="J54" t="s">
         <v>442</v>
       </c>
-      <c r="Y52" t="s">
-[...80 lines deleted...]
-      </c>
       <c r="K54" t="s">
-        <v>455</v>
+        <v>363</v>
       </c>
       <c r="L54" t="s">
-        <v>456</v>
+        <v>364</v>
       </c>
       <c r="M54" t="s">
-        <v>457</v>
+        <v>365</v>
       </c>
       <c r="N54" t="s">
-        <v>458</v>
+        <v>98</v>
       </c>
       <c r="O54" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="Q54" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R54" t="s">
         <v>81</v>
       </c>
       <c r="S54" t="s">
         <v>81</v>
       </c>
       <c r="T54" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X54" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="Y54" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:25">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="55" spans="1:36">
       <c r="A55">
-        <v>106006</v>
+        <v>107682</v>
       </c>
       <c r="B55" s="1">
-        <v>45992</v>
+        <v>46093</v>
       </c>
       <c r="C55" t="s">
-        <v>206</v>
+        <v>466</v>
       </c>
       <c r="D55" t="s">
-        <v>207</v>
+        <v>467</v>
       </c>
       <c r="H55" t="s">
-        <v>190</v>
+        <v>468</v>
       </c>
       <c r="I55" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="J55" t="s">
-        <v>454</v>
+        <v>442</v>
       </c>
       <c r="K55" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="L55" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="M55" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="N55" t="s">
+        <v>473</v>
+      </c>
+      <c r="O55" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>81</v>
+      </c>
+      <c r="R55" t="s">
+        <v>81</v>
+      </c>
+      <c r="S55" t="s">
+        <v>81</v>
+      </c>
+      <c r="T55" t="s">
+        <v>81</v>
+      </c>
+      <c r="X55" t="s">
+        <v>475</v>
+      </c>
+      <c r="Y55" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="56" spans="1:36">
+      <c r="A56">
+        <v>107683</v>
+      </c>
+      <c r="B56" s="1">
+        <v>46093</v>
+      </c>
+      <c r="C56" t="s">
         <v>466</v>
       </c>
-      <c r="O55" t="s">
+      <c r="D56" t="s">
         <v>467</v>
       </c>
-      <c r="P55" t="s">
+      <c r="H56" t="s">
         <v>468</v>
       </c>
-      <c r="Q55" t="s">
-[...14 lines deleted...]
-      <c r="Y55" t="s">
+      <c r="I56" t="s">
+        <v>477</v>
+      </c>
+      <c r="J56" t="s">
+        <v>442</v>
+      </c>
+      <c r="K56" t="s">
         <v>470</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="H56" t="s">
+      <c r="L56" t="s">
         <v>471</v>
       </c>
-      <c r="I56" t="s">
+      <c r="M56" t="s">
         <v>472</v>
       </c>
-      <c r="J56" t="s">
+      <c r="N56" t="s">
         <v>473</v>
-      </c>
-[...10 lines deleted...]
-        <v>477</v>
       </c>
       <c r="O56" t="s">
         <v>478</v>
       </c>
-      <c r="P56" t="s">
+      <c r="Q56" t="s">
+        <v>80</v>
+      </c>
+      <c r="R56" t="s">
+        <v>81</v>
+      </c>
+      <c r="S56" t="s">
+        <v>81</v>
+      </c>
+      <c r="T56" t="s">
+        <v>81</v>
+      </c>
+      <c r="X56" t="s">
         <v>479</v>
       </c>
-      <c r="Q56" t="s">
-[...11 lines deleted...]
-      <c r="V56" t="s">
+      <c r="Y56" t="s">
         <v>480</v>
       </c>
-      <c r="X56" t="s">
+    </row>
+    <row r="57" spans="1:36">
+      <c r="A57">
+        <v>107684</v>
+      </c>
+      <c r="B57" s="1">
+        <v>46093</v>
+      </c>
+      <c r="C57" t="s">
+        <v>466</v>
+      </c>
+      <c r="D57" t="s">
+        <v>467</v>
+      </c>
+      <c r="H57" t="s">
+        <v>468</v>
+      </c>
+      <c r="I57" t="s">
         <v>481</v>
       </c>
-      <c r="Y56" t="s">
+      <c r="J57" t="s">
+        <v>442</v>
+      </c>
+      <c r="K57" t="s">
+        <v>470</v>
+      </c>
+      <c r="L57" t="s">
+        <v>471</v>
+      </c>
+      <c r="M57" t="s">
+        <v>472</v>
+      </c>
+      <c r="N57" t="s">
+        <v>473</v>
+      </c>
+      <c r="O57" t="s">
         <v>482</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="I57" t="s">
+      <c r="Q57" t="s">
+        <v>80</v>
+      </c>
+      <c r="R57" t="s">
+        <v>81</v>
+      </c>
+      <c r="S57" t="s">
+        <v>81</v>
+      </c>
+      <c r="T57" t="s">
+        <v>81</v>
+      </c>
+      <c r="X57" t="s">
+        <v>475</v>
+      </c>
+      <c r="Y57" t="s">
         <v>483</v>
       </c>
-      <c r="J57" t="s">
+    </row>
+    <row r="58" spans="1:36">
+      <c r="A58">
+        <v>107685</v>
+      </c>
+      <c r="B58" s="1">
+        <v>46093</v>
+      </c>
+      <c r="C58" t="s">
+        <v>466</v>
+      </c>
+      <c r="D58" t="s">
+        <v>467</v>
+      </c>
+      <c r="H58" t="s">
+        <v>468</v>
+      </c>
+      <c r="I58" t="s">
+        <v>484</v>
+      </c>
+      <c r="J58" t="s">
+        <v>442</v>
+      </c>
+      <c r="K58" t="s">
+        <v>470</v>
+      </c>
+      <c r="L58" t="s">
+        <v>471</v>
+      </c>
+      <c r="M58" t="s">
+        <v>485</v>
+      </c>
+      <c r="N58" t="s">
         <v>473</v>
       </c>
-      <c r="K57" t="s">
-[...2 lines deleted...]
-      <c r="L57" t="s">
+      <c r="O58" t="s">
+        <v>486</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>80</v>
+      </c>
+      <c r="R58" t="s">
+        <v>80</v>
+      </c>
+      <c r="S58" t="s">
+        <v>81</v>
+      </c>
+      <c r="T58" t="s">
+        <v>81</v>
+      </c>
+      <c r="X58" t="s">
+        <v>475</v>
+      </c>
+      <c r="Y58" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="59" spans="1:36">
+      <c r="A59">
+        <v>107686</v>
+      </c>
+      <c r="B59" s="1">
+        <v>46093</v>
+      </c>
+      <c r="C59" t="s">
+        <v>466</v>
+      </c>
+      <c r="D59" t="s">
+        <v>467</v>
+      </c>
+      <c r="H59" t="s">
+        <v>468</v>
+      </c>
+      <c r="I59" t="s">
+        <v>488</v>
+      </c>
+      <c r="J59" t="s">
+        <v>442</v>
+      </c>
+      <c r="K59" t="s">
+        <v>470</v>
+      </c>
+      <c r="L59" t="s">
+        <v>471</v>
+      </c>
+      <c r="M59" t="s">
+        <v>489</v>
+      </c>
+      <c r="N59" t="s">
+        <v>473</v>
+      </c>
+      <c r="O59" t="s">
+        <v>490</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>81</v>
+      </c>
+      <c r="R59" t="s">
+        <v>81</v>
+      </c>
+      <c r="S59" t="s">
+        <v>81</v>
+      </c>
+      <c r="T59" t="s">
+        <v>81</v>
+      </c>
+      <c r="X59" t="s">
+        <v>475</v>
+      </c>
+      <c r="Y59" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="60" spans="1:36">
+      <c r="A60">
+        <v>107687</v>
+      </c>
+      <c r="B60" s="1">
+        <v>46093</v>
+      </c>
+      <c r="C60" t="s">
+        <v>466</v>
+      </c>
+      <c r="D60" t="s">
+        <v>467</v>
+      </c>
+      <c r="H60" t="s">
+        <v>468</v>
+      </c>
+      <c r="I60" t="s">
+        <v>492</v>
+      </c>
+      <c r="J60" t="s">
+        <v>442</v>
+      </c>
+      <c r="K60" t="s">
+        <v>470</v>
+      </c>
+      <c r="L60" t="s">
+        <v>471</v>
+      </c>
+      <c r="M60" t="s">
         <v>485</v>
       </c>
-      <c r="M57" t="s">
-[...64 lines deleted...]
-      <c r="P58" t="s">
+      <c r="N60" t="s">
+        <v>473</v>
+      </c>
+      <c r="O60" t="s">
         <v>493</v>
       </c>
-      <c r="Q58" t="s">
-[...11 lines deleted...]
-      <c r="X58" t="s">
+      <c r="Q60" t="s">
+        <v>81</v>
+      </c>
+      <c r="R60" t="s">
+        <v>81</v>
+      </c>
+      <c r="S60" t="s">
+        <v>81</v>
+      </c>
+      <c r="T60" t="s">
+        <v>81</v>
+      </c>
+      <c r="X60" t="s">
         <v>494</v>
       </c>
-      <c r="Y58" t="s">
+      <c r="Y60" t="s">
         <v>495</v>
       </c>
     </row>
-    <row r="59" spans="1:25">
-[...111 lines deleted...]
-    <row r="61" spans="1:25">
+    <row r="61" spans="1:36">
       <c r="A61">
-        <v>105994</v>
+        <v>107657</v>
       </c>
       <c r="B61" s="1">
-        <v>45988</v>
+        <v>46092</v>
       </c>
       <c r="C61" t="s">
         <v>69</v>
       </c>
       <c r="D61" t="s">
         <v>70</v>
       </c>
       <c r="H61" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="I61" t="s">
-        <v>505</v>
+        <v>496</v>
       </c>
       <c r="J61" t="s">
+        <v>452</v>
+      </c>
+      <c r="K61" t="s">
+        <v>85</v>
+      </c>
+      <c r="L61" t="s">
+        <v>75</v>
+      </c>
+      <c r="M61" t="s">
+        <v>76</v>
+      </c>
+      <c r="N61" t="s">
+        <v>77</v>
+      </c>
+      <c r="O61" t="s">
         <v>497</v>
       </c>
-      <c r="K61" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P61" t="s">
-        <v>511</v>
+        <v>498</v>
       </c>
       <c r="Q61" t="s">
         <v>80</v>
       </c>
       <c r="R61" t="s">
         <v>81</v>
       </c>
       <c r="S61" t="s">
         <v>81</v>
       </c>
       <c r="T61" t="s">
         <v>81</v>
       </c>
       <c r="X61" t="s">
-        <v>512</v>
+        <v>499</v>
       </c>
       <c r="Y61" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:25">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="62" spans="1:36">
       <c r="A62">
-        <v>105993</v>
+        <v>107658</v>
       </c>
       <c r="B62" s="1">
-        <v>45988</v>
+        <v>46092</v>
       </c>
       <c r="C62" t="s">
         <v>69</v>
       </c>
       <c r="D62" t="s">
         <v>70</v>
       </c>
       <c r="H62" t="s">
+        <v>71</v>
+      </c>
+      <c r="I62" t="s">
+        <v>501</v>
+      </c>
+      <c r="J62" t="s">
+        <v>452</v>
+      </c>
+      <c r="K62" t="s">
+        <v>502</v>
+      </c>
+      <c r="L62" t="s">
+        <v>114</v>
+      </c>
+      <c r="M62" t="s">
+        <v>115</v>
+      </c>
+      <c r="N62" t="s">
+        <v>116</v>
+      </c>
+      <c r="O62" t="s">
+        <v>503</v>
+      </c>
+      <c r="P62" t="s">
+        <v>504</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>80</v>
+      </c>
+      <c r="R62" t="s">
+        <v>81</v>
+      </c>
+      <c r="S62" t="s">
+        <v>81</v>
+      </c>
+      <c r="T62" t="s">
+        <v>81</v>
+      </c>
+      <c r="X62" t="s">
+        <v>505</v>
+      </c>
+      <c r="Y62" t="s">
+        <v>506</v>
+      </c>
+      <c r="Z62" t="s">
+        <v>507</v>
+      </c>
+      <c r="AB62" t="s">
+        <v>508</v>
+      </c>
+      <c r="AC62" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD62" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE62" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF62" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ62" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="63" spans="1:36">
+      <c r="A63">
+        <v>107659</v>
+      </c>
+      <c r="B63" s="1">
+        <v>46092</v>
+      </c>
+      <c r="C63" t="s">
         <v>69</v>
       </c>
-      <c r="I62" t="s">
+      <c r="D63" t="s">
+        <v>70</v>
+      </c>
+      <c r="H63" t="s">
+        <v>71</v>
+      </c>
+      <c r="I63" t="s">
+        <v>383</v>
+      </c>
+      <c r="J63" t="s">
+        <v>452</v>
+      </c>
+      <c r="K63" t="s">
+        <v>85</v>
+      </c>
+      <c r="L63" t="s">
+        <v>75</v>
+      </c>
+      <c r="M63" t="s">
+        <v>76</v>
+      </c>
+      <c r="N63" t="s">
+        <v>77</v>
+      </c>
+      <c r="O63" t="s">
+        <v>384</v>
+      </c>
+      <c r="P63" t="s">
+        <v>510</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>80</v>
+      </c>
+      <c r="R63" t="s">
+        <v>81</v>
+      </c>
+      <c r="S63" t="s">
+        <v>81</v>
+      </c>
+      <c r="T63" t="s">
+        <v>81</v>
+      </c>
+      <c r="X63" t="s">
+        <v>511</v>
+      </c>
+      <c r="Y63" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="64" spans="1:36">
+      <c r="A64">
+        <v>107660</v>
+      </c>
+      <c r="B64" s="1">
+        <v>46092</v>
+      </c>
+      <c r="C64" t="s">
+        <v>69</v>
+      </c>
+      <c r="D64" t="s">
+        <v>70</v>
+      </c>
+      <c r="H64" t="s">
+        <v>71</v>
+      </c>
+      <c r="I64" t="s">
+        <v>513</v>
+      </c>
+      <c r="J64" t="s">
+        <v>452</v>
+      </c>
+      <c r="K64" t="s">
+        <v>85</v>
+      </c>
+      <c r="L64" t="s">
+        <v>75</v>
+      </c>
+      <c r="M64" t="s">
+        <v>76</v>
+      </c>
+      <c r="N64" t="s">
+        <v>77</v>
+      </c>
+      <c r="O64" t="s">
         <v>514</v>
       </c>
-      <c r="J62" t="s">
-[...14 lines deleted...]
-      <c r="O62" t="s">
+      <c r="P64" t="s">
         <v>515</v>
       </c>
-      <c r="P62" t="s">
+      <c r="Q64" t="s">
+        <v>80</v>
+      </c>
+      <c r="R64" t="s">
+        <v>81</v>
+      </c>
+      <c r="S64" t="s">
+        <v>81</v>
+      </c>
+      <c r="T64" t="s">
+        <v>81</v>
+      </c>
+      <c r="X64" t="s">
         <v>516</v>
       </c>
-      <c r="Q62" t="s">
-[...11 lines deleted...]
-      <c r="X62" t="s">
+      <c r="Y64" t="s">
         <v>517</v>
       </c>
-      <c r="Y62" t="s">
+    </row>
+    <row r="65" spans="1:25">
+      <c r="A65">
+        <v>107662</v>
+      </c>
+      <c r="B65" s="1">
+        <v>46092</v>
+      </c>
+      <c r="C65" t="s">
+        <v>69</v>
+      </c>
+      <c r="D65" t="s">
+        <v>70</v>
+      </c>
+      <c r="H65" t="s">
+        <v>71</v>
+      </c>
+      <c r="I65" t="s">
         <v>518</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="I63" t="s">
+      <c r="J65" t="s">
+        <v>452</v>
+      </c>
+      <c r="K65" t="s">
+        <v>113</v>
+      </c>
+      <c r="L65" t="s">
+        <v>114</v>
+      </c>
+      <c r="M65" t="s">
+        <v>115</v>
+      </c>
+      <c r="N65" t="s">
+        <v>116</v>
+      </c>
+      <c r="O65" t="s">
         <v>519</v>
       </c>
-      <c r="J63" t="s">
-[...14 lines deleted...]
-      <c r="O63" t="s">
+      <c r="P65" t="s">
         <v>520</v>
       </c>
-      <c r="P63" t="s">
+      <c r="Q65" t="s">
+        <v>80</v>
+      </c>
+      <c r="R65" t="s">
+        <v>81</v>
+      </c>
+      <c r="S65" t="s">
+        <v>81</v>
+      </c>
+      <c r="T65" t="s">
+        <v>81</v>
+      </c>
+      <c r="X65" t="s">
         <v>521</v>
       </c>
-      <c r="Q63" t="s">
-[...34 lines deleted...]
-      <c r="I64" t="s">
+      <c r="Y65" t="s">
         <v>522</v>
       </c>
-      <c r="J64" t="s">
+    </row>
+    <row r="66" spans="1:25">
+      <c r="A66">
+        <v>107663</v>
+      </c>
+      <c r="B66" s="1">
+        <v>46092</v>
+      </c>
+      <c r="C66" t="s">
+        <v>69</v>
+      </c>
+      <c r="D66" t="s">
+        <v>70</v>
+      </c>
+      <c r="H66" t="s">
         <v>523</v>
       </c>
-      <c r="K64" t="s">
-[...11 lines deleted...]
-      <c r="O64" t="s">
+      <c r="I66" t="s">
         <v>524</v>
       </c>
-      <c r="P64" t="s">
+      <c r="J66" t="s">
+        <v>452</v>
+      </c>
+      <c r="K66" t="s">
         <v>525</v>
       </c>
-      <c r="Q64" t="s">
-[...11 lines deleted...]
-      <c r="X64" t="s">
+      <c r="L66" t="s">
         <v>526</v>
       </c>
-      <c r="Y64" t="s">
+      <c r="M66" t="s">
         <v>527</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="I65" t="s">
+      <c r="N66" t="s">
         <v>528</v>
       </c>
-      <c r="J65" t="s">
+      <c r="O66" t="s">
         <v>529</v>
       </c>
-      <c r="K65" t="s">
-[...11 lines deleted...]
-      <c r="O65" t="s">
+      <c r="P66" t="s">
         <v>530</v>
       </c>
-      <c r="P65" t="s">
+      <c r="Q66" t="s">
+        <v>80</v>
+      </c>
+      <c r="R66" t="s">
+        <v>81</v>
+      </c>
+      <c r="S66" t="s">
+        <v>81</v>
+      </c>
+      <c r="T66" t="s">
+        <v>81</v>
+      </c>
+      <c r="X66" t="s">
         <v>531</v>
       </c>
-      <c r="Q65" t="s">
-[...11 lines deleted...]
-      <c r="X65" t="s">
+      <c r="Y66" t="s">
         <v>532</v>
       </c>
-      <c r="Y65" t="s">
+    </row>
+    <row r="67" spans="1:25">
+      <c r="A67">
+        <v>107664</v>
+      </c>
+      <c r="B67" s="1">
+        <v>46092</v>
+      </c>
+      <c r="C67" t="s">
+        <v>90</v>
+      </c>
+      <c r="D67" t="s">
+        <v>91</v>
+      </c>
+      <c r="H67" t="s">
+        <v>209</v>
+      </c>
+      <c r="I67" t="s">
         <v>533</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="I66" t="s">
+      <c r="J67" t="s">
         <v>534</v>
       </c>
-      <c r="J66" t="s">
-[...14 lines deleted...]
-      <c r="O66" t="s">
+      <c r="L67" t="s">
+        <v>211</v>
+      </c>
+      <c r="M67" t="s">
+        <v>212</v>
+      </c>
+      <c r="N67" t="s">
+        <v>213</v>
+      </c>
+      <c r="O67" t="s">
         <v>535</v>
       </c>
-      <c r="P66" t="s">
+      <c r="P67" t="s">
         <v>536</v>
       </c>
-      <c r="Q66" t="s">
-[...11 lines deleted...]
-      <c r="X66" t="s">
+      <c r="Q67" t="s">
+        <v>80</v>
+      </c>
+      <c r="R67" t="s">
+        <v>81</v>
+      </c>
+      <c r="S67" t="s">
+        <v>81</v>
+      </c>
+      <c r="T67" t="s">
+        <v>81</v>
+      </c>
+      <c r="X67" t="s">
         <v>537</v>
       </c>
-      <c r="Y66" t="s">
+      <c r="Y67" t="s">
         <v>538</v>
       </c>
     </row>
-    <row r="67" spans="1:69">
-[...6 lines deleted...]
-      <c r="C67" t="s">
+    <row r="68" spans="1:25">
+      <c r="A68">
+        <v>107641</v>
+      </c>
+      <c r="B68" s="1">
+        <v>46091</v>
+      </c>
+      <c r="C68" t="s">
         <v>69</v>
       </c>
-      <c r="D67" t="s">
+      <c r="D68" t="s">
         <v>70</v>
       </c>
-      <c r="H67" t="s">
-[...8 lines deleted...]
-      <c r="K67" t="s">
+      <c r="H68" t="s">
+        <v>523</v>
+      </c>
+      <c r="I68" t="s">
         <v>539</v>
       </c>
-      <c r="L67" t="s">
+      <c r="J68" t="s">
         <v>540</v>
       </c>
-      <c r="M67" t="s">
+      <c r="K68" t="s">
         <v>541</v>
       </c>
-      <c r="N67" t="s">
+      <c r="L68" t="s">
+        <v>526</v>
+      </c>
+      <c r="M68" t="s">
+        <v>527</v>
+      </c>
+      <c r="N68" t="s">
+        <v>528</v>
+      </c>
+      <c r="O68" t="s">
         <v>542</v>
       </c>
-      <c r="O67" t="s">
+      <c r="Q68" t="s">
+        <v>81</v>
+      </c>
+      <c r="R68" t="s">
+        <v>81</v>
+      </c>
+      <c r="S68" t="s">
+        <v>81</v>
+      </c>
+      <c r="T68" t="s">
+        <v>81</v>
+      </c>
+      <c r="X68" t="s">
         <v>543</v>
       </c>
-      <c r="P67" t="s">
+      <c r="Y68" t="s">
         <v>544</v>
       </c>
-      <c r="Q67" t="s">
-[...11 lines deleted...]
-      <c r="X67" t="s">
+    </row>
+    <row r="69" spans="1:25">
+      <c r="A69">
+        <v>107643</v>
+      </c>
+      <c r="B69" s="1">
+        <v>46091</v>
+      </c>
+      <c r="C69" t="s">
+        <v>69</v>
+      </c>
+      <c r="D69" t="s">
+        <v>70</v>
+      </c>
+      <c r="H69" t="s">
+        <v>523</v>
+      </c>
+      <c r="I69" t="s">
         <v>545</v>
       </c>
-      <c r="Y67" t="s">
+      <c r="J69" t="s">
+        <v>540</v>
+      </c>
+      <c r="K69" t="s">
         <v>546</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="I68" t="s">
+      <c r="L69" t="s">
         <v>547</v>
       </c>
-      <c r="J68" t="s">
-[...14 lines deleted...]
-      <c r="O68" t="s">
+      <c r="M69" t="s">
         <v>548</v>
       </c>
-      <c r="P68" t="s">
+      <c r="N69" t="s">
         <v>549</v>
       </c>
-      <c r="Q68" t="s">
-[...11 lines deleted...]
-      <c r="X68" t="s">
+      <c r="O69" t="s">
         <v>550</v>
       </c>
-      <c r="Y68" t="s">
+      <c r="P69" t="s">
         <v>551</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="I69" t="s">
+      <c r="Q69" t="s">
+        <v>80</v>
+      </c>
+      <c r="R69" t="s">
+        <v>81</v>
+      </c>
+      <c r="S69" t="s">
+        <v>81</v>
+      </c>
+      <c r="T69" t="s">
+        <v>81</v>
+      </c>
+      <c r="X69" t="s">
         <v>552</v>
       </c>
-      <c r="J69" t="s">
-[...17 lines deleted...]
-      <c r="P69" t="s">
+      <c r="Y69" t="s">
         <v>553</v>
       </c>
-      <c r="Q69" t="s">
-[...114 lines deleted...]
-    <row r="70" spans="1:69">
+    </row>
+    <row r="70" spans="1:25">
       <c r="A70">
-        <v>105980</v>
+        <v>107644</v>
       </c>
       <c r="B70" s="1">
-        <v>45986</v>
+        <v>46091</v>
       </c>
       <c r="C70" t="s">
         <v>69</v>
       </c>
       <c r="D70" t="s">
         <v>70</v>
       </c>
       <c r="H70" t="s">
+        <v>69</v>
+      </c>
+      <c r="I70" t="s">
+        <v>554</v>
+      </c>
+      <c r="J70" t="s">
+        <v>555</v>
+      </c>
+      <c r="K70" t="s">
+        <v>556</v>
+      </c>
+      <c r="L70" t="s">
+        <v>557</v>
+      </c>
+      <c r="M70" t="s">
+        <v>558</v>
+      </c>
+      <c r="N70" t="s">
+        <v>559</v>
+      </c>
+      <c r="O70" t="s">
+        <v>560</v>
+      </c>
+      <c r="P70" t="s">
+        <v>561</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>80</v>
+      </c>
+      <c r="R70" t="s">
+        <v>81</v>
+      </c>
+      <c r="S70" t="s">
+        <v>81</v>
+      </c>
+      <c r="T70" t="s">
+        <v>81</v>
+      </c>
+      <c r="X70" t="s">
+        <v>562</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="71" spans="1:25">
+      <c r="A71">
+        <v>107646</v>
+      </c>
+      <c r="B71" s="1">
+        <v>46091</v>
+      </c>
+      <c r="C71" t="s">
+        <v>69</v>
+      </c>
+      <c r="D71" t="s">
+        <v>70</v>
+      </c>
+      <c r="H71" t="s">
+        <v>69</v>
+      </c>
+      <c r="I71" t="s">
+        <v>564</v>
+      </c>
+      <c r="J71" t="s">
+        <v>540</v>
+      </c>
+      <c r="K71" t="s">
+        <v>565</v>
+      </c>
+      <c r="L71" t="s">
+        <v>566</v>
+      </c>
+      <c r="M71" t="s">
+        <v>567</v>
+      </c>
+      <c r="N71" t="s">
+        <v>568</v>
+      </c>
+      <c r="O71" t="s">
+        <v>569</v>
+      </c>
+      <c r="P71" t="s">
+        <v>570</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>80</v>
+      </c>
+      <c r="R71" t="s">
+        <v>81</v>
+      </c>
+      <c r="S71" t="s">
+        <v>81</v>
+      </c>
+      <c r="T71" t="s">
+        <v>81</v>
+      </c>
+      <c r="X71" t="s">
+        <v>571</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="72" spans="1:25">
+      <c r="A72">
+        <v>107648</v>
+      </c>
+      <c r="B72" s="1">
+        <v>46091</v>
+      </c>
+      <c r="C72" t="s">
+        <v>101</v>
+      </c>
+      <c r="D72" t="s">
+        <v>102</v>
+      </c>
+      <c r="H72" t="s">
+        <v>523</v>
+      </c>
+      <c r="I72" t="s">
+        <v>573</v>
+      </c>
+      <c r="J72" t="s">
+        <v>540</v>
+      </c>
+      <c r="K72" t="s">
+        <v>574</v>
+      </c>
+      <c r="L72" t="s">
+        <v>575</v>
+      </c>
+      <c r="M72" t="s">
+        <v>576</v>
+      </c>
+      <c r="N72" t="s">
+        <v>577</v>
+      </c>
+      <c r="O72" t="s">
+        <v>578</v>
+      </c>
+      <c r="P72" t="s">
+        <v>579</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>80</v>
+      </c>
+      <c r="R72" t="s">
+        <v>81</v>
+      </c>
+      <c r="S72" t="s">
+        <v>81</v>
+      </c>
+      <c r="T72" t="s">
+        <v>81</v>
+      </c>
+      <c r="X72" t="s">
+        <v>573</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="73" spans="1:25">
+      <c r="A73">
+        <v>107633</v>
+      </c>
+      <c r="B73" s="1">
+        <v>46090</v>
+      </c>
+      <c r="C73" t="s">
+        <v>69</v>
+      </c>
+      <c r="D73" t="s">
+        <v>70</v>
+      </c>
+      <c r="H73" t="s">
         <v>71</v>
       </c>
-      <c r="I70" t="s">
-[...126 lines deleted...]
-      <c r="O72" t="s">
+      <c r="I73" t="s">
+        <v>151</v>
+      </c>
+      <c r="J73" t="s">
         <v>581</v>
       </c>
-      <c r="P72" t="s">
+      <c r="K73" t="s">
         <v>582</v>
       </c>
-      <c r="Q72" t="s">
-[...14 lines deleted...]
-      <c r="Y72" t="s">
+      <c r="L73" t="s">
         <v>583</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="I73" t="s">
+      <c r="M73" t="s">
         <v>584</v>
       </c>
-      <c r="J73" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N73" t="s">
-        <v>299</v>
+        <v>174</v>
       </c>
       <c r="O73" t="s">
         <v>585</v>
       </c>
       <c r="P73" t="s">
         <v>586</v>
       </c>
       <c r="Q73" t="s">
         <v>80</v>
       </c>
       <c r="R73" t="s">
         <v>81</v>
       </c>
       <c r="S73" t="s">
         <v>81</v>
       </c>
       <c r="T73" t="s">
         <v>81</v>
       </c>
       <c r="X73" t="s">
         <v>587</v>
       </c>
       <c r="Y73" t="s">
         <v>588</v>
       </c>
     </row>
-    <row r="74" spans="1:69">
+    <row r="74" spans="1:25">
       <c r="A74">
-        <v>105973</v>
+        <v>107634</v>
       </c>
       <c r="B74" s="1">
-        <v>45985</v>
+        <v>46090</v>
       </c>
       <c r="C74" t="s">
-        <v>127</v>
+        <v>248</v>
       </c>
       <c r="D74" t="s">
-        <v>128</v>
+        <v>249</v>
       </c>
       <c r="H74" t="s">
-        <v>129</v>
+        <v>71</v>
       </c>
       <c r="I74" t="s">
         <v>589</v>
       </c>
       <c r="J74" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="K74" t="s">
-        <v>131</v>
+        <v>251</v>
       </c>
       <c r="L74" t="s">
-        <v>132</v>
+        <v>252</v>
       </c>
       <c r="M74" t="s">
-        <v>133</v>
+        <v>253</v>
       </c>
       <c r="N74" t="s">
-        <v>134</v>
+        <v>254</v>
       </c>
       <c r="O74" t="s">
         <v>590</v>
       </c>
       <c r="P74" t="s">
         <v>591</v>
       </c>
       <c r="Q74" t="s">
         <v>80</v>
       </c>
       <c r="R74" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S74" t="s">
         <v>81</v>
       </c>
       <c r="T74" t="s">
         <v>81</v>
       </c>
-      <c r="V74" t="s">
+      <c r="X74" t="s">
         <v>592</v>
       </c>
-      <c r="X74" t="s">
+      <c r="Y74" t="s">
         <v>593</v>
       </c>
-      <c r="Y74" t="s">
-[...3 lines deleted...]
-    <row r="75" spans="1:69">
+    </row>
+    <row r="75" spans="1:25">
       <c r="A75">
-        <v>105972</v>
+        <v>107635</v>
       </c>
       <c r="B75" s="1">
-        <v>45985</v>
+        <v>46090</v>
       </c>
       <c r="C75" t="s">
         <v>69</v>
       </c>
       <c r="D75" t="s">
         <v>70</v>
       </c>
       <c r="H75" t="s">
         <v>71</v>
       </c>
       <c r="I75" t="s">
+        <v>594</v>
+      </c>
+      <c r="J75" t="s">
+        <v>581</v>
+      </c>
+      <c r="K75" t="s">
         <v>595</v>
       </c>
-      <c r="J75" t="s">
+      <c r="L75" t="s">
         <v>596</v>
       </c>
-      <c r="K75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M75" t="s">
-        <v>76</v>
+        <v>597</v>
       </c>
       <c r="N75" t="s">
-        <v>77</v>
+        <v>598</v>
       </c>
       <c r="O75" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="P75" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="Q75" t="s">
         <v>80</v>
       </c>
       <c r="R75" t="s">
         <v>81</v>
       </c>
       <c r="S75" t="s">
         <v>81</v>
       </c>
       <c r="T75" t="s">
         <v>81</v>
       </c>
       <c r="X75" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="Y75" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:69">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="76" spans="1:25">
       <c r="A76">
-        <v>105971</v>
+        <v>107637</v>
       </c>
       <c r="B76" s="1">
-        <v>45985</v>
+        <v>46090</v>
       </c>
       <c r="C76" t="s">
+        <v>603</v>
+      </c>
+      <c r="D76" t="s">
+        <v>604</v>
+      </c>
+      <c r="E76" t="s">
+        <v>603</v>
+      </c>
+      <c r="F76" t="s">
+        <v>605</v>
+      </c>
+      <c r="G76" t="s">
+        <v>606</v>
+      </c>
+      <c r="H76" t="s">
+        <v>179</v>
+      </c>
+      <c r="I76" t="s">
+        <v>607</v>
+      </c>
+      <c r="J76" t="s">
+        <v>581</v>
+      </c>
+      <c r="K76" t="s">
+        <v>608</v>
+      </c>
+      <c r="L76" t="s">
+        <v>609</v>
+      </c>
+      <c r="M76" t="s">
+        <v>610</v>
+      </c>
+      <c r="N76" t="s">
+        <v>611</v>
+      </c>
+      <c r="O76" t="s">
+        <v>612</v>
+      </c>
+      <c r="P76" t="s">
+        <v>613</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>80</v>
+      </c>
+      <c r="R76" t="s">
+        <v>81</v>
+      </c>
+      <c r="S76" t="s">
+        <v>81</v>
+      </c>
+      <c r="T76" t="s">
+        <v>81</v>
+      </c>
+      <c r="X76" t="s">
+        <v>614</v>
+      </c>
+      <c r="Y76" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="77" spans="1:25">
+      <c r="A77">
+        <v>107639</v>
+      </c>
+      <c r="B77" s="1">
+        <v>46090</v>
+      </c>
+      <c r="C77" t="s">
+        <v>135</v>
+      </c>
+      <c r="D77" t="s">
+        <v>136</v>
+      </c>
+      <c r="H77" t="s">
+        <v>264</v>
+      </c>
+      <c r="I77" t="s">
+        <v>616</v>
+      </c>
+      <c r="J77" t="s">
+        <v>540</v>
+      </c>
+      <c r="K77" t="s">
+        <v>617</v>
+      </c>
+      <c r="L77" t="s">
+        <v>267</v>
+      </c>
+      <c r="M77" t="s">
+        <v>268</v>
+      </c>
+      <c r="N77" t="s">
+        <v>269</v>
+      </c>
+      <c r="O77" t="s">
+        <v>270</v>
+      </c>
+      <c r="P77" t="s">
+        <v>618</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>80</v>
+      </c>
+      <c r="R77" t="s">
+        <v>81</v>
+      </c>
+      <c r="S77" t="s">
+        <v>81</v>
+      </c>
+      <c r="T77" t="s">
+        <v>80</v>
+      </c>
+      <c r="X77" t="s">
+        <v>619</v>
+      </c>
+      <c r="Y77" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="78" spans="1:25">
+      <c r="A78">
+        <v>107627</v>
+      </c>
+      <c r="B78" s="1">
+        <v>46087</v>
+      </c>
+      <c r="C78" t="s">
         <v>69</v>
       </c>
-      <c r="D76" t="s">
+      <c r="D78" t="s">
         <v>70</v>
       </c>
-      <c r="H76" t="s">
+      <c r="H78" t="s">
+        <v>179</v>
+      </c>
+      <c r="I78" t="s">
+        <v>621</v>
+      </c>
+      <c r="J78" t="s">
+        <v>534</v>
+      </c>
+      <c r="K78" t="s">
+        <v>622</v>
+      </c>
+      <c r="L78" t="s">
+        <v>623</v>
+      </c>
+      <c r="M78" t="s">
+        <v>624</v>
+      </c>
+      <c r="N78" t="s">
+        <v>625</v>
+      </c>
+      <c r="O78" t="s">
+        <v>626</v>
+      </c>
+      <c r="P78" t="s">
+        <v>627</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>80</v>
+      </c>
+      <c r="R78" t="s">
+        <v>81</v>
+      </c>
+      <c r="S78" t="s">
+        <v>81</v>
+      </c>
+      <c r="T78" t="s">
+        <v>81</v>
+      </c>
+      <c r="X78" t="s">
+        <v>628</v>
+      </c>
+      <c r="Y78" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="79" spans="1:25">
+      <c r="A79">
+        <v>107629</v>
+      </c>
+      <c r="B79" s="1">
+        <v>46087</v>
+      </c>
+      <c r="C79" t="s">
+        <v>248</v>
+      </c>
+      <c r="D79" t="s">
+        <v>249</v>
+      </c>
+      <c r="H79" t="s">
         <v>71</v>
       </c>
-      <c r="I76" t="s">
-[...163 lines deleted...]
-        <v>617</v>
+      <c r="I79" t="s">
+        <v>630</v>
+      </c>
+      <c r="J79" t="s">
+        <v>534</v>
+      </c>
+      <c r="K79" t="s">
+        <v>251</v>
+      </c>
+      <c r="L79" t="s">
+        <v>252</v>
+      </c>
+      <c r="M79" t="s">
+        <v>253</v>
+      </c>
+      <c r="N79" t="s">
+        <v>254</v>
+      </c>
+      <c r="O79" t="s">
+        <v>631</v>
+      </c>
+      <c r="P79" t="s">
+        <v>632</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>80</v>
+      </c>
+      <c r="R79" t="s">
+        <v>81</v>
+      </c>
+      <c r="S79" t="s">
+        <v>81</v>
+      </c>
+      <c r="T79" t="s">
+        <v>80</v>
+      </c>
+      <c r="X79" t="s">
+        <v>633</v>
+      </c>
+      <c r="Y79" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="80" spans="1:25">
+      <c r="A80">
+        <v>107630</v>
+      </c>
+      <c r="B80" s="1">
+        <v>46087</v>
+      </c>
+      <c r="C80" t="s">
+        <v>90</v>
+      </c>
+      <c r="D80" t="s">
+        <v>91</v>
+      </c>
+      <c r="H80" t="s">
+        <v>326</v>
+      </c>
+      <c r="I80" t="s">
+        <v>635</v>
+      </c>
+      <c r="J80" t="s">
+        <v>534</v>
+      </c>
+      <c r="K80" t="s">
+        <v>328</v>
+      </c>
+      <c r="L80" t="s">
+        <v>329</v>
+      </c>
+      <c r="M80" t="s">
+        <v>330</v>
+      </c>
+      <c r="N80" t="s">
+        <v>405</v>
+      </c>
+      <c r="O80" t="s">
+        <v>636</v>
+      </c>
+      <c r="P80" t="s">
+        <v>637</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>80</v>
+      </c>
+      <c r="R80" t="s">
+        <v>81</v>
+      </c>
+      <c r="S80" t="s">
+        <v>81</v>
+      </c>
+      <c r="T80" t="s">
+        <v>81</v>
+      </c>
+      <c r="X80" t="s">
+        <v>638</v>
+      </c>
+      <c r="Y80" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="81" spans="1:47">
+      <c r="A81">
+        <v>107631</v>
+      </c>
+      <c r="B81" s="1">
+        <v>46087</v>
+      </c>
+      <c r="C81" t="s">
+        <v>69</v>
+      </c>
+      <c r="D81" t="s">
+        <v>70</v>
+      </c>
+      <c r="H81" t="s">
+        <v>640</v>
+      </c>
+      <c r="I81" t="s">
+        <v>641</v>
+      </c>
+      <c r="J81" t="s">
+        <v>534</v>
+      </c>
+      <c r="K81" t="s">
+        <v>642</v>
+      </c>
+      <c r="L81" t="s">
+        <v>643</v>
+      </c>
+      <c r="M81" t="s">
+        <v>644</v>
+      </c>
+      <c r="N81" t="s">
+        <v>645</v>
+      </c>
+      <c r="O81" t="s">
+        <v>646</v>
+      </c>
+      <c r="P81" t="s">
+        <v>647</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>80</v>
+      </c>
+      <c r="R81" t="s">
+        <v>81</v>
+      </c>
+      <c r="S81" t="s">
+        <v>81</v>
+      </c>
+      <c r="T81" t="s">
+        <v>81</v>
+      </c>
+      <c r="X81" t="s">
+        <v>648</v>
+      </c>
+      <c r="Y81" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="82" spans="1:47">
+      <c r="A82">
+        <v>107616</v>
+      </c>
+      <c r="B82" s="1">
+        <v>46086</v>
+      </c>
+      <c r="C82" t="s">
+        <v>148</v>
+      </c>
+      <c r="D82" t="s">
+        <v>149</v>
+      </c>
+      <c r="H82" t="s">
+        <v>209</v>
+      </c>
+      <c r="I82" t="s">
+        <v>650</v>
+      </c>
+      <c r="J82" t="s">
+        <v>651</v>
+      </c>
+      <c r="L82" t="s">
+        <v>652</v>
+      </c>
+      <c r="M82" t="s">
+        <v>653</v>
+      </c>
+      <c r="N82" t="s">
+        <v>654</v>
+      </c>
+      <c r="O82" t="s">
+        <v>655</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>81</v>
+      </c>
+      <c r="R82" t="s">
+        <v>81</v>
+      </c>
+      <c r="S82" t="s">
+        <v>81</v>
+      </c>
+      <c r="T82" t="s">
+        <v>81</v>
+      </c>
+      <c r="X82" t="s">
+        <v>656</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="83" spans="1:47">
+      <c r="A83">
+        <v>107617</v>
+      </c>
+      <c r="B83" s="1">
+        <v>46086</v>
+      </c>
+      <c r="C83" t="s">
+        <v>135</v>
+      </c>
+      <c r="D83" t="s">
+        <v>136</v>
+      </c>
+      <c r="H83" t="s">
+        <v>450</v>
+      </c>
+      <c r="I83" t="s">
+        <v>658</v>
+      </c>
+      <c r="J83" t="s">
+        <v>659</v>
+      </c>
+      <c r="K83" t="s">
+        <v>660</v>
+      </c>
+      <c r="L83" t="s">
+        <v>661</v>
+      </c>
+      <c r="M83" t="s">
+        <v>392</v>
+      </c>
+      <c r="N83" t="s">
+        <v>662</v>
+      </c>
+      <c r="O83" t="s">
+        <v>663</v>
+      </c>
+      <c r="P83" t="s">
+        <v>664</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>80</v>
+      </c>
+      <c r="R83" t="s">
+        <v>81</v>
+      </c>
+      <c r="S83" t="s">
+        <v>81</v>
+      </c>
+      <c r="T83" t="s">
+        <v>81</v>
+      </c>
+      <c r="X83" t="s">
+        <v>665</v>
+      </c>
+      <c r="Y83" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="84" spans="1:47">
+      <c r="A84">
+        <v>107620</v>
+      </c>
+      <c r="B84" s="1">
+        <v>46086</v>
+      </c>
+      <c r="C84" t="s">
+        <v>101</v>
+      </c>
+      <c r="D84" t="s">
+        <v>102</v>
+      </c>
+      <c r="H84" t="s">
+        <v>71</v>
+      </c>
+      <c r="I84" t="s">
+        <v>667</v>
+      </c>
+      <c r="J84" t="s">
+        <v>651</v>
+      </c>
+      <c r="K84" t="s">
+        <v>668</v>
+      </c>
+      <c r="L84" t="s">
+        <v>669</v>
+      </c>
+      <c r="M84" t="s">
+        <v>107</v>
+      </c>
+      <c r="N84" t="s">
+        <v>108</v>
+      </c>
+      <c r="O84" t="s">
+        <v>670</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>81</v>
+      </c>
+      <c r="R84" t="s">
+        <v>81</v>
+      </c>
+      <c r="S84" t="s">
+        <v>81</v>
+      </c>
+      <c r="T84" t="s">
+        <v>80</v>
+      </c>
+      <c r="X84" t="s">
+        <v>671</v>
+      </c>
+      <c r="Y84" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="85" spans="1:47">
+      <c r="A85">
+        <v>107622</v>
+      </c>
+      <c r="B85" s="1">
+        <v>46086</v>
+      </c>
+      <c r="C85" t="s">
+        <v>69</v>
+      </c>
+      <c r="D85" t="s">
+        <v>70</v>
+      </c>
+      <c r="H85" t="s">
+        <v>523</v>
+      </c>
+      <c r="I85" t="s">
+        <v>673</v>
+      </c>
+      <c r="J85" t="s">
+        <v>651</v>
+      </c>
+      <c r="K85" t="s">
+        <v>674</v>
+      </c>
+      <c r="L85" t="s">
+        <v>675</v>
+      </c>
+      <c r="M85" t="s">
+        <v>676</v>
+      </c>
+      <c r="N85" t="s">
+        <v>677</v>
+      </c>
+      <c r="O85" t="s">
+        <v>678</v>
+      </c>
+      <c r="P85" t="s">
+        <v>679</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>80</v>
+      </c>
+      <c r="R85" t="s">
+        <v>81</v>
+      </c>
+      <c r="S85" t="s">
+        <v>81</v>
+      </c>
+      <c r="T85" t="s">
+        <v>81</v>
+      </c>
+      <c r="X85" t="s">
+        <v>680</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>681</v>
+      </c>
+      <c r="Z85" t="s">
+        <v>678</v>
+      </c>
+      <c r="AA85" t="s">
+        <v>682</v>
+      </c>
+      <c r="AB85" t="s">
+        <v>683</v>
+      </c>
+      <c r="AC85" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD85" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE85" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF85" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ85" t="s">
+        <v>680</v>
+      </c>
+      <c r="AK85" t="s">
+        <v>678</v>
+      </c>
+      <c r="AL85" t="s">
+        <v>684</v>
+      </c>
+      <c r="AM85" t="s">
+        <v>685</v>
+      </c>
+      <c r="AN85" t="s">
+        <v>80</v>
+      </c>
+      <c r="AO85" t="s">
+        <v>81</v>
+      </c>
+      <c r="AP85" t="s">
+        <v>81</v>
+      </c>
+      <c r="AQ85" t="s">
+        <v>81</v>
+      </c>
+      <c r="AU85" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="86" spans="1:47">
+      <c r="A86">
+        <v>107623</v>
+      </c>
+      <c r="B86" s="1">
+        <v>46086</v>
+      </c>
+      <c r="C86" t="s">
+        <v>135</v>
+      </c>
+      <c r="D86" t="s">
+        <v>136</v>
+      </c>
+      <c r="H86" t="s">
+        <v>264</v>
+      </c>
+      <c r="I86" t="s">
+        <v>686</v>
+      </c>
+      <c r="J86" t="s">
+        <v>651</v>
+      </c>
+      <c r="K86" t="s">
+        <v>687</v>
+      </c>
+      <c r="L86" t="s">
+        <v>267</v>
+      </c>
+      <c r="M86" t="s">
+        <v>268</v>
+      </c>
+      <c r="N86" t="s">
+        <v>688</v>
+      </c>
+      <c r="O86" t="s">
+        <v>689</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>80</v>
+      </c>
+      <c r="R86" t="s">
+        <v>81</v>
+      </c>
+      <c r="S86" t="s">
+        <v>81</v>
+      </c>
+      <c r="T86" t="s">
+        <v>81</v>
+      </c>
+      <c r="X86" t="s">
+        <v>690</v>
+      </c>
+      <c r="Y86" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="87" spans="1:47">
+      <c r="A87">
+        <v>107597</v>
+      </c>
+      <c r="B87" s="1">
+        <v>46085</v>
+      </c>
+      <c r="C87" t="s">
+        <v>69</v>
+      </c>
+      <c r="D87" t="s">
+        <v>70</v>
+      </c>
+      <c r="H87" t="s">
+        <v>179</v>
+      </c>
+      <c r="I87" t="s">
+        <v>692</v>
+      </c>
+      <c r="J87" t="s">
+        <v>659</v>
+      </c>
+      <c r="K87" t="s">
+        <v>693</v>
+      </c>
+      <c r="L87" t="s">
+        <v>694</v>
+      </c>
+      <c r="M87" t="s">
+        <v>695</v>
+      </c>
+      <c r="N87" t="s">
+        <v>696</v>
+      </c>
+      <c r="O87" t="s">
+        <v>697</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>81</v>
+      </c>
+      <c r="R87" t="s">
+        <v>81</v>
+      </c>
+      <c r="S87" t="s">
+        <v>81</v>
+      </c>
+      <c r="T87" t="s">
+        <v>81</v>
+      </c>
+      <c r="X87" t="s">
+        <v>698</v>
+      </c>
+      <c r="Y87" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="88" spans="1:47">
+      <c r="A88">
+        <v>107598</v>
+      </c>
+      <c r="B88" s="1">
+        <v>46085</v>
+      </c>
+      <c r="C88" t="s">
+        <v>69</v>
+      </c>
+      <c r="D88" t="s">
+        <v>70</v>
+      </c>
+      <c r="H88" t="s">
+        <v>336</v>
+      </c>
+      <c r="I88" t="s">
+        <v>700</v>
+      </c>
+      <c r="J88" t="s">
+        <v>659</v>
+      </c>
+      <c r="K88" t="s">
+        <v>338</v>
+      </c>
+      <c r="L88" t="s">
+        <v>339</v>
+      </c>
+      <c r="M88" t="s">
+        <v>340</v>
+      </c>
+      <c r="N88" t="s">
+        <v>341</v>
+      </c>
+      <c r="O88" t="s">
+        <v>701</v>
+      </c>
+      <c r="P88" t="s">
+        <v>702</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>80</v>
+      </c>
+      <c r="R88" t="s">
+        <v>81</v>
+      </c>
+      <c r="S88" t="s">
+        <v>81</v>
+      </c>
+      <c r="T88" t="s">
+        <v>81</v>
+      </c>
+      <c r="X88" t="s">
+        <v>703</v>
+      </c>
+      <c r="Y88" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="89" spans="1:47">
+      <c r="A89">
+        <v>107599</v>
+      </c>
+      <c r="B89" s="1">
+        <v>46085</v>
+      </c>
+      <c r="C89" t="s">
+        <v>69</v>
+      </c>
+      <c r="D89" t="s">
+        <v>70</v>
+      </c>
+      <c r="H89" t="s">
+        <v>336</v>
+      </c>
+      <c r="I89" t="s">
+        <v>705</v>
+      </c>
+      <c r="J89" t="s">
+        <v>659</v>
+      </c>
+      <c r="K89" t="s">
+        <v>338</v>
+      </c>
+      <c r="L89" t="s">
+        <v>339</v>
+      </c>
+      <c r="M89" t="s">
+        <v>340</v>
+      </c>
+      <c r="N89" t="s">
+        <v>341</v>
+      </c>
+      <c r="O89" t="s">
+        <v>701</v>
+      </c>
+      <c r="P89" t="s">
+        <v>706</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>80</v>
+      </c>
+      <c r="R89" t="s">
+        <v>81</v>
+      </c>
+      <c r="S89" t="s">
+        <v>81</v>
+      </c>
+      <c r="T89" t="s">
+        <v>81</v>
+      </c>
+      <c r="X89" t="s">
+        <v>707</v>
+      </c>
+      <c r="Y89" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="90" spans="1:47">
+      <c r="A90">
+        <v>107600</v>
+      </c>
+      <c r="B90" s="1">
+        <v>46085</v>
+      </c>
+      <c r="C90" t="s">
+        <v>69</v>
+      </c>
+      <c r="D90" t="s">
+        <v>70</v>
+      </c>
+      <c r="H90" t="s">
+        <v>336</v>
+      </c>
+      <c r="I90" t="s">
+        <v>709</v>
+      </c>
+      <c r="J90" t="s">
+        <v>659</v>
+      </c>
+      <c r="K90" t="s">
+        <v>338</v>
+      </c>
+      <c r="L90" t="s">
+        <v>339</v>
+      </c>
+      <c r="M90" t="s">
+        <v>340</v>
+      </c>
+      <c r="N90" t="s">
+        <v>341</v>
+      </c>
+      <c r="O90" t="s">
+        <v>710</v>
+      </c>
+      <c r="P90" t="s">
+        <v>711</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>80</v>
+      </c>
+      <c r="R90" t="s">
+        <v>81</v>
+      </c>
+      <c r="S90" t="s">
+        <v>81</v>
+      </c>
+      <c r="T90" t="s">
+        <v>81</v>
+      </c>
+      <c r="X90" t="s">
+        <v>712</v>
+      </c>
+      <c r="Y90" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="91" spans="1:47">
+      <c r="A91">
+        <v>107604</v>
+      </c>
+      <c r="B91" s="1">
+        <v>46085</v>
+      </c>
+      <c r="C91" t="s">
+        <v>69</v>
+      </c>
+      <c r="D91" t="s">
+        <v>70</v>
+      </c>
+      <c r="H91" t="s">
+        <v>336</v>
+      </c>
+      <c r="I91" t="s">
+        <v>714</v>
+      </c>
+      <c r="J91" t="s">
+        <v>659</v>
+      </c>
+      <c r="K91" t="s">
+        <v>338</v>
+      </c>
+      <c r="L91" t="s">
+        <v>339</v>
+      </c>
+      <c r="M91" t="s">
+        <v>340</v>
+      </c>
+      <c r="N91" t="s">
+        <v>341</v>
+      </c>
+      <c r="O91" t="s">
+        <v>715</v>
+      </c>
+      <c r="P91" t="s">
+        <v>716</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>80</v>
+      </c>
+      <c r="R91" t="s">
+        <v>81</v>
+      </c>
+      <c r="S91" t="s">
+        <v>81</v>
+      </c>
+      <c r="T91" t="s">
+        <v>81</v>
+      </c>
+      <c r="X91" t="s">
+        <v>717</v>
+      </c>
+      <c r="Y91" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="92" spans="1:47">
+      <c r="A92">
+        <v>107605</v>
+      </c>
+      <c r="B92" s="1">
+        <v>46085</v>
+      </c>
+      <c r="C92" t="s">
+        <v>69</v>
+      </c>
+      <c r="D92" t="s">
+        <v>70</v>
+      </c>
+      <c r="H92" t="s">
+        <v>336</v>
+      </c>
+      <c r="I92" t="s">
+        <v>719</v>
+      </c>
+      <c r="J92" t="s">
+        <v>659</v>
+      </c>
+      <c r="K92" t="s">
+        <v>338</v>
+      </c>
+      <c r="L92" t="s">
+        <v>339</v>
+      </c>
+      <c r="M92" t="s">
+        <v>340</v>
+      </c>
+      <c r="N92" t="s">
+        <v>341</v>
+      </c>
+      <c r="O92" t="s">
+        <v>720</v>
+      </c>
+      <c r="P92" t="s">
+        <v>721</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>80</v>
+      </c>
+      <c r="R92" t="s">
+        <v>81</v>
+      </c>
+      <c r="S92" t="s">
+        <v>81</v>
+      </c>
+      <c r="T92" t="s">
+        <v>81</v>
+      </c>
+      <c r="X92" t="s">
+        <v>722</v>
+      </c>
+      <c r="Y92" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="93" spans="1:47">
+      <c r="A93">
+        <v>107606</v>
+      </c>
+      <c r="B93" s="1">
+        <v>46085</v>
+      </c>
+      <c r="C93" t="s">
+        <v>248</v>
+      </c>
+      <c r="D93" t="s">
+        <v>249</v>
+      </c>
+      <c r="H93" t="s">
+        <v>71</v>
+      </c>
+      <c r="I93" t="s">
+        <v>724</v>
+      </c>
+      <c r="J93" t="s">
+        <v>659</v>
+      </c>
+      <c r="K93" t="s">
+        <v>251</v>
+      </c>
+      <c r="L93" t="s">
+        <v>252</v>
+      </c>
+      <c r="M93" t="s">
+        <v>253</v>
+      </c>
+      <c r="N93" t="s">
+        <v>254</v>
+      </c>
+      <c r="O93" t="s">
+        <v>725</v>
+      </c>
+      <c r="P93" t="s">
+        <v>726</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>80</v>
+      </c>
+      <c r="R93" t="s">
+        <v>81</v>
+      </c>
+      <c r="S93" t="s">
+        <v>81</v>
+      </c>
+      <c r="T93" t="s">
+        <v>81</v>
+      </c>
+      <c r="X93" t="s">
+        <v>727</v>
+      </c>
+      <c r="Y93" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="94" spans="1:47">
+      <c r="A94">
+        <v>107608</v>
+      </c>
+      <c r="B94" s="1">
+        <v>46085</v>
+      </c>
+      <c r="C94" t="s">
+        <v>69</v>
+      </c>
+      <c r="D94" t="s">
+        <v>70</v>
+      </c>
+      <c r="H94" t="s">
+        <v>69</v>
+      </c>
+      <c r="I94" t="s">
+        <v>729</v>
+      </c>
+      <c r="J94" t="s">
+        <v>659</v>
+      </c>
+      <c r="K94" t="s">
+        <v>730</v>
+      </c>
+      <c r="L94" t="s">
+        <v>731</v>
+      </c>
+      <c r="M94" t="s">
+        <v>732</v>
+      </c>
+      <c r="N94" t="s">
+        <v>568</v>
+      </c>
+      <c r="O94" t="s">
+        <v>733</v>
+      </c>
+      <c r="P94" t="s">
+        <v>734</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>80</v>
+      </c>
+      <c r="R94" t="s">
+        <v>81</v>
+      </c>
+      <c r="S94" t="s">
+        <v>81</v>
+      </c>
+      <c r="T94" t="s">
+        <v>81</v>
+      </c>
+      <c r="X94" t="s">
+        <v>735</v>
+      </c>
+      <c r="Z94" t="s">
+        <v>736</v>
+      </c>
+      <c r="AA94" t="s">
+        <v>737</v>
+      </c>
+      <c r="AB94" t="s">
+        <v>738</v>
+      </c>
+      <c r="AC94" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD94" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE94" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF94" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ94" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="95" spans="1:47">
+      <c r="A95">
+        <v>107609</v>
+      </c>
+      <c r="B95" s="1">
+        <v>46085</v>
+      </c>
+      <c r="C95" t="s">
+        <v>69</v>
+      </c>
+      <c r="D95" t="s">
+        <v>70</v>
+      </c>
+      <c r="H95" t="s">
+        <v>69</v>
+      </c>
+      <c r="I95" t="s">
+        <v>740</v>
+      </c>
+      <c r="J95" t="s">
+        <v>659</v>
+      </c>
+      <c r="K95" t="s">
+        <v>730</v>
+      </c>
+      <c r="L95" t="s">
+        <v>731</v>
+      </c>
+      <c r="M95" t="s">
+        <v>732</v>
+      </c>
+      <c r="N95" t="s">
+        <v>568</v>
+      </c>
+      <c r="O95" t="s">
+        <v>741</v>
+      </c>
+      <c r="P95" t="s">
+        <v>742</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>80</v>
+      </c>
+      <c r="R95" t="s">
+        <v>81</v>
+      </c>
+      <c r="S95" t="s">
+        <v>81</v>
+      </c>
+      <c r="T95" t="s">
+        <v>81</v>
+      </c>
+      <c r="X95" t="s">
+        <v>743</v>
+      </c>
+      <c r="Y95" t="s">
+        <v>744</v>
+      </c>
+      <c r="Z95" t="s">
+        <v>745</v>
+      </c>
+      <c r="AB95" t="s">
+        <v>746</v>
+      </c>
+      <c r="AC95" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD95" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE95" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF95" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ95" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="96" spans="1:47">
+      <c r="A96">
+        <v>107611</v>
+      </c>
+      <c r="B96" s="1">
+        <v>46085</v>
+      </c>
+      <c r="C96" t="s">
+        <v>69</v>
+      </c>
+      <c r="D96" t="s">
+        <v>70</v>
+      </c>
+      <c r="H96" t="s">
+        <v>71</v>
+      </c>
+      <c r="I96" t="s">
+        <v>747</v>
+      </c>
+      <c r="J96" t="s">
+        <v>659</v>
+      </c>
+      <c r="K96" t="s">
+        <v>171</v>
+      </c>
+      <c r="L96" t="s">
+        <v>172</v>
+      </c>
+      <c r="M96" t="s">
+        <v>173</v>
+      </c>
+      <c r="N96" t="s">
+        <v>174</v>
+      </c>
+      <c r="O96" t="s">
+        <v>748</v>
+      </c>
+      <c r="P96" t="s">
+        <v>749</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>80</v>
+      </c>
+      <c r="R96" t="s">
+        <v>80</v>
+      </c>
+      <c r="S96" t="s">
+        <v>81</v>
+      </c>
+      <c r="T96" t="s">
+        <v>81</v>
+      </c>
+      <c r="V96" t="s">
+        <v>750</v>
+      </c>
+      <c r="X96" t="s">
+        <v>751</v>
+      </c>
+      <c r="Y96" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="97" spans="1:25">
+      <c r="A97">
+        <v>107570</v>
+      </c>
+      <c r="B97" s="1">
+        <v>46084</v>
+      </c>
+      <c r="C97" t="s">
+        <v>248</v>
+      </c>
+      <c r="D97" t="s">
+        <v>249</v>
+      </c>
+      <c r="H97" t="s">
+        <v>71</v>
+      </c>
+      <c r="I97" t="s">
+        <v>753</v>
+      </c>
+      <c r="J97" t="s">
+        <v>555</v>
+      </c>
+      <c r="K97" t="s">
+        <v>251</v>
+      </c>
+      <c r="L97" t="s">
+        <v>252</v>
+      </c>
+      <c r="M97" t="s">
+        <v>253</v>
+      </c>
+      <c r="N97" t="s">
+        <v>254</v>
+      </c>
+      <c r="O97" t="s">
+        <v>754</v>
+      </c>
+      <c r="P97" t="s">
+        <v>755</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>80</v>
+      </c>
+      <c r="R97" t="s">
+        <v>81</v>
+      </c>
+      <c r="S97" t="s">
+        <v>81</v>
+      </c>
+      <c r="T97" t="s">
+        <v>81</v>
+      </c>
+      <c r="X97" t="s">
+        <v>756</v>
+      </c>
+      <c r="Y97" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="98" spans="1:25">
+      <c r="A98">
+        <v>107580</v>
+      </c>
+      <c r="B98" s="1">
+        <v>46084</v>
+      </c>
+      <c r="C98" t="s">
+        <v>69</v>
+      </c>
+      <c r="D98" t="s">
+        <v>70</v>
+      </c>
+      <c r="H98" t="s">
+        <v>71</v>
+      </c>
+      <c r="I98" t="s">
+        <v>758</v>
+      </c>
+      <c r="J98" t="s">
+        <v>555</v>
+      </c>
+      <c r="K98" t="s">
+        <v>171</v>
+      </c>
+      <c r="L98" t="s">
+        <v>172</v>
+      </c>
+      <c r="M98" t="s">
+        <v>173</v>
+      </c>
+      <c r="N98" t="s">
+        <v>174</v>
+      </c>
+      <c r="O98" t="s">
+        <v>748</v>
+      </c>
+      <c r="P98" t="s">
+        <v>759</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>80</v>
+      </c>
+      <c r="R98" t="s">
+        <v>80</v>
+      </c>
+      <c r="S98" t="s">
+        <v>81</v>
+      </c>
+      <c r="T98" t="s">
+        <v>81</v>
+      </c>
+      <c r="V98" t="s">
+        <v>760</v>
+      </c>
+      <c r="X98" t="s">
+        <v>761</v>
+      </c>
+      <c r="Y98" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="99" spans="1:25">
+      <c r="A99">
+        <v>107581</v>
+      </c>
+      <c r="B99" s="1">
+        <v>46084</v>
+      </c>
+      <c r="C99" t="s">
+        <v>69</v>
+      </c>
+      <c r="D99" t="s">
+        <v>70</v>
+      </c>
+      <c r="H99" t="s">
+        <v>71</v>
+      </c>
+      <c r="I99" t="s">
+        <v>763</v>
+      </c>
+      <c r="J99" t="s">
+        <v>555</v>
+      </c>
+      <c r="K99" t="s">
+        <v>171</v>
+      </c>
+      <c r="L99" t="s">
+        <v>172</v>
+      </c>
+      <c r="M99" t="s">
+        <v>173</v>
+      </c>
+      <c r="N99" t="s">
+        <v>174</v>
+      </c>
+      <c r="O99" t="s">
+        <v>748</v>
+      </c>
+      <c r="P99" t="s">
+        <v>764</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>80</v>
+      </c>
+      <c r="R99" t="s">
+        <v>80</v>
+      </c>
+      <c r="S99" t="s">
+        <v>81</v>
+      </c>
+      <c r="T99" t="s">
+        <v>81</v>
+      </c>
+      <c r="V99" t="s">
+        <v>765</v>
+      </c>
+      <c r="X99" t="s">
+        <v>766</v>
+      </c>
+      <c r="Y99" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="100" spans="1:25">
+      <c r="A100">
+        <v>107582</v>
+      </c>
+      <c r="B100" s="1">
+        <v>46084</v>
+      </c>
+      <c r="C100" t="s">
+        <v>90</v>
+      </c>
+      <c r="D100" t="s">
+        <v>91</v>
+      </c>
+      <c r="H100" t="s">
+        <v>231</v>
+      </c>
+      <c r="I100" t="s">
+        <v>768</v>
+      </c>
+      <c r="J100" t="s">
+        <v>555</v>
+      </c>
+      <c r="L100" t="s">
+        <v>234</v>
+      </c>
+      <c r="M100" t="s">
+        <v>235</v>
+      </c>
+      <c r="N100" t="s">
+        <v>98</v>
+      </c>
+      <c r="O100" t="s">
+        <v>769</v>
+      </c>
+      <c r="P100" t="s">
+        <v>770</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>80</v>
+      </c>
+      <c r="R100" t="s">
+        <v>81</v>
+      </c>
+      <c r="S100" t="s">
+        <v>81</v>
+      </c>
+      <c r="T100" t="s">
+        <v>81</v>
+      </c>
+      <c r="X100" t="s">
+        <v>768</v>
+      </c>
+      <c r="Y100" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="101" spans="1:25">
+      <c r="A101">
+        <v>107584</v>
+      </c>
+      <c r="B101" s="1">
+        <v>46084</v>
+      </c>
+      <c r="C101" t="s">
+        <v>69</v>
+      </c>
+      <c r="D101" t="s">
+        <v>70</v>
+      </c>
+      <c r="H101" t="s">
+        <v>336</v>
+      </c>
+      <c r="I101" t="s">
+        <v>772</v>
+      </c>
+      <c r="J101" t="s">
+        <v>555</v>
+      </c>
+      <c r="K101" t="s">
+        <v>773</v>
+      </c>
+      <c r="L101" t="s">
+        <v>774</v>
+      </c>
+      <c r="M101" t="s">
+        <v>775</v>
+      </c>
+      <c r="N101" t="s">
+        <v>776</v>
+      </c>
+      <c r="O101" t="s">
+        <v>777</v>
+      </c>
+      <c r="P101" t="s">
+        <v>778</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>80</v>
+      </c>
+      <c r="R101" t="s">
+        <v>81</v>
+      </c>
+      <c r="S101" t="s">
+        <v>81</v>
+      </c>
+      <c r="T101" t="s">
+        <v>81</v>
+      </c>
+      <c r="X101" t="s">
+        <v>779</v>
+      </c>
+      <c r="Y101" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="102" spans="1:25">
+      <c r="A102">
+        <v>107585</v>
+      </c>
+      <c r="B102" s="1">
+        <v>46084</v>
+      </c>
+      <c r="C102" t="s">
+        <v>69</v>
+      </c>
+      <c r="D102" t="s">
+        <v>70</v>
+      </c>
+      <c r="H102" t="s">
+        <v>69</v>
+      </c>
+      <c r="I102" t="s">
+        <v>781</v>
+      </c>
+      <c r="J102" t="s">
+        <v>555</v>
+      </c>
+      <c r="K102" t="s">
+        <v>556</v>
+      </c>
+      <c r="L102" t="s">
+        <v>557</v>
+      </c>
+      <c r="M102" t="s">
+        <v>558</v>
+      </c>
+      <c r="N102" t="s">
+        <v>559</v>
+      </c>
+      <c r="O102" t="s">
+        <v>782</v>
+      </c>
+      <c r="P102" t="s">
+        <v>783</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>80</v>
+      </c>
+      <c r="R102" t="s">
+        <v>81</v>
+      </c>
+      <c r="S102" t="s">
+        <v>81</v>
+      </c>
+      <c r="T102" t="s">
+        <v>81</v>
+      </c>
+      <c r="X102" t="s">
+        <v>784</v>
+      </c>
+      <c r="Y102" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="103" spans="1:25">
+      <c r="A103">
+        <v>107587</v>
+      </c>
+      <c r="B103" s="1">
+        <v>46084</v>
+      </c>
+      <c r="C103" t="s">
+        <v>69</v>
+      </c>
+      <c r="D103" t="s">
+        <v>70</v>
+      </c>
+      <c r="H103" t="s">
+        <v>69</v>
+      </c>
+      <c r="I103" t="s">
+        <v>786</v>
+      </c>
+      <c r="J103" t="s">
+        <v>555</v>
+      </c>
+      <c r="K103" t="s">
+        <v>556</v>
+      </c>
+      <c r="L103" t="s">
+        <v>557</v>
+      </c>
+      <c r="M103" t="s">
+        <v>558</v>
+      </c>
+      <c r="N103" t="s">
+        <v>559</v>
+      </c>
+      <c r="O103" t="s">
+        <v>787</v>
+      </c>
+      <c r="P103" t="s">
+        <v>788</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>80</v>
+      </c>
+      <c r="R103" t="s">
+        <v>81</v>
+      </c>
+      <c r="S103" t="s">
+        <v>81</v>
+      </c>
+      <c r="T103" t="s">
+        <v>81</v>
+      </c>
+      <c r="X103" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y103" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="104" spans="1:25">
+      <c r="A104">
+        <v>107588</v>
+      </c>
+      <c r="B104" s="1">
+        <v>46084</v>
+      </c>
+      <c r="C104" t="s">
+        <v>69</v>
+      </c>
+      <c r="D104" t="s">
+        <v>70</v>
+      </c>
+      <c r="H104" t="s">
+        <v>69</v>
+      </c>
+      <c r="I104" t="s">
+        <v>786</v>
+      </c>
+      <c r="J104" t="s">
+        <v>555</v>
+      </c>
+      <c r="K104" t="s">
+        <v>556</v>
+      </c>
+      <c r="L104" t="s">
+        <v>557</v>
+      </c>
+      <c r="M104" t="s">
+        <v>558</v>
+      </c>
+      <c r="N104" t="s">
+        <v>559</v>
+      </c>
+      <c r="O104" t="s">
+        <v>787</v>
+      </c>
+      <c r="P104" t="s">
+        <v>788</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>80</v>
+      </c>
+      <c r="R104" t="s">
+        <v>81</v>
+      </c>
+      <c r="S104" t="s">
+        <v>81</v>
+      </c>
+      <c r="T104" t="s">
+        <v>81</v>
+      </c>
+      <c r="X104" t="s">
+        <v>789</v>
+      </c>
+      <c r="Y104" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="105" spans="1:25">
+      <c r="A105">
+        <v>107592</v>
+      </c>
+      <c r="B105" s="1">
+        <v>46084</v>
+      </c>
+      <c r="C105" t="s">
+        <v>101</v>
+      </c>
+      <c r="D105" t="s">
+        <v>102</v>
+      </c>
+      <c r="H105" t="s">
+        <v>71</v>
+      </c>
+      <c r="I105" t="s">
+        <v>791</v>
+      </c>
+      <c r="J105" t="s">
+        <v>555</v>
+      </c>
+      <c r="K105" t="s">
+        <v>792</v>
+      </c>
+      <c r="L105" t="s">
+        <v>106</v>
+      </c>
+      <c r="M105" t="s">
+        <v>793</v>
+      </c>
+      <c r="N105" t="s">
+        <v>347</v>
+      </c>
+      <c r="O105" t="s">
+        <v>794</v>
+      </c>
+      <c r="P105" t="s">
+        <v>795</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>80</v>
+      </c>
+      <c r="R105" t="s">
+        <v>81</v>
+      </c>
+      <c r="S105" t="s">
+        <v>81</v>
+      </c>
+      <c r="T105" t="s">
+        <v>81</v>
+      </c>
+      <c r="X105" t="s">
+        <v>796</v>
+      </c>
+      <c r="Y105" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="106" spans="1:25">
+      <c r="A106">
+        <v>107544</v>
+      </c>
+      <c r="B106" s="1">
+        <v>46083</v>
+      </c>
+      <c r="C106" t="s">
+        <v>135</v>
+      </c>
+      <c r="D106" t="s">
+        <v>136</v>
+      </c>
+      <c r="H106" t="s">
+        <v>798</v>
+      </c>
+      <c r="I106" t="s">
+        <v>799</v>
+      </c>
+      <c r="J106" t="s">
+        <v>800</v>
+      </c>
+      <c r="K106" t="s">
+        <v>801</v>
+      </c>
+      <c r="L106" t="s">
+        <v>802</v>
+      </c>
+      <c r="M106" t="s">
+        <v>803</v>
+      </c>
+      <c r="N106" t="s">
+        <v>143</v>
+      </c>
+      <c r="O106" t="s">
+        <v>804</v>
+      </c>
+      <c r="P106" t="s">
+        <v>805</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>80</v>
+      </c>
+      <c r="R106" t="s">
+        <v>80</v>
+      </c>
+      <c r="S106" t="s">
+        <v>81</v>
+      </c>
+      <c r="T106" t="s">
+        <v>80</v>
+      </c>
+      <c r="X106" t="s">
+        <v>806</v>
+      </c>
+      <c r="Y106" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="107" spans="1:25">
+      <c r="A107">
+        <v>107550</v>
+      </c>
+      <c r="B107" s="1">
+        <v>46083</v>
+      </c>
+      <c r="C107" t="s">
+        <v>69</v>
+      </c>
+      <c r="D107" t="s">
+        <v>70</v>
+      </c>
+      <c r="H107" t="s">
+        <v>71</v>
+      </c>
+      <c r="I107" t="s">
+        <v>808</v>
+      </c>
+      <c r="J107" t="s">
+        <v>809</v>
+      </c>
+      <c r="K107" t="s">
+        <v>113</v>
+      </c>
+      <c r="L107" t="s">
+        <v>114</v>
+      </c>
+      <c r="M107" t="s">
+        <v>115</v>
+      </c>
+      <c r="N107" t="s">
+        <v>116</v>
+      </c>
+      <c r="O107" t="s">
+        <v>810</v>
+      </c>
+      <c r="P107" t="s">
+        <v>811</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>80</v>
+      </c>
+      <c r="R107" t="s">
+        <v>81</v>
+      </c>
+      <c r="S107" t="s">
+        <v>81</v>
+      </c>
+      <c r="T107" t="s">
+        <v>81</v>
+      </c>
+      <c r="X107" t="s">
+        <v>812</v>
+      </c>
+      <c r="Y107" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="108" spans="1:25">
+      <c r="A108">
+        <v>107551</v>
+      </c>
+      <c r="B108" s="1">
+        <v>46083</v>
+      </c>
+      <c r="C108" t="s">
+        <v>69</v>
+      </c>
+      <c r="D108" t="s">
+        <v>70</v>
+      </c>
+      <c r="H108" t="s">
+        <v>71</v>
+      </c>
+      <c r="I108" t="s">
+        <v>814</v>
+      </c>
+      <c r="J108" t="s">
+        <v>809</v>
+      </c>
+      <c r="K108" t="s">
+        <v>113</v>
+      </c>
+      <c r="L108" t="s">
+        <v>114</v>
+      </c>
+      <c r="M108" t="s">
+        <v>115</v>
+      </c>
+      <c r="N108" t="s">
+        <v>116</v>
+      </c>
+      <c r="O108" t="s">
+        <v>131</v>
+      </c>
+      <c r="P108" t="s">
+        <v>815</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>80</v>
+      </c>
+      <c r="R108" t="s">
+        <v>81</v>
+      </c>
+      <c r="S108" t="s">
+        <v>81</v>
+      </c>
+      <c r="T108" t="s">
+        <v>81</v>
+      </c>
+      <c r="X108" t="s">
+        <v>816</v>
+      </c>
+      <c r="Y108" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="109" spans="1:25">
+      <c r="A109">
+        <v>107552</v>
+      </c>
+      <c r="B109" s="1">
+        <v>46083</v>
+      </c>
+      <c r="C109" t="s">
+        <v>90</v>
+      </c>
+      <c r="D109" t="s">
+        <v>91</v>
+      </c>
+      <c r="H109" t="s">
+        <v>209</v>
+      </c>
+      <c r="I109" t="s">
+        <v>818</v>
+      </c>
+      <c r="J109" t="s">
+        <v>809</v>
+      </c>
+      <c r="L109" t="s">
+        <v>819</v>
+      </c>
+      <c r="M109" t="s">
+        <v>820</v>
+      </c>
+      <c r="N109" t="s">
+        <v>98</v>
+      </c>
+      <c r="O109" t="s">
+        <v>821</v>
+      </c>
+      <c r="P109" t="s">
+        <v>822</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>80</v>
+      </c>
+      <c r="R109" t="s">
+        <v>81</v>
+      </c>
+      <c r="S109" t="s">
+        <v>81</v>
+      </c>
+      <c r="T109" t="s">
+        <v>81</v>
+      </c>
+      <c r="X109" t="s">
+        <v>818</v>
+      </c>
+      <c r="Y109" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="110" spans="1:25">
+      <c r="A110">
+        <v>107554</v>
+      </c>
+      <c r="B110" s="1">
+        <v>46083</v>
+      </c>
+      <c r="C110" t="s">
+        <v>90</v>
+      </c>
+      <c r="D110" t="s">
+        <v>91</v>
+      </c>
+      <c r="I110" t="s">
+        <v>824</v>
+      </c>
+      <c r="J110" t="s">
+        <v>809</v>
+      </c>
+      <c r="K110" t="s">
+        <v>363</v>
+      </c>
+      <c r="L110" t="s">
+        <v>364</v>
+      </c>
+      <c r="M110" t="s">
+        <v>365</v>
+      </c>
+      <c r="N110" t="s">
+        <v>98</v>
+      </c>
+      <c r="O110" t="s">
+        <v>825</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>81</v>
+      </c>
+      <c r="R110" t="s">
+        <v>81</v>
+      </c>
+      <c r="S110" t="s">
+        <v>81</v>
+      </c>
+      <c r="T110" t="s">
+        <v>81</v>
+      </c>
+      <c r="X110" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="111" spans="1:25">
+      <c r="A111">
+        <v>107558</v>
+      </c>
+      <c r="B111" s="1">
+        <v>46083</v>
+      </c>
+      <c r="C111" t="s">
+        <v>90</v>
+      </c>
+      <c r="D111" t="s">
+        <v>91</v>
+      </c>
+      <c r="H111" t="s">
+        <v>326</v>
+      </c>
+      <c r="I111" t="s">
+        <v>827</v>
+      </c>
+      <c r="J111" t="s">
+        <v>809</v>
+      </c>
+      <c r="K111" t="s">
+        <v>328</v>
+      </c>
+      <c r="L111" t="s">
+        <v>329</v>
+      </c>
+      <c r="M111" t="s">
+        <v>330</v>
+      </c>
+      <c r="N111" t="s">
+        <v>828</v>
+      </c>
+      <c r="O111" t="s">
+        <v>829</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>81</v>
+      </c>
+      <c r="R111" t="s">
+        <v>81</v>
+      </c>
+      <c r="S111" t="s">
+        <v>81</v>
+      </c>
+      <c r="T111" t="s">
+        <v>81</v>
+      </c>
+      <c r="X111" t="s">
+        <v>830</v>
+      </c>
+      <c r="Y111" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="112" spans="1:25">
+      <c r="A112">
+        <v>107565</v>
+      </c>
+      <c r="B112" s="1">
+        <v>46083</v>
+      </c>
+      <c r="C112" t="s">
+        <v>69</v>
+      </c>
+      <c r="D112" t="s">
+        <v>70</v>
+      </c>
+      <c r="H112" t="s">
+        <v>336</v>
+      </c>
+      <c r="I112" t="s">
+        <v>832</v>
+      </c>
+      <c r="J112" t="s">
+        <v>809</v>
+      </c>
+      <c r="K112" t="s">
+        <v>833</v>
+      </c>
+      <c r="L112" t="s">
+        <v>834</v>
+      </c>
+      <c r="M112" t="s">
+        <v>835</v>
+      </c>
+      <c r="N112" t="s">
+        <v>836</v>
+      </c>
+      <c r="O112" t="s">
+        <v>837</v>
+      </c>
+      <c r="P112" t="s">
+        <v>838</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>80</v>
+      </c>
+      <c r="R112" t="s">
+        <v>81</v>
+      </c>
+      <c r="S112" t="s">
+        <v>81</v>
+      </c>
+      <c r="T112" t="s">
+        <v>81</v>
+      </c>
+      <c r="X112" t="s">
+        <v>839</v>
+      </c>
+      <c r="Y112" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="113" spans="1:25">
+      <c r="A113">
+        <v>107518</v>
+      </c>
+      <c r="B113" s="1">
+        <v>46080</v>
+      </c>
+      <c r="C113" t="s">
+        <v>841</v>
+      </c>
+      <c r="D113" t="s">
+        <v>842</v>
+      </c>
+      <c r="H113" t="s">
+        <v>302</v>
+      </c>
+      <c r="I113" t="s">
+        <v>843</v>
+      </c>
+      <c r="J113" t="s">
+        <v>844</v>
+      </c>
+      <c r="K113" t="s">
+        <v>845</v>
+      </c>
+      <c r="L113" t="s">
+        <v>846</v>
+      </c>
+      <c r="M113" t="s">
+        <v>847</v>
+      </c>
+      <c r="N113" t="s">
+        <v>841</v>
+      </c>
+      <c r="O113" t="s">
+        <v>848</v>
+      </c>
+      <c r="P113" t="s">
+        <v>849</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>80</v>
+      </c>
+      <c r="R113" t="s">
+        <v>81</v>
+      </c>
+      <c r="S113" t="s">
+        <v>81</v>
+      </c>
+      <c r="T113" t="s">
+        <v>81</v>
+      </c>
+      <c r="X113" t="s">
+        <v>850</v>
+      </c>
+      <c r="Y113" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="114" spans="1:25">
+      <c r="A114">
+        <v>107465</v>
+      </c>
+      <c r="B114" s="1">
+        <v>46079</v>
+      </c>
+      <c r="C114" t="s">
+        <v>90</v>
+      </c>
+      <c r="D114" t="s">
+        <v>91</v>
+      </c>
+      <c r="H114" t="s">
+        <v>209</v>
+      </c>
+      <c r="I114" t="s">
+        <v>852</v>
+      </c>
+      <c r="J114" t="s">
+        <v>853</v>
+      </c>
+      <c r="K114" t="s">
+        <v>294</v>
+      </c>
+      <c r="L114" t="s">
+        <v>295</v>
+      </c>
+      <c r="M114" t="s">
+        <v>296</v>
+      </c>
+      <c r="N114" t="s">
+        <v>297</v>
+      </c>
+      <c r="O114" t="s">
+        <v>854</v>
+      </c>
+      <c r="P114" t="s">
+        <v>855</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>80</v>
+      </c>
+      <c r="R114" t="s">
+        <v>81</v>
+      </c>
+      <c r="S114" t="s">
+        <v>81</v>
+      </c>
+      <c r="T114" t="s">
+        <v>81</v>
+      </c>
+      <c r="X114" t="s">
+        <v>856</v>
+      </c>
+      <c r="Y114" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="115" spans="1:25">
+      <c r="A115">
+        <v>107469</v>
+      </c>
+      <c r="B115" s="1">
+        <v>46079</v>
+      </c>
+      <c r="C115" t="s">
+        <v>135</v>
+      </c>
+      <c r="D115" t="s">
+        <v>136</v>
+      </c>
+      <c r="H115" t="s">
+        <v>264</v>
+      </c>
+      <c r="I115" t="s">
+        <v>857</v>
+      </c>
+      <c r="J115" t="s">
+        <v>853</v>
+      </c>
+      <c r="K115" t="s">
+        <v>687</v>
+      </c>
+      <c r="L115" t="s">
+        <v>267</v>
+      </c>
+      <c r="M115" t="s">
+        <v>858</v>
+      </c>
+      <c r="N115" t="s">
+        <v>859</v>
+      </c>
+      <c r="O115" t="s">
+        <v>860</v>
+      </c>
+      <c r="P115" t="s">
+        <v>861</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>80</v>
+      </c>
+      <c r="R115" t="s">
+        <v>81</v>
+      </c>
+      <c r="S115" t="s">
+        <v>81</v>
+      </c>
+      <c r="T115" t="s">
+        <v>81</v>
+      </c>
+      <c r="X115" t="s">
+        <v>857</v>
+      </c>
+      <c r="Y115" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="116" spans="1:25">
+      <c r="A116">
+        <v>107477</v>
+      </c>
+      <c r="B116" s="1">
+        <v>46079</v>
+      </c>
+      <c r="C116" t="s">
+        <v>90</v>
+      </c>
+      <c r="D116" t="s">
+        <v>91</v>
+      </c>
+      <c r="I116" t="s">
+        <v>863</v>
+      </c>
+      <c r="J116" t="s">
+        <v>853</v>
+      </c>
+      <c r="K116" t="s">
+        <v>864</v>
+      </c>
+      <c r="L116" t="s">
+        <v>865</v>
+      </c>
+      <c r="M116" t="s">
+        <v>866</v>
+      </c>
+      <c r="N116" t="s">
+        <v>98</v>
+      </c>
+      <c r="O116" t="s">
+        <v>867</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>81</v>
+      </c>
+      <c r="R116" t="s">
+        <v>81</v>
+      </c>
+      <c r="S116" t="s">
+        <v>81</v>
+      </c>
+      <c r="T116" t="s">
+        <v>81</v>
+      </c>
+      <c r="X116" t="s">
+        <v>863</v>
+      </c>
+      <c r="Y116" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="117" spans="1:25">
+      <c r="A117">
+        <v>107493</v>
+      </c>
+      <c r="B117" s="1">
+        <v>46079</v>
+      </c>
+      <c r="C117" t="s">
+        <v>90</v>
+      </c>
+      <c r="D117" t="s">
+        <v>91</v>
+      </c>
+      <c r="H117" t="s">
+        <v>92</v>
+      </c>
+      <c r="I117" t="s">
+        <v>869</v>
+      </c>
+      <c r="J117" t="s">
+        <v>853</v>
+      </c>
+      <c r="K117" t="s">
+        <v>870</v>
+      </c>
+      <c r="L117" t="s">
+        <v>96</v>
+      </c>
+      <c r="M117" t="s">
+        <v>97</v>
+      </c>
+      <c r="N117" t="s">
+        <v>98</v>
+      </c>
+      <c r="O117" t="s">
+        <v>196</v>
+      </c>
+      <c r="P117" t="s">
+        <v>871</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>80</v>
+      </c>
+      <c r="R117" t="s">
+        <v>81</v>
+      </c>
+      <c r="S117" t="s">
+        <v>81</v>
+      </c>
+      <c r="T117" t="s">
+        <v>81</v>
+      </c>
+      <c r="X117" t="s">
+        <v>869</v>
+      </c>
+      <c r="Y117" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="118" spans="1:25">
+      <c r="A118">
+        <v>107495</v>
+      </c>
+      <c r="B118" s="1">
+        <v>46079</v>
+      </c>
+      <c r="C118" t="s">
+        <v>90</v>
+      </c>
+      <c r="D118" t="s">
+        <v>91</v>
+      </c>
+      <c r="I118" t="s">
+        <v>873</v>
+      </c>
+      <c r="J118" t="s">
+        <v>853</v>
+      </c>
+      <c r="K118" t="s">
+        <v>864</v>
+      </c>
+      <c r="L118" t="s">
+        <v>865</v>
+      </c>
+      <c r="M118" t="s">
+        <v>866</v>
+      </c>
+      <c r="N118" t="s">
+        <v>98</v>
+      </c>
+      <c r="O118" t="s">
+        <v>874</v>
+      </c>
+      <c r="P118" t="s">
+        <v>875</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>80</v>
+      </c>
+      <c r="R118" t="s">
+        <v>81</v>
+      </c>
+      <c r="S118" t="s">
+        <v>81</v>
+      </c>
+      <c r="T118" t="s">
+        <v>81</v>
+      </c>
+      <c r="X118" t="s">
+        <v>873</v>
+      </c>
+      <c r="Y118" t="s">
+        <v>876</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>