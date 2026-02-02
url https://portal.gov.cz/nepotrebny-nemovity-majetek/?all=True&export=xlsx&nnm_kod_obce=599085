--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -228,90 +228,90 @@
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>DIAMO, státní podnik</t>
   </si>
   <si>
     <t>sjfywke</t>
   </si>
   <si>
     <t>Ministerstvo průmyslu a obchodu</t>
   </si>
   <si>
-    <t>Stavba včetně přilehlých pozemků, součástí a příslušenství, vše v k. ú. Petřvald u Karviné, areál bývalého Dolu Pokrok</t>
-[...2 lines deleted...]
-    <t>2025-11-15</t>
+    <t>Stavba č. p. 1756, stavba občanského vybavení, včetně přilehlých pozemků, součástí a příslušenství, vše v k. ú. Petřvald u Karviné, obec Petřvald</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
   </si>
   <si>
     <t>606146618</t>
   </si>
   <si>
     <t>roman@diamo.cz</t>
   </si>
   <si>
     <t>Ing. Kamil Roman</t>
   </si>
   <si>
     <t>Oddělení majetku</t>
   </si>
   <si>
     <t>Petřvald u Karviné, Petřvald, okres Karviná</t>
   </si>
   <si>
-    <t>5078</t>
+    <t>5076/4</t>
   </si>
   <si>
     <t>ano</t>
   </si>
   <si>
     <t>ne</t>
   </si>
   <si>
     <t>Klimšova</t>
   </si>
   <si>
-    <t>750</t>
-[...5 lines deleted...]
-    <t>6750000</t>
+    <t>1756</t>
+  </si>
+  <si>
+    <t>Předmětem převodu jsou pozemky p. č. 5076/3 – ostatní plocha, jiná plocha o výměře 1 402 m², p. č. 5076/4 – zastavěná plocha a nádvoří o výměře 496 m², jehož součástí je stavba č. p. 1756, stavba občanského vybavení a p. č. 5076/5 – ostatní plocha, ostatní komunikace o výměře 523 m² zapsané u Katastrálního úřadu pro Moravskoslezský kraj, katastrální pracoviště Karviná na LV č. 2989 pro k. ú. Petřvald u Karviné, obec Petřvald. Stavba č. p. 1756 na pozemku p. č. 5076/4 v k. ú. Petřvald u Karviné, obec Petřvald původně sloužila jako zdravotní středisko s jednotlivými ambulantními pracovišti. Nyní je v budově provozována zubní ordinace, ordinace praktického lékaře a zbylé prostory jsou pronajaty pro komerční účely. Jedná se o dvoupodlažní, nepodsklepený objekt. Zastřešení je řešeno plochou střechou, krytinu tvoří asfaltové pásy. Součástí budovy je plynová kotelna se dvěma kotly Buderus Logano G 234 - 60 r. v 2012 o výkonu 2 x 60 kW, sloužící k vytápění daného objektu. Součástí převodu je ohřívač vody el. zásobník 20 l, 2,2 kW, smíšené zpevněné plochy o celkové výměře 194 m2, oplocení o délce cca 86 bm na p. p. č. 5076/3, přípojka kanalizační splašková trasa „L“ včetně šachtic Š1-Š5, 2 přípojky dešťové kanalizace, přípojka trasa „N“ včetně revizní šachtice Sa a přípojka trasa „O“ včetně revizní šachtice Sb, vodovodní přípojka k objektu včetně vodoměrné šachtice, elektrická přípojka NN AYKY-J 4x75, vše v k. ú. Petřvald u Karviné, obec Petřvald. Vzhledem ke stavu kabelu, který je na hraně životnosti a k omezené volné kapacitě LDS v této části areálu, bude ponechán pro napájení objektu elektřinou maximálně stávající příkon, který nebude možné navýšit. Části předmětu převodu, a to konkrétně vodovodní a kanalizační přípojky se nacházejí mj. v části pozemku p. č. 6399, ul. Klimšova, ve vlastnictví Města Petřvald. A dále elektrická přípojka NN, která se nachází mj. v části pozemku p. č. 5084, p. č. 5091, p. č. 5092, p. č. 5099/3, ul. Závodní a p. č. 4921/94, vše v k. ú. Petřvald u Karviné, obec Petřvald. K částem výše popsaných přípojek, nacházejících se na pozemcích jiných vlastníků nejsou historicky zřízena věcná břemena zapsána do katastru nemovitostí, není tedy řešeno v tomto rozsahu užívání těchto částí pozemků. Převáděné pozemky včetně všech součástí a příslušenství spolu s objektem č. p. 1756 tvoří jednotný funkční celek nacházející se vně areálu bývalého Dolu Pokrok. Nemovitosti jsou volně přístupné po veřejné komunikaci ul. Klimšova. Části převáděných pozemků jsou zatíženy věcnými břemeny – služebnostmi, které jsou v katastru nemovitostí zapsané na listu vlastnictví č. 2989 (v části C) pro k. ú. Petřvald u Karviné, obec Petřvald. K převáděným pozemkům se vážou, příp. mohou vázat práva třetích osob spočívající v oprávnění odpovídajícímu věcnému břemeni nezapsanému v katastru nemovitostí. Části budovy č. p. 1756 jsou pronajaty na základě nájemních smluv, které budou v případě převodu postoupeny na budoucího vlastníka nebo zaniknou. Spolu s převodem majetku v rámci Kupní smlouvy a smlouvy o zřízení služebností budou uzavřeny služebnosti, a to: 1) splaškové kanalizační přípojky k tíži části pozemku p. č. 5076/5 v k. ú. Petřvald u Karviné, obec Petřvald v rozsahu dle GP č. 5511-16/2021, ve prospěch vlastníka pozemku p. č. 5078, jehož součástí je stavba, a to budova s č. p. 750, víceúčelová stavba v celkové výši 500,00 Kč bez DPH, hradí DIAMO, s. p. 2) podzemní elektrické přípojky NN k tíži částí pozemků p. č. 5079, p. č. 5076/2, p. č. 5076/10 a p. č. 5076/20, vše v k. ú. Petřvald u Karviné, obec Petřvald v rozsahu dle GP č. 5512-17/2021, ve prospěch (budoucího) vlastníka pozemku p. č. 5076/4, jehož součástí je stavba č. p. 1756, stavba občanského vybavení. Náhrada za zřízení služebnosti (liniová stavba podzemní) bude ve výši 440,00 Kč/m2 „in rem“, což při výměře 147 m2 činí celkem 64 680,00 Kč bez DPH, hradí (budoucí) nabyvatel, resp. kupující. K této částce bude připočtena daň z přidané hodnoty (DPH) ve výši a sazbě dle obecně závazných právních předpisů České republiky platných a účinných v okamžiku zdanitelného plnění. V souvislosti s průběžně probíhající VSNN – budova č. p. 750, víceúčelová stavba, včetně přilehlých pozemků, součástí a příslušenství, vše v k. ú. Petřvald u Karviné, obec Petřvald může dojít k úpravě zřizovaných služebností popsaných viz výše. Převáděné pozemky se nachází v ploše původně stanoveného dobývacího prostoru „Petřvald I“, stanoveném pro dobývání černého uhlí, který byl rozhodnutím Obvodního báňského úřadu v Ostravě zmenšen, ve zvláštním dobývacím prostoru „Petřvald II“, stanoveném obchodní společnosti Green Gas DPB, a.s. pro dobývání vyhrazeného nerostu hořlavý zemní plyn vázaný na uhelné sloje na výhradním ložisku s názvem „Rychvald“, v území plochy „M“ chráněného ložiskového území (CHLÚ) české části Hornoslezské pánve pro výhradní ložisko černého uhlí (plocha „M“ nevyžaduje stanovení podmínek zajištění stavby proti účinkům poddolování), v CHLÚ Rychvald pro výhradní ložiska hořlavého zemního plynu vázaného na uhelné sloje v CHLÚ Rychvald, a dále v území kategorizovaném jako území s možnými nahodilými výstupy metanu na povrch. Níže uvedená požadovaná cena je uvedena bez DPH. Daň z přidané hodnoty (DPH) bude fakturována ve výši a sazbě dle obecně závazných právních předpisů České republiky platných a účinných v okamžiku zdanitelného plnění.</t>
+  </si>
+  <si>
+    <t>15120000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -623,63 +623,63 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:BQ2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="22.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="33.7109375" customWidth="1"/>
-    <col min="9" max="9" width="120.7109375" customWidth="1"/>
+    <col min="9" max="9" width="147.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="16.7109375" customWidth="1"/>
     <col min="13" max="14" width="18.7109375" customWidth="1"/>
     <col min="15" max="15" width="45.7109375" customWidth="1"/>
     <col min="16" max="16" width="16.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="21" width="10.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="5319.7109375" customWidth="1"/>
+    <col min="24" max="24" width="5363.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="17.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
     <col min="47" max="47" width="17.7109375" customWidth="1"/>
     <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
@@ -894,54 +894,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>105699</v>
+        <v>106724</v>
       </c>
       <c r="B2" s="1">
-        <v>45943</v>
+        <v>46048</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>