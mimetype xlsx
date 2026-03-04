--- v0 (2025-10-31)
+++ v1 (2026-03-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="84">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -217,87 +217,136 @@
     <t>POZADOVANA_CENA_5</t>
   </si>
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
+  </si>
+  <si>
+    <t>Lesy České republiky, s.p.</t>
+  </si>
+  <si>
+    <t>e8jcfsn</t>
+  </si>
+  <si>
+    <t>Ministerstvo zemědělství ČR</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 2446/10 k.ú. Hodonín</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>725257511</t>
+  </si>
+  <si>
+    <t>veronika.sedlackova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Sedláčková</t>
+  </si>
+  <si>
+    <t>LZ Židlochovice</t>
+  </si>
+  <si>
+    <t>Hodonín, Hodonín, okres Hodonín</t>
+  </si>
+  <si>
+    <t>2446/10</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek PKN 2446/10 o výměře 29 m2, druh pozemku – ostatní plocha, dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 8981, pro k.ú. Hodonín, obec Hodonín. Pozemek se nachází v severozápadním okraji zastavěného území města Hodonín. Tvoří funkční celek s oploceným areálem rodinného domu č. p. 3902, je užíván na základě nájemní smlouvy. Na pozemku se nenachází žádné trvalé porosty, má spíše charakter zahrady než ostatní plochy. Dle platného územního plánu města Hodonín je zahrnutý do ploch SM – plochy smíšené obytné. </t>
+  </si>
+  <si>
+    <t>50400</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
+  </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -552,79 +601,80 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ1"/>
+  <dimension ref="A1:BQ2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
-    <col min="3" max="3" width="12.7109375" customWidth="1"/>
+    <col min="3" max="3" width="28.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
-    <col min="8" max="8" width="23.7109375" customWidth="1"/>
-    <col min="9" max="9" width="7.7109375" customWidth="1"/>
+    <col min="8" max="8" width="29.7109375" customWidth="1"/>
+    <col min="9" max="9" width="35.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
-    <col min="12" max="14" width="15.7109375" customWidth="1"/>
-    <col min="15" max="15" width="19.7109375" customWidth="1"/>
+    <col min="12" max="12" width="31.7109375" customWidth="1"/>
+    <col min="13" max="14" width="17.7109375" customWidth="1"/>
+    <col min="15" max="15" width="33.7109375" customWidth="1"/>
     <col min="16" max="16" width="16.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="15.7109375" customWidth="1"/>
+    <col min="24" max="24" width="572.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="17.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
     <col min="47" max="47" width="17.7109375" customWidth="1"/>
     <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
@@ -837,50 +887,109 @@
       <c r="BJ1" t="s">
         <v>61</v>
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
+    <row r="2" spans="1:69">
+      <c r="A2">
+        <v>107111</v>
+      </c>
+      <c r="B2" s="1">
+        <v>46064</v>
+      </c>
+      <c r="C2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+      <c r="I2" t="s">
+        <v>72</v>
+      </c>
+      <c r="J2" t="s">
+        <v>73</v>
+      </c>
+      <c r="K2" t="s">
+        <v>74</v>
+      </c>
+      <c r="L2" t="s">
+        <v>75</v>
+      </c>
+      <c r="M2" t="s">
+        <v>76</v>
+      </c>
+      <c r="N2" t="s">
+        <v>77</v>
+      </c>
+      <c r="O2" t="s">
+        <v>78</v>
+      </c>
+      <c r="P2" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>80</v>
+      </c>
+      <c r="R2" t="s">
+        <v>81</v>
+      </c>
+      <c r="S2" t="s">
+        <v>81</v>
+      </c>
+      <c r="T2" t="s">
+        <v>81</v>
+      </c>
+      <c r="X2" t="s">
+        <v>82</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>83</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>