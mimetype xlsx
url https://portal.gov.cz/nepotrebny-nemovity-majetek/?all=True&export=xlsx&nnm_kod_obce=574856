--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -225,84 +225,84 @@
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
-    <t>Prodej pozemku v k.ú. Čeperka</t>
-[...2 lines deleted...]
-    <t>2025-12-28</t>
+    <t>Pozemek p.č.294/12, k.ú. Čeperka</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
   </si>
   <si>
     <t>956164106</t>
   </si>
   <si>
     <t>jana.zarubova@lesycr.cz</t>
   </si>
   <si>
     <t>Jana Zárubová</t>
   </si>
   <si>
     <t>Lesní správa Choceň</t>
   </si>
   <si>
     <t>Čeperka, Čeperka, okres Pardubice</t>
   </si>
   <si>
     <t>294/12</t>
   </si>
   <si>
     <t>ano</t>
   </si>
   <si>
     <t>ne</t>
   </si>
   <si>
-    <t>Pozemek p.č. 294/12, ostatní plocha o výměře 162 m2. Pozemek se nachází mimo území obce, navazuje na rodinný dům a tvoří část zahrady. Náklady související s prodejem činí 4200 Kč.</t>
-[...2 lines deleted...]
-    <t>72090</t>
+    <t>Jedná se  pozemek navazující na stavbu rodinného domu a zahrady. Pozemek je oplocený a využívaný jako zahrada. Náklady související s prodejem činí 5700Kč (nejsou součástí uvedené ceny)</t>
+  </si>
+  <si>
+    <t>73390</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -614,65 +614,65 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:BQ2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="28.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="28.7109375" customWidth="1"/>
-    <col min="9" max="9" width="31.7109375" customWidth="1"/>
+    <col min="9" max="9" width="34.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="25.7109375" customWidth="1"/>
     <col min="13" max="13" width="15.7109375" customWidth="1"/>
     <col min="14" max="14" width="21.7109375" customWidth="1"/>
     <col min="15" max="15" width="35.7109375" customWidth="1"/>
     <col min="16" max="16" width="16.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="181.7109375" customWidth="1"/>
+    <col min="24" max="24" width="186.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="17.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
     <col min="47" max="47" width="17.7109375" customWidth="1"/>
     <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
@@ -887,54 +887,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>105994</v>
+        <v>107585</v>
       </c>
       <c r="B2" s="1">
-        <v>45988</v>
+        <v>46084</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>69</v>
       </c>
       <c r="I2" t="s">
         <v>71</v>
       </c>
       <c r="J2" t="s">
         <v>72</v>
       </c>
       <c r="K2" t="s">
         <v>73</v>
       </c>
       <c r="L2" t="s">
         <v>74</v>
       </c>
       <c r="M2" t="s">
         <v>75</v>
       </c>