--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -231,78 +231,78 @@
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>Správa železnic, státní organizace</t>
   </si>
   <si>
     <t>uccchjm</t>
   </si>
   <si>
     <t>Ministerstvo dopravy</t>
   </si>
   <si>
     <t>Prodej pozemku p.č. 1439/14 v k.ú. Švihov u Klatov</t>
   </si>
   <si>
-    <t>2025-11-06</t>
+    <t>2025-12-26</t>
   </si>
   <si>
     <t>702263859</t>
   </si>
   <si>
     <t>MoravekJa@spravazeleznic.cz</t>
   </si>
   <si>
     <t>Ing. Jan Morávek</t>
   </si>
   <si>
-    <t>Správa železnic, státní organizace, SŽ Facility, Odbor nakládání s nemovitým majetkem, Oddělení přípravy pozbytí Sídlo: Ke Štvanici 656/3, 186 00 Praha 8</t>
+    <t>Správa železnic, státní organizace, SŽ Facility, Odbor nakládání s nemovitým majetkem, Oddělení přípravy pozbytí Sídlo: Dlážděná 1003/7, 110 00 Praha 1, pracoviště: Ke Štvanici 656/3, 186 00 Praha 8</t>
   </si>
   <si>
     <t>Švihov u Klatov, Švihov, okres Klatovy</t>
   </si>
   <si>
-    <t>1439/13</t>
+    <t>1439/14</t>
   </si>
   <si>
     <t>ano</t>
   </si>
   <si>
     <t>ne</t>
   </si>
   <si>
-    <t>Pozemek se nachází na východním kraji města Švihov, v ochranném pásmu dráhy tratě Plzeň hl.n. – Klatovy, zhruba severně 1 km od zastávky Švihov u Klatov. O nabytí budoucího předmětu převodu neprojevili zájem majitelé sousedních pozemků, proto je projednáván jeho prodej formou veřejné soutěže. Budoucí předmět převodu není přímo přístupný z veřejné komunikace a je přístupný z veřejné komunikace jen přes pozemky Správy železnic nebo přes pozemky ostatních vlastníků sousedních pozemků. Případné smluvní zajištění přístupu si musí budoucí nabyvatel zajistit po převodu.  Převáděný pozemek je veden v katastru nemovitostí s druhem využití lesní pozemek a je na něm smíšený porost jasanů, akátů, dubů a olší. U daného pozemku je žádáno Ministerstvo zemědělství o  předběžný souhlas k nakládání s lesy ve vlastnictví státu. Pozemek  bude s kupní smlouvou zatížen v katastru věcným břemenem strpět na všech služebném pozemku v celém jeho rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. V rámci (kupní) smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Podle územního plánu se zájmový pozemek nachází mimo vymezené zastavěné území obce a z hlediska funkčního využití patří do území "plochy lesní - NL"</t>
+    <t xml:space="preserve">  Pozemek se nachází na východním kraji města Švihov, v ochranném pásmu dráhy tratě Plzeň hl.n. – Klatovy, zhruba severně 1 km od zastávky Švihov u Klatov. O nabytí budoucího předmětu převodu neprojevili zájem majitelé sousedních pozemků, proto je projednáván jeho prodej formou veřejné soutěže. Budoucí předmět převodu není přímo přístupný z veřejné komunikace a je přístupný z veřejné komunikace jen přes pozemky Správy železnic nebo přes pozemky ostatních vlastníků sousedních pozemků. Případné smluvní zajištění přístupu si musí budoucí nabyvatel zajistit po převodu. Převáděný pozemek je veden v katastru nemovitostí s druhem využití lesní pozemek a je na něm smíšený porost jasanů, akátů, dubů a olší. U daného pozemku je žádáno Ministerstvo zemědělství o předběžný souhlas k nakládání s lesy ve vlastnictvístátu. Pozemek bude s kupní smlouvou zatížen v katastru věcným břemenem strpět na všech služebném pozemku v celém jeho rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. V rámci (kupní) smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Podle územního plánu se zájmový pozemek nachází mimo vymezené zastavěné území obce a z hlediska funkčního využití patří do území "plochy lesní - NL"</t>
   </si>
   <si>
     <t>91000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -621,61 +621,61 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:BQ2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="36.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="23.7109375" customWidth="1"/>
     <col min="9" max="9" width="52.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="29.7109375" customWidth="1"/>
     <col min="13" max="13" width="18.7109375" customWidth="1"/>
-    <col min="14" max="14" width="155.7109375" customWidth="1"/>
+    <col min="14" max="14" width="200.7109375" customWidth="1"/>
     <col min="15" max="15" width="40.7109375" customWidth="1"/>
     <col min="16" max="16" width="16.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="1600.7109375" customWidth="1"/>
+    <col min="24" max="24" width="1598.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="17.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
     <col min="47" max="47" width="17.7109375" customWidth="1"/>
     <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
@@ -890,54 +890,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>105652</v>
+        <v>105985</v>
       </c>
       <c r="B2" s="1">
-        <v>45936</v>
+        <v>45986</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>