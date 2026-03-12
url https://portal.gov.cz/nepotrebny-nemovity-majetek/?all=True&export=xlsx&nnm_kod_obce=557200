--- v1 (2025-12-16)
+++ v2 (2026-03-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -217,136 +217,87 @@
     <t>POZADOVANA_CENA_5</t>
   </si>
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
-  </si>
-[...43 lines deleted...]
-    <t>91000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -601,81 +552,79 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ2"/>
+  <dimension ref="A1:BQ1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
-    <col min="3" max="3" width="36.7109375" customWidth="1"/>
+    <col min="3" max="3" width="12.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="23.7109375" customWidth="1"/>
-    <col min="9" max="9" width="52.7109375" customWidth="1"/>
+    <col min="9" max="9" width="7.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
-    <col min="12" max="12" width="29.7109375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="15" width="40.7109375" customWidth="1"/>
+    <col min="12" max="14" width="15.7109375" customWidth="1"/>
+    <col min="15" max="15" width="19.7109375" customWidth="1"/>
     <col min="16" max="16" width="16.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="1598.7109375" customWidth="1"/>
+    <col min="24" max="24" width="15.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="17.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
     <col min="47" max="47" width="17.7109375" customWidth="1"/>
     <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
@@ -888,109 +837,50 @@
       <c r="BJ1" t="s">
         <v>61</v>
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="2" spans="1:69">
-[...57 lines deleted...]
-    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>