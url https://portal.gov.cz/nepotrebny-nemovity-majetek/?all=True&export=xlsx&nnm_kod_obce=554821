--- v0 (2025-11-05)
+++ v1 (2026-03-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="97">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -217,87 +217,175 @@
     <t>POZADOVANA_CENA_5</t>
   </si>
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
+  </si>
+  <si>
+    <t>DIAMO, státní podnik</t>
+  </si>
+  <si>
+    <t>sjfywke</t>
+  </si>
+  <si>
+    <t>Ministerstvo průmyslu a obchodu</t>
+  </si>
+  <si>
+    <t>D550 - pozemek p. č. 687/4 vč. budovy degazační stanice B a p. č. 687/5 vč. budovy degazační stanice A a část p. p. č. 687/6, k. ú. Kunčičky, obec Ostrava, Moravskoslezský kraj vč. zpevněných ploch a příslušenství</t>
+  </si>
+  <si>
+    <t>2026-03-31</t>
+  </si>
+  <si>
+    <t>606146618</t>
+  </si>
+  <si>
+    <t>roman@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Kamil Roman</t>
+  </si>
+  <si>
+    <t>Oddělení majetku</t>
+  </si>
+  <si>
+    <t>Kunčičky, Ostrava, okres Ostrava-město</t>
+  </si>
+  <si>
+    <t>687/4; 687/5 a část 687/6</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Předmětem převodu jsou pozemky:  -	p. č. 687/4 – zastavěná plocha a nádvoří o výměře 47 m2 včetně stavby (budova bez čp/če, průmyslový objekt –  budova degazační stanice B), -	p. č. 687/5 – zastavěná plocha a nádvoří o výměře 279 m2 včetně stavby (budova bez čp/če, průmyslový objekt – budova degazační stanice A), -	část p. č. 687/6 – ostatní plocha, manipulační plocha o výměře 1 220 m2 z celkové výměry 1 265 m2 (dle GP č. 1027-13/2022).   Tyto nemovité věci jsou zapsány u Katastrálního úřadu pro Moravskoslezský kraj, Katastrálního pracoviště Ostrava, na LV č. 601 pro k. ú. Kunčičky, obec Ostrava.  Na oddělované části pozemku p. č. 687/6 se nachází ČOV ve vlastnictví s. p. DIAMO, a proto je tato část pozemku potřebná pro s. p. DIAMO.  Součástí převodu jsou: -	zpevněné plochy o celkové výměře 255 m2 na pozemku p. č. 687/6 (jedná se o betonové plochy o výměře 249 m2 a šotolinu o výměře 6 m2), -	kovový přístřešek mezi budovami bývalé degazační stanice, -	čidlo EZS – nefunkční a odpojené, -	oplocení včetně brány a branky.  Způsob ochrany: Převáděné pozemky se nachází v: -	bývalém dobývacím prostoru Slezská Ostrava I pro černé uhlí, -	území plochy „M“ chráněného ložiskového území (CHLÚ) české části Hornoslezské pánve pro výhradní ložisko černé uhlí,  -	CHLÚ Rychvald pro hořlavý zemní plyn,  -	území kategorizovaném jako území s možnými nahodilými výstupy metanu na povrch.   Na části pozemku p. č. 687/6 vede:  -	část dešťové kanalizace stoky A KT DN 600 mezi šachticemi ŠA2 a ŠA1 s napojením na objekt degazační stanice A a B, -	splašková kanalizace k objektu degazační stanice A, -	vodovod k objektu degazační stanice A.  Na předmětných pozemcích je instalováno podzemní kabelové vedení 400 V a rozvodné instalační skříně 400 V na objektu A, vše v majetku společnosti Veolia Průmyslové služby ČR, a.s., podzemní kabelové vedení 22 kV v majetku společnosti ČEZ Distribuce, a. s.  a elektrické rozvody pro osvětlení vykládací rampy a části kolejové vlečky v majetku společnosti PKP CARGO INTERNATIONAL a.s., na která jsou zřízena stávající věcná břemena. Část budovy bývalé degazační stanice A, budova bývalé degazační stanice B a část pozemku p. č. 687/6 jsou pronajaty nájemníkovi do 31. 5. 2031. Nájemní smlouva bude postoupena novému vlastníkovi. Nájemce má na pozemku p. č. 687/6 umístěny unimobuňky a panely, které nejsou součástí převodu.  Převáděný pozemek se nachází na okraji areálu bývalého Dolu Alexander a je dostupný po areálové komunikaci ve vlastnictví České republiky, s níž má DIAMO, s. p. právo hospodařit. Spolu s převodem výše uvedeného majetku budou ve prospěch DIAMO s. p uzavřeny služebnosti inženýrských sítí dešťové kanalizace dle GP č. 893-219/2016 pro k. ú. Kunčičky), splaškové kanalizace (dle GP č. 896-219/2016 pro k. ú. Kunčičky) a vodovodního řadu (dle GP č. 897-219/2016 pro k. ú. Kunčičky) a dále pak služebnost stezky k ČOV (dle GP č. 1027-13/2022 a GP č. 1028-21/2022), za jednorázovou úplatu v celkové výši 500,00 Kč bez DPH (605,00 Kč vč. DPH), hradí prodávající. Spolu s převodem výše uvedeného majetku bude uzavřena služebnost stezky a cesty pro zajištění přístupu kupujícího k převáděnému nemovitému majetku po částech pozemků p. č. 687/21, p. č. 1780/1 a p. č. 687/31 v rozsahu dle GP č. 1088-39/2025 pro k. ú. Kunčičky. Pro zajištění přístupu k převáděnému pozemku bude součástí kupní smlouvy zřízení služebnosti stezky a cesty po pozemcích p. č. 687/21, p. č. 1780/1 a p. č. 687/31 v rozsahu dle GP č. 1088-39/2025 pro k. ú. Kunčičky, za jednorázovou úplatu ve výši 230,00 Kč/m2, tedy při výměře 647 m2 celkem 148 810,00 Kč bez DPH (180 060,10 Kč vč. DPH), hradí kupující.  Níže uvedená požadovaná cena 6 751 800,00 Kč je vč. DPH.</t>
+  </si>
+  <si>
+    <t>6751800</t>
+  </si>
+  <si>
+    <t>Ředitelství silnic a dálnic s. p.</t>
+  </si>
+  <si>
+    <t>zjq4rhz</t>
+  </si>
+  <si>
+    <t>Ministerstvo dopravy</t>
+  </si>
+  <si>
+    <t>Převod pozemků parc. č.3765/19, parc. č. 3765/20, parc. č. 3765/21, parc. č. 3765/87 , parc. č. 3765/88 a parc. č. 2695/1 k.ú. Svinov</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>954903360</t>
+  </si>
+  <si>
+    <t>jana.duchonova@rsd.cz</t>
+  </si>
+  <si>
+    <t>Jana Duchoňová</t>
+  </si>
+  <si>
+    <t>ŘSD, Závod Brno</t>
+  </si>
+  <si>
+    <t>Svinov, Ostrava, okres Ostrava-město</t>
+  </si>
+  <si>
+    <t>parc. č.3765/19, parc. č. 3765/20, parc. č. 3765/21, parc. č. 3765/87 , parc. č. 3765/88 a parc. č. 2695/1 k.ú. Svinov</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Na základě přiloženého Geometrického plánu pro rozdělení pozemku č. 3381-169/2025 se z pozemku parc. č. 3765/58 oddělila část označená jako parc. č. 3765/87, o výměře 331 m2  a z pozemku parc. č. 3765/70 se oddělila část označená jako parc. č. 3765/88, o výměře 40 m2, ostatní pozemky zůstávají v původní výměře..</t>
+  </si>
+  <si>
+    <t>2989971.30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
+  </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -552,79 +640,80 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ1"/>
+  <dimension ref="A1:BQ3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
-    <col min="3" max="3" width="12.7109375" customWidth="1"/>
+    <col min="3" max="3" width="35.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
-    <col min="8" max="8" width="23.7109375" customWidth="1"/>
-    <col min="9" max="9" width="7.7109375" customWidth="1"/>
+    <col min="8" max="8" width="33.7109375" customWidth="1"/>
+    <col min="9" max="9" width="215.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
-    <col min="12" max="14" width="15.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="16" width="16.7109375" customWidth="1"/>
+    <col min="12" max="12" width="23.7109375" customWidth="1"/>
+    <col min="13" max="14" width="18.7109375" customWidth="1"/>
+    <col min="15" max="15" width="40.7109375" customWidth="1"/>
+    <col min="16" max="16" width="120.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="15.7109375" customWidth="1"/>
+    <col min="24" max="24" width="3692.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="17.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
     <col min="47" max="47" width="17.7109375" customWidth="1"/>
     <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
@@ -837,50 +926,168 @@
       <c r="BJ1" t="s">
         <v>61</v>
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
+    <row r="2" spans="1:69">
+      <c r="A2">
+        <v>107544</v>
+      </c>
+      <c r="B2" s="1">
+        <v>46083</v>
+      </c>
+      <c r="C2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+      <c r="I2" t="s">
+        <v>72</v>
+      </c>
+      <c r="J2" t="s">
+        <v>73</v>
+      </c>
+      <c r="K2" t="s">
+        <v>74</v>
+      </c>
+      <c r="L2" t="s">
+        <v>75</v>
+      </c>
+      <c r="M2" t="s">
+        <v>76</v>
+      </c>
+      <c r="N2" t="s">
+        <v>77</v>
+      </c>
+      <c r="O2" t="s">
+        <v>78</v>
+      </c>
+      <c r="P2" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>80</v>
+      </c>
+      <c r="R2" t="s">
+        <v>80</v>
+      </c>
+      <c r="S2" t="s">
+        <v>81</v>
+      </c>
+      <c r="T2" t="s">
+        <v>80</v>
+      </c>
+      <c r="X2" t="s">
+        <v>82</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="3" spans="1:69">
+      <c r="A3">
+        <v>107084</v>
+      </c>
+      <c r="B3" s="1">
+        <v>46064</v>
+      </c>
+      <c r="C3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D3" t="s">
+        <v>85</v>
+      </c>
+      <c r="H3" t="s">
+        <v>86</v>
+      </c>
+      <c r="I3" t="s">
+        <v>87</v>
+      </c>
+      <c r="J3" t="s">
+        <v>88</v>
+      </c>
+      <c r="K3" t="s">
+        <v>89</v>
+      </c>
+      <c r="L3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M3" t="s">
+        <v>91</v>
+      </c>
+      <c r="N3" t="s">
+        <v>92</v>
+      </c>
+      <c r="O3" t="s">
+        <v>93</v>
+      </c>
+      <c r="P3" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R3" t="s">
+        <v>81</v>
+      </c>
+      <c r="S3" t="s">
+        <v>81</v>
+      </c>
+      <c r="T3" t="s">
+        <v>81</v>
+      </c>
+      <c r="X3" t="s">
+        <v>95</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>96</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>