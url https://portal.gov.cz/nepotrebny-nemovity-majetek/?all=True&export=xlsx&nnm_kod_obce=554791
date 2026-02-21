--- v0 (2025-11-03)
+++ v1 (2026-02-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="103">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -217,87 +217,193 @@
     <t>POZADOVANA_CENA_5</t>
   </si>
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace</t>
+  </si>
+  <si>
+    <t>uccchjm</t>
+  </si>
+  <si>
+    <t>Ministerstvo dopravy</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 6591/127 v k.ú. Plzeň</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>702 263 859</t>
+  </si>
+  <si>
+    <t>MoravekJa@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jan Morávek</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace SŽ Facility  Systémový specialista Úsek náměstka ředitele pro realitní činnosti Odbor nakládání s nemovitým majetkem Oddělení přípravy pozbytí   Ke Štvanici 656/3, 186 00 Praha 8</t>
+  </si>
+  <si>
+    <t>Plzeň, Plzeň, okres Plzeň-město</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 6591/127</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Pozemek v širším centru města v ochranném pásmu dráhy trati Plzeň hlavní nádraží - Klatovy. Pozemek představuje volnou proluku mezi jednotlivými skupinami řadových garáží. Případně budoucí využití je dáno územním plánem a jednotlivými právními předpisy. Přístup k prodávaným pozemkům je z veřejné komunikace na pozemku města, na kterém se v blízkosti hranice pozemku nachází elektrický pilíř a vedení spol. ČEZ Distribuce, a.s.. Pozemek je zatížen služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy" a zřizování a provozování vedení spolu s věcným břemenem chůze a jízdy ve prospěch společnosti GasNet, s.r.o.. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývané nemovitosti, případně na stavbách na n postavených nebo na předmětech na něm uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pokud během přípravy prodeje dojde ke změně vlastníka stavby na pozemku (garáže), bude pozemek prodán novému vlastníkovi za podmínek stanovených v příslušném usnesení vlády ČR. Pozemky se z hlediska územního plánu nachází v zastavěném území v ploše s rozdílným způsobem využití „Plochy smíšené obytné“</t>
+  </si>
+  <si>
+    <t>13000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 6591/130, 6591/131 a 6591/132 v k.ú. Plzeň</t>
+  </si>
+  <si>
+    <t>6591/130, 6591/131 a 6591/132</t>
+  </si>
+  <si>
+    <t>Pozemky v širším centru města v ochranném pásmu dráhy trati Plzeň hlavní nádraží - Klatovy. Pozemky představují volné proluky mezi jednotlivými skupinami řadových garáží. Případně budoucí využítí je dáno územním plánem a jednotlivými právními předpisy, které podmíňují jejich stavební využití. Přístup k prodávaným pozemkům je z veřejné komunikace na pozemku města. Pozemky jsou zatíženy služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". Pozemek p.č. 6591/131 je zatížen služebností zapsanou na LV spočívající v právu zřizování a provozování vedení inženýrské sítě (vodovodního řadu DN 150) spol. VODÁRNA PLZEŇ a.s.. V rámci kupní smlouvy budeV rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemky se z hlediska územního plánu nachází v zastavěném území v ploše s rozdílným způsobem využití „Plochy smíšené obytné“</t>
+  </si>
+  <si>
+    <t>66000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 6591/128 a 6591/129 v k.ú. Plzeň</t>
+  </si>
+  <si>
+    <t>6591/128 a 6591/129</t>
+  </si>
+  <si>
+    <t>Pozemky v širším centru města v ochranném pásmu dráhy trati Plzeň hlavní nádraží - Klatovy. Pozemky představují volné proluky mezi jednotlivými skupinami řadových garáží. Případně budoucí využítí je dáno územním plánem a jednotlivými právními předpisy, které podmíňují jejich stavební využití. Přístup k prodávaným pozemkům je z veřejné komunikace na pozemku města. Pozemky jsou zatíženy služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". Pozemek p.č. 6591/129 je zatížen služebností zapsanou na LV spočívající v právu zřizování a provozování vedení zemního optického kabelu spol. ČEZ ICT Services, a. s.. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemky se z hlediska územního plánu nachází v zastavěném území v ploše s rozdílným způsobem využití „Plochy smíšené obytné“</t>
+  </si>
+  <si>
+    <t>25000</t>
+  </si>
+  <si>
+    <t>Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>kr7cdry</t>
+  </si>
+  <si>
+    <t>Ministerstvo vnitra ČR</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. st. 11102/43 o výměře 278 m2, zastavěná plocha a nádvoří, jehož součástí je i stavba č. p. 967/24, č. jed 967/24, jiný nebytový prostor, k. ú. Plzeň, obec Plzeň, LV č. 33152, KÚ pro Katastrální úřad pro Plzeňský kraj, Katastrální pracoviště Plzeň. Právo hospodařit s majetkem státu: Česká pošta, s.p.</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>954302327</t>
+  </si>
+  <si>
+    <t>reality.prodej@cpost.cz</t>
+  </si>
+  <si>
+    <t>Věra Kochová</t>
+  </si>
+  <si>
+    <t>Správa realit</t>
+  </si>
+  <si>
+    <t>Prodej bude probíhat formou VŘ</t>
+  </si>
+  <si>
+    <t>3900000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
+  </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -552,79 +658,81 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ1"/>
+  <dimension ref="A1:BQ5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
-    <col min="3" max="3" width="12.7109375" customWidth="1"/>
+    <col min="3" max="3" width="36.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
-    <col min="8" max="8" width="23.7109375" customWidth="1"/>
-    <col min="9" max="9" width="7.7109375" customWidth="1"/>
+    <col min="8" max="8" width="24.7109375" customWidth="1"/>
+    <col min="9" max="9" width="319.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
-    <col min="12" max="14" width="15.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="16" width="16.7109375" customWidth="1"/>
+    <col min="12" max="12" width="29.7109375" customWidth="1"/>
+    <col min="13" max="13" width="18.7109375" customWidth="1"/>
+    <col min="14" max="14" width="215.7109375" customWidth="1"/>
+    <col min="15" max="15" width="33.7109375" customWidth="1"/>
+    <col min="16" max="16" width="31.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="15.7109375" customWidth="1"/>
+    <col min="24" max="24" width="1431.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
     <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
     <col min="36" max="36" width="17.7109375" customWidth="1"/>
     <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
     <col min="47" max="47" width="17.7109375" customWidth="1"/>
     <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
@@ -837,50 +945,283 @@
       <c r="BJ1" t="s">
         <v>61</v>
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
+    <row r="2" spans="1:69">
+      <c r="A2">
+        <v>107178</v>
+      </c>
+      <c r="B2" s="1">
+        <v>46066</v>
+      </c>
+      <c r="C2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+      <c r="I2" t="s">
+        <v>72</v>
+      </c>
+      <c r="J2" t="s">
+        <v>73</v>
+      </c>
+      <c r="K2" t="s">
+        <v>74</v>
+      </c>
+      <c r="L2" t="s">
+        <v>75</v>
+      </c>
+      <c r="M2" t="s">
+        <v>76</v>
+      </c>
+      <c r="N2" t="s">
+        <v>77</v>
+      </c>
+      <c r="O2" t="s">
+        <v>78</v>
+      </c>
+      <c r="P2" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>80</v>
+      </c>
+      <c r="R2" t="s">
+        <v>81</v>
+      </c>
+      <c r="S2" t="s">
+        <v>81</v>
+      </c>
+      <c r="T2" t="s">
+        <v>81</v>
+      </c>
+      <c r="X2" t="s">
+        <v>82</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="3" spans="1:69">
+      <c r="A3">
+        <v>107176</v>
+      </c>
+      <c r="B3" s="1">
+        <v>46066</v>
+      </c>
+      <c r="C3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J3" t="s">
+        <v>73</v>
+      </c>
+      <c r="K3" t="s">
+        <v>74</v>
+      </c>
+      <c r="L3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M3" t="s">
+        <v>76</v>
+      </c>
+      <c r="N3" t="s">
+        <v>77</v>
+      </c>
+      <c r="O3" t="s">
+        <v>78</v>
+      </c>
+      <c r="P3" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R3" t="s">
+        <v>81</v>
+      </c>
+      <c r="S3" t="s">
+        <v>81</v>
+      </c>
+      <c r="T3" t="s">
+        <v>81</v>
+      </c>
+      <c r="X3" t="s">
+        <v>86</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="4" spans="1:69">
+      <c r="A4">
+        <v>107175</v>
+      </c>
+      <c r="B4" s="1">
+        <v>46066</v>
+      </c>
+      <c r="C4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4" t="s">
+        <v>71</v>
+      </c>
+      <c r="I4" t="s">
+        <v>88</v>
+      </c>
+      <c r="J4" t="s">
+        <v>73</v>
+      </c>
+      <c r="K4" t="s">
+        <v>74</v>
+      </c>
+      <c r="L4" t="s">
+        <v>75</v>
+      </c>
+      <c r="M4" t="s">
+        <v>76</v>
+      </c>
+      <c r="N4" t="s">
+        <v>77</v>
+      </c>
+      <c r="O4" t="s">
+        <v>78</v>
+      </c>
+      <c r="P4" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>80</v>
+      </c>
+      <c r="R4" t="s">
+        <v>81</v>
+      </c>
+      <c r="S4" t="s">
+        <v>81</v>
+      </c>
+      <c r="T4" t="s">
+        <v>81</v>
+      </c>
+      <c r="X4" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="5" spans="1:69">
+      <c r="A5">
+        <v>106918</v>
+      </c>
+      <c r="B5" s="1">
+        <v>46056</v>
+      </c>
+      <c r="C5" t="s">
+        <v>92</v>
+      </c>
+      <c r="D5" t="s">
+        <v>93</v>
+      </c>
+      <c r="H5" t="s">
+        <v>94</v>
+      </c>
+      <c r="I5" t="s">
+        <v>95</v>
+      </c>
+      <c r="J5" t="s">
+        <v>96</v>
+      </c>
+      <c r="K5" t="s">
+        <v>97</v>
+      </c>
+      <c r="L5" t="s">
+        <v>98</v>
+      </c>
+      <c r="M5" t="s">
+        <v>99</v>
+      </c>
+      <c r="N5" t="s">
+        <v>100</v>
+      </c>
+      <c r="O5" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>80</v>
+      </c>
+      <c r="R5" t="s">
+        <v>81</v>
+      </c>
+      <c r="S5" t="s">
+        <v>80</v>
+      </c>
+      <c r="T5" t="s">
+        <v>81</v>
+      </c>
+      <c r="X5" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>102</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>