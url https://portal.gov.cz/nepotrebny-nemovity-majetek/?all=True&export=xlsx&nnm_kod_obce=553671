--- v0 (2025-12-12)
+++ v1 (2026-03-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="84">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -219,117 +219,93 @@
   <si>
     <t>TYP_POZEMEK_5</t>
   </si>
   <si>
     <t>TYP_BUDOVA_5</t>
   </si>
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
-    <t>Ředitelství silnic a dálnic s. p.</t>
-[...29 lines deleted...]
-    <t>2585/82</t>
+    <t>Správa železnic, státní organizace</t>
+  </si>
+  <si>
+    <t>uccchjm</t>
+  </si>
+  <si>
+    <t>Ministerstvo dopravy</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku p.č. 1904/7, k.ú. Semošice - Město Horšovský Týn</t>
+  </si>
+  <si>
+    <t>2026-03-29</t>
+  </si>
+  <si>
+    <t>702263859</t>
+  </si>
+  <si>
+    <t>MoravekJa@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jan Morávek</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace SŽ Facility  Systémový specialista Úsek náměstka ředitele pro realitní činnosti Odbor nakládání s nemovitým majetkem Oddělení přípravy pozbytí   Ke Štvanici 656/3, 186 00 Praha 8</t>
+  </si>
+  <si>
+    <t>Semošice, Horšovský Týn, okres Domažlice</t>
+  </si>
+  <si>
+    <t>1904/7</t>
   </si>
   <si>
     <t>ano</t>
   </si>
   <si>
     <t>ne</t>
   </si>
   <si>
-    <t>prodej pozemku obci</t>
-[...26 lines deleted...]
-    <t>164800</t>
+    <t>Nemovitost se nachází západně od města Horšovský Týn v ochranném pásmu dráhy trati Staňkov - Poběžovice. Jedná se o projednání přímého prodeje předmětného majetku za účelem scelení majetku s navazujícími lesními pozemky ve vlastnictví nabyvatele. Pozemek není přímo přístupný z veřejné komunikace a je přístupný jen z navazujících pozemků nabyvatele. Převáděný pozemek je vedeny v katastru nemovitostí s druhem využití lesní pozemek. U daného majetku vydalo Ministerstvo zemědělství předběžný souhlas k nakládání s lesy ve vlastnictví státu. Pozemek bude s kupní smlouvou zatížen v katastru věcným břemenem strpět v celém jeho rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. V rámci (kupní) smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Podle územního plánu se zájmový pozemek nachází vv nezastavěném území s funkčním využitím plochy – plochy lesní (NL). Na pozemek záplavové území Q100.</t>
+  </si>
+  <si>
+    <t>12000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -636,115 +612,115 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:BQ2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
-    <col min="3" max="3" width="35.7109375" customWidth="1"/>
+    <col min="3" max="3" width="36.7109375" customWidth="1"/>
     <col min="4" max="5" width="18.7109375" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
-    <col min="8" max="8" width="25.7109375" customWidth="1"/>
-    <col min="9" max="9" width="16.7109375" customWidth="1"/>
+    <col min="8" max="8" width="23.7109375" customWidth="1"/>
+    <col min="9" max="9" width="73.7109375" customWidth="1"/>
     <col min="10" max="11" width="13.7109375" customWidth="1"/>
-    <col min="12" max="12" width="23.7109375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="15" width="47.7109375" customWidth="1"/>
+    <col min="12" max="12" width="29.7109375" customWidth="1"/>
+    <col min="13" max="13" width="18.7109375" customWidth="1"/>
+    <col min="14" max="14" width="215.7109375" customWidth="1"/>
+    <col min="15" max="15" width="42.7109375" customWidth="1"/>
     <col min="16" max="16" width="16.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
     <col min="21" max="21" width="7.7109375" customWidth="1"/>
     <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="21.7109375" customWidth="1"/>
+    <col min="24" max="24" width="1297.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
-    <col min="26" max="26" width="47.7109375" customWidth="1"/>
+    <col min="26" max="26" width="21.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
-    <col min="36" max="36" width="21.7109375" customWidth="1"/>
-    <col min="37" max="37" width="47.7109375" customWidth="1"/>
+    <col min="36" max="36" width="17.7109375" customWidth="1"/>
+    <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
-    <col min="47" max="47" width="21.7109375" customWidth="1"/>
-    <col min="48" max="48" width="47.7109375" customWidth="1"/>
+    <col min="47" max="47" width="17.7109375" customWidth="1"/>
+    <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
     <col min="50" max="50" width="18.7109375" customWidth="1"/>
     <col min="51" max="51" width="15.7109375" customWidth="1"/>
     <col min="52" max="52" width="14.7109375" customWidth="1"/>
     <col min="53" max="53" width="16.7109375" customWidth="1"/>
     <col min="54" max="54" width="12.7109375" customWidth="1"/>
     <col min="55" max="55" width="9.7109375" customWidth="1"/>
     <col min="56" max="56" width="10.7109375" customWidth="1"/>
     <col min="57" max="57" width="13.7109375" customWidth="1"/>
-    <col min="58" max="58" width="21.7109375" customWidth="1"/>
-    <col min="59" max="59" width="47.7109375" customWidth="1"/>
+    <col min="58" max="58" width="17.7109375" customWidth="1"/>
+    <col min="59" max="59" width="21.7109375" customWidth="1"/>
     <col min="60" max="60" width="18.7109375" customWidth="1"/>
     <col min="61" max="61" width="19.7109375" customWidth="1"/>
     <col min="62" max="62" width="15.7109375" customWidth="1"/>
     <col min="63" max="63" width="14.7109375" customWidth="1"/>
     <col min="64" max="64" width="16.7109375" customWidth="1"/>
     <col min="65" max="65" width="12.7109375" customWidth="1"/>
     <col min="66" max="66" width="9.7109375" customWidth="1"/>
     <col min="67" max="67" width="10.7109375" customWidth="1"/>
     <col min="68" max="68" width="13.7109375" customWidth="1"/>
-    <col min="69" max="69" width="21.7109375" customWidth="1"/>
+    <col min="69" max="69" width="17.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:69">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -914,54 +890,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>106042</v>
+        <v>107465</v>
       </c>
       <c r="B2" s="1">
-        <v>46000</v>
+        <v>46079</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
@@ -969,146 +945,50 @@
         <v>77</v>
       </c>
       <c r="O2" t="s">
         <v>78</v>
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
         <v>81</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="X2" t="s">
         <v>82</v>
       </c>
       <c r="Y2" t="s">
         <v>83</v>
-      </c>
-[...94 lines deleted...]
-        <v>82</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>