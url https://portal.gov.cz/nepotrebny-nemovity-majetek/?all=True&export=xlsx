--- v0 (2025-12-31)
+++ v1 (2026-03-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1068" uniqueCount="496">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1817" uniqueCount="755">
   <si>
     <t>ID_ZAZNAMU</t>
   </si>
   <si>
     <t>PUBLIKOVANO</t>
   </si>
   <si>
     <t>PUBLIKUJCI</t>
   </si>
   <si>
     <t>PUBLIKUJICI_ISDS</t>
   </si>
   <si>
     <t>NABIZEJICI_NAZEV</t>
   </si>
   <si>
     <t>NABIZEJICI_ADRESA</t>
   </si>
   <si>
     <t>NABIZEJICI_IC</t>
   </si>
   <si>
     <t>NABIZEJICI_ZAKLADATEL</t>
   </si>
   <si>
@@ -225,1323 +225,2100 @@
   <si>
     <t>TYP_JEDNOTKA_5</t>
   </si>
   <si>
     <t>TYP_JINY_5</t>
   </si>
   <si>
     <t>ULICE_5</t>
   </si>
   <si>
     <t>CP_CEV_5</t>
   </si>
   <si>
     <t>CJEDNOTKY_5</t>
   </si>
   <si>
     <t>POPIS_POLOZKY_5</t>
   </si>
   <si>
     <t>Lesy České republiky, s.p.</t>
   </si>
   <si>
     <t>e8jcfsn</t>
   </si>
   <si>
+    <t xml:space="preserve">Ministerstvo zemědělství </t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Tis u Habrů S 1287/25</t>
+  </si>
+  <si>
+    <t>2026-04-04</t>
+  </si>
+  <si>
+    <t>956155106</t>
+  </si>
+  <si>
+    <t>josef.kovar@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Josef Kovář</t>
+  </si>
+  <si>
+    <t>Lesní správa Ledeč nad Sázavou</t>
+  </si>
+  <si>
+    <t>Tis u Habrů, Tis, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t>1874/2</t>
+  </si>
+  <si>
+    <t>ano</t>
+  </si>
+  <si>
+    <t>ne</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesního pozemku v k.ú. Tis u Habrů - prodej formou VŘ</t>
+  </si>
+  <si>
+    <t>33840</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Ždírec nad Doubravou S 1483/16</t>
+  </si>
+  <si>
+    <t>Ždírec nad Doubravou, Ždírec nad Doubravou, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t>872/2, 908, 911/2, 914</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesních pozemků v k.ú. Ždírec nad Doubravou</t>
+  </si>
+  <si>
+    <t>1006170</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Podmoklany S 928/25</t>
+  </si>
+  <si>
+    <t>Podmoklany, Podmoklany, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t>119/3, 119/4, 99/1</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesních pozemků v k.ú. Podmoklany - prodej formou VŘ</t>
+  </si>
+  <si>
+    <t>61140</t>
+  </si>
+  <si>
+    <t>Prodej pozemkůu v k.ú. Nový Studenec S 927/25</t>
+  </si>
+  <si>
+    <t>Nový Studenec, Ždírec nad Doubravou, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t xml:space="preserve">309/6, 309/9, 378/3, </t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesních pozemků v k.ú. Nový Studenec - prodej formou VŘ</t>
+  </si>
+  <si>
+    <t>912070</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Nový Studenec S 926/25</t>
+  </si>
+  <si>
+    <t>291/12</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej lesního pozemku v k.ú. Nový Studenec - prodej formou VŘ</t>
+  </si>
+  <si>
+    <t>36000</t>
+  </si>
+  <si>
     <t>Ministerstvo zemědělství ČR</t>
   </si>
   <si>
-    <t>pozemek v k.ú. Vrchy</t>
-[...32 lines deleted...]
-    <t>471500</t>
+    <t>Prodej lesních pozemků v kú. Řimovice - p.č. 1950,1951,1981/2</t>
+  </si>
+  <si>
+    <t>724623773</t>
+  </si>
+  <si>
+    <t>jitka.pavova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Pávová Jitka</t>
+  </si>
+  <si>
+    <t>LZ Konopiště</t>
+  </si>
+  <si>
+    <t>Řimovice, Řimovice, okres Benešov</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v kú. Řimovice o celkové výměře 522 m2</t>
+  </si>
+  <si>
+    <t>15400</t>
+  </si>
+  <si>
+    <t>Povodí Vltavy, státní podnik</t>
+  </si>
+  <si>
+    <t>gg4t8hf</t>
+  </si>
+  <si>
+    <t>Ministerstvo zemědělství</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej pozemku parc. č. 761/31 k.ú. Brloh u Drhovle.</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>384683184</t>
+  </si>
+  <si>
+    <t>marketa.zajicova@pvl.cz</t>
+  </si>
+  <si>
+    <t>Zajícová</t>
+  </si>
+  <si>
+    <t>PS1 ZHV</t>
+  </si>
+  <si>
+    <t>Brloh u Drhovle, Drhovle, okres Písek</t>
+  </si>
+  <si>
+    <t>761/31</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej pozemku parc. č. 761/31 k.ú. Brloh u Drhovle o výměře 45 m2, který vznikl oddělením z pozemku parc. č. 761/8 k.ú. Brloh u Drhovle dle GP č. 235-9/2025..</t>
+  </si>
+  <si>
+    <t>1450</t>
+  </si>
+  <si>
+    <t>pozemek p.č. 535/19 a p.č.535/20 v k.ú. Jaroslav</t>
+  </si>
+  <si>
+    <t>956164106</t>
+  </si>
+  <si>
+    <t>jana.zarubova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Jana Zárubová</t>
+  </si>
+  <si>
+    <t>Lesní správa Choceň</t>
+  </si>
+  <si>
+    <t>Jaroslav, Jaroslav, okres Pardubice</t>
+  </si>
+  <si>
+    <t>535/19,535/20</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemky navazující na stavbu pro rodinnou rekreaci a jsou využívané jako zahrada. Náklady související s prodejem činí 6 050Kč (nejsou součástí ceny), cena zjištěná je na základě ZP 54 490Kč.</t>
+  </si>
+  <si>
+    <t>42140</t>
+  </si>
+  <si>
+    <t>Pozemek p.č.294/12, k.ú. Čeperka</t>
+  </si>
+  <si>
+    <t>Čeperka, Čeperka, okres Pardubice</t>
+  </si>
+  <si>
+    <t>294/12</t>
+  </si>
+  <si>
+    <t>Jedná se  pozemek navazující na stavbu rodinného domu a zahrady. Pozemek je oplocený a využívaný jako zahrada. Náklady související s prodejem činí 5700Kč (nejsou součástí uvedené ceny)</t>
+  </si>
+  <si>
+    <t>73390</t>
+  </si>
+  <si>
+    <t>S 177/23 - prodej k.ú. Hamr</t>
+  </si>
+  <si>
+    <t>956194106</t>
+  </si>
+  <si>
+    <t>jaroslava.hamernikova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Jaroslava Hamerníková</t>
+  </si>
+  <si>
+    <t>LS Třeboň</t>
+  </si>
+  <si>
+    <t>Hamr, Hamr, okres Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>606/47, 264/5</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej pozemků p.č. 606/47 lesní pozemek o výměře 110 m2 a p.č. 264/5 ostatní plocha o výměře 274 m2, které vznikly na základě GP č. 681-95/2025. O pozemku p.č. 606/47 bylo rozhodnuto na základě Rozhodnutí MÚ Třeboň, č.j.: METR 17893/2025 JaJi-440, že se nejedná o pozemek k plnění funkcí lesa. Pozemky jsou územním plánem určeny pro funkční využité ,,Plochy bydlení venkovské"</t>
+  </si>
+  <si>
+    <t>148224</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace</t>
+  </si>
+  <si>
+    <t>uccchjm</t>
+  </si>
+  <si>
+    <t>MD ČR</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 645/6 v k.ú. Postoloprty</t>
+  </si>
+  <si>
+    <t>braunova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Věra Braunová</t>
+  </si>
+  <si>
+    <t>SŽF</t>
+  </si>
+  <si>
+    <t>Postoloprty, Postoloprty, okres Louny</t>
+  </si>
+  <si>
+    <t>645/6</t>
+  </si>
+  <si>
+    <t>313000</t>
+  </si>
+  <si>
+    <t>pozemek p.č.st. 160 a stavba čp 44</t>
+  </si>
+  <si>
+    <t>724524911</t>
+  </si>
+  <si>
+    <t>renata.kofronova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Kofroňová Renata</t>
+  </si>
+  <si>
+    <t>Oblastní ředitelství jižní Morava</t>
+  </si>
+  <si>
+    <t>Kuničky, Kuničky, okres Blansko</t>
+  </si>
+  <si>
+    <t>st. 160</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Jedná se o samostatně stojící objekt, který má charakter rodinného domu na pozemku p.č.st. 160 v k.ú. Kuničky. Částečně zapuštěný do svahu. Součástí prodeje je vedlejší stavba a venkovní úpravy.</t>
+  </si>
+  <si>
+    <t>1350000</t>
+  </si>
+  <si>
+    <t>pozemek p.č.st.158 a stavba čp 43</t>
+  </si>
+  <si>
+    <t>st.158</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>Na pozemku p.č.st. 158 se nachází stavba č.p. 43 s jednou bytovou jednotkou. Přízemní objekt bez podsklepení s půdním prostorem. Součástí prodeje jsou i vedlejší stavby a venkovní úpravy.</t>
+  </si>
+  <si>
+    <t>4000000</t>
+  </si>
+  <si>
+    <t>Povodí Labe, státní podnik</t>
+  </si>
+  <si>
+    <t>dbyt8g2</t>
+  </si>
+  <si>
+    <t>Pozemek - parcela č. 3586/3 a parcela č. 3586/4 v katastrálním území Úvaly u Prahy</t>
+  </si>
+  <si>
+    <t>495088871</t>
+  </si>
+  <si>
+    <t>lodrovam@pla.cz</t>
+  </si>
+  <si>
+    <t>Martina Lodrová</t>
+  </si>
+  <si>
+    <t>majetkový odbor</t>
+  </si>
+  <si>
+    <t>Úvaly u Prahy, Úvaly, okres Praha-východ</t>
+  </si>
+  <si>
+    <t>3586/3, 3586/4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemky - parcela č. 3586/3, zastavěná plocha a nádvoří, a parcela č. 3586/4, zahrada, v katastrálním území Úvaly u Prahy, vznikly geometrickým odměřením od původní parcely č. 3576/1, vodní plocha. Nově vzniklé pozemky tvoří jeden funkční celek s pozemkem zastavěným rodinným domem č.p. 1394 a zahradami u tohoto rodinného domu. Zastavěná plocha a nádvoří č. parc. 3586/3 je zastavěna částí stavby dílny, která je ve vlastnictví jiného vlastníka a zahrada parc. č. 3586/4 je částečně zastavěna přístřeškem taktéž jiného vlastníka. Nově vzniklé pozemky jsou přístupné pouze přes pozemky jiného vlastníka. </t>
+  </si>
+  <si>
+    <t>103000</t>
+  </si>
+  <si>
+    <t>S 886/15 + S 1002/14 - prodej k.ú. Nová Ves nad Lužnicí</t>
+  </si>
+  <si>
+    <t>2026-04-02</t>
+  </si>
+  <si>
+    <t>956206106</t>
+  </si>
+  <si>
+    <t>karel.bazal@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Karel Bazal</t>
+  </si>
+  <si>
+    <t>LS Nové H</t>
+  </si>
+  <si>
+    <t>Nová Ves nad Lužnicí, Nová Ves nad Lužnicí, okres Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>526/8, 529/9, 526/1</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej nově vzniklých pozemků dle GP č. PGP-1612/2025-3038 nově označených jako 526/1 o výměře 1010 m2, 526/8 o výměře 265 m2, 529/9 o výměře 15 m2 vše v k.ú. Nová Ves nad Lužnicí. Pozemek p.č. 526/1 je evidován jako ostatní plocha, jiná plocha a tvoří okolí domu č.p. 24. Kromě zahrady kolem domu tvoří také příjezd k tomuto domu a sousednímu domu. Pozemek p.č. 526/9 tvoří příjezd oběma domům, není oplocen a nenachází se na něm žádné příslušenství. Pozemek p.č. 526/8 je oplocen a tvoří JFC se stavbou č.p. 25. Velká část pozemku 526/1 tvoří JFC se stavbou č.ú. 24 a je společně oplocena.</t>
+  </si>
+  <si>
+    <t>433440</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ministerstvo dopravy </t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 729/7 v k. ú. Plotiště nad Labem</t>
+  </si>
+  <si>
+    <t>722951732</t>
+  </si>
+  <si>
+    <t>BuriankovaK@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Buriánková Kateřina</t>
+  </si>
+  <si>
+    <t>nakládání s nemovitým majetkem</t>
+  </si>
+  <si>
+    <t>Plotiště nad Labem, Hradec Králové, okres Hradec Králové</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 729/7 o výměře 178 m2. Pozemek je zapsán na LV 10230 pro k.ú. Plotiště nad Labem a je veden jako manipulační plocha- ostatní plocha. Na pozemku je část kolejí. Pozemek je zapsán na LV 10230 pro k.ú. Plotiště nad Labem a je veden jako manipulační plocha- ostatní plocha. Na pozemku je část kolejí. V územním plánu jsou vedeny jako plochy výrobní a skladové.</t>
+  </si>
+  <si>
+    <t>260000</t>
+  </si>
+  <si>
+    <t>Prodej p.č. pozemků 3130/1 a p.č. 3131 k.ú. Heřmanice v Podještědí</t>
+  </si>
+  <si>
+    <t>725889647</t>
+  </si>
+  <si>
+    <t>mickoval@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Lenka Micková</t>
+  </si>
+  <si>
+    <t>Heřmanice v Podještědí, Jablonné v Podještědí, okres Liberec</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej p.č. pozemků 3130/1 o výměře 1 122 m2 a p.č. 3131 a 10 052 m2, oba v k.ú. Heřmanice v Podještědí. Cena pozemků bude určena na základě znaleckých posudků. </t>
+  </si>
+  <si>
+    <t>Ministerstvo dopravy</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 358/7 v k.ú. Velký Luh</t>
+  </si>
+  <si>
+    <t>kropacova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Kropáčová</t>
+  </si>
+  <si>
+    <t>Velký Luh, Velký Luh, okres Cheb</t>
+  </si>
+  <si>
+    <t>358/7</t>
+  </si>
+  <si>
+    <t>45000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Dívčí Kopy</t>
+  </si>
+  <si>
+    <t>724623774</t>
+  </si>
+  <si>
+    <t>svetlana.pechova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Pechová Světlana</t>
+  </si>
+  <si>
+    <t>Lesní správa Pelhřimov</t>
+  </si>
+  <si>
+    <t>Dívčí Kopy, Dívčí Kopy, okres Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>222/9</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k.ú. Dívčí Kopy</t>
+  </si>
+  <si>
+    <t>120000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemku v k.ú. Nová Včelnice </t>
+  </si>
+  <si>
+    <t>Nová Včelnice, Nová Včelnice, okres Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>350/2</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k k.ú. Nová Včelnice</t>
+  </si>
+  <si>
+    <t>50350</t>
   </si>
   <si>
     <t>DIAMO, státní podnik</t>
   </si>
   <si>
     <t>sjfywke</t>
   </si>
   <si>
     <t>Ministerstvo průmyslu a obchodu</t>
   </si>
   <si>
-    <t>Popis záznamu: D550 – Pozemky v k. ú. Doubrava u Orlové</t>
-[...8 lines deleted...]
-    <t>karvina@diamo.cz</t>
+    <t>D550 - pozemek p. č. 687/4 vč. budovy degazační stanice B a p. č. 687/5 vč. budovy degazační stanice A a část p. p. č. 687/6, k. ú. Kunčičky, obec Ostrava, Moravskoslezský kraj vč. zpevněných ploch a příslušenství</t>
+  </si>
+  <si>
+    <t>2026-03-31</t>
+  </si>
+  <si>
+    <t>606146618</t>
+  </si>
+  <si>
+    <t>roman@diamo.cz</t>
   </si>
   <si>
     <t>Ing. Kamil Roman</t>
   </si>
   <si>
-    <t>DIAMO s. p., odštěpný závod Karviná, Sirotčí 1145/7, Vítkovice, 703 00  Ostrava</t>
-[...122 lines deleted...]
-    <t>Buriánková Kateřina</t>
+    <t>Oddělení majetku</t>
+  </si>
+  <si>
+    <t>Kunčičky, Ostrava, okres Ostrava-město</t>
+  </si>
+  <si>
+    <t>687/4; 687/5 a část 687/6</t>
+  </si>
+  <si>
+    <t>Předmětem převodu jsou pozemky:  -	p. č. 687/4 – zastavěná plocha a nádvoří o výměře 47 m2 včetně stavby (budova bez čp/če, průmyslový objekt –  budova degazační stanice B), -	p. č. 687/5 – zastavěná plocha a nádvoří o výměře 279 m2 včetně stavby (budova bez čp/če, průmyslový objekt – budova degazační stanice A), -	část p. č. 687/6 – ostatní plocha, manipulační plocha o výměře 1 220 m2 z celkové výměry 1 265 m2 (dle GP č. 1027-13/2022).   Tyto nemovité věci jsou zapsány u Katastrálního úřadu pro Moravskoslezský kraj, Katastrálního pracoviště Ostrava, na LV č. 601 pro k. ú. Kunčičky, obec Ostrava.  Na oddělované části pozemku p. č. 687/6 se nachází ČOV ve vlastnictví s. p. DIAMO, a proto je tato část pozemku potřebná pro s. p. DIAMO.  Součástí převodu jsou: -	zpevněné plochy o celkové výměře 255 m2 na pozemku p. č. 687/6 (jedná se o betonové plochy o výměře 249 m2 a šotolinu o výměře 6 m2), -	kovový přístřešek mezi budovami bývalé degazační stanice, -	čidlo EZS – nefunkční a odpojené, -	oplocení včetně brány a branky.  Způsob ochrany: Převáděné pozemky se nachází v: -	bývalém dobývacím prostoru Slezská Ostrava I pro černé uhlí, -	území plochy „M“ chráněného ložiskového území (CHLÚ) české části Hornoslezské pánve pro výhradní ložisko černé uhlí,  -	CHLÚ Rychvald pro hořlavý zemní plyn,  -	území kategorizovaném jako území s možnými nahodilými výstupy metanu na povrch.   Na části pozemku p. č. 687/6 vede:  -	část dešťové kanalizace stoky A KT DN 600 mezi šachticemi ŠA2 a ŠA1 s napojením na objekt degazační stanice A a B, -	splašková kanalizace k objektu degazační stanice A, -	vodovod k objektu degazační stanice A.  Na předmětných pozemcích je instalováno podzemní kabelové vedení 400 V a rozvodné instalační skříně 400 V na objektu A, vše v majetku společnosti Veolia Průmyslové služby ČR, a.s., podzemní kabelové vedení 22 kV v majetku společnosti ČEZ Distribuce, a. s.  a elektrické rozvody pro osvětlení vykládací rampy a části kolejové vlečky v majetku společnosti PKP CARGO INTERNATIONAL a.s., na která jsou zřízena stávající věcná břemena. Část budovy bývalé degazační stanice A, budova bývalé degazační stanice B a část pozemku p. č. 687/6 jsou pronajaty nájemníkovi do 31. 5. 2031. Nájemní smlouva bude postoupena novému vlastníkovi. Nájemce má na pozemku p. č. 687/6 umístěny unimobuňky a panely, které nejsou součástí převodu.  Převáděný pozemek se nachází na okraji areálu bývalého Dolu Alexander a je dostupný po areálové komunikaci ve vlastnictví České republiky, s níž má DIAMO, s. p. právo hospodařit. Spolu s převodem výše uvedeného majetku budou ve prospěch DIAMO s. p uzavřeny služebnosti inženýrských sítí dešťové kanalizace dle GP č. 893-219/2016 pro k. ú. Kunčičky), splaškové kanalizace (dle GP č. 896-219/2016 pro k. ú. Kunčičky) a vodovodního řadu (dle GP č. 897-219/2016 pro k. ú. Kunčičky) a dále pak služebnost stezky k ČOV (dle GP č. 1027-13/2022 a GP č. 1028-21/2022), za jednorázovou úplatu v celkové výši 500,00 Kč bez DPH (605,00 Kč vč. DPH), hradí prodávající. Spolu s převodem výše uvedeného majetku bude uzavřena služebnost stezky a cesty pro zajištění přístupu kupujícího k převáděnému nemovitému majetku po částech pozemků p. č. 687/21, p. č. 1780/1 a p. č. 687/31 v rozsahu dle GP č. 1088-39/2025 pro k. ú. Kunčičky. Pro zajištění přístupu k převáděnému pozemku bude součástí kupní smlouvy zřízení služebnosti stezky a cesty po pozemcích p. č. 687/21, p. č. 1780/1 a p. č. 687/31 v rozsahu dle GP č. 1088-39/2025 pro k. ú. Kunčičky, za jednorázovou úplatu ve výši 230,00 Kč/m2, tedy při výměře 647 m2 celkem 148 810,00 Kč bez DPH (180 060,10 Kč vč. DPH), hradí kupující.  Níže uvedená požadovaná cena 6 751 800,00 Kč je vč. DPH.</t>
+  </si>
+  <si>
+    <t>6751800</t>
+  </si>
+  <si>
+    <t>Povodí Ohře, státní podnik</t>
+  </si>
+  <si>
+    <t>7ptt8gm</t>
+  </si>
+  <si>
+    <t>MZE</t>
+  </si>
+  <si>
+    <t>Prodej poz.p.č.1133/25 k.ú. Krásný Buk</t>
+  </si>
+  <si>
+    <t>2026-03-30</t>
+  </si>
+  <si>
+    <t>474636238</t>
+  </si>
+  <si>
+    <t>bunatova@poh.cz</t>
+  </si>
+  <si>
+    <t>K.Buňatová</t>
+  </si>
+  <si>
+    <t>Krásný Buk, Krásná Lípa, okres Děčín</t>
+  </si>
+  <si>
+    <t>1133/25</t>
+  </si>
+  <si>
+    <t>Na pozemku se nachází část areálu ČOV ve vlastnictví města Krásná Lípa.</t>
+  </si>
+  <si>
+    <t>34624.00</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 804/13 v k. ú. Tovačov</t>
+  </si>
+  <si>
+    <t>2026-03-29</t>
+  </si>
+  <si>
+    <t>728 363 429</t>
+  </si>
+  <si>
+    <t>Silastikova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Dana Silaštíková</t>
+  </si>
+  <si>
+    <t>Tovačov, Tovačov, okres Přerov</t>
+  </si>
+  <si>
+    <t>804/13</t>
+  </si>
+  <si>
+    <t>149000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ministerstvo dopravy </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek p.č. 2168/11v k.ú. Veřovice </t>
+  </si>
+  <si>
+    <t>724 961 676</t>
+  </si>
+  <si>
+    <t>petr.najvarek@atlas.cz</t>
+  </si>
+  <si>
+    <t>Ing. Petr Najvárek</t>
+  </si>
+  <si>
+    <t>Veřovice, Veřovice, okres Nový Jičín</t>
+  </si>
+  <si>
+    <t>2168/11</t>
+  </si>
+  <si>
+    <t>18000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 2091/9 v k. ú. Poličná</t>
+  </si>
+  <si>
+    <t>Poličná, Poličná, okres Vsetín</t>
+  </si>
+  <si>
+    <t>44000</t>
+  </si>
+  <si>
+    <t>MPO</t>
+  </si>
+  <si>
+    <t>Pozemky p. č. 1113 – ostatní plocha, jiná plocha o výměře 45 455 m2, p. č. 1391/6 – ostatní plocha, manipulační plocha o výměře 5 340 m2, p. č. 1391/7 – ostatní plocha, manipulační plocha o výměře 9 208 m2, p. č. 1391/12 – ostatní plocha, jiná plocha o výměře 2 501 m2, p. č. 2023 – ostatní plocha, jiná plocha o výměře 3 157 m2, vše v k. ú. Tuchlovice</t>
+  </si>
+  <si>
+    <t>475672447</t>
+  </si>
+  <si>
+    <t>nerglova@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Nerglová Radomíra</t>
+  </si>
+  <si>
+    <t>DIAMO s. p., odštěpný závod Příbram, 28. října 184, Příbram VII, 261 01 Příbram</t>
+  </si>
+  <si>
+    <t>Tuchlovice, Tuchlovice, okres Kladno</t>
+  </si>
+  <si>
+    <t>1113, 1391/6, 1391/7, 1391/12, 2023</t>
+  </si>
+  <si>
+    <t>15950000</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku p.č. 1904/7, k.ú. Semošice - Město Horšovský Týn</t>
+  </si>
+  <si>
+    <t>702263859</t>
+  </si>
+  <si>
+    <t>MoravekJa@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jan Morávek</t>
+  </si>
+  <si>
+    <t>Správa železnic, státní organizace SŽ Facility  Systémový specialista Úsek náměstka ředitele pro realitní činnosti Odbor nakládání s nemovitým majetkem Oddělení přípravy pozbytí   Ke Štvanici 656/3, 186 00 Praha 8</t>
+  </si>
+  <si>
+    <t>Semošice, Horšovský Týn, okres Domažlice</t>
+  </si>
+  <si>
+    <t>1904/7</t>
+  </si>
+  <si>
+    <t>Nemovitost se nachází západně od města Horšovský Týn v ochranném pásmu dráhy trati Staňkov - Poběžovice. Jedná se o projednání přímého prodeje předmětného majetku za účelem scelení majetku s navazujícími lesními pozemky ve vlastnictví nabyvatele. Pozemek není přímo přístupný z veřejné komunikace a je přístupný jen z navazujících pozemků nabyvatele. Převáděný pozemek je vedeny v katastru nemovitostí s druhem využití lesní pozemek. U daného majetku vydalo Ministerstvo zemědělství předběžný souhlas k nakládání s lesy ve vlastnictví státu. Pozemek bude s kupní smlouvou zatížen v katastru věcným břemenem strpět v celém jeho rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy. V rámci (kupní) smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývané nemovitosti jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývané nemovitosti, případně na stavbách na ní postavených nebo na předmětech na ní uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Podle územního plánu se zájmový pozemek nachází vv nezastavěném území s funkčním využitím plochy – plochy lesní (NL). Na pozemek záplavové území Q100.</t>
+  </si>
+  <si>
+    <t>12000</t>
+  </si>
+  <si>
+    <t>Ministerstvo dopravy České republiky</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 567, součástí je stavba č. p. 40 k. ú. Radlice, obec Praha, LV č. 191</t>
+  </si>
+  <si>
+    <t>2026-03-28</t>
+  </si>
+  <si>
+    <t>722951139</t>
+  </si>
+  <si>
+    <t>stedrav@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Ing. Václava Štědrá</t>
+  </si>
+  <si>
+    <t>Odbor nakládání s nemovitým majetkem</t>
+  </si>
+  <si>
+    <t>Radlice, Praha, okres Hlavní město Praha</t>
+  </si>
+  <si>
+    <t>567</t>
+  </si>
+  <si>
+    <t>Radlická</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>Bývalá nádražní budova Praha-Jinonice, objekt dokončen v roce 1898, budovu tvoří hlavní obdélníková třípodlažní část, k níž je přistavěna další obdélníková dvoupodlažní část se sklady, sociálním zařízením a přístřeškem, v budově se nacházejí 4 bytové jednotky, součástí jsou i sklepní prostory. Přípojky napojeny na veřejný vodovod a kanalizaci, objekt je kulturní památkou v rámci souboru staveb Buštěhradské dráhy. přístupová cesta k objektu je vedena po pozemcích společnosti České dráhy a.s., přístup není právně zajištěn.</t>
+  </si>
+  <si>
+    <t>13702000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 897/2 a 895/3 k.ú. Doudlevce</t>
+  </si>
+  <si>
+    <t>2026-03-26</t>
+  </si>
+  <si>
+    <t>Doudlevce, Plzeň, okres Plzeň-město</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 897/2 a 895/3</t>
+  </si>
+  <si>
+    <t>Pozemky se nachází severně od centra města Plzeň, v městské části Doudlevce, v ochranném pásmu dráhy tratě Plzeň hl.n. – Klatovy, přímo v železniční zastávce Doudlevce. Prodávaný pozemek p.č. 895/3 je pod budovou ve vlastnictví nabyvatele a pozemek p.č. 897/2 je užívaný v rámci areálu nabyvatele, z něhož je k pozemkům realizován přístup. Oba pozemky jsou zatíženy v katastru věcným břemenem strpět na služebných pozemcích v celém jejich rozsahu důsledky (škodlivý vliv) trvání a provozu dráhy a věcným břemenem služebnost inženýrské sítě (dešťové kanalizace) v rozsahu příslušného geometrického plánu. V rámci (kupní) smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu škody, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. V případě, že v průběhu projednání dojde k prodeji sousedních pozemků žadatele, bude majetek projednáván do majetku nového majitele navazujících ploch a staveb. Podle územního plánu se zájmové pozemky nachází v zastavěném území v ploše s rozdílným způsobem využití "Plochy výroby a skladování".</t>
+  </si>
+  <si>
+    <t>61000</t>
+  </si>
+  <si>
+    <t>S 400/24 Prodej pozemku p. č. 338/5, k. ú. Vrané nad Vltavou</t>
+  </si>
+  <si>
+    <t>956266127</t>
+  </si>
+  <si>
+    <t>jitka.blahova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jitka Bláhová</t>
+  </si>
+  <si>
+    <t>Lesy České republiky, s. p., Lesní závod Konopiště, Konopiště 12, 256 01 Benešov</t>
+  </si>
+  <si>
+    <t>Vrané nad Vltavou, Vrané nad Vltavou, okres Praha-západ</t>
+  </si>
+  <si>
+    <t>O prodej pozemku požádala Obec Vrané nad Vltavou z důvodu realizace veřejně prospěšné stavby vodovodu a kanalizace a z důvodu rozšíření ulice Lesní po uložení inženýrských sítí. Pozemek p. č. 338/5, k. ú. Vrané nad Vltavou, druhem pozemku ostatní plocha se způsobem využití: ostatní komunikace je úzkým pruhem podél komunikace, který byl na náklady kupujícího trvale odňat z PUPFL.</t>
+  </si>
+  <si>
+    <t>17160</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Kámen u Pacova a k.ú. Věžná</t>
+  </si>
+  <si>
+    <t>2026-03-27</t>
+  </si>
+  <si>
+    <t>Kámen u Pacova, Kámen, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>173/69, 869/3</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků k.ú. Kámen u Pacova</t>
+  </si>
+  <si>
+    <t>62070</t>
+  </si>
+  <si>
+    <t>Věžná, Věžná, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>611/2, 617</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v k.ú. Věžná</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Radějov u Buřenic</t>
+  </si>
+  <si>
+    <t>Radějov u Buřenic, Buřenice, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k.ú. Radějov u Buřenic</t>
+  </si>
+  <si>
+    <t>144780</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Přáslavice</t>
+  </si>
+  <si>
+    <t>Přáslavice, Samšín, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku k.ú. Přáslavice</t>
+  </si>
+  <si>
+    <t>68960</t>
+  </si>
+  <si>
+    <t>S 689/24 Prodej pozemku p. č. 760, k. ú. Jerusalem, obec Příbram</t>
+  </si>
+  <si>
+    <t>Příbram, Příbram, okres Příbram</t>
+  </si>
+  <si>
+    <t>760</t>
+  </si>
+  <si>
+    <t>Pozemek leží v k. ú. Jerusalem - městské části Města Příbrami, pozemek užíván jako účelová plocha v malém sportovním areálu, o převod požádalo Město Příbram, pozemek je oplocený, samostatně nezastavitelný, venkovní úpravy cizí</t>
+  </si>
+  <si>
+    <t>66780</t>
+  </si>
+  <si>
+    <t>Prodej p.č. 343/1 v k.ú. Dobročovice</t>
+  </si>
+  <si>
+    <t>956177112</t>
+  </si>
+  <si>
+    <t>ls177@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Jaroslava Kasáčková</t>
+  </si>
+  <si>
+    <t>Lesní správa Brandýs nad Labem</t>
+  </si>
+  <si>
+    <t>Dobročovice, Dobročovice, okres Praha-východ</t>
+  </si>
+  <si>
+    <t>343/1</t>
+  </si>
+  <si>
+    <t>lesní pozemek p.č. 343/1 o výměře 3226 m2 v k.ú. Dobročovice</t>
+  </si>
+  <si>
+    <t>64520</t>
+  </si>
+  <si>
+    <t>295/20</t>
+  </si>
+  <si>
+    <t>MZe</t>
+  </si>
+  <si>
+    <t>Pozemky parc. č. 771/9 o výměře 48 m2, parc. č. 771/10 o výměře 58 m2, parc. č. 771/11 o výměře 97 m2, parc. č. 771/12 o výměře 498 m2, parc. č. 771/13 o výměře 338 m2, parc. č. 771/15 o výměře 40 m2, parc. č. 771/16 o výměře 597 m2, dle GP č. 430-4/2024, k. ú. Starý Knín</t>
+  </si>
+  <si>
+    <t>257099230</t>
+  </si>
+  <si>
+    <t>katerina.trnkova@pvl.cz</t>
+  </si>
+  <si>
+    <t>Ing. Kateřina Trnková</t>
+  </si>
+  <si>
+    <t>PS1 ZDV</t>
+  </si>
+  <si>
+    <t>Starý Knín, Nový Knín, okres Příbram</t>
+  </si>
+  <si>
+    <t>Pozemky parc. č. 771/9 o výměře 48 m2, parc. č. 771/10 o výměře 58 m2, parc. č. 771/11 o výměře 97 m2, parc. č. 771/12 o výměře 498 m2, parc. č. 771/13 o výměře 338 m2, parc. č. 771/15 o výměře 40 m2, parc. č. 771/16 o výměře 597 m2, oddělené z pozemku parc. č. 771/3, dle GP č. 430-4/2024, k. ú. Starý Knín</t>
+  </si>
+  <si>
+    <t>74000</t>
+  </si>
+  <si>
+    <t>S 1256/25 - VŘ Kožlí u Orlíka</t>
+  </si>
+  <si>
+    <t>956199106</t>
+  </si>
+  <si>
+    <t>miroslav.jacka@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Miroslav Jačka</t>
+  </si>
+  <si>
+    <t>LS Vodňany</t>
+  </si>
+  <si>
+    <t>Kožlí u Orlíka, Kožlí, okres Písek</t>
+  </si>
+  <si>
+    <t>227/1</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. 227/1 v k.ú. Kožlí u Orlíka je vedený v operátu katastru nemovitostí jako lesní pozemek se způsobem ochrany – pozemek určený k plnění funkcí lesa. Na pozemku nejsou vedena žádná věcná břemena, či jiné omezení. Pozemek je dislokovaný severovýchodně od obce Kožlí, nedaleko údolní nádrže Orlík na řece Vltavě, v blízkosti Yacht club Barandov, ke kterému je částečně připlocený dřevěným plotem. Sousední areál je využíván pro rekreační účely, v těsné blízkosti jsou na zimu uloženy yachty. Stavba plotu není předmětem ocenění je jiného vlastníka, je ve špatném technickém stavu. Lokalita se nachází na hranicích Jihočeského a Středočeského kraje, okresů Písek, Příbram. Dle územního plánu obce a vyjádření MěÚ Mirotice je pozemek vedený mimo zastavěné území obce jako plocha lesní všeobecná</t>
+  </si>
+  <si>
+    <t>84210</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p. č. 586/39 a p. p. č. 586/40 v k. ú. Okřešice u České Lípy</t>
+  </si>
+  <si>
+    <t>Okřešice u České Lípy, Česká Lípa, okres Česká Lípa</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> p. č. 586/39; p. č. 586/40</t>
+  </si>
+  <si>
+    <t>904000</t>
+  </si>
+  <si>
+    <t>Pozemky p. č. 1114 o výměře 13 554 m2, 1382/4 o výměře 36 146 m2, 1382/5 o výměře 1 319 m2, 1382/6 o výměře 55 m2, 1382/7 o výměře 1 223 m2, 1382/8 o výměře 879 m2, 1382/9 o výměře 480 m2,1382/10 o výměře 55 m2, 1383/12 o výměře 848 m2, 1383/24 o výměře 273 m2,1383/25 o výměře 290 m2, 1391/5 o výměře 357 m2, 1391/8 o výměře 181 454 m2, 1391/9 o výměře 111 m2,  1391/10 o výměře 121 m2,1391/11 o výměře 2 105 m2, 1391/13 o výměře 852 m2, 1391/14 o výměře 615 m2,1391/15 o výměře 235 m2, 1391/16 o výměře 256 m2,1391/17 o výměře 44 m2, vše ostatní plocha, jiná plocha v k. ú. Tuchlovice a pozemky p. č. 1383/11 o výměře 728 m2, 1391/1 o výměře 22 487 m2 ostatní plocha, manipulační plocha v k. ú. Tuchlovice a vodovodní řád Tuchlovice (vodovodní přípojka)</t>
+  </si>
+  <si>
+    <t>2026-03-22</t>
+  </si>
+  <si>
+    <t>1114, 1382/4, 1382/5, 1382/6, 1382/7, 1382/8, 1382/9, 1382/10, 1383/11, 1383/12, 1383/24, 1383/25, 1391/1, 1391/5, 1391/8, 1391/9, 1391/10, 1391/11, 1391/13, 1391/14, 1391/15, 1391/16, 1391/17</t>
+  </si>
+  <si>
+    <t>7712740</t>
+  </si>
+  <si>
+    <t>Pozemky p. č. 1380/5 ostatní plocha, manipulační plocha o výměře 72 m2, p. č. 1380/6 ostatní plocha, manipulační plocha o výměře 163 m2, p. č. 1381 ostatní plocha, ostatní komunikace o výměře 1 486 m2, p. č. 1382/1 ostatní plocha, neplodná půda o výměře 13 670 m2, p. č. 1382/3 ostatní plocha, neplodná půda o výměře 23 553 m2, p. č. 1383/5 ostatní plocha, jiná plocha o výměře 1 100 m2 v k. ú. Tuchlovice</t>
+  </si>
+  <si>
+    <t>1380/5, 1380/6, 1381, 1382/1, 1382/3, 1383/5</t>
+  </si>
+  <si>
+    <t>10710000</t>
+  </si>
+  <si>
+    <t>Pozemky p. č. 1070/26 – ostatní plocha, manipulační plocha o výměře 6 243 m2, p. č. 1070/28 – ostatní plocha, manipulační plocha o výměře 16 673 m2, p. č. 1070/49 – ostatní plocha, jiná plocha o výměře 6 368 m2, p. č. 1070/51 – ostatní plocha, jiná plocha o výměře 3 379  m2, p. č. 1070/52 – ostatní plocha, jiná plocha o výměře 412 m2, p. č. 1070/54 – ostatní plocha, jiná plocha o výměře 319 m2, p. č. 1070/63 – ostatní plocha, manipulační plocha o výměře 7 583 m2, p. č. 1070/30 – ostatní plocha, manipulační plocha o výměře 142 264 m2, p. č. 1070/35 – ostatní plocha, manipulační plocha o výměře 7 671 m2, p. č. 1070/36 – ostatní plocha, manipulační plocha o výměře 23 147 m2, p. č. 1070/43 – ostatní plocha, manipulační plocha o výměře 985 m2, p. č. 1070/89 – ostatní plocha, manipulační plocha o výměře 3 057 m2, p. č. 1070/247 – lesní pozemek, les jiný než hospodářský o výměře 90 811 m2 v k. ú. Tuchomyšl</t>
+  </si>
+  <si>
+    <t>Tuchomyšl, Ústí nad Labem, okres Ústí nad Labem</t>
+  </si>
+  <si>
+    <t>1070/26, 1070/28, 1070/49, 1070/51, 1070/52, 1070/54, 1070/63, 1070/30, 1070/35, 1070/36, 1070/43, 1070/89, 1070/247</t>
+  </si>
+  <si>
+    <t>6590000</t>
+  </si>
+  <si>
+    <t>prodej části pozemku č.parc. 2331/3, k.ú. Ondřejov u Prahy</t>
+  </si>
+  <si>
+    <t>956266115</t>
+  </si>
+  <si>
+    <t>petr.kjucukov@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Petr Kjučukov, Ph.D.</t>
+  </si>
+  <si>
+    <t>Ondřejov u Prahy, Ondřejov, okres Praha-východ</t>
+  </si>
+  <si>
+    <t>2331/3</t>
+  </si>
+  <si>
+    <t>Prodej části pozemku č.parc. 2331/3, k.ú. Ondřejov u Prahy, oddělené GP jako č.parc. 2331/4 (250 m2), tvořící oplocený funkční celek se soukromou nemovitostí č.p. 149</t>
+  </si>
+  <si>
+    <t>232500</t>
+  </si>
+  <si>
+    <t>prodej části pozemku č.parc. 335/1, k.ú. Malovidy</t>
+  </si>
+  <si>
+    <t>956</t>
+  </si>
+  <si>
+    <t>Malovidy, Rataje nad Sázavou, okres Kutná Hora</t>
+  </si>
+  <si>
+    <t>Prodej části pozemku č.parc. 355/1, k.ú. Malovidy, oddělené GP jako č.parc. 355/9 (62 m2), tvořící oplocený funkční celek se soukromou nemovitostí č.p. 29</t>
+  </si>
+  <si>
+    <t>15500</t>
+  </si>
+  <si>
+    <t>Ministerstvo zemědělství ČR- zakl. Lesů ČR,s.p.</t>
+  </si>
+  <si>
+    <t>prodej pozemku parc.č. 957/1, 957/3, 597/4, 597/5, 597/6, k.ú. Čáslavice</t>
+  </si>
+  <si>
+    <t>725 132 801</t>
+  </si>
+  <si>
+    <t>tatana.hlavackova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Taťána Hlaváčková</t>
+  </si>
+  <si>
+    <t>Lesy ČR, s.p.- STOP-Dyje</t>
+  </si>
+  <si>
+    <t>Čáslavice, Čáslavice, okres Třebíč</t>
+  </si>
+  <si>
+    <t>597/1, 597/3,597/4,597/5,597/6</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemky bývalého mlýnského náhonu</t>
+  </si>
+  <si>
+    <t>217430</t>
+  </si>
+  <si>
+    <t>prodej pozemku parc.č 2103/14</t>
+  </si>
+  <si>
+    <t>725132801</t>
+  </si>
+  <si>
+    <t>Svratouch, Svratouch, okres Chrudim</t>
+  </si>
+  <si>
+    <t>jedná se pozemek bývalého koryta vklíněného mezi pozemky jiného vlastníka</t>
+  </si>
+  <si>
+    <t>64200</t>
+  </si>
+  <si>
+    <t>pozemek v k.ú. Žďárec</t>
+  </si>
+  <si>
+    <t>Žďárec, Žďárec, okres Brno-venkov</t>
+  </si>
+  <si>
+    <t>1367/2</t>
+  </si>
+  <si>
+    <t>rozdělení pozemku parc.č. 1367/2 na parc.č st. 363 o výměře 28 m2, 1367/17 o výměře 754 m2 a1367/18 o výměře 291 m2o celkov</t>
+  </si>
+  <si>
+    <t>470000</t>
+  </si>
+  <si>
+    <t>Převod pozemků p. č.604/12, 604/14, 604/29 v k. ú. Mostek</t>
+  </si>
+  <si>
+    <t>2026-03-21</t>
   </si>
   <si>
     <t>Oddělení přípravy pozbytí</t>
   </si>
   <si>
-    <t>Dlouhoňovice, Dlouhoňovice, okres Ústí nad Orlicí</t>
-[...92 lines deleted...]
-    <t>Kropáčová</t>
+    <t>Mostek, Mostek, okres Trutnov</t>
+  </si>
+  <si>
+    <t>604/12, 604/14, 604/29</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemky ostatní plocha/dráha, na pozemcích se nachází asfaltová komunikace včetně přilehlých travnatých odvodňovacích ploch. Na částech pozemků se nacházení trvalé porosty, na pozemku p. č. 604/12 se nachází sklípek(drobná stavba nezapsaná v KN).</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 798/2 v k.ú. Dolní Těrlicko</t>
+  </si>
+  <si>
+    <t>956941352</t>
+  </si>
+  <si>
+    <t>barbora.nemcanska@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing.Barbora Němčanská</t>
+  </si>
+  <si>
+    <t>LESY ČR, s.p., OŘ severní Morava</t>
+  </si>
+  <si>
+    <t>Dolní Těrlicko, Těrlicko, okres Karviná</t>
+  </si>
+  <si>
+    <t>798/2</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. 798/2  s druhem pozemku ostatní plocha o výměře 274 m2 v k. ú. Dolní Těrlicko.</t>
+  </si>
+  <si>
+    <t>115080</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 792 v k.ú. Kleneč</t>
   </si>
   <si>
     <t>Kleneč, Kleneč, okres Litoměřice</t>
   </si>
   <si>
-    <t>713/18</t>
-[...62 lines deleted...]
-    <t>43000</t>
+    <t>25000</t>
+  </si>
+  <si>
+    <t>Ředitelství silnic a dálnic s. p.</t>
+  </si>
+  <si>
+    <t>zjq4rhz</t>
+  </si>
+  <si>
+    <t>Pozemek parc. č. 556/1 v k.ú. Skaštice</t>
+  </si>
+  <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>954903699</t>
+  </si>
+  <si>
+    <t>jan.hanak@rsd.cz</t>
+  </si>
+  <si>
+    <t>Jan Hanák</t>
+  </si>
+  <si>
+    <t>ŘSD, Závod Brno</t>
+  </si>
+  <si>
+    <t>Skaštice, Skaštice, okres Kroměříž</t>
+  </si>
+  <si>
+    <t>556/1</t>
+  </si>
+  <si>
+    <t>Zahrada o výměře 1026 m2 v těsné blízkosti tělesa dálnice D1, přístupná ze zpevněné veřejné komunikace.</t>
+  </si>
+  <si>
+    <t>1029600</t>
+  </si>
+  <si>
+    <t>Bezúplatný převod pozemků p.č. 2100/40 a p.č. 2102/3 v k.ú. Jirkov</t>
+  </si>
+  <si>
+    <t>Jirkov, Jirkov, okres Chomutov</t>
+  </si>
+  <si>
+    <t>2100/40 a 2102/3</t>
+  </si>
+  <si>
+    <t>Prodej pozemku k.ú. Jaroslavice u Kostelce</t>
+  </si>
+  <si>
+    <t>387683171</t>
+  </si>
+  <si>
+    <t>marketa.krizkova@pvl.cz</t>
+  </si>
+  <si>
+    <t>Ing. Křížková</t>
+  </si>
+  <si>
+    <t>ZHV, PS 1</t>
+  </si>
+  <si>
+    <t>Jaroslavice u Kostelce, Hluboká nad Vltavou, okres České Budějovice</t>
+  </si>
+  <si>
+    <t>486/2</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej pozemku parc. č. 486/2 v k.ú. Jaroslavice u Kostelce, ostatní plocha / jiná plocha o výměře 474 m2. Pozemek se nachází mimo zastavěné území obce, na pravém břehu významného vodního toku Vltava.</t>
+  </si>
+  <si>
+    <t>180120</t>
+  </si>
+  <si>
+    <t>Pozemky k.ú. Krnov-Horní Předměstí</t>
+  </si>
+  <si>
+    <t>Krnov-Horní Předměstí, Krnov, okres Bruntál</t>
+  </si>
+  <si>
+    <t>1265/2, 1265/5, 1265/6, 1265/7</t>
+  </si>
+  <si>
+    <t>Pozemky p. č. 1265/2 s druhem pozemku ostatní plocha o výměře 1087 m2, p. č. 1265/5 s druhem pozemku ostatní plocha o výměře 568 m2, p. č. 1265/6 s druhem pozemku ostatní plocha o výměře 857 m2 a p. č. 1265/7 s druhem pozemku ostatní plocha o výměře 280 m2 v katastrálním území Krnov-Horní Předměstí. Pozemky v blízkosti vodního toku Opavice.</t>
+  </si>
+  <si>
+    <t>865520</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. st. 98/4 jehož součástí je stavba č.p. 71 v k.ú. a obci Holedeč</t>
+  </si>
+  <si>
+    <t>2026-03-19</t>
+  </si>
+  <si>
+    <t>Holedeč, Holedeč, okres Louny</t>
+  </si>
+  <si>
+    <t>st.98/4</t>
+  </si>
+  <si>
+    <t>Holedeč</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>3322000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek - stavební parcela č. 4880 a pozemková parcela č. 3018/35 v katastrálním území Kolín  </t>
+  </si>
+  <si>
+    <t>Kolín, Kolín, okres Kolín</t>
+  </si>
+  <si>
+    <t>st. 4880, p. č. 3018/35</t>
+  </si>
+  <si>
+    <t>Pozemek - stavební parcela č. 4880, zastavěná plocha a nádvoří, je zastavěný stavbou jiného vlastníka, bez č.p./č.ev - rekreační chatou. Pozemek - pozemková parcela č. 3018/35, zahrada, je připlocena ke stavebnímu pozemku a tvoří s tímto pozemkem jeden funkční celek. Přístup na pozemky je po nezpevněné komunikaci - polní cestě, vedoucí po pravém břehu vodního toku Labe.</t>
+  </si>
+  <si>
+    <t>824800</t>
+  </si>
+  <si>
+    <t>prodej pozemku p.č. 2260/70 v k.ú. Rumburk</t>
+  </si>
+  <si>
+    <t>Rumburk, Rumburk, okres Děčín</t>
+  </si>
+  <si>
+    <t>2260/70</t>
+  </si>
+  <si>
+    <t>268000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k. ú. Staré Křečany.</t>
+  </si>
+  <si>
+    <t>474636228</t>
+  </si>
+  <si>
+    <t>nedelova@poh.cz</t>
+  </si>
+  <si>
+    <t>Nedělová Dagmar</t>
+  </si>
+  <si>
+    <t>Odbor právní a evidence pozemků</t>
+  </si>
+  <si>
+    <t>Staré Křečany, Staré Křečany, okres Děčín</t>
+  </si>
+  <si>
+    <t>4899/2</t>
+  </si>
+  <si>
+    <t>Jedná se o prodej nově vzniklé p. p. č. 4899/2 (vzniká z p. p. č. 4899) v k. ú. Staré Křečany dle geometrického plánu č. 1292-105/2025 v souvislosti s připravovanou stavbou malé vodní nádrže Skřivánek.</t>
+  </si>
+  <si>
+    <t>150000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek st.p.č.20,st. 511, jehož součástí je objekt č.p. 56, p. č. 300/5 Dolany nad Vltavou, okres Mělník, k.ú. Dolany u Prahy, LV 509ozemek </t>
+  </si>
+  <si>
+    <t>Dolany u Prahy, Dolany nad Vltavou, okres Mělník</t>
+  </si>
+  <si>
+    <t>st.p.č.20, st.p.č. 511, p.č. 300/5</t>
+  </si>
+  <si>
+    <t>Kout</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rodinný dům č.p. 56, pozemek p.č.st.20, st. 511, 300/5 v obci Dolany nad Vltavou, LV 509. Objekt je samostatně stojící s jedním nadzemním podlažím, stavba je částečně podsklepená, v části objektu se nachází půdní prostor bez vybudovaného podkroví, do objektu je zavedena elektrická energie z veřejné rozvodné sítě, voda je odebírána z vlastní studny, spaškové vody jdou do jímky, vytápění lokálně elektrickými přímotopy a kamny, výměra pozemku 1224m2, pozemek svažitý, oplocen kombinací zděného plotu a pletiva. Přístup k objektu je veden přes soukromý pozemek jiného vlastníka, VB přístupu ve prospěch oceňovaného objektu není zřízeno. </t>
+  </si>
+  <si>
+    <t>3596000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků v k.ú. Nový Rychnov</t>
+  </si>
+  <si>
+    <t>Nový Rychnov, Nový Rychnov, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>1533/2, 1687, 1690</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v k.ú. Nový Rychnov</t>
+  </si>
+  <si>
+    <t>125310</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 6591/127 v k.ú. Plzeň</t>
+  </si>
+  <si>
+    <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>702 263 859</t>
+  </si>
+  <si>
+    <t>Plzeň, Plzeň, okres Plzeň-město</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 6591/127</t>
+  </si>
+  <si>
+    <t>Pozemek v širším centru města v ochranném pásmu dráhy trati Plzeň hlavní nádraží - Klatovy. Pozemek představuje volnou proluku mezi jednotlivými skupinami řadových garáží. Případně budoucí využití je dáno územním plánem a jednotlivými právními předpisy. Přístup k prodávaným pozemkům je z veřejné komunikace na pozemku města, na kterém se v blízkosti hranice pozemku nachází elektrický pilíř a vedení spol. ČEZ Distribuce, a.s.. Pozemek je zatížen služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy" a zřizování a provozování vedení spolu s věcným břemenem chůze a jízdy ve prospěch společnosti GasNet, s.r.o.. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatel vzdá za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývané nemovitosti, případně na stavbách na n postavených nebo na předmětech na něm uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitosti bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pokud během přípravy prodeje dojde ke změně vlastníka stavby na pozemku (garáže), bude pozemek prodán novému vlastníkovi za podmínek stanovených v příslušném usnesení vlády ČR. Pozemky se z hlediska územního plánu nachází v zastavěném území v ploše s rozdílným způsobem využití „Plochy smíšené obytné“</t>
+  </si>
+  <si>
+    <t>13000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků</t>
+  </si>
+  <si>
+    <t>956942326</t>
+  </si>
+  <si>
+    <t>erika.dvorakova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Erika Dvořáková</t>
+  </si>
+  <si>
+    <t>Jasenná na Moravě, Jasenná, okres Zlín</t>
+  </si>
+  <si>
+    <t>1628 a 3852</t>
+  </si>
+  <si>
+    <t>Spoluvlastnický podíl id. 1/8 lesních pozemků, protáhlého tvaru v komplexu lesa na mírném svahu v blízkosti obce Jasenná s porosty tvořenými kmenovinou buku, dubu a smrku.</t>
+  </si>
+  <si>
+    <t>78000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 6591/130, 6591/131 a 6591/132 v k.ú. Plzeň</t>
+  </si>
+  <si>
+    <t>6591/130, 6591/131 a 6591/132</t>
+  </si>
+  <si>
+    <t>Pozemky v širším centru města v ochranném pásmu dráhy trati Plzeň hlavní nádraží - Klatovy. Pozemky představují volné proluky mezi jednotlivými skupinami řadových garáží. Případně budoucí využítí je dáno územním plánem a jednotlivými právními předpisy, které podmíňují jejich stavební využití. Přístup k prodávaným pozemkům je z veřejné komunikace na pozemku města. Pozemky jsou zatíženy služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". Pozemek p.č. 6591/131 je zatížen služebností zapsanou na LV spočívající v právu zřizování a provozování vedení inženýrské sítě (vodovodního řadu DN 150) spol. VODÁRNA PLZEŇ a.s.. V rámci kupní smlouvy budeV rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemky se z hlediska územního plánu nachází v zastavěném území v ploše s rozdílným způsobem využití „Plochy smíšené obytné“</t>
+  </si>
+  <si>
+    <t>66000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 6591/128 a 6591/129 v k.ú. Plzeň</t>
+  </si>
+  <si>
+    <t>6591/128 a 6591/129</t>
+  </si>
+  <si>
+    <t>Pozemky v širším centru města v ochranném pásmu dráhy trati Plzeň hlavní nádraží - Klatovy. Pozemky představují volné proluky mezi jednotlivými skupinami řadových garáží. Případně budoucí využítí je dáno územním plánem a jednotlivými právními předpisy, které podmíňují jejich stavební využití. Přístup k prodávaným pozemkům je z veřejné komunikace na pozemku města. Pozemky jsou zatíženy služebností zapsanou na LV spočívající v "povinnosti strpění důsledků/škodlivého vlivu trvání a provozu dráhy". Pozemek p.č. 6591/129 je zatížen služebností zapsanou na LV spočívající v právu zřizování a provozování vedení zemního optického kabelu spol. ČEZ ICT Services, a. s.. V rámci kupní smlouvy bude zapsáno věcné právo, kde se nabyvatelé vzdají za sebe a další vlastníky nabývaných nemovitostí jakéhokoliv nároku (práva) na náhradu újmy, jež by vzešla na nabývaných nemovitostech, případně na stavbách na nich postavených nebo na předmětech na nich uložených z důvodu trvání a provozování dráhy. Uvedené vzdání se práva na náhradu škody na nemovitostech bude prostřednictvím návrhu na vklad vlastnického práva vloženo do katastru nemovitostí. Pozemky se z hlediska územního plánu nachází v zastavěném území v ploše s rozdílným způsobem využití „Plochy smíšené obytné“</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Heřmánky</t>
+  </si>
+  <si>
+    <t>956239106</t>
+  </si>
+  <si>
+    <t>martina.hebertova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Martina Hebertová</t>
+  </si>
+  <si>
+    <t>LS Česká Lípa</t>
+  </si>
+  <si>
+    <t>Heřmánky, Dubá, okres Česká Lípa</t>
+  </si>
+  <si>
+    <t>516/6</t>
+  </si>
+  <si>
+    <t>Pozemek se nachází na okraji osady Loubí, je částečně oplocen.</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 399/1 v katastrálním území Černá za Bory</t>
+  </si>
+  <si>
+    <t>2026-03-15</t>
+  </si>
+  <si>
+    <t>Černá za Bory, Pardubice, okres Pardubice</t>
+  </si>
+  <si>
+    <t>399/1</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 399/1 v katastrálním území Černá za Bory, vodní plocha, vznikl geometrickým odměřením od původní parcely č. 399, vodní plocha. Na nově vzniklém pozemku se nenacházejí žádné stavby a trvalé porosty. Pozemek je přístupný pouze přes pozemky jiných vlastníků pouze pro pěší.</t>
+  </si>
+  <si>
+    <t>8360</t>
+  </si>
+  <si>
+    <t>Prodej pozemku cesty p.č. 537/10, k.ú. Trpišov</t>
+  </si>
+  <si>
+    <t>956157106</t>
+  </si>
+  <si>
+    <t>petra.koreckova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Petra Korečková</t>
+  </si>
+  <si>
+    <t>Lesní správa Nasavrky</t>
+  </si>
+  <si>
+    <t>Trpišov, Slatiňany, okres Chrudim</t>
+  </si>
+  <si>
+    <t>537/10</t>
+  </si>
+  <si>
+    <t>Pozemek je podlouhlého úzkého tvaru a jeho výměra činí 62 m. Pozemek tvoří součást místní nezpevněné štěrkové cesty v lokalitě v prostoru mezi potokem a plotem sousedního pozemku. Náklady související s prodejem/převodem činí 5500 Kč (nejsou součástí ceny).</t>
+  </si>
+  <si>
+    <t>9300</t>
+  </si>
+  <si>
+    <t>prodej lesního pozemku p.č. 122/2 v k.ú. Vyšehněvice</t>
+  </si>
+  <si>
+    <t>956157115</t>
+  </si>
+  <si>
+    <t>dana.stastna@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Dana Šťastná</t>
+  </si>
+  <si>
+    <t>Vyšehněvice, Vyšehněvice, okres Pardubice</t>
+  </si>
+  <si>
+    <t>122/2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lesní pozemek o výměře 3530m2 na východním okraji obce Vyšehněvice navazující na výrobní areál. V územní plánu je mimo zastavěné území zařazený mezi Plochy lesní. Náklady související s prodejem činí 5000 Kč (nejsou součástí uvedené ceny). </t>
+  </si>
+  <si>
+    <t>88250</t>
+  </si>
+  <si>
+    <t>MPO ČR</t>
+  </si>
+  <si>
+    <t>Prodej částí pozemků p. č. 137/2, p. č. 137/5 v k. ú. Dolní Rožínka a části pozemku p. č. 1436/9 v k. ú. Rožná (prostor bývalého dřeviště)</t>
+  </si>
+  <si>
+    <t>318644151</t>
+  </si>
+  <si>
+    <t>majetekpribram@diamo.cz</t>
+  </si>
+  <si>
+    <t>Ing. Dagmar Kesslová</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIAMO, s. p., o. z. Příbram, oddělení majetku  </t>
+  </si>
+  <si>
+    <t>Dolní Rožínka, Dolní Rožínka, okres Žďár nad Sázavou</t>
+  </si>
+  <si>
+    <t>137/2, 137/5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej částí pozemků p. č. 137/2 - ostatní plocha, manipulační plocha o výměře 5 979 m2 z celkové výměry 6 632 m2 a p. č. 137/5 - ostatní plocha, manipulační plocha o výměře 56 m2 z celkové výměry 87 m2 v k. ú. Dolní Rožínka. Pozemky včetně zpevněných ploch se nacházejí v dobývacím prostoru Rožná a jsou situovány v oploceném areálu dolu R1 – prostor bývalého dřeviště.   </t>
+  </si>
+  <si>
+    <t>7302246</t>
+  </si>
+  <si>
+    <t>Rožná, Rožná, okres Žďár nad Sázavou</t>
+  </si>
+  <si>
+    <t>18587754</t>
+  </si>
+  <si>
+    <t>1436/9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej části pozemku p. č. 1436/9 - ostatní plocha, jiná plocha o výměře 15 362 m2 z celkové výměry 182 180 m2 v k. ú. Rožná. Pozemek včetně zpevněných ploch se nachází v dobývacím prostoru Rožná a je situovány v oploceném areálu dolu R1 – prostor bývalého dřeviště. Na pozemku se nachází inženýrská síť nezapsaná v katastru nemovitostí, a to vodovodní potrubí – přípojka Vírského vodovodu. Dále se zde nachází hlavní důlní dílo, komín ústící na povrch, který není předmětem převodu.   </t>
+  </si>
+  <si>
+    <t>Povodí Moravy, s.p.</t>
+  </si>
+  <si>
+    <t>m49t8gw</t>
+  </si>
+  <si>
+    <t>Dřevařská 932/11, Veveří, 60200 Brno, CZ</t>
+  </si>
+  <si>
+    <t>70890013</t>
+  </si>
+  <si>
+    <t>Prodej pozemku, k.ú. Hnojice</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>585711228</t>
+  </si>
+  <si>
+    <t>smekalova@pmo.cz</t>
+  </si>
+  <si>
+    <t>Mgr. Tereza Smékalová</t>
+  </si>
+  <si>
+    <t>závod Horní Morava</t>
+  </si>
+  <si>
+    <t>Hnojice, Hnojice, okres Olomouc</t>
+  </si>
+  <si>
+    <t>813/4</t>
+  </si>
+  <si>
+    <t>Pozemek tvoří funkční souvislost se stavbou rodinného domu a částečně je touto stavbou ve vlastnictví třetí osoby i zastavěn.</t>
+  </si>
+  <si>
+    <t>25120</t>
+  </si>
+  <si>
+    <t>prodej pozemku a části vodního díla k.ú. Mačkov</t>
+  </si>
+  <si>
+    <t>Mačkov, Mačkov, okres Strakonice</t>
+  </si>
+  <si>
+    <t>1561/2</t>
+  </si>
+  <si>
+    <t>Prodej pozemku parc. č. 1561/2 k.ú. Mačkov, který nově vznikl oddělením od původního pozemku parc. č. 1561 k.ú. Mačkov dle GP spolu s částí vodního díla typu úprava koryta vodního toku z roku 1981 o délce 10 m pod číslem DVT-00004113 a názvem „4 (E) Mačkov“. Pozemek a část stavby, které jsou předmětem prodeje, budou dotčeny výstavbou malé vodní nádrže.</t>
+  </si>
+  <si>
+    <t>27100</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 2446/10 k.ú. Hodonín</t>
+  </si>
+  <si>
+    <t>725257511</t>
+  </si>
+  <si>
+    <t>veronika.sedlackova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Sedláčková</t>
+  </si>
+  <si>
+    <t>LZ Židlochovice</t>
+  </si>
+  <si>
+    <t>Hodonín, Hodonín, okres Hodonín</t>
+  </si>
+  <si>
+    <t>2446/10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek PKN 2446/10 o výměře 29 m2, druh pozemku – ostatní plocha, dosud zapsán v katastru nemovitostí pro Jihomoravský kraj, Katastrální pracoviště Hodonín, na LV č. 8981, pro k.ú. Hodonín, obec Hodonín. Pozemek se nachází v severozápadním okraji zastavěného území města Hodonín. Tvoří funkční celek s oploceným areálem rodinného domu č. p. 3902, je užíván na základě nájemní smlouvy. Na pozemku se nenachází žádné trvalé porosty, má spíše charakter zahrady než ostatní plochy. Dle platného územního plánu města Hodonín je zahrnutý do ploch SM – plochy smíšené obytné. </t>
+  </si>
+  <si>
+    <t>50400</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p. č. 11142 a p. č. 11143 v k. ú. Strání</t>
+  </si>
+  <si>
+    <t>956957211</t>
+  </si>
+  <si>
+    <t>viktor.dvoracek@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Viktor Dvořáček</t>
+  </si>
+  <si>
+    <t>LČR, s.p. Správa toků - oblast povodí Moravy</t>
+  </si>
+  <si>
+    <t>Strání, Strání, okres Uherské Hradiště</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p. č. 11142 a p. č. 11143 - oba trvalý travní porost v k. ú. Strání, S 1230/23</t>
+  </si>
+  <si>
+    <t>57050</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 103/2 v k.ú. Sokoleč.</t>
+  </si>
+  <si>
+    <t>956177106</t>
+  </si>
+  <si>
+    <t>robert.cerny@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Černý Robert</t>
+  </si>
+  <si>
+    <t>LČR, s.p. LS Brandýs nad Labem</t>
+  </si>
+  <si>
+    <t>Sokoleč, Sokoleč, okres Nymburk</t>
+  </si>
+  <si>
+    <t>103/2</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 103/2 o výměře 85 m2, druh pozemku - ostatní plocha v k.ú. Sokoleč, S 964/21.</t>
+  </si>
+  <si>
+    <t>28050</t>
+  </si>
+  <si>
+    <t>Část pozemku parc. č. 2083, nově označeného jako 2083/2 o výměře 1502 m2, včetně VD, k. ú. Chabeřice</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>Chabeřice, Chabeřice, okres Kutná Hora</t>
+  </si>
+  <si>
+    <t>2083/2</t>
+  </si>
+  <si>
+    <t>Část pozemku parc. č. 2083, nově označeného jako 2083/2 o výměře 1502 m2, jehož součástí je rušená část VD DVT 00002119 o délce 175,3 m, k. ú. Chabeřice</t>
+  </si>
+  <si>
+    <t>387940</t>
+  </si>
+  <si>
+    <t>Převod pozemků parc. č.3765/19, parc. č. 3765/20, parc. č. 3765/21, parc. č. 3765/87 , parc. č. 3765/88 a parc. č. 2695/1 k.ú. Svinov</t>
+  </si>
+  <si>
+    <t>954903360</t>
+  </si>
+  <si>
+    <t>jana.duchonova@rsd.cz</t>
+  </si>
+  <si>
+    <t>Jana Duchoňová</t>
+  </si>
+  <si>
+    <t>Svinov, Ostrava, okres Ostrava-město</t>
+  </si>
+  <si>
+    <t>parc. č.3765/19, parc. č. 3765/20, parc. č. 3765/21, parc. č. 3765/87 , parc. č. 3765/88 a parc. č. 2695/1 k.ú. Svinov</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Na základě přiloženého Geometrického plánu pro rozdělení pozemku č. 3381-169/2025 se z pozemku parc. č. 3765/58 oddělila část označená jako parc. č. 3765/87, o výměře 331 m2  a z pozemku parc. č. 3765/70 se oddělila část označená jako parc. č. 3765/88, o výměře 40 m2, ostatní pozemky zůstávají v původní výměře..</t>
+  </si>
+  <si>
+    <t>2989971.30</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 431/1 a p.č. 480 v k.ú. Zaječice u Bečova</t>
+  </si>
+  <si>
+    <t>Zaječice u Bečova, Bečov, okres Most</t>
+  </si>
+  <si>
+    <t>431/1, 480</t>
+  </si>
+  <si>
+    <t>158000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 3763/4 v k.ú. Chomutov I</t>
+  </si>
+  <si>
+    <t>Chomutov I, Chomutov, okres Chomutov</t>
+  </si>
+  <si>
+    <t>373000</t>
+  </si>
+  <si>
+    <t>Pozemky p.č. 2299/1 a 2299/2 k.ú. Moravská Nová Ves</t>
+  </si>
+  <si>
+    <t>Moravská Nová Ves, Moravská Nová Ves, okres Břeclav</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 2299/1 o výměře 238 m2, druh pozemku – ostatní plocha a p.č. 2299/2 o výměře 224 m2, druh pozemku – ostatní plocha, oba dosud zapsány u Katastrálního úřadu pro Jihomoravský kraj, Katastrálního pracoviště Břeclav, na LV č. 2982, pro k.ú. Moravská Nová Ves. Leží na okraji zastavěného území, v platném územním plánu obce Moravská Nová Ves jsou vedeny v ploše Sa2 – plochy smíšené bydlení, zemědělství a ubytování (agroturistika). Oba pozemky jsou oploceny. Jsou užívány na základě nájemní smlouvy jako zahrada a přístupová cesta k rodinnému domu č.p. 95. Na pozemku p.č. 2299/2 se nachází okrasné dřeviny – 3 kusy borovice lesní, 1 kus dub červený.</t>
+  </si>
+  <si>
+    <t>499000</t>
   </si>
   <si>
     <t>Ministerstvo dopravy ČR</t>
   </si>
   <si>
-    <t>Pozemek k.ú. Netolice</t>
+    <t>Pozemek p.č. 1476/4 k.ú. Hudčice</t>
+  </si>
+  <si>
+    <t>Hudčice, Hudčice, okres Příbram</t>
+  </si>
+  <si>
+    <t>1467/4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pozemek parcela č. 1467/4 ostatní plocha - jiná plocha o výměře 1 832 m2  v obci Hudčice  s příslušenstvím v k.ú. 649236 Hudčice, obec Hudčice - zapsané na listu vlastnictví č.  177, který se nachází severovýchodně od zastavěné části obce Hudčice vedle železniční  trati a železničního přejezdu mezi obcemi Hudčice a Březnice. Pozemek je s travnatým  povrchem a po pravé straně se nachází na pozemku břehová zeleň zhruba v 1/2 zadní  části pozemku. Jedná se o neudržovanou, divoce rostoucí zeleň převážně keřů doplněnou  jednotlivými listnatými stromy a za hranicí pozemku s jedním jehličnanem. Na levé  straně sousedí se železniční tratí. Dále se pozemek parcela č. 1467/4 nalézá za  nemovitostí parcela č. 79 zastavěná plocha a nádvoří, jejíž součástí je stavba č. ev. 3,  stavba pro rodinnou rekreaci, parcela č. 80 zastavěná plocha a nádvoří a tyto dvě  – 6 – stavební parcely jsou obklopeny jejich náležející součástí pozemkem parcela č. 1467/2  ostatní plochou - jinou plochou a to vše zapsané na listu vlastnictví č. 166 v k.ú. Hudčice  ve vlastnictví: Hrachovcová Marie DiS., Nad Jezerem 774, 25246 Vrané nad Vltavou.  Nemovitost ev. č. 3 je napojena na elektrickou síť, další inženýrské sítě nejsou k  dispozici a zásobování vodou je z vlastní studny a odpadové vody jsou svedeny do  septiku. Pozemek parcela č. 1467/4 nemá na vlastní pozemek přivedeny žádné  inženýrské sítě. Nevýhodou je, že pozemek parcela č. 1467/4 má přístup přes pozemek  parcela č. 1467/3 a k tomu je zřízeno věcné břemeno pro oprávněného z této služebnosti  s povinností k pozemku parcela č. 1467/4, a to jízdy a chůze, vstupu a vjezdy za účelem  přístupu, což omezuje užívání pozemku. </t>
+  </si>
+  <si>
+    <t>502000</t>
+  </si>
+  <si>
+    <t>Pozemek p.č. 1476/3 k.ú. Hudčice</t>
   </si>
   <si>
     <t>RihovaD@spravazeleznic.cz</t>
   </si>
   <si>
     <t>Dana Říhová</t>
   </si>
   <si>
-    <t>Odbor nakládání s nemovitým majetkem</t>
-[...125 lines deleted...]
-    <t>p.č. 6994/8 ostatní plocha o výměře 51 m2</t>
+    <t>1467/3</t>
+  </si>
+  <si>
+    <t>Pozemku parcela č. 1467/3 ostatní plocha - jiná plocha o výměře 1 376 m2  v obci Hudčice  s příslušenstvím v k.ú. 649236 Hudčice, obec Hudčice - zapsané na listu vlastnictví č.  177, který se nachází severovýchodně od zastavěné části obce Hudčice vedle železniční  trati a železničního přejezdu mezi obcemi Hudčice a Březnice. Pozemek je s travnatým  povrchem a po pravé straně se nachází na pozemku břehová zeleň. Jedná se o  neudržovanou, divoce rostoucí zeleň převážně keřů doplněnou jednotlivými stromy  převážně listnatými a za hranicí pozemku dvěma jehličnany. Na levé straně sousedí a i  obklopuje z druhé strany nemovitost parcelu č. 79 zastavěnou plochu a nádvoří, parcelu  – 6 – č. 80 zastavěnou plochu a nádvoří a tyto dvě stavební parcely jsou obklopeny jejich  součástí pozemkem parcela č. 1467/2 ostatní plochou - jinou plochou a to vše zapsané na  listu vlastnictví č. 166 v k.ú. Hudčice ve vlastnictví: Hrachovcová Marie DiS., Nad  Jezerem 774, 25246 Vrané nad Vltavou. Nemovitost ev. č. 3 je napojena na elektrickou  síť, další inženýrské sítě nejsou k dispozici a zásobování vodou je z vlastní studny a  odpadové vody jsou svedeny do septiku. Nevýhodou je, že pozemek parcela č. 1467/3 má  věcné břemeno s povinností k pozemku parcela č. 1467/4, tj. k vedlejšímu pozemku a to  jízdy a chůze, vstupu a vjezdy za účelem přístupu, což omezuje užívání pozemku a je to  určité znehodnocení pozemku.</t>
+  </si>
+  <si>
+    <t>382000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 435/4 k.ú. Kopec</t>
+  </si>
+  <si>
+    <t>956241116</t>
+  </si>
+  <si>
+    <t>jitka.janska@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Jánská Jitka</t>
+  </si>
+  <si>
+    <t>LS Rumburk</t>
+  </si>
+  <si>
+    <t>Kopec, Staré Křečany, okres Děčín</t>
+  </si>
+  <si>
+    <t>435/4</t>
+  </si>
+  <si>
+    <t>Pozemek druhem ostatní plocha, ostatní komunikace, nezpevněná cesta mezi pozemky jiných vlastníků.</t>
+  </si>
+  <si>
+    <t>39310</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 448/13 v katastrálním území Třemošnice nad Doubravou</t>
+  </si>
+  <si>
+    <t>2026-03-12</t>
+  </si>
+  <si>
+    <t>Třemošnice nad Doubravou, Třemošnice, okres Chrudim</t>
+  </si>
+  <si>
+    <t>448/13</t>
+  </si>
+  <si>
+    <t>Pozemek - pozemková parcela č. 448/13 v katastrálním území Třemošnice nad Doubravou, druh pozemku - zahrada, se nachází v zastavěné části obce Třemošnice. Pozemek je přístupný pouze přes pozemky jiného vlastníka a korytem vodního toku Zlatý potok, na jehož břehu se nachází. Na pozemek nejsou přivedeny žádné inženýrské sítě, nenachází se na něm žádná stavba.</t>
+  </si>
+  <si>
+    <t>104690</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Metánov</t>
+  </si>
+  <si>
+    <t>Metánov, Častrov, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>857/2</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k.ú. Metánov</t>
+  </si>
+  <si>
+    <t>41440</t>
+  </si>
+  <si>
+    <t>Prodej pozemku v k.ú. Hořepník</t>
+  </si>
+  <si>
+    <t>Hořepník, Hořepník, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>380/2</t>
+  </si>
+  <si>
+    <t>Prodej lesního pozemku v k.ú. Hořepník</t>
+  </si>
+  <si>
+    <t>238480</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej pozemků v k.ú. Roučkovice </t>
+  </si>
+  <si>
+    <t>Roučkovice, Pacov, okres Pelhřimov</t>
+  </si>
+  <si>
+    <t>1427, 1469</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků k.ú. Roučkovice</t>
+  </si>
+  <si>
+    <t>142940</t>
+  </si>
+  <si>
+    <t>Prodej pozemku, k.ú. Karolinka</t>
+  </si>
+  <si>
+    <t>Karolinka, Karolinka, okres Vsetín</t>
+  </si>
+  <si>
+    <t>4469/5</t>
+  </si>
+  <si>
+    <t>Jedná se o pozemek v okrajové části místní ČOV a veřejného prostranství vedle cyklostezky u Vsetínské Bečvy.</t>
+  </si>
+  <si>
+    <t>441975</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p. č. st. 91 (vč. stavby pč. p. 66),  1070/6 a 1070/7 v k. ú. Hlinsko pod Hostýnem</t>
+  </si>
+  <si>
+    <t>silastikova@spravazeleznic.cz</t>
+  </si>
+  <si>
+    <t>Hlinsko pod Hostýnem, Bystřice pod Hostýnem, okres Kroměříž</t>
+  </si>
+  <si>
+    <t>1302000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 2583/50 v k.ú. Horní Litvínov</t>
+  </si>
+  <si>
+    <t>2026-03-09</t>
+  </si>
+  <si>
+    <t>Horní Litvínov, Litvínov, okres Most</t>
+  </si>
+  <si>
+    <t>431000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků p.č. 4560/94 a p.č. 4560/95 v k.ú. Teplice</t>
+  </si>
+  <si>
+    <t>Teplice, Teplice, okres Teplice</t>
+  </si>
+  <si>
+    <t>270000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 2260/62 v k.ú. Rumburk</t>
+  </si>
+  <si>
+    <t>2260/62</t>
+  </si>
+  <si>
+    <t>498000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1094/5 v k.ú. Hatín</t>
+  </si>
+  <si>
+    <t>956193106</t>
+  </si>
+  <si>
+    <t>hana.duskova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Hana Dušková</t>
+  </si>
+  <si>
+    <t>LS Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>Hatín, Hatín, okres Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>1094/5</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 1094/5 s druhem pozemku ostatní plocha, způsob využití jiná plocha o výměře 683 m2 v k.ú. Hatín</t>
+  </si>
+  <si>
+    <t>399000</t>
+  </si>
+  <si>
+    <t>Prodej pozemku k.ú. Deštné</t>
+  </si>
+  <si>
+    <t>2026-03-08</t>
+  </si>
+  <si>
+    <t>Deštné, Jakartovice, okres Opava</t>
+  </si>
+  <si>
+    <t>1716/4</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 1716/4 s druhem pozemku ostatní plocha o výměře 219 m2 v k. ú. Deštné.</t>
+  </si>
+  <si>
+    <t>159200</t>
+  </si>
+  <si>
+    <t>Prodej budovy Bruntál č. p. 1579 a souvisejících pozemků v k.ú. Bruntál-město</t>
+  </si>
+  <si>
+    <t>956941329</t>
+  </si>
+  <si>
+    <t>Barbora Němčanská</t>
+  </si>
+  <si>
+    <t>Bruntál-město, Bruntál, okres Bruntál</t>
+  </si>
+  <si>
+    <t>213/2, 213/1, 219/3</t>
+  </si>
+  <si>
+    <t>Partyzánská</t>
+  </si>
+  <si>
+    <t>1579</t>
+  </si>
+  <si>
+    <t>Prodej budovy Bruntál č. p. 1579, která stojí na pozemku p. č. 213/2 s druhem pozemku zastavěná plocha a nádvoří o výměře 452 m v k.ú. Bruntál-město, včetně souvisejících pozemků p. č. 213/1 s druhem pozemku zastavěná plocha a nádvoří o výměře 746 m2 a pozemku p. č. 219/3 s druhem pozemku ostatní plocha o výměře 73 m2 v k.ú. Bruntál-město.</t>
+  </si>
+  <si>
+    <t>11190000</t>
+  </si>
+  <si>
+    <t>Prodej pozemků k.ú. Deštné</t>
+  </si>
+  <si>
+    <t>Ing. Barbora Němčanská</t>
+  </si>
+  <si>
+    <t>1827/3, 1716/6</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 1827/3 s druhem pozemku ostatní plocha o výměře 226 m2 v k. ú. Deštné a pozemek p. č. 1716/6 s druhem pozemku ostatní plocha o výměře 26 m2 v k.ú. Deštné.</t>
+  </si>
+  <si>
+    <t>183200</t>
+  </si>
+  <si>
+    <t>1827/2, 1716/5</t>
+  </si>
+  <si>
+    <t>Pozemek p. č. 1827/2 s druhem pozemku ostatní plocha o výměře 76 m2 v k. ú. Deštné a pozemek p. č. 1716/5 s druhem pozemku ostatní plocha o výměře 160 m2 v k.ú. Deštné.</t>
+  </si>
+  <si>
+    <t>171570</t>
+  </si>
+  <si>
+    <t>Prodej pozemku p.č. 2260/67 v k.ú. Rumburk</t>
+  </si>
+  <si>
+    <t>2260/67</t>
+  </si>
+  <si>
+    <t>292000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prodej p. č. 701 a p. č. 741 v k. ú. Dolní Libchava </t>
+  </si>
+  <si>
+    <t>Dolní Libchava, Česká Lípa, okres Česká Lípa</t>
+  </si>
+  <si>
+    <t>p. č. 701 a p. č. 741</t>
   </si>
   <si>
     <t>28000</t>
   </si>
   <si>
-    <t>S 1220/25/122 p.č. 5930/1 k.ú. Domašov u Jeseníka</t>
-[...770 lines deleted...]
-    <t>177000</t>
+    <t>Prodej pozemku p.č. 2260/61 k.ú. Rumburk</t>
+  </si>
+  <si>
+    <t>2260/61</t>
+  </si>
+  <si>
+    <t>491000</t>
+  </si>
+  <si>
+    <t>Prodej lesních pozemků v k.ú. Budyně nad Ohří</t>
+  </si>
+  <si>
+    <t>956236109</t>
+  </si>
+  <si>
+    <t>lenka.brozova@lesycr.cz</t>
+  </si>
+  <si>
+    <t>Ing. Lenka Brožová</t>
+  </si>
+  <si>
+    <t>LS Litoměřice</t>
+  </si>
+  <si>
+    <t>Budyně nad Ohří, Budyně nad Ohří, okres Litoměřice</t>
+  </si>
+  <si>
+    <t>788/2</t>
+  </si>
+  <si>
+    <t>lesní pozemek o výměře 4620 m2</t>
+  </si>
+  <si>
+    <t>927015</t>
+  </si>
+  <si>
+    <t>801/9</t>
+  </si>
+  <si>
+    <t>lesní pozemek o výměře 3441 m2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1837,127 +2614,127 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:BQ58"/>
+  <dimension ref="A1:BQ104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="36.7109375" customWidth="1"/>
-    <col min="4" max="5" width="18.7109375" customWidth="1"/>
-    <col min="6" max="6" width="19.7109375" customWidth="1"/>
+    <col min="4" max="4" width="18.7109375" customWidth="1"/>
+    <col min="5" max="5" width="21.7109375" customWidth="1"/>
+    <col min="6" max="6" width="42.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
-    <col min="8" max="8" width="33.7109375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14" max="14" width="200.7109375" customWidth="1"/>
+    <col min="8" max="8" width="49.7109375" customWidth="1"/>
+    <col min="9" max="9" width="914.7109375" customWidth="1"/>
+    <col min="10" max="11" width="13.7109375" customWidth="1"/>
+    <col min="12" max="12" width="33.7109375" customWidth="1"/>
+    <col min="13" max="13" width="27.7109375" customWidth="1"/>
+    <col min="14" max="14" width="215.7109375" customWidth="1"/>
     <col min="15" max="15" width="69.7109375" customWidth="1"/>
-    <col min="16" max="16" width="123.7109375" customWidth="1"/>
+    <col min="16" max="16" width="194.7109375" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" customWidth="1"/>
-    <col min="21" max="21" width="7.7109375" customWidth="1"/>
-    <col min="22" max="22" width="37.7109375" customWidth="1"/>
+    <col min="21" max="21" width="13.7109375" customWidth="1"/>
+    <col min="22" max="22" width="8.7109375" customWidth="1"/>
     <col min="23" max="23" width="11.7109375" customWidth="1"/>
-    <col min="24" max="24" width="1366.7109375" customWidth="1"/>
+    <col min="24" max="24" width="3692.7109375" customWidth="1"/>
     <col min="25" max="25" width="17.7109375" customWidth="1"/>
-    <col min="26" max="26" width="47.7109375" customWidth="1"/>
+    <col min="26" max="26" width="52.7109375" customWidth="1"/>
     <col min="27" max="27" width="19.7109375" customWidth="1"/>
     <col min="28" max="28" width="18.7109375" customWidth="1"/>
     <col min="29" max="29" width="15.7109375" customWidth="1"/>
     <col min="30" max="30" width="14.7109375" customWidth="1"/>
     <col min="31" max="31" width="16.7109375" customWidth="1"/>
     <col min="32" max="32" width="12.7109375" customWidth="1"/>
     <col min="33" max="33" width="9.7109375" customWidth="1"/>
     <col min="34" max="34" width="10.7109375" customWidth="1"/>
     <col min="35" max="35" width="13.7109375" customWidth="1"/>
-    <col min="36" max="36" width="142.7109375" customWidth="1"/>
-    <col min="37" max="37" width="47.7109375" customWidth="1"/>
+    <col min="36" max="36" width="488.7109375" customWidth="1"/>
+    <col min="37" max="37" width="21.7109375" customWidth="1"/>
     <col min="38" max="38" width="19.7109375" customWidth="1"/>
     <col min="39" max="39" width="18.7109375" customWidth="1"/>
     <col min="40" max="40" width="15.7109375" customWidth="1"/>
     <col min="41" max="41" width="14.7109375" customWidth="1"/>
     <col min="42" max="42" width="16.7109375" customWidth="1"/>
     <col min="43" max="43" width="12.7109375" customWidth="1"/>
     <col min="44" max="44" width="9.7109375" customWidth="1"/>
     <col min="45" max="45" width="10.7109375" customWidth="1"/>
     <col min="46" max="46" width="13.7109375" customWidth="1"/>
-    <col min="47" max="47" width="21.7109375" customWidth="1"/>
-    <col min="48" max="48" width="47.7109375" customWidth="1"/>
+    <col min="47" max="47" width="17.7109375" customWidth="1"/>
+    <col min="48" max="48" width="21.7109375" customWidth="1"/>
     <col min="49" max="49" width="19.7109375" customWidth="1"/>
     <col min="50" max="50" width="18.7109375" customWidth="1"/>
     <col min="51" max="51" width="15.7109375" customWidth="1"/>
     <col min="52" max="52" width="14.7109375" customWidth="1"/>
     <col min="53" max="53" width="16.7109375" customWidth="1"/>
     <col min="54" max="54" width="12.7109375" customWidth="1"/>
     <col min="55" max="55" width="9.7109375" customWidth="1"/>
     <col min="56" max="56" width="10.7109375" customWidth="1"/>
     <col min="57" max="57" width="13.7109375" customWidth="1"/>
-    <col min="58" max="58" width="21.7109375" customWidth="1"/>
-    <col min="59" max="59" width="47.7109375" customWidth="1"/>
+    <col min="58" max="58" width="17.7109375" customWidth="1"/>
+    <col min="59" max="59" width="21.7109375" customWidth="1"/>
     <col min="60" max="60" width="18.7109375" customWidth="1"/>
     <col min="61" max="61" width="19.7109375" customWidth="1"/>
     <col min="62" max="62" width="15.7109375" customWidth="1"/>
     <col min="63" max="63" width="14.7109375" customWidth="1"/>
     <col min="64" max="64" width="16.7109375" customWidth="1"/>
     <col min="65" max="65" width="12.7109375" customWidth="1"/>
     <col min="66" max="66" width="9.7109375" customWidth="1"/>
     <col min="67" max="67" width="10.7109375" customWidth="1"/>
     <col min="68" max="68" width="13.7109375" customWidth="1"/>
-    <col min="69" max="69" width="21.7109375" customWidth="1"/>
+    <col min="69" max="69" width="17.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:69">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2127,54 +2904,54 @@
       </c>
       <c r="BK1" t="s">
         <v>62</v>
       </c>
       <c r="BL1" t="s">
         <v>63</v>
       </c>
       <c r="BM1" t="s">
         <v>64</v>
       </c>
       <c r="BN1" t="s">
         <v>65</v>
       </c>
       <c r="BO1" t="s">
         <v>66</v>
       </c>
       <c r="BP1" t="s">
         <v>67</v>
       </c>
       <c r="BQ1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="2" spans="1:69">
       <c r="A2">
-        <v>106121</v>
+        <v>107605</v>
       </c>
       <c r="B2" s="1">
-        <v>46010</v>
+        <v>46085</v>
       </c>
       <c r="C2" t="s">
         <v>69</v>
       </c>
       <c r="D2" t="s">
         <v>70</v>
       </c>
       <c r="H2" t="s">
         <v>71</v>
       </c>
       <c r="I2" t="s">
         <v>72</v>
       </c>
       <c r="J2" t="s">
         <v>73</v>
       </c>
       <c r="K2" t="s">
         <v>74</v>
       </c>
       <c r="L2" t="s">
         <v>75</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
@@ -2186,3440 +2963,6055 @@
       </c>
       <c r="P2" t="s">
         <v>79</v>
       </c>
       <c r="Q2" t="s">
         <v>80</v>
       </c>
       <c r="R2" t="s">
         <v>81</v>
       </c>
       <c r="S2" t="s">
         <v>81</v>
       </c>
       <c r="T2" t="s">
         <v>81</v>
       </c>
       <c r="X2" t="s">
         <v>82</v>
       </c>
       <c r="Y2" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:69">
       <c r="A3">
-        <v>106117</v>
+        <v>107604</v>
       </c>
       <c r="B3" s="1">
-        <v>46009</v>
+        <v>46085</v>
       </c>
       <c r="C3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I3" t="s">
         <v>84</v>
       </c>
-      <c r="D3" t="s">
+      <c r="J3" t="s">
+        <v>73</v>
+      </c>
+      <c r="K3" t="s">
+        <v>74</v>
+      </c>
+      <c r="L3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M3" t="s">
+        <v>76</v>
+      </c>
+      <c r="N3" t="s">
+        <v>77</v>
+      </c>
+      <c r="O3" t="s">
         <v>85</v>
       </c>
-      <c r="H3" t="s">
+      <c r="P3" t="s">
         <v>86</v>
       </c>
-      <c r="I3" t="s">
+      <c r="Q3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R3" t="s">
+        <v>81</v>
+      </c>
+      <c r="S3" t="s">
+        <v>81</v>
+      </c>
+      <c r="T3" t="s">
+        <v>81</v>
+      </c>
+      <c r="X3" t="s">
         <v>87</v>
       </c>
-      <c r="J3" t="s">
+      <c r="Y3" t="s">
         <v>88</v>
-      </c>
-[...34 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:69">
       <c r="A4">
-        <v>106114</v>
+        <v>107600</v>
       </c>
       <c r="B4" s="1">
-        <v>46008</v>
+        <v>46085</v>
       </c>
       <c r="C4" t="s">
         <v>69</v>
       </c>
       <c r="D4" t="s">
         <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>97</v>
+        <v>71</v>
       </c>
       <c r="I4" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="J4" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="K4" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="L4" t="s">
-        <v>101</v>
+        <v>75</v>
       </c>
       <c r="M4" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
       <c r="N4" t="s">
-        <v>103</v>
+        <v>77</v>
       </c>
       <c r="O4" t="s">
-        <v>104</v>
+        <v>90</v>
       </c>
       <c r="P4" t="s">
-        <v>105</v>
+        <v>91</v>
       </c>
       <c r="Q4" t="s">
         <v>80</v>
       </c>
       <c r="R4" t="s">
         <v>81</v>
       </c>
       <c r="S4" t="s">
         <v>81</v>
       </c>
       <c r="T4" t="s">
         <v>81</v>
       </c>
       <c r="X4" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="Y4" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
     </row>
     <row r="5" spans="1:69">
       <c r="A5">
-        <v>106113</v>
+        <v>107599</v>
       </c>
       <c r="B5" s="1">
-        <v>46008</v>
+        <v>46085</v>
       </c>
       <c r="C5" t="s">
         <v>69</v>
       </c>
       <c r="D5" t="s">
         <v>70</v>
       </c>
       <c r="H5" t="s">
+        <v>71</v>
+      </c>
+      <c r="I5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K5" t="s">
+        <v>74</v>
+      </c>
+      <c r="L5" t="s">
+        <v>75</v>
+      </c>
+      <c r="M5" t="s">
+        <v>76</v>
+      </c>
+      <c r="N5" t="s">
+        <v>77</v>
+      </c>
+      <c r="O5" t="s">
+        <v>95</v>
+      </c>
+      <c r="P5" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>80</v>
+      </c>
+      <c r="R5" t="s">
+        <v>81</v>
+      </c>
+      <c r="S5" t="s">
+        <v>81</v>
+      </c>
+      <c r="T5" t="s">
+        <v>81</v>
+      </c>
+      <c r="X5" t="s">
         <v>97</v>
       </c>
-      <c r="I5" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Y5" t="s">
-        <v>111</v>
-[...23 lines deleted...]
-        <v>114</v>
+        <v>98</v>
       </c>
     </row>
     <row r="6" spans="1:69">
       <c r="A6">
-        <v>106112</v>
+        <v>107598</v>
       </c>
       <c r="B6" s="1">
-        <v>46008</v>
+        <v>46085</v>
       </c>
       <c r="C6" t="s">
         <v>69</v>
       </c>
       <c r="D6" t="s">
         <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>97</v>
+        <v>71</v>
       </c>
       <c r="I6" t="s">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="J6" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="K6" t="s">
+        <v>74</v>
+      </c>
+      <c r="L6" t="s">
+        <v>75</v>
+      </c>
+      <c r="M6" t="s">
+        <v>76</v>
+      </c>
+      <c r="N6" t="s">
+        <v>77</v>
+      </c>
+      <c r="O6" t="s">
+        <v>95</v>
+      </c>
+      <c r="P6" t="s">
         <v>100</v>
       </c>
-      <c r="L6" t="s">
+      <c r="Q6" t="s">
+        <v>80</v>
+      </c>
+      <c r="R6" t="s">
+        <v>81</v>
+      </c>
+      <c r="S6" t="s">
+        <v>81</v>
+      </c>
+      <c r="T6" t="s">
+        <v>81</v>
+      </c>
+      <c r="X6" t="s">
         <v>101</v>
       </c>
-      <c r="M6" t="s">
+      <c r="Y6" t="s">
         <v>102</v>
-      </c>
-[...25 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="7" spans="1:69">
       <c r="A7">
-        <v>106111</v>
+        <v>107597</v>
       </c>
       <c r="B7" s="1">
-        <v>46008</v>
+        <v>46085</v>
       </c>
       <c r="C7" t="s">
         <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>71</v>
+        <v>103</v>
       </c>
       <c r="I7" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="J7" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="K7" t="s">
-        <v>119</v>
+        <v>105</v>
       </c>
       <c r="L7" t="s">
-        <v>120</v>
+        <v>106</v>
       </c>
       <c r="M7" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="N7" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="O7" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>109</v>
       </c>
       <c r="Q7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R7" t="s">
         <v>81</v>
       </c>
       <c r="S7" t="s">
         <v>81</v>
       </c>
       <c r="T7" t="s">
         <v>81</v>
       </c>
       <c r="X7" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="Y7" t="s">
-        <v>126</v>
+        <v>111</v>
       </c>
     </row>
     <row r="8" spans="1:69">
       <c r="A8">
-        <v>106109</v>
+        <v>107592</v>
       </c>
       <c r="B8" s="1">
-        <v>46008</v>
+        <v>46084</v>
       </c>
       <c r="C8" t="s">
-        <v>127</v>
+        <v>112</v>
       </c>
       <c r="D8" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="H8" t="s">
-        <v>129</v>
+        <v>114</v>
       </c>
       <c r="I8" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
       <c r="J8" t="s">
-        <v>99</v>
+        <v>116</v>
       </c>
       <c r="K8" t="s">
-        <v>131</v>
+        <v>117</v>
       </c>
       <c r="L8" t="s">
-        <v>132</v>
+        <v>118</v>
       </c>
       <c r="M8" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="N8" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="O8" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="P8" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="Q8" t="s">
         <v>80</v>
       </c>
       <c r="R8" t="s">
         <v>81</v>
       </c>
       <c r="S8" t="s">
         <v>81</v>
       </c>
       <c r="T8" t="s">
         <v>81</v>
       </c>
       <c r="X8" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="Y8" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
     </row>
     <row r="9" spans="1:69">
       <c r="A9">
-        <v>106106</v>
+        <v>107588</v>
       </c>
       <c r="B9" s="1">
-        <v>46007</v>
+        <v>46084</v>
       </c>
       <c r="C9" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="D9" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="H9" t="s">
-        <v>139</v>
+        <v>69</v>
       </c>
       <c r="I9" t="s">
-        <v>140</v>
+        <v>125</v>
       </c>
       <c r="J9" t="s">
-        <v>141</v>
+        <v>116</v>
       </c>
       <c r="K9" t="s">
-        <v>142</v>
+        <v>126</v>
       </c>
       <c r="L9" t="s">
-        <v>143</v>
+        <v>127</v>
       </c>
       <c r="M9" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="N9" t="s">
-        <v>145</v>
+        <v>129</v>
       </c>
       <c r="O9" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="P9" t="s">
-        <v>147</v>
+        <v>131</v>
       </c>
       <c r="Q9" t="s">
         <v>80</v>
       </c>
       <c r="R9" t="s">
         <v>81</v>
       </c>
       <c r="S9" t="s">
         <v>81</v>
       </c>
       <c r="T9" t="s">
         <v>81</v>
       </c>
       <c r="X9" t="s">
-        <v>148</v>
-[...23 lines deleted...]
-        <v>152</v>
+        <v>132</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="10" spans="1:69">
       <c r="A10">
-        <v>106105</v>
+        <v>107587</v>
       </c>
       <c r="B10" s="1">
-        <v>46007</v>
+        <v>46084</v>
       </c>
       <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10" t="s">
+        <v>69</v>
+      </c>
+      <c r="I10" t="s">
+        <v>125</v>
+      </c>
+      <c r="J10" t="s">
+        <v>116</v>
+      </c>
+      <c r="K10" t="s">
+        <v>126</v>
+      </c>
+      <c r="L10" t="s">
         <v>127</v>
       </c>
-      <c r="D10" t="s">
+      <c r="M10" t="s">
         <v>128</v>
       </c>
-      <c r="I10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N10" t="s">
-        <v>157</v>
+        <v>129</v>
       </c>
       <c r="O10" t="s">
-        <v>158</v>
+        <v>130</v>
       </c>
       <c r="P10" t="s">
-        <v>159</v>
+        <v>131</v>
       </c>
       <c r="Q10" t="s">
         <v>80</v>
       </c>
       <c r="R10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S10" t="s">
         <v>81</v>
       </c>
       <c r="T10" t="s">
         <v>81</v>
       </c>
-      <c r="V10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X10" t="s">
-        <v>161</v>
+        <v>132</v>
       </c>
       <c r="Y10" t="s">
-        <v>162</v>
+        <v>133</v>
       </c>
     </row>
     <row r="11" spans="1:69">
       <c r="A11">
-        <v>106104</v>
+        <v>107585</v>
       </c>
       <c r="B11" s="1">
-        <v>46007</v>
+        <v>46084</v>
       </c>
       <c r="C11" t="s">
+        <v>69</v>
+      </c>
+      <c r="D11" t="s">
+        <v>70</v>
+      </c>
+      <c r="H11" t="s">
+        <v>69</v>
+      </c>
+      <c r="I11" t="s">
+        <v>134</v>
+      </c>
+      <c r="J11" t="s">
+        <v>116</v>
+      </c>
+      <c r="K11" t="s">
+        <v>126</v>
+      </c>
+      <c r="L11" t="s">
         <v>127</v>
       </c>
-      <c r="D11" t="s">
+      <c r="M11" t="s">
         <v>128</v>
       </c>
-      <c r="H11" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N11" t="s">
-        <v>157</v>
+        <v>129</v>
       </c>
       <c r="O11" t="s">
-        <v>167</v>
+        <v>135</v>
       </c>
       <c r="P11" t="s">
-        <v>168</v>
+        <v>136</v>
       </c>
       <c r="Q11" t="s">
         <v>80</v>
       </c>
       <c r="R11" t="s">
         <v>81</v>
       </c>
       <c r="S11" t="s">
         <v>81</v>
       </c>
       <c r="T11" t="s">
         <v>81</v>
       </c>
       <c r="X11" t="s">
-        <v>164</v>
+        <v>137</v>
       </c>
       <c r="Y11" t="s">
-        <v>169</v>
+        <v>138</v>
       </c>
     </row>
     <row r="12" spans="1:69">
       <c r="A12">
-        <v>106099</v>
+        <v>107584</v>
       </c>
       <c r="B12" s="1">
-        <v>46006</v>
+        <v>46084</v>
       </c>
       <c r="C12" t="s">
-        <v>170</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
-        <v>171</v>
+        <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>97</v>
+        <v>71</v>
       </c>
       <c r="I12" t="s">
-        <v>172</v>
+        <v>139</v>
       </c>
       <c r="J12" t="s">
-        <v>173</v>
+        <v>116</v>
       </c>
       <c r="K12" t="s">
-        <v>174</v>
+        <v>140</v>
       </c>
       <c r="L12" t="s">
-        <v>175</v>
+        <v>141</v>
       </c>
       <c r="M12" t="s">
-        <v>176</v>
+        <v>142</v>
       </c>
       <c r="N12" t="s">
-        <v>177</v>
+        <v>143</v>
       </c>
       <c r="O12" t="s">
-        <v>178</v>
+        <v>144</v>
       </c>
       <c r="P12" t="s">
-        <v>179</v>
+        <v>145</v>
       </c>
       <c r="Q12" t="s">
         <v>80</v>
       </c>
       <c r="R12" t="s">
         <v>81</v>
       </c>
       <c r="S12" t="s">
         <v>81</v>
       </c>
       <c r="T12" t="s">
         <v>81</v>
       </c>
       <c r="X12" t="s">
-        <v>180</v>
+        <v>146</v>
       </c>
       <c r="Y12" t="s">
-        <v>181</v>
+        <v>147</v>
       </c>
     </row>
     <row r="13" spans="1:69">
       <c r="A13">
-        <v>106098</v>
+        <v>107582</v>
       </c>
       <c r="B13" s="1">
-        <v>46006</v>
+        <v>46084</v>
       </c>
       <c r="C13" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="D13" t="s">
-        <v>128</v>
+        <v>149</v>
+      </c>
+      <c r="H13" t="s">
+        <v>150</v>
       </c>
       <c r="I13" t="s">
-        <v>182</v>
+        <v>151</v>
       </c>
       <c r="J13" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>116</v>
       </c>
       <c r="L13" t="s">
-        <v>184</v>
+        <v>152</v>
       </c>
       <c r="M13" t="s">
-        <v>185</v>
+        <v>153</v>
       </c>
       <c r="N13" t="s">
+        <v>154</v>
+      </c>
+      <c r="O13" t="s">
+        <v>155</v>
+      </c>
+      <c r="P13" t="s">
+        <v>156</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>80</v>
+      </c>
+      <c r="R13" t="s">
+        <v>81</v>
+      </c>
+      <c r="S13" t="s">
+        <v>81</v>
+      </c>
+      <c r="T13" t="s">
+        <v>81</v>
+      </c>
+      <c r="X13" t="s">
+        <v>151</v>
+      </c>
+      <c r="Y13" t="s">
         <v>157</v>
-      </c>
-[...22 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="14" spans="1:69">
       <c r="A14">
-        <v>106097</v>
+        <v>107581</v>
       </c>
       <c r="B14" s="1">
-        <v>46006</v>
+        <v>46084</v>
       </c>
       <c r="C14" t="s">
-        <v>127</v>
+        <v>69</v>
       </c>
       <c r="D14" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
       <c r="H14" t="s">
-        <v>190</v>
+        <v>114</v>
       </c>
       <c r="I14" t="s">
-        <v>191</v>
+        <v>158</v>
       </c>
       <c r="J14" t="s">
-        <v>173</v>
+        <v>116</v>
+      </c>
+      <c r="K14" t="s">
+        <v>159</v>
       </c>
       <c r="L14" t="s">
-        <v>192</v>
+        <v>160</v>
       </c>
       <c r="M14" t="s">
-        <v>193</v>
+        <v>161</v>
       </c>
       <c r="N14" t="s">
-        <v>194</v>
+        <v>162</v>
       </c>
       <c r="O14" t="s">
-        <v>195</v>
+        <v>163</v>
       </c>
       <c r="P14" t="s">
-        <v>196</v>
+        <v>164</v>
       </c>
       <c r="Q14" t="s">
         <v>80</v>
       </c>
       <c r="R14" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S14" t="s">
         <v>81</v>
       </c>
       <c r="T14" t="s">
         <v>81</v>
       </c>
+      <c r="V14" t="s">
+        <v>165</v>
+      </c>
       <c r="X14" t="s">
-        <v>197</v>
+        <v>166</v>
       </c>
       <c r="Y14" t="s">
-        <v>198</v>
+        <v>167</v>
       </c>
     </row>
     <row r="15" spans="1:69">
       <c r="A15">
-        <v>106096</v>
+        <v>107580</v>
       </c>
       <c r="B15" s="1">
-        <v>46006</v>
+        <v>46084</v>
       </c>
       <c r="C15" t="s">
-        <v>127</v>
+        <v>69</v>
       </c>
       <c r="D15" t="s">
-        <v>128</v>
+        <v>70</v>
+      </c>
+      <c r="H15" t="s">
+        <v>114</v>
       </c>
       <c r="I15" t="s">
-        <v>199</v>
+        <v>168</v>
       </c>
       <c r="J15" t="s">
-        <v>173</v>
+        <v>116</v>
       </c>
       <c r="K15" t="s">
-        <v>200</v>
+        <v>159</v>
       </c>
       <c r="L15" t="s">
-        <v>201</v>
+        <v>160</v>
       </c>
       <c r="M15" t="s">
-        <v>202</v>
+        <v>161</v>
       </c>
       <c r="N15" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="O15" t="s">
-        <v>203</v>
+        <v>163</v>
       </c>
       <c r="P15" t="s">
-        <v>204</v>
+        <v>169</v>
       </c>
       <c r="Q15" t="s">
         <v>80</v>
       </c>
       <c r="R15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S15" t="s">
         <v>81</v>
       </c>
       <c r="T15" t="s">
         <v>81</v>
       </c>
+      <c r="V15" t="s">
+        <v>170</v>
+      </c>
       <c r="X15" t="s">
-        <v>205</v>
+        <v>171</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>172</v>
       </c>
     </row>
     <row r="16" spans="1:69">
       <c r="A16">
-        <v>106068</v>
+        <v>107570</v>
       </c>
       <c r="B16" s="1">
-        <v>46003</v>
+        <v>46084</v>
       </c>
       <c r="C16" t="s">
-        <v>206</v>
+        <v>173</v>
       </c>
       <c r="D16" t="s">
-        <v>207</v>
+        <v>174</v>
       </c>
       <c r="H16" t="s">
-        <v>163</v>
+        <v>114</v>
       </c>
       <c r="I16" t="s">
-        <v>208</v>
+        <v>175</v>
       </c>
       <c r="J16" t="s">
-        <v>209</v>
+        <v>116</v>
       </c>
       <c r="K16" t="s">
-        <v>210</v>
+        <v>176</v>
       </c>
       <c r="L16" t="s">
-        <v>211</v>
+        <v>177</v>
       </c>
       <c r="M16" t="s">
-        <v>212</v>
+        <v>178</v>
       </c>
       <c r="N16" t="s">
-        <v>213</v>
+        <v>179</v>
       </c>
       <c r="O16" t="s">
-        <v>214</v>
+        <v>180</v>
       </c>
       <c r="P16" t="s">
-        <v>215</v>
+        <v>181</v>
       </c>
       <c r="Q16" t="s">
         <v>80</v>
       </c>
       <c r="R16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S16" t="s">
         <v>81</v>
       </c>
       <c r="T16" t="s">
         <v>81</v>
       </c>
-      <c r="V16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X16" t="s">
-        <v>217</v>
+        <v>182</v>
       </c>
       <c r="Y16" t="s">
-        <v>218</v>
+        <v>183</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17">
-        <v>106067</v>
+        <v>107565</v>
       </c>
       <c r="B17" s="1">
-        <v>46003</v>
+        <v>46083</v>
       </c>
       <c r="C17" t="s">
         <v>69</v>
       </c>
       <c r="D17" t="s">
         <v>70</v>
       </c>
       <c r="H17" t="s">
-        <v>219</v>
+        <v>71</v>
       </c>
       <c r="I17" t="s">
-        <v>220</v>
+        <v>184</v>
       </c>
       <c r="J17" t="s">
-        <v>209</v>
+        <v>185</v>
       </c>
       <c r="K17" t="s">
-        <v>221</v>
+        <v>186</v>
       </c>
       <c r="L17" t="s">
-        <v>222</v>
+        <v>187</v>
       </c>
       <c r="M17" t="s">
-        <v>223</v>
+        <v>188</v>
       </c>
       <c r="N17" t="s">
-        <v>224</v>
+        <v>189</v>
       </c>
       <c r="O17" t="s">
-        <v>225</v>
+        <v>190</v>
       </c>
       <c r="P17" t="s">
-        <v>226</v>
+        <v>191</v>
       </c>
       <c r="Q17" t="s">
         <v>80</v>
       </c>
       <c r="R17" t="s">
         <v>81</v>
       </c>
       <c r="S17" t="s">
         <v>81</v>
       </c>
       <c r="T17" t="s">
         <v>81</v>
       </c>
       <c r="X17" t="s">
-        <v>227</v>
+        <v>192</v>
       </c>
       <c r="Y17" t="s">
-        <v>228</v>
+        <v>193</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18">
-        <v>106065</v>
+        <v>107558</v>
       </c>
       <c r="B18" s="1">
-        <v>46003</v>
+        <v>46083</v>
       </c>
       <c r="C18" t="s">
-        <v>69</v>
+        <v>148</v>
       </c>
       <c r="D18" t="s">
-        <v>70</v>
+        <v>149</v>
       </c>
       <c r="H18" t="s">
-        <v>219</v>
+        <v>194</v>
       </c>
       <c r="I18" t="s">
-        <v>229</v>
+        <v>195</v>
       </c>
       <c r="J18" t="s">
-        <v>209</v>
+        <v>185</v>
       </c>
       <c r="K18" t="s">
-        <v>221</v>
+        <v>196</v>
       </c>
       <c r="L18" t="s">
-        <v>222</v>
+        <v>197</v>
       </c>
       <c r="M18" t="s">
-        <v>223</v>
+        <v>198</v>
       </c>
       <c r="N18" t="s">
-        <v>224</v>
+        <v>199</v>
       </c>
       <c r="O18" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>200</v>
       </c>
       <c r="Q18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R18" t="s">
         <v>81</v>
       </c>
       <c r="S18" t="s">
         <v>81</v>
       </c>
       <c r="T18" t="s">
         <v>81</v>
       </c>
       <c r="X18" t="s">
-        <v>232</v>
+        <v>201</v>
       </c>
       <c r="Y18" t="s">
-        <v>233</v>
+        <v>202</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19">
-        <v>106064</v>
+        <v>107554</v>
       </c>
       <c r="B19" s="1">
-        <v>46003</v>
+        <v>46083</v>
       </c>
       <c r="C19" t="s">
-        <v>69</v>
+        <v>148</v>
       </c>
       <c r="D19" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>149</v>
       </c>
       <c r="I19" t="s">
-        <v>234</v>
+        <v>203</v>
       </c>
       <c r="J19" t="s">
-        <v>209</v>
+        <v>185</v>
       </c>
       <c r="K19" t="s">
-        <v>221</v>
+        <v>204</v>
       </c>
       <c r="L19" t="s">
-        <v>222</v>
+        <v>205</v>
       </c>
       <c r="M19" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="N19" t="s">
-        <v>224</v>
+        <v>154</v>
       </c>
       <c r="O19" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>207</v>
       </c>
       <c r="Q19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R19" t="s">
         <v>81</v>
       </c>
       <c r="S19" t="s">
         <v>81</v>
       </c>
       <c r="T19" t="s">
         <v>81</v>
       </c>
       <c r="X19" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>208</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20">
-        <v>106063</v>
+        <v>107552</v>
       </c>
       <c r="B20" s="1">
-        <v>46003</v>
+        <v>46083</v>
       </c>
       <c r="C20" t="s">
-        <v>69</v>
+        <v>148</v>
       </c>
       <c r="D20" t="s">
-        <v>70</v>
+        <v>149</v>
       </c>
       <c r="H20" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="I20" t="s">
-        <v>238</v>
+        <v>210</v>
       </c>
       <c r="J20" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>185</v>
       </c>
       <c r="L20" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="M20" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="N20" t="s">
-        <v>224</v>
+        <v>154</v>
       </c>
       <c r="O20" t="s">
-        <v>230</v>
+        <v>213</v>
       </c>
       <c r="P20" t="s">
-        <v>239</v>
+        <v>214</v>
       </c>
       <c r="Q20" t="s">
         <v>80</v>
       </c>
       <c r="R20" t="s">
         <v>81</v>
       </c>
       <c r="S20" t="s">
         <v>81</v>
       </c>
       <c r="T20" t="s">
         <v>81</v>
       </c>
       <c r="X20" t="s">
-        <v>240</v>
+        <v>210</v>
       </c>
       <c r="Y20" t="s">
-        <v>241</v>
+        <v>215</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21">
-        <v>106062</v>
+        <v>107551</v>
       </c>
       <c r="B21" s="1">
-        <v>46003</v>
+        <v>46083</v>
       </c>
       <c r="C21" t="s">
         <v>69</v>
       </c>
       <c r="D21" t="s">
         <v>70</v>
       </c>
       <c r="H21" t="s">
+        <v>114</v>
+      </c>
+      <c r="I21" t="s">
+        <v>216</v>
+      </c>
+      <c r="J21" t="s">
+        <v>185</v>
+      </c>
+      <c r="K21" t="s">
+        <v>217</v>
+      </c>
+      <c r="L21" t="s">
+        <v>218</v>
+      </c>
+      <c r="M21" t="s">
         <v>219</v>
       </c>
-      <c r="I21" t="s">
-[...5 lines deleted...]
-      <c r="K21" t="s">
+      <c r="N21" t="s">
+        <v>220</v>
+      </c>
+      <c r="O21" t="s">
         <v>221</v>
       </c>
-      <c r="L21" t="s">
+      <c r="P21" t="s">
         <v>222</v>
       </c>
-      <c r="M21" t="s">
+      <c r="Q21" t="s">
+        <v>80</v>
+      </c>
+      <c r="R21" t="s">
+        <v>81</v>
+      </c>
+      <c r="S21" t="s">
+        <v>81</v>
+      </c>
+      <c r="T21" t="s">
+        <v>81</v>
+      </c>
+      <c r="X21" t="s">
         <v>223</v>
       </c>
-      <c r="N21" t="s">
+      <c r="Y21" t="s">
         <v>224</v>
-      </c>
-[...22 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22">
-        <v>106061</v>
+        <v>107550</v>
       </c>
       <c r="B22" s="1">
-        <v>46003</v>
+        <v>46083</v>
       </c>
       <c r="C22" t="s">
         <v>69</v>
       </c>
       <c r="D22" t="s">
         <v>70</v>
       </c>
       <c r="H22" t="s">
+        <v>114</v>
+      </c>
+      <c r="I22" t="s">
+        <v>225</v>
+      </c>
+      <c r="J22" t="s">
+        <v>185</v>
+      </c>
+      <c r="K22" t="s">
+        <v>217</v>
+      </c>
+      <c r="L22" t="s">
+        <v>218</v>
+      </c>
+      <c r="M22" t="s">
         <v>219</v>
       </c>
-      <c r="I22" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N22" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="O22" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="P22" t="s">
-        <v>247</v>
+        <v>227</v>
       </c>
       <c r="Q22" t="s">
         <v>80</v>
       </c>
       <c r="R22" t="s">
         <v>81</v>
       </c>
       <c r="S22" t="s">
         <v>81</v>
       </c>
       <c r="T22" t="s">
         <v>81</v>
       </c>
       <c r="X22" t="s">
-        <v>248</v>
+        <v>228</v>
       </c>
       <c r="Y22" t="s">
-        <v>249</v>
+        <v>229</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23">
-        <v>106060</v>
+        <v>107544</v>
       </c>
       <c r="B23" s="1">
-        <v>46003</v>
+        <v>46083</v>
       </c>
       <c r="C23" t="s">
-        <v>69</v>
+        <v>230</v>
       </c>
       <c r="D23" t="s">
-        <v>70</v>
+        <v>231</v>
       </c>
       <c r="H23" t="s">
-        <v>219</v>
+        <v>232</v>
       </c>
       <c r="I23" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="J23" t="s">
-        <v>209</v>
+        <v>234</v>
       </c>
       <c r="K23" t="s">
-        <v>221</v>
+        <v>235</v>
       </c>
       <c r="L23" t="s">
-        <v>222</v>
+        <v>236</v>
       </c>
       <c r="M23" t="s">
-        <v>223</v>
+        <v>237</v>
       </c>
       <c r="N23" t="s">
-        <v>224</v>
+        <v>238</v>
       </c>
       <c r="O23" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="P23" t="s">
-        <v>251</v>
+        <v>240</v>
       </c>
       <c r="Q23" t="s">
         <v>80</v>
       </c>
       <c r="R23" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S23" t="s">
         <v>81</v>
       </c>
       <c r="T23" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X23" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="Y23" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24">
-        <v>106059</v>
+        <v>107518</v>
       </c>
       <c r="B24" s="1">
-        <v>46003</v>
+        <v>46080</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>243</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>244</v>
       </c>
       <c r="H24" t="s">
-        <v>219</v>
+        <v>245</v>
       </c>
       <c r="I24" t="s">
+        <v>246</v>
+      </c>
+      <c r="J24" t="s">
+        <v>247</v>
+      </c>
+      <c r="K24" t="s">
+        <v>248</v>
+      </c>
+      <c r="L24" t="s">
+        <v>249</v>
+      </c>
+      <c r="M24" t="s">
+        <v>250</v>
+      </c>
+      <c r="N24" t="s">
+        <v>243</v>
+      </c>
+      <c r="O24" t="s">
+        <v>251</v>
+      </c>
+      <c r="P24" t="s">
+        <v>252</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>80</v>
+      </c>
+      <c r="R24" t="s">
+        <v>81</v>
+      </c>
+      <c r="S24" t="s">
+        <v>81</v>
+      </c>
+      <c r="T24" t="s">
+        <v>81</v>
+      </c>
+      <c r="X24" t="s">
+        <v>253</v>
+      </c>
+      <c r="Y24" t="s">
         <v>254</v>
-      </c>
-[...37 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25">
-        <v>106058</v>
+        <v>107495</v>
       </c>
       <c r="B25" s="1">
-        <v>46003</v>
+        <v>46079</v>
       </c>
       <c r="C25" t="s">
-        <v>69</v>
+        <v>148</v>
       </c>
       <c r="D25" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>149</v>
       </c>
       <c r="I25" t="s">
+        <v>255</v>
+      </c>
+      <c r="J25" t="s">
+        <v>256</v>
+      </c>
+      <c r="K25" t="s">
+        <v>257</v>
+      </c>
+      <c r="L25" t="s">
         <v>258</v>
       </c>
-      <c r="J25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M25" t="s">
-        <v>223</v>
+        <v>259</v>
       </c>
       <c r="N25" t="s">
-        <v>224</v>
+        <v>154</v>
       </c>
       <c r="O25" t="s">
-        <v>230</v>
+        <v>260</v>
       </c>
       <c r="P25" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="Q25" t="s">
         <v>80</v>
       </c>
       <c r="R25" t="s">
         <v>81</v>
       </c>
       <c r="S25" t="s">
         <v>81</v>
       </c>
       <c r="T25" t="s">
         <v>81</v>
       </c>
       <c r="X25" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="Y25" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26">
-        <v>106057</v>
+        <v>107493</v>
       </c>
       <c r="B26" s="1">
-        <v>46003</v>
+        <v>46079</v>
       </c>
       <c r="C26" t="s">
-        <v>69</v>
+        <v>148</v>
       </c>
       <c r="D26" t="s">
-        <v>70</v>
+        <v>149</v>
       </c>
       <c r="H26" t="s">
-        <v>219</v>
+        <v>263</v>
       </c>
       <c r="I26" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="J26" t="s">
-        <v>209</v>
+        <v>256</v>
       </c>
       <c r="K26" t="s">
-        <v>221</v>
+        <v>265</v>
       </c>
       <c r="L26" t="s">
-        <v>222</v>
+        <v>266</v>
       </c>
       <c r="M26" t="s">
-        <v>223</v>
+        <v>267</v>
       </c>
       <c r="N26" t="s">
-        <v>224</v>
+        <v>154</v>
       </c>
       <c r="O26" t="s">
-        <v>230</v>
+        <v>268</v>
       </c>
       <c r="P26" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="Q26" t="s">
         <v>80</v>
       </c>
       <c r="R26" t="s">
         <v>81</v>
       </c>
       <c r="S26" t="s">
         <v>81</v>
       </c>
       <c r="T26" t="s">
         <v>81</v>
       </c>
       <c r="X26" t="s">
         <v>264</v>
       </c>
       <c r="Y26" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27">
-        <v>106056</v>
+        <v>107477</v>
       </c>
       <c r="B27" s="1">
-        <v>46003</v>
+        <v>46079</v>
       </c>
       <c r="C27" t="s">
-        <v>69</v>
+        <v>148</v>
       </c>
       <c r="D27" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>149</v>
       </c>
       <c r="I27" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="J27" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="K27" t="s">
-        <v>221</v>
+        <v>257</v>
       </c>
       <c r="L27" t="s">
-        <v>222</v>
+        <v>258</v>
       </c>
       <c r="M27" t="s">
-        <v>223</v>
+        <v>259</v>
       </c>
       <c r="N27" t="s">
-        <v>224</v>
+        <v>154</v>
       </c>
       <c r="O27" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="Q27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R27" t="s">
         <v>81</v>
       </c>
       <c r="S27" t="s">
         <v>81</v>
       </c>
       <c r="T27" t="s">
         <v>81</v>
       </c>
       <c r="X27" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="Y27" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28">
-        <v>106054</v>
+        <v>107469</v>
       </c>
       <c r="B28" s="1">
-        <v>46002</v>
+        <v>46079</v>
       </c>
       <c r="C28" t="s">
-        <v>127</v>
+        <v>230</v>
       </c>
       <c r="D28" t="s">
-        <v>128</v>
+        <v>231</v>
       </c>
       <c r="H28" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="I28" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="J28" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="K28" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="L28" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="M28" t="s">
+        <v>278</v>
+      </c>
+      <c r="N28" t="s">
+        <v>279</v>
+      </c>
+      <c r="O28" t="s">
+        <v>280</v>
+      </c>
+      <c r="P28" t="s">
+        <v>281</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>80</v>
+      </c>
+      <c r="R28" t="s">
+        <v>81</v>
+      </c>
+      <c r="S28" t="s">
+        <v>81</v>
+      </c>
+      <c r="T28" t="s">
+        <v>81</v>
+      </c>
+      <c r="X28" t="s">
         <v>275</v>
       </c>
-      <c r="N28" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="Y28" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29">
-        <v>106053</v>
+        <v>107465</v>
       </c>
       <c r="B29" s="1">
-        <v>46002</v>
+        <v>46079</v>
       </c>
       <c r="C29" t="s">
-        <v>280</v>
+        <v>148</v>
       </c>
       <c r="D29" t="s">
-        <v>281</v>
+        <v>149</v>
       </c>
       <c r="H29" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="I29" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="J29" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="K29" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="L29" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="M29" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="N29" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="O29" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P29" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="Q29" t="s">
         <v>80</v>
       </c>
       <c r="R29" t="s">
         <v>81</v>
       </c>
       <c r="S29" t="s">
         <v>81</v>
       </c>
       <c r="T29" t="s">
         <v>81</v>
       </c>
       <c r="X29" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="Y29" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30">
-        <v>106051</v>
+        <v>107407</v>
       </c>
       <c r="B30" s="1">
-        <v>46002</v>
+        <v>46078</v>
       </c>
       <c r="C30" t="s">
-        <v>69</v>
+        <v>148</v>
       </c>
       <c r="D30" t="s">
-        <v>70</v>
+        <v>149</v>
       </c>
       <c r="H30" t="s">
-        <v>219</v>
+        <v>292</v>
       </c>
       <c r="I30" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="J30" t="s">
-        <v>267</v>
+        <v>294</v>
       </c>
       <c r="K30" t="s">
-        <v>221</v>
+        <v>295</v>
       </c>
       <c r="L30" t="s">
-        <v>222</v>
+        <v>296</v>
       </c>
       <c r="M30" t="s">
-        <v>223</v>
+        <v>297</v>
       </c>
       <c r="N30" t="s">
-        <v>224</v>
+        <v>298</v>
       </c>
       <c r="O30" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="P30" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="Q30" t="s">
         <v>80</v>
       </c>
       <c r="R30" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S30" t="s">
         <v>81</v>
       </c>
       <c r="T30" t="s">
         <v>81</v>
       </c>
+      <c r="U30" t="s">
+        <v>301</v>
+      </c>
+      <c r="V30" t="s">
+        <v>302</v>
+      </c>
       <c r="X30" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
       <c r="Y30" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31">
-        <v>106050</v>
+        <v>107405</v>
       </c>
       <c r="B31" s="1">
-        <v>46002</v>
+        <v>46078</v>
       </c>
       <c r="C31" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="D31" t="s">
-        <v>128</v>
+        <v>149</v>
       </c>
       <c r="H31" t="s">
-        <v>163</v>
+        <v>209</v>
       </c>
       <c r="I31" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="J31" t="s">
-        <v>267</v>
+        <v>306</v>
+      </c>
+      <c r="K31" t="s">
+        <v>284</v>
       </c>
       <c r="L31" t="s">
-        <v>297</v>
+        <v>285</v>
       </c>
       <c r="M31" t="s">
-        <v>298</v>
+        <v>286</v>
       </c>
       <c r="N31" t="s">
-        <v>299</v>
+        <v>287</v>
       </c>
       <c r="O31" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="P31" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="Q31" t="s">
         <v>80</v>
       </c>
       <c r="R31" t="s">
         <v>81</v>
       </c>
       <c r="S31" t="s">
         <v>81</v>
       </c>
       <c r="T31" t="s">
         <v>81</v>
       </c>
       <c r="X31" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="Y31" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32">
-        <v>106048</v>
+        <v>107402</v>
       </c>
       <c r="B32" s="1">
-        <v>46002</v>
+        <v>46078</v>
       </c>
       <c r="C32" t="s">
         <v>69</v>
       </c>
       <c r="D32" t="s">
         <v>70</v>
       </c>
       <c r="H32" t="s">
+        <v>103</v>
+      </c>
+      <c r="I32" t="s">
+        <v>311</v>
+      </c>
+      <c r="J32" t="s">
+        <v>294</v>
+      </c>
+      <c r="K32" t="s">
+        <v>312</v>
+      </c>
+      <c r="L32" t="s">
+        <v>313</v>
+      </c>
+      <c r="M32" t="s">
+        <v>314</v>
+      </c>
+      <c r="N32" t="s">
+        <v>315</v>
+      </c>
+      <c r="O32" t="s">
+        <v>316</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>81</v>
+      </c>
+      <c r="R32" t="s">
+        <v>81</v>
+      </c>
+      <c r="S32" t="s">
+        <v>81</v>
+      </c>
+      <c r="T32" t="s">
+        <v>81</v>
+      </c>
+      <c r="X32" t="s">
+        <v>317</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="33" spans="1:36">
+      <c r="A33">
+        <v>107385</v>
+      </c>
+      <c r="B33" s="1">
+        <v>46077</v>
+      </c>
+      <c r="C33" t="s">
+        <v>69</v>
+      </c>
+      <c r="D33" t="s">
+        <v>70</v>
+      </c>
+      <c r="H33" t="s">
+        <v>114</v>
+      </c>
+      <c r="I33" t="s">
+        <v>319</v>
+      </c>
+      <c r="J33" t="s">
+        <v>320</v>
+      </c>
+      <c r="K33" t="s">
+        <v>217</v>
+      </c>
+      <c r="L33" t="s">
+        <v>218</v>
+      </c>
+      <c r="M33" t="s">
         <v>219</v>
       </c>
-      <c r="I32" t="s">
-[...67 lines deleted...]
-      <c r="M33" t="s">
+      <c r="N33" t="s">
+        <v>220</v>
+      </c>
+      <c r="O33" t="s">
+        <v>321</v>
+      </c>
+      <c r="P33" t="s">
+        <v>322</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>80</v>
+      </c>
+      <c r="R33" t="s">
+        <v>81</v>
+      </c>
+      <c r="S33" t="s">
+        <v>81</v>
+      </c>
+      <c r="T33" t="s">
+        <v>81</v>
+      </c>
+      <c r="X33" t="s">
+        <v>323</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>324</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>325</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>326</v>
+      </c>
+      <c r="AC33" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD33" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE33" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF33" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ33" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="34" spans="1:36">
+      <c r="A34">
+        <v>107384</v>
+      </c>
+      <c r="B34" s="1">
+        <v>46077</v>
+      </c>
+      <c r="C34" t="s">
+        <v>69</v>
+      </c>
+      <c r="D34" t="s">
+        <v>70</v>
+      </c>
+      <c r="H34" t="s">
+        <v>114</v>
+      </c>
+      <c r="I34" t="s">
+        <v>328</v>
+      </c>
+      <c r="J34" t="s">
+        <v>320</v>
+      </c>
+      <c r="K34" t="s">
+        <v>217</v>
+      </c>
+      <c r="L34" t="s">
+        <v>218</v>
+      </c>
+      <c r="M34" t="s">
+        <v>219</v>
+      </c>
+      <c r="N34" t="s">
+        <v>220</v>
+      </c>
+      <c r="O34" t="s">
+        <v>329</v>
+      </c>
+      <c r="P34" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>80</v>
+      </c>
+      <c r="R34" t="s">
+        <v>81</v>
+      </c>
+      <c r="S34" t="s">
+        <v>81</v>
+      </c>
+      <c r="T34" t="s">
+        <v>81</v>
+      </c>
+      <c r="X34" t="s">
+        <v>331</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="35" spans="1:36">
+      <c r="A35">
+        <v>107383</v>
+      </c>
+      <c r="B35" s="1">
+        <v>46077</v>
+      </c>
+      <c r="C35" t="s">
+        <v>69</v>
+      </c>
+      <c r="D35" t="s">
+        <v>70</v>
+      </c>
+      <c r="H35" t="s">
+        <v>114</v>
+      </c>
+      <c r="I35" t="s">
+        <v>333</v>
+      </c>
+      <c r="J35" t="s">
+        <v>320</v>
+      </c>
+      <c r="K35" t="s">
+        <v>217</v>
+      </c>
+      <c r="L35" t="s">
+        <v>218</v>
+      </c>
+      <c r="M35" t="s">
+        <v>219</v>
+      </c>
+      <c r="N35" t="s">
+        <v>220</v>
+      </c>
+      <c r="O35" t="s">
+        <v>334</v>
+      </c>
+      <c r="P35" t="s">
+        <v>335</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>80</v>
+      </c>
+      <c r="R35" t="s">
+        <v>81</v>
+      </c>
+      <c r="S35" t="s">
+        <v>81</v>
+      </c>
+      <c r="T35" t="s">
+        <v>81</v>
+      </c>
+      <c r="X35" t="s">
+        <v>336</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="36" spans="1:36">
+      <c r="A36">
+        <v>107358</v>
+      </c>
+      <c r="B36" s="1">
+        <v>46076</v>
+      </c>
+      <c r="C36" t="s">
+        <v>69</v>
+      </c>
+      <c r="D36" t="s">
+        <v>70</v>
+      </c>
+      <c r="H36" t="s">
+        <v>103</v>
+      </c>
+      <c r="I36" t="s">
+        <v>338</v>
+      </c>
+      <c r="J36" t="s">
         <v>306</v>
       </c>
-      <c r="N33" t="s">
-[...43 lines deleted...]
-      <c r="I34" t="s">
+      <c r="K36" t="s">
         <v>312</v>
       </c>
-      <c r="J34" t="s">
+      <c r="L36" t="s">
         <v>313</v>
       </c>
-      <c r="K34" t="s">
-[...11 lines deleted...]
-      <c r="O34" t="s">
+      <c r="M36" t="s">
         <v>314</v>
       </c>
-      <c r="P34" t="s">
+      <c r="N36" t="s">
         <v>315</v>
       </c>
-      <c r="Q34" t="s">
-[...107 lines deleted...]
-      </c>
       <c r="O36" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="P36" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="Q36" t="s">
         <v>80</v>
       </c>
       <c r="R36" t="s">
         <v>81</v>
       </c>
       <c r="S36" t="s">
         <v>81</v>
       </c>
       <c r="T36" t="s">
         <v>81</v>
       </c>
       <c r="X36" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="Y36" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:69">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="37" spans="1:36">
       <c r="A37">
-        <v>106042</v>
+        <v>107353</v>
       </c>
       <c r="B37" s="1">
-        <v>46000</v>
+        <v>46076</v>
       </c>
       <c r="C37" t="s">
-        <v>206</v>
+        <v>69</v>
       </c>
       <c r="D37" t="s">
-        <v>207</v>
+        <v>70</v>
       </c>
       <c r="H37" t="s">
-        <v>190</v>
+        <v>103</v>
       </c>
       <c r="I37" t="s">
-        <v>333</v>
+        <v>343</v>
       </c>
       <c r="J37" t="s">
-        <v>334</v>
+        <v>306</v>
       </c>
       <c r="K37" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="L37" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="M37" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="N37" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="O37" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
       <c r="P37" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="Q37" t="s">
         <v>80</v>
       </c>
       <c r="R37" t="s">
         <v>81</v>
       </c>
       <c r="S37" t="s">
         <v>81</v>
       </c>
       <c r="T37" t="s">
         <v>81</v>
       </c>
       <c r="X37" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="Y37" t="s">
-        <v>342</v>
-[...4 lines deleted...]
-      <c r="AA37" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="38" spans="1:36">
+      <c r="A38">
+        <v>107352</v>
+      </c>
+      <c r="B38" s="1">
+        <v>46076</v>
+      </c>
+      <c r="C38" t="s">
+        <v>69</v>
+      </c>
+      <c r="D38" t="s">
+        <v>70</v>
+      </c>
+      <c r="H38" t="s">
+        <v>103</v>
+      </c>
+      <c r="I38" t="s">
         <v>343</v>
       </c>
-      <c r="AB37" t="s">
+      <c r="J38" t="s">
+        <v>306</v>
+      </c>
+      <c r="K38" t="s">
         <v>344</v>
       </c>
-      <c r="AC37" t="s">
-[...17 lines deleted...]
-      <c r="AL37" t="s">
+      <c r="L38" t="s">
         <v>345</v>
       </c>
-      <c r="AM37" t="s">
+      <c r="M38" t="s">
         <v>346</v>
       </c>
-      <c r="AN37" t="s">
-[...17 lines deleted...]
-      <c r="AW37" t="s">
+      <c r="N38" t="s">
         <v>347</v>
       </c>
-      <c r="AX37" t="s">
+      <c r="O38" t="s">
         <v>348</v>
       </c>
-      <c r="AY37" t="s">
-[...20 lines deleted...]
-      <c r="BI37" t="s">
+      <c r="P38" t="s">
+        <v>352</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>80</v>
+      </c>
+      <c r="R38" t="s">
+        <v>81</v>
+      </c>
+      <c r="S38" t="s">
+        <v>81</v>
+      </c>
+      <c r="T38" t="s">
+        <v>81</v>
+      </c>
+      <c r="X38" t="s">
         <v>350</v>
       </c>
-      <c r="BJ37" t="s">
-[...31 lines deleted...]
-      <c r="I38" t="s">
+      <c r="Y38" t="s">
         <v>351</v>
       </c>
-      <c r="J38" t="s">
-[...17 lines deleted...]
-      <c r="P38" t="s">
+    </row>
+    <row r="39" spans="1:36">
+      <c r="A39">
+        <v>107343</v>
+      </c>
+      <c r="B39" s="1">
+        <v>46076</v>
+      </c>
+      <c r="C39" t="s">
+        <v>112</v>
+      </c>
+      <c r="D39" t="s">
+        <v>113</v>
+      </c>
+      <c r="H39" t="s">
         <v>353</v>
       </c>
-      <c r="Q38" t="s">
-[...11 lines deleted...]
-      <c r="X38" t="s">
+      <c r="I39" t="s">
         <v>354</v>
       </c>
-      <c r="Y38" t="s">
+      <c r="J39" t="s">
+        <v>306</v>
+      </c>
+      <c r="K39" t="s">
         <v>355</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="I39" t="s">
+      <c r="L39" t="s">
         <v>356</v>
       </c>
-      <c r="J39" t="s">
+      <c r="M39" t="s">
         <v>357</v>
       </c>
-      <c r="L39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N39" t="s">
-        <v>194</v>
+        <v>358</v>
       </c>
       <c r="O39" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="P39" t="s">
         <v>359</v>
       </c>
       <c r="Q39" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R39" t="s">
         <v>81</v>
       </c>
       <c r="S39" t="s">
         <v>81</v>
       </c>
       <c r="T39" t="s">
         <v>81</v>
       </c>
       <c r="X39" t="s">
         <v>360</v>
       </c>
       <c r="Y39" t="s">
         <v>361</v>
       </c>
     </row>
-    <row r="40" spans="1:69">
+    <row r="40" spans="1:36">
       <c r="A40">
-        <v>106036</v>
+        <v>107337</v>
       </c>
       <c r="B40" s="1">
-        <v>45999</v>
+        <v>46076</v>
       </c>
       <c r="C40" t="s">
         <v>69</v>
       </c>
       <c r="D40" t="s">
         <v>70</v>
       </c>
       <c r="H40" t="s">
-        <v>219</v>
+        <v>71</v>
       </c>
       <c r="I40" t="s">
         <v>362</v>
       </c>
       <c r="J40" t="s">
-        <v>357</v>
+        <v>306</v>
       </c>
       <c r="K40" t="s">
-        <v>221</v>
+        <v>363</v>
       </c>
       <c r="L40" t="s">
-        <v>222</v>
+        <v>364</v>
       </c>
       <c r="M40" t="s">
-        <v>223</v>
+        <v>365</v>
       </c>
       <c r="N40" t="s">
-        <v>224</v>
+        <v>366</v>
       </c>
       <c r="O40" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="P40" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="Q40" t="s">
         <v>80</v>
       </c>
       <c r="R40" t="s">
         <v>81</v>
       </c>
       <c r="S40" t="s">
         <v>81</v>
       </c>
       <c r="T40" t="s">
         <v>81</v>
       </c>
       <c r="X40" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="Y40" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:69">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="41" spans="1:36">
       <c r="A41">
-        <v>106025</v>
+        <v>107334</v>
       </c>
       <c r="B41" s="1">
-        <v>45996</v>
+        <v>46076</v>
       </c>
       <c r="C41" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="D41" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>149</v>
       </c>
       <c r="I41" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="J41" t="s">
-        <v>368</v>
+        <v>306</v>
+      </c>
+      <c r="K41" t="s">
+        <v>204</v>
       </c>
       <c r="L41" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="M41" t="s">
-        <v>193</v>
+        <v>206</v>
       </c>
       <c r="N41" t="s">
-        <v>194</v>
+        <v>154</v>
       </c>
       <c r="O41" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="P41" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="Q41" t="s">
         <v>80</v>
       </c>
       <c r="R41" t="s">
         <v>81</v>
       </c>
       <c r="S41" t="s">
         <v>81</v>
       </c>
       <c r="T41" t="s">
         <v>81</v>
       </c>
       <c r="X41" t="s">
         <v>371</v>
       </c>
       <c r="Y41" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:69">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="42" spans="1:36">
       <c r="A42">
-        <v>106022</v>
+        <v>107311</v>
       </c>
       <c r="B42" s="1">
-        <v>45995</v>
+        <v>46072</v>
       </c>
       <c r="C42" t="s">
-        <v>373</v>
+        <v>230</v>
       </c>
       <c r="D42" t="s">
-        <v>374</v>
+        <v>231</v>
       </c>
       <c r="H42" t="s">
-        <v>71</v>
+        <v>274</v>
       </c>
       <c r="I42" t="s">
         <v>375</v>
       </c>
       <c r="J42" t="s">
         <v>376</v>
       </c>
       <c r="K42" t="s">
+        <v>276</v>
+      </c>
+      <c r="L42" t="s">
+        <v>277</v>
+      </c>
+      <c r="M42" t="s">
+        <v>278</v>
+      </c>
+      <c r="N42" t="s">
+        <v>279</v>
+      </c>
+      <c r="O42" t="s">
+        <v>280</v>
+      </c>
+      <c r="P42" t="s">
         <v>377</v>
       </c>
-      <c r="L42" t="s">
+      <c r="Q42" t="s">
+        <v>80</v>
+      </c>
+      <c r="R42" t="s">
+        <v>81</v>
+      </c>
+      <c r="S42" t="s">
+        <v>81</v>
+      </c>
+      <c r="T42" t="s">
+        <v>80</v>
+      </c>
+      <c r="X42" t="s">
+        <v>375</v>
+      </c>
+      <c r="Y42" t="s">
         <v>378</v>
       </c>
-      <c r="M42" t="s">
+    </row>
+    <row r="43" spans="1:36">
+      <c r="A43">
+        <v>107310</v>
+      </c>
+      <c r="B43" s="1">
+        <v>46072</v>
+      </c>
+      <c r="C43" t="s">
+        <v>230</v>
+      </c>
+      <c r="D43" t="s">
+        <v>231</v>
+      </c>
+      <c r="H43" t="s">
+        <v>274</v>
+      </c>
+      <c r="I43" t="s">
         <v>379</v>
-      </c>
-[...45 lines deleted...]
-        <v>385</v>
       </c>
       <c r="J43" t="s">
         <v>376</v>
       </c>
       <c r="K43" t="s">
-        <v>386</v>
+        <v>276</v>
       </c>
       <c r="L43" t="s">
-        <v>387</v>
+        <v>277</v>
       </c>
       <c r="M43" t="s">
-        <v>388</v>
+        <v>278</v>
       </c>
       <c r="N43" t="s">
-        <v>389</v>
+        <v>279</v>
       </c>
       <c r="O43" t="s">
-        <v>390</v>
+        <v>280</v>
       </c>
       <c r="P43" t="s">
-        <v>391</v>
+        <v>380</v>
       </c>
       <c r="Q43" t="s">
         <v>80</v>
       </c>
       <c r="R43" t="s">
         <v>81</v>
       </c>
       <c r="S43" t="s">
         <v>81</v>
       </c>
       <c r="T43" t="s">
         <v>81</v>
       </c>
       <c r="X43" t="s">
-        <v>392</v>
+        <v>379</v>
       </c>
       <c r="Y43" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:69">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="44" spans="1:36">
       <c r="A44">
-        <v>106020</v>
+        <v>107309</v>
       </c>
       <c r="B44" s="1">
-        <v>45995</v>
+        <v>46072</v>
       </c>
       <c r="C44" t="s">
-        <v>127</v>
+        <v>230</v>
       </c>
       <c r="D44" t="s">
-        <v>128</v>
+        <v>231</v>
       </c>
       <c r="H44" t="s">
-        <v>163</v>
+        <v>274</v>
       </c>
       <c r="I44" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="J44" t="s">
         <v>376</v>
       </c>
       <c r="K44" t="s">
-        <v>395</v>
+        <v>276</v>
       </c>
       <c r="L44" t="s">
-        <v>396</v>
+        <v>277</v>
       </c>
       <c r="M44" t="s">
-        <v>397</v>
+        <v>278</v>
       </c>
       <c r="N44" t="s">
-        <v>398</v>
+        <v>279</v>
       </c>
       <c r="O44" t="s">
-        <v>399</v>
+        <v>383</v>
       </c>
       <c r="P44" t="s">
-        <v>400</v>
+        <v>384</v>
       </c>
       <c r="Q44" t="s">
         <v>80</v>
       </c>
       <c r="R44" t="s">
         <v>81</v>
       </c>
       <c r="S44" t="s">
         <v>81</v>
       </c>
       <c r="T44" t="s">
         <v>81</v>
       </c>
       <c r="X44" t="s">
-        <v>401</v>
+        <v>382</v>
       </c>
       <c r="Y44" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:69">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="45" spans="1:36">
       <c r="A45">
-        <v>106019</v>
+        <v>107307</v>
       </c>
       <c r="B45" s="1">
-        <v>45995</v>
+        <v>46072</v>
       </c>
       <c r="C45" t="s">
-        <v>127</v>
+        <v>69</v>
       </c>
       <c r="D45" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
       <c r="H45" t="s">
-        <v>163</v>
+        <v>103</v>
       </c>
       <c r="I45" t="s">
-        <v>403</v>
+        <v>386</v>
       </c>
       <c r="J45" t="s">
         <v>376</v>
       </c>
       <c r="K45" t="s">
-        <v>395</v>
+        <v>387</v>
       </c>
       <c r="L45" t="s">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="M45" t="s">
-        <v>397</v>
+        <v>389</v>
       </c>
       <c r="N45" t="s">
-        <v>398</v>
+        <v>69</v>
       </c>
       <c r="O45" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="P45" t="s">
-        <v>404</v>
+        <v>391</v>
       </c>
       <c r="Q45" t="s">
         <v>80</v>
       </c>
       <c r="R45" t="s">
         <v>81</v>
       </c>
       <c r="S45" t="s">
         <v>81</v>
       </c>
       <c r="T45" t="s">
         <v>81</v>
       </c>
       <c r="X45" t="s">
-        <v>405</v>
+        <v>392</v>
       </c>
       <c r="Y45" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:69">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="46" spans="1:36">
       <c r="A46">
-        <v>106018</v>
+        <v>107302</v>
       </c>
       <c r="B46" s="1">
-        <v>45995</v>
+        <v>46072</v>
       </c>
       <c r="C46" t="s">
         <v>69</v>
       </c>
       <c r="D46" t="s">
         <v>70</v>
       </c>
       <c r="H46" t="s">
-        <v>407</v>
+        <v>103</v>
       </c>
       <c r="I46" t="s">
-        <v>408</v>
+        <v>394</v>
       </c>
       <c r="J46" t="s">
         <v>376</v>
       </c>
       <c r="K46" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="M46" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="N46" t="s">
-        <v>389</v>
+        <v>69</v>
       </c>
       <c r="O46" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-        <v>409</v>
+        <v>396</v>
       </c>
       <c r="Q46" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R46" t="s">
         <v>81</v>
       </c>
       <c r="S46" t="s">
         <v>81</v>
       </c>
       <c r="T46" t="s">
         <v>81</v>
       </c>
       <c r="X46" t="s">
-        <v>410</v>
+        <v>397</v>
       </c>
       <c r="Y46" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:69">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="47" spans="1:36">
       <c r="A47">
-        <v>106017</v>
+        <v>107297</v>
       </c>
       <c r="B47" s="1">
-        <v>45995</v>
+        <v>46072</v>
       </c>
       <c r="C47" t="s">
-        <v>127</v>
+        <v>69</v>
       </c>
       <c r="D47" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
       <c r="H47" t="s">
-        <v>163</v>
+        <v>399</v>
       </c>
       <c r="I47" t="s">
-        <v>412</v>
+        <v>400</v>
       </c>
       <c r="J47" t="s">
         <v>376</v>
       </c>
+      <c r="K47" t="s">
+        <v>401</v>
+      </c>
       <c r="L47" t="s">
+        <v>402</v>
+      </c>
+      <c r="M47" t="s">
+        <v>403</v>
+      </c>
+      <c r="N47" t="s">
+        <v>404</v>
+      </c>
+      <c r="O47" t="s">
+        <v>405</v>
+      </c>
+      <c r="P47" t="s">
+        <v>406</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>80</v>
+      </c>
+      <c r="R47" t="s">
+        <v>81</v>
+      </c>
+      <c r="S47" t="s">
+        <v>81</v>
+      </c>
+      <c r="T47" t="s">
+        <v>81</v>
+      </c>
+      <c r="X47" t="s">
+        <v>407</v>
+      </c>
+      <c r="Y47" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="48" spans="1:36">
+      <c r="A48">
+        <v>107296</v>
+      </c>
+      <c r="B48" s="1">
+        <v>46072</v>
+      </c>
+      <c r="C48" t="s">
+        <v>69</v>
+      </c>
+      <c r="D48" t="s">
+        <v>70</v>
+      </c>
+      <c r="H48" t="s">
+        <v>399</v>
+      </c>
+      <c r="I48" t="s">
+        <v>409</v>
+      </c>
+      <c r="J48" t="s">
+        <v>376</v>
+      </c>
+      <c r="K48" t="s">
+        <v>410</v>
+      </c>
+      <c r="L48" t="s">
+        <v>402</v>
+      </c>
+      <c r="M48" t="s">
+        <v>403</v>
+      </c>
+      <c r="N48" t="s">
+        <v>404</v>
+      </c>
+      <c r="O48" t="s">
+        <v>411</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>81</v>
+      </c>
+      <c r="R48" t="s">
+        <v>81</v>
+      </c>
+      <c r="S48" t="s">
+        <v>81</v>
+      </c>
+      <c r="T48" t="s">
+        <v>81</v>
+      </c>
+      <c r="X48" t="s">
+        <v>412</v>
+      </c>
+      <c r="Y48" t="s">
         <v>413</v>
-      </c>
-[...84 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49">
-        <v>106013</v>
+        <v>107294</v>
       </c>
       <c r="B49" s="1">
-        <v>45994</v>
+        <v>46072</v>
       </c>
       <c r="C49" t="s">
-        <v>424</v>
+        <v>69</v>
       </c>
       <c r="D49" t="s">
-        <v>425</v>
+        <v>70</v>
       </c>
       <c r="H49" t="s">
-        <v>426</v>
+        <v>399</v>
       </c>
       <c r="I49" t="s">
-        <v>427</v>
+        <v>414</v>
       </c>
       <c r="J49" t="s">
-        <v>420</v>
+        <v>376</v>
       </c>
       <c r="K49" t="s">
-        <v>428</v>
+        <v>401</v>
       </c>
       <c r="L49" t="s">
-        <v>429</v>
+        <v>402</v>
       </c>
       <c r="M49" t="s">
-        <v>430</v>
+        <v>403</v>
       </c>
       <c r="N49" t="s">
-        <v>431</v>
+        <v>404</v>
       </c>
       <c r="O49" t="s">
-        <v>432</v>
+        <v>415</v>
+      </c>
+      <c r="P49" t="s">
+        <v>416</v>
       </c>
       <c r="Q49" t="s">
         <v>80</v>
       </c>
       <c r="R49" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S49" t="s">
         <v>81</v>
       </c>
       <c r="T49" t="s">
         <v>81</v>
       </c>
       <c r="X49" t="s">
-        <v>433</v>
+        <v>417</v>
       </c>
       <c r="Y49" t="s">
-        <v>434</v>
+        <v>418</v>
       </c>
     </row>
     <row r="50" spans="1:25">
       <c r="A50">
-        <v>106012</v>
+        <v>107268</v>
       </c>
       <c r="B50" s="1">
-        <v>45994</v>
+        <v>46071</v>
       </c>
       <c r="C50" t="s">
-        <v>424</v>
+        <v>148</v>
       </c>
       <c r="D50" t="s">
-        <v>425</v>
+        <v>149</v>
       </c>
       <c r="H50" t="s">
-        <v>426</v>
+        <v>194</v>
       </c>
       <c r="I50" t="s">
-        <v>435</v>
+        <v>419</v>
       </c>
       <c r="J50" t="s">
         <v>420</v>
       </c>
       <c r="K50" t="s">
-        <v>428</v>
+        <v>196</v>
       </c>
       <c r="L50" t="s">
-        <v>429</v>
+        <v>197</v>
       </c>
       <c r="M50" t="s">
-        <v>430</v>
+        <v>198</v>
       </c>
       <c r="N50" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
       <c r="O50" t="s">
-        <v>436</v>
+        <v>422</v>
+      </c>
+      <c r="P50" t="s">
+        <v>423</v>
       </c>
       <c r="Q50" t="s">
         <v>80</v>
       </c>
       <c r="R50" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S50" t="s">
         <v>81</v>
       </c>
       <c r="T50" t="s">
         <v>81</v>
       </c>
       <c r="X50" t="s">
-        <v>437</v>
+        <v>424</v>
       </c>
       <c r="Y50" t="s">
-        <v>438</v>
+        <v>425</v>
       </c>
     </row>
     <row r="51" spans="1:25">
       <c r="A51">
-        <v>106011</v>
+        <v>107257</v>
       </c>
       <c r="B51" s="1">
-        <v>45994</v>
+        <v>46071</v>
       </c>
       <c r="C51" t="s">
-        <v>424</v>
+        <v>69</v>
       </c>
       <c r="D51" t="s">
-        <v>425</v>
+        <v>70</v>
       </c>
       <c r="H51" t="s">
+        <v>114</v>
+      </c>
+      <c r="I51" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="J51" t="s">
         <v>420</v>
       </c>
       <c r="K51" t="s">
+        <v>427</v>
+      </c>
+      <c r="L51" t="s">
         <v>428</v>
       </c>
-      <c r="L51" t="s">
+      <c r="M51" t="s">
         <v>429</v>
       </c>
-      <c r="M51" t="s">
+      <c r="N51" t="s">
         <v>430</v>
       </c>
-      <c r="N51" t="s">
+      <c r="O51" t="s">
         <v>431</v>
       </c>
-      <c r="O51" t="s">
-        <v>440</v>
+      <c r="P51" t="s">
+        <v>432</v>
       </c>
       <c r="Q51" t="s">
         <v>80</v>
       </c>
       <c r="R51" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S51" t="s">
         <v>81</v>
       </c>
       <c r="T51" t="s">
         <v>81</v>
       </c>
       <c r="X51" t="s">
         <v>433</v>
       </c>
       <c r="Y51" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
     </row>
     <row r="52" spans="1:25">
       <c r="A52">
-        <v>106009</v>
+        <v>107255</v>
       </c>
       <c r="B52" s="1">
-        <v>45993</v>
+        <v>46071</v>
       </c>
       <c r="C52" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="D52" t="s">
-        <v>128</v>
+        <v>149</v>
       </c>
       <c r="H52" t="s">
-        <v>163</v>
+        <v>209</v>
       </c>
       <c r="I52" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="J52" t="s">
-        <v>443</v>
+        <v>420</v>
       </c>
       <c r="L52" t="s">
-        <v>165</v>
+        <v>211</v>
       </c>
       <c r="M52" t="s">
-        <v>166</v>
+        <v>212</v>
       </c>
       <c r="N52" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="O52" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-        <v>445</v>
+        <v>436</v>
       </c>
       <c r="Q52" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R52" t="s">
         <v>81</v>
       </c>
       <c r="S52" t="s">
         <v>81</v>
       </c>
       <c r="T52" t="s">
         <v>81</v>
       </c>
       <c r="X52" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="Y52" t="s">
-        <v>446</v>
+        <v>437</v>
       </c>
     </row>
     <row r="53" spans="1:25">
       <c r="A53">
-        <v>106008</v>
+        <v>107242</v>
       </c>
       <c r="B53" s="1">
-        <v>45993</v>
+        <v>46070</v>
       </c>
       <c r="C53" t="s">
-        <v>127</v>
+        <v>438</v>
       </c>
       <c r="D53" t="s">
-        <v>128</v>
+        <v>439</v>
       </c>
       <c r="H53" t="s">
-        <v>190</v>
+        <v>209</v>
       </c>
       <c r="I53" t="s">
+        <v>440</v>
+      </c>
+      <c r="J53" t="s">
+        <v>441</v>
+      </c>
+      <c r="K53" t="s">
+        <v>442</v>
+      </c>
+      <c r="L53" t="s">
+        <v>443</v>
+      </c>
+      <c r="M53" t="s">
+        <v>444</v>
+      </c>
+      <c r="N53" t="s">
+        <v>445</v>
+      </c>
+      <c r="O53" t="s">
+        <v>446</v>
+      </c>
+      <c r="P53" t="s">
         <v>447</v>
       </c>
-      <c r="J53" t="s">
-[...11 lines deleted...]
-      <c r="O53" t="s">
+      <c r="Q53" t="s">
+        <v>80</v>
+      </c>
+      <c r="R53" t="s">
+        <v>81</v>
+      </c>
+      <c r="S53" t="s">
+        <v>81</v>
+      </c>
+      <c r="T53" t="s">
+        <v>81</v>
+      </c>
+      <c r="X53" t="s">
         <v>448</v>
       </c>
-      <c r="P53" t="s">
+      <c r="Y53" t="s">
         <v>449</v>
-      </c>
-[...16 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="54" spans="1:25">
       <c r="A54">
-        <v>106007</v>
+        <v>107241</v>
       </c>
       <c r="B54" s="1">
-        <v>45992</v>
+        <v>46070</v>
       </c>
       <c r="C54" t="s">
-        <v>373</v>
+        <v>148</v>
       </c>
       <c r="D54" t="s">
-        <v>374</v>
+        <v>149</v>
       </c>
       <c r="H54" t="s">
+        <v>150</v>
+      </c>
+      <c r="I54" t="s">
+        <v>450</v>
+      </c>
+      <c r="J54" t="s">
+        <v>441</v>
+      </c>
+      <c r="L54" t="s">
+        <v>152</v>
+      </c>
+      <c r="M54" t="s">
+        <v>153</v>
+      </c>
+      <c r="N54" t="s">
+        <v>154</v>
+      </c>
+      <c r="O54" t="s">
+        <v>451</v>
+      </c>
+      <c r="P54" t="s">
         <v>452</v>
       </c>
-      <c r="I54" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="Q54" t="s">
         <v>80</v>
       </c>
       <c r="R54" t="s">
         <v>81</v>
       </c>
       <c r="S54" t="s">
         <v>81</v>
       </c>
       <c r="T54" t="s">
         <v>81</v>
       </c>
       <c r="X54" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="Y54" t="s">
-        <v>461</v>
+        <v>425</v>
       </c>
     </row>
     <row r="55" spans="1:25">
       <c r="A55">
-        <v>106006</v>
+        <v>107240</v>
       </c>
       <c r="B55" s="1">
-        <v>45992</v>
+        <v>46070</v>
       </c>
       <c r="C55" t="s">
-        <v>206</v>
+        <v>112</v>
       </c>
       <c r="D55" t="s">
-        <v>207</v>
+        <v>113</v>
       </c>
       <c r="H55" t="s">
-        <v>190</v>
+        <v>114</v>
       </c>
       <c r="I55" t="s">
-        <v>462</v>
+        <v>453</v>
       </c>
       <c r="J55" t="s">
+        <v>441</v>
+      </c>
+      <c r="K55" t="s">
         <v>454</v>
       </c>
-      <c r="K55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L55" t="s">
-        <v>464</v>
+        <v>455</v>
       </c>
       <c r="M55" t="s">
-        <v>465</v>
+        <v>456</v>
       </c>
       <c r="N55" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="O55" t="s">
-        <v>467</v>
+        <v>458</v>
       </c>
       <c r="P55" t="s">
-        <v>468</v>
+        <v>459</v>
       </c>
       <c r="Q55" t="s">
         <v>80</v>
       </c>
       <c r="R55" t="s">
         <v>81</v>
       </c>
       <c r="S55" t="s">
         <v>81</v>
       </c>
       <c r="T55" t="s">
         <v>81</v>
       </c>
       <c r="X55" t="s">
-        <v>469</v>
+        <v>460</v>
       </c>
       <c r="Y55" t="s">
-        <v>470</v>
+        <v>461</v>
       </c>
     </row>
     <row r="56" spans="1:25">
       <c r="A56">
-        <v>106005</v>
+        <v>107239</v>
       </c>
       <c r="B56" s="1">
-        <v>45992</v>
+        <v>46070</v>
       </c>
       <c r="C56" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="D56" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="H56" t="s">
-        <v>471</v>
+        <v>114</v>
       </c>
       <c r="I56" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="J56" t="s">
-        <v>473</v>
+        <v>441</v>
       </c>
       <c r="K56" t="s">
-        <v>474</v>
+        <v>427</v>
       </c>
       <c r="L56" t="s">
-        <v>475</v>
+        <v>428</v>
       </c>
       <c r="M56" t="s">
-        <v>476</v>
+        <v>429</v>
       </c>
       <c r="N56" t="s">
-        <v>477</v>
+        <v>430</v>
       </c>
       <c r="O56" t="s">
-        <v>478</v>
+        <v>463</v>
       </c>
       <c r="P56" t="s">
-        <v>479</v>
+        <v>464</v>
       </c>
       <c r="Q56" t="s">
         <v>80</v>
       </c>
       <c r="R56" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S56" t="s">
         <v>81</v>
       </c>
       <c r="T56" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>480</v>
+        <v>81</v>
       </c>
       <c r="X56" t="s">
-        <v>481</v>
+        <v>465</v>
       </c>
       <c r="Y56" t="s">
-        <v>482</v>
+        <v>466</v>
       </c>
     </row>
     <row r="57" spans="1:25">
       <c r="A57">
-        <v>106004</v>
+        <v>107227</v>
       </c>
       <c r="B57" s="1">
-        <v>45992</v>
+        <v>46070</v>
       </c>
       <c r="C57" t="s">
-        <v>206</v>
+        <v>148</v>
       </c>
       <c r="D57" t="s">
-        <v>207</v>
+        <v>149</v>
       </c>
       <c r="H57" t="s">
-        <v>163</v>
+        <v>150</v>
       </c>
       <c r="I57" t="s">
-        <v>483</v>
+        <v>467</v>
       </c>
       <c r="J57" t="s">
+        <v>468</v>
+      </c>
+      <c r="L57" t="s">
+        <v>152</v>
+      </c>
+      <c r="M57" t="s">
+        <v>153</v>
+      </c>
+      <c r="N57" t="s">
+        <v>154</v>
+      </c>
+      <c r="O57" t="s">
+        <v>469</v>
+      </c>
+      <c r="P57" t="s">
+        <v>470</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>80</v>
+      </c>
+      <c r="R57" t="s">
+        <v>80</v>
+      </c>
+      <c r="S57" t="s">
+        <v>81</v>
+      </c>
+      <c r="T57" t="s">
+        <v>81</v>
+      </c>
+      <c r="U57" t="s">
+        <v>471</v>
+      </c>
+      <c r="V57" t="s">
+        <v>472</v>
+      </c>
+      <c r="X57" t="s">
+        <v>467</v>
+      </c>
+      <c r="Y57" t="s">
         <v>473</v>
-      </c>
-[...34 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="58" spans="1:25">
       <c r="A58">
-        <v>106003</v>
+        <v>107216</v>
       </c>
       <c r="B58" s="1">
-        <v>45992</v>
+        <v>46069</v>
       </c>
       <c r="C58" t="s">
-        <v>127</v>
+        <v>173</v>
       </c>
       <c r="D58" t="s">
-        <v>128</v>
+        <v>174</v>
       </c>
       <c r="H58" t="s">
-        <v>190</v>
+        <v>114</v>
       </c>
       <c r="I58" t="s">
+        <v>474</v>
+      </c>
+      <c r="J58" t="s">
+        <v>468</v>
+      </c>
+      <c r="K58" t="s">
+        <v>176</v>
+      </c>
+      <c r="L58" t="s">
+        <v>177</v>
+      </c>
+      <c r="M58" t="s">
+        <v>178</v>
+      </c>
+      <c r="N58" t="s">
+        <v>179</v>
+      </c>
+      <c r="O58" t="s">
+        <v>475</v>
+      </c>
+      <c r="P58" t="s">
+        <v>476</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>80</v>
+      </c>
+      <c r="R58" t="s">
+        <v>81</v>
+      </c>
+      <c r="S58" t="s">
+        <v>81</v>
+      </c>
+      <c r="T58" t="s">
+        <v>81</v>
+      </c>
+      <c r="X58" t="s">
+        <v>477</v>
+      </c>
+      <c r="Y58" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="59" spans="1:25">
+      <c r="A59">
+        <v>107215</v>
+      </c>
+      <c r="B59" s="1">
+        <v>46069</v>
+      </c>
+      <c r="C59" t="s">
+        <v>148</v>
+      </c>
+      <c r="D59" t="s">
+        <v>149</v>
+      </c>
+      <c r="H59" t="s">
+        <v>209</v>
+      </c>
+      <c r="I59" t="s">
+        <v>479</v>
+      </c>
+      <c r="J59" t="s">
+        <v>468</v>
+      </c>
+      <c r="L59" t="s">
+        <v>211</v>
+      </c>
+      <c r="M59" t="s">
+        <v>212</v>
+      </c>
+      <c r="N59" t="s">
+        <v>154</v>
+      </c>
+      <c r="O59" t="s">
+        <v>480</v>
+      </c>
+      <c r="P59" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>80</v>
+      </c>
+      <c r="R59" t="s">
+        <v>81</v>
+      </c>
+      <c r="S59" t="s">
+        <v>81</v>
+      </c>
+      <c r="T59" t="s">
+        <v>81</v>
+      </c>
+      <c r="X59" t="s">
+        <v>479</v>
+      </c>
+      <c r="Y59" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="60" spans="1:25">
+      <c r="A60">
+        <v>107212</v>
+      </c>
+      <c r="B60" s="1">
+        <v>46069</v>
+      </c>
+      <c r="C60" t="s">
+        <v>148</v>
+      </c>
+      <c r="D60" t="s">
+        <v>149</v>
+      </c>
+      <c r="H60" t="s">
+        <v>150</v>
+      </c>
+      <c r="I60" t="s">
+        <v>467</v>
+      </c>
+      <c r="J60" t="s">
+        <v>468</v>
+      </c>
+      <c r="L60" t="s">
+        <v>152</v>
+      </c>
+      <c r="M60" t="s">
+        <v>153</v>
+      </c>
+      <c r="N60" t="s">
+        <v>154</v>
+      </c>
+      <c r="O60" t="s">
+        <v>469</v>
+      </c>
+      <c r="P60" t="s">
+        <v>470</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>80</v>
+      </c>
+      <c r="R60" t="s">
+        <v>80</v>
+      </c>
+      <c r="S60" t="s">
+        <v>81</v>
+      </c>
+      <c r="T60" t="s">
+        <v>81</v>
+      </c>
+      <c r="U60" t="s">
+        <v>471</v>
+      </c>
+      <c r="V60" t="s">
+        <v>472</v>
+      </c>
+      <c r="X60" t="s">
+        <v>467</v>
+      </c>
+      <c r="Y60" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="61" spans="1:25">
+      <c r="A61">
+        <v>107201</v>
+      </c>
+      <c r="B61" s="1">
+        <v>46069</v>
+      </c>
+      <c r="C61" t="s">
+        <v>243</v>
+      </c>
+      <c r="D61" t="s">
+        <v>244</v>
+      </c>
+      <c r="H61" t="s">
+        <v>71</v>
+      </c>
+      <c r="I61" t="s">
+        <v>483</v>
+      </c>
+      <c r="J61" t="s">
+        <v>468</v>
+      </c>
+      <c r="K61" t="s">
+        <v>484</v>
+      </c>
+      <c r="L61" t="s">
+        <v>485</v>
+      </c>
+      <c r="M61" t="s">
+        <v>486</v>
+      </c>
+      <c r="N61" t="s">
+        <v>487</v>
+      </c>
+      <c r="O61" t="s">
+        <v>488</v>
+      </c>
+      <c r="P61" t="s">
+        <v>489</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>80</v>
+      </c>
+      <c r="R61" t="s">
+        <v>81</v>
+      </c>
+      <c r="S61" t="s">
+        <v>81</v>
+      </c>
+      <c r="T61" t="s">
+        <v>81</v>
+      </c>
+      <c r="X61" t="s">
+        <v>490</v>
+      </c>
+      <c r="Y61" t="s">
         <v>491</v>
       </c>
-      <c r="J58" t="s">
-[...11 lines deleted...]
-      <c r="O58" t="s">
+    </row>
+    <row r="62" spans="1:25">
+      <c r="A62">
+        <v>107194</v>
+      </c>
+      <c r="B62" s="1">
+        <v>46069</v>
+      </c>
+      <c r="C62" t="s">
+        <v>148</v>
+      </c>
+      <c r="D62" t="s">
+        <v>149</v>
+      </c>
+      <c r="H62" t="s">
+        <v>292</v>
+      </c>
+      <c r="I62" t="s">
         <v>492</v>
       </c>
-      <c r="P58" t="s">
+      <c r="J62" t="s">
+        <v>468</v>
+      </c>
+      <c r="K62" t="s">
+        <v>295</v>
+      </c>
+      <c r="L62" t="s">
+        <v>296</v>
+      </c>
+      <c r="M62" t="s">
+        <v>297</v>
+      </c>
+      <c r="N62" t="s">
+        <v>298</v>
+      </c>
+      <c r="O62" t="s">
         <v>493</v>
       </c>
-      <c r="Q58" t="s">
-[...11 lines deleted...]
-      <c r="X58" t="s">
+      <c r="P62" t="s">
         <v>494</v>
       </c>
-      <c r="Y58" t="s">
+      <c r="Q62" t="s">
+        <v>80</v>
+      </c>
+      <c r="R62" t="s">
+        <v>80</v>
+      </c>
+      <c r="S62" t="s">
+        <v>81</v>
+      </c>
+      <c r="T62" t="s">
+        <v>81</v>
+      </c>
+      <c r="U62" t="s">
         <v>495</v>
+      </c>
+      <c r="V62" t="s">
+        <v>496</v>
+      </c>
+      <c r="X62" t="s">
+        <v>497</v>
+      </c>
+      <c r="Y62" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="63" spans="1:25">
+      <c r="A63">
+        <v>107184</v>
+      </c>
+      <c r="B63" s="1">
+        <v>46069</v>
+      </c>
+      <c r="C63" t="s">
+        <v>69</v>
+      </c>
+      <c r="D63" t="s">
+        <v>70</v>
+      </c>
+      <c r="H63" t="s">
+        <v>114</v>
+      </c>
+      <c r="I63" t="s">
+        <v>499</v>
+      </c>
+      <c r="J63" t="s">
+        <v>468</v>
+      </c>
+      <c r="K63" t="s">
+        <v>217</v>
+      </c>
+      <c r="L63" t="s">
+        <v>218</v>
+      </c>
+      <c r="M63" t="s">
+        <v>219</v>
+      </c>
+      <c r="N63" t="s">
+        <v>220</v>
+      </c>
+      <c r="O63" t="s">
+        <v>500</v>
+      </c>
+      <c r="P63" t="s">
+        <v>501</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>80</v>
+      </c>
+      <c r="R63" t="s">
+        <v>81</v>
+      </c>
+      <c r="S63" t="s">
+        <v>81</v>
+      </c>
+      <c r="T63" t="s">
+        <v>81</v>
+      </c>
+      <c r="X63" t="s">
+        <v>502</v>
+      </c>
+      <c r="Y63" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="64" spans="1:25">
+      <c r="A64">
+        <v>107178</v>
+      </c>
+      <c r="B64" s="1">
+        <v>46066</v>
+      </c>
+      <c r="C64" t="s">
+        <v>148</v>
+      </c>
+      <c r="D64" t="s">
+        <v>149</v>
+      </c>
+      <c r="H64" t="s">
+        <v>209</v>
+      </c>
+      <c r="I64" t="s">
+        <v>504</v>
+      </c>
+      <c r="J64" t="s">
+        <v>505</v>
+      </c>
+      <c r="K64" t="s">
+        <v>506</v>
+      </c>
+      <c r="L64" t="s">
+        <v>285</v>
+      </c>
+      <c r="M64" t="s">
+        <v>286</v>
+      </c>
+      <c r="N64" t="s">
+        <v>287</v>
+      </c>
+      <c r="O64" t="s">
+        <v>507</v>
+      </c>
+      <c r="P64" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>80</v>
+      </c>
+      <c r="R64" t="s">
+        <v>81</v>
+      </c>
+      <c r="S64" t="s">
+        <v>81</v>
+      </c>
+      <c r="T64" t="s">
+        <v>81</v>
+      </c>
+      <c r="X64" t="s">
+        <v>509</v>
+      </c>
+      <c r="Y64" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="65" spans="1:36">
+      <c r="A65">
+        <v>107177</v>
+      </c>
+      <c r="B65" s="1">
+        <v>46066</v>
+      </c>
+      <c r="C65" t="s">
+        <v>69</v>
+      </c>
+      <c r="D65" t="s">
+        <v>70</v>
+      </c>
+      <c r="H65" t="s">
+        <v>114</v>
+      </c>
+      <c r="I65" t="s">
+        <v>511</v>
+      </c>
+      <c r="J65" t="s">
+        <v>505</v>
+      </c>
+      <c r="K65" t="s">
+        <v>512</v>
+      </c>
+      <c r="L65" t="s">
+        <v>513</v>
+      </c>
+      <c r="M65" t="s">
+        <v>514</v>
+      </c>
+      <c r="N65" t="s">
+        <v>162</v>
+      </c>
+      <c r="O65" t="s">
+        <v>515</v>
+      </c>
+      <c r="P65" t="s">
+        <v>516</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>80</v>
+      </c>
+      <c r="R65" t="s">
+        <v>81</v>
+      </c>
+      <c r="S65" t="s">
+        <v>81</v>
+      </c>
+      <c r="T65" t="s">
+        <v>81</v>
+      </c>
+      <c r="X65" t="s">
+        <v>517</v>
+      </c>
+      <c r="Y65" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="66" spans="1:36">
+      <c r="A66">
+        <v>107176</v>
+      </c>
+      <c r="B66" s="1">
+        <v>46066</v>
+      </c>
+      <c r="C66" t="s">
+        <v>148</v>
+      </c>
+      <c r="D66" t="s">
+        <v>149</v>
+      </c>
+      <c r="H66" t="s">
+        <v>209</v>
+      </c>
+      <c r="I66" t="s">
+        <v>519</v>
+      </c>
+      <c r="J66" t="s">
+        <v>505</v>
+      </c>
+      <c r="K66" t="s">
+        <v>506</v>
+      </c>
+      <c r="L66" t="s">
+        <v>285</v>
+      </c>
+      <c r="M66" t="s">
+        <v>286</v>
+      </c>
+      <c r="N66" t="s">
+        <v>287</v>
+      </c>
+      <c r="O66" t="s">
+        <v>507</v>
+      </c>
+      <c r="P66" t="s">
+        <v>520</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>80</v>
+      </c>
+      <c r="R66" t="s">
+        <v>81</v>
+      </c>
+      <c r="S66" t="s">
+        <v>81</v>
+      </c>
+      <c r="T66" t="s">
+        <v>81</v>
+      </c>
+      <c r="X66" t="s">
+        <v>521</v>
+      </c>
+      <c r="Y66" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="67" spans="1:36">
+      <c r="A67">
+        <v>107175</v>
+      </c>
+      <c r="B67" s="1">
+        <v>46066</v>
+      </c>
+      <c r="C67" t="s">
+        <v>148</v>
+      </c>
+      <c r="D67" t="s">
+        <v>149</v>
+      </c>
+      <c r="H67" t="s">
+        <v>209</v>
+      </c>
+      <c r="I67" t="s">
+        <v>523</v>
+      </c>
+      <c r="J67" t="s">
+        <v>505</v>
+      </c>
+      <c r="K67" t="s">
+        <v>506</v>
+      </c>
+      <c r="L67" t="s">
+        <v>285</v>
+      </c>
+      <c r="M67" t="s">
+        <v>286</v>
+      </c>
+      <c r="N67" t="s">
+        <v>287</v>
+      </c>
+      <c r="O67" t="s">
+        <v>507</v>
+      </c>
+      <c r="P67" t="s">
+        <v>524</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>80</v>
+      </c>
+      <c r="R67" t="s">
+        <v>81</v>
+      </c>
+      <c r="S67" t="s">
+        <v>81</v>
+      </c>
+      <c r="T67" t="s">
+        <v>81</v>
+      </c>
+      <c r="X67" t="s">
+        <v>525</v>
+      </c>
+      <c r="Y67" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="68" spans="1:36">
+      <c r="A68">
+        <v>107170</v>
+      </c>
+      <c r="B68" s="1">
+        <v>46066</v>
+      </c>
+      <c r="C68" t="s">
+        <v>69</v>
+      </c>
+      <c r="D68" t="s">
+        <v>70</v>
+      </c>
+      <c r="H68" t="s">
+        <v>353</v>
+      </c>
+      <c r="I68" t="s">
+        <v>526</v>
+      </c>
+      <c r="J68" t="s">
+        <v>505</v>
+      </c>
+      <c r="K68" t="s">
+        <v>527</v>
+      </c>
+      <c r="L68" t="s">
+        <v>528</v>
+      </c>
+      <c r="M68" t="s">
+        <v>529</v>
+      </c>
+      <c r="N68" t="s">
+        <v>530</v>
+      </c>
+      <c r="O68" t="s">
+        <v>531</v>
+      </c>
+      <c r="P68" t="s">
+        <v>532</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>80</v>
+      </c>
+      <c r="R68" t="s">
+        <v>81</v>
+      </c>
+      <c r="S68" t="s">
+        <v>81</v>
+      </c>
+      <c r="T68" t="s">
+        <v>81</v>
+      </c>
+      <c r="X68" t="s">
+        <v>533</v>
+      </c>
+      <c r="Y68" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="69" spans="1:36">
+      <c r="A69">
+        <v>107155</v>
+      </c>
+      <c r="B69" s="1">
+        <v>46065</v>
+      </c>
+      <c r="C69" t="s">
+        <v>173</v>
+      </c>
+      <c r="D69" t="s">
+        <v>174</v>
+      </c>
+      <c r="H69" t="s">
+        <v>114</v>
+      </c>
+      <c r="I69" t="s">
+        <v>534</v>
+      </c>
+      <c r="J69" t="s">
+        <v>535</v>
+      </c>
+      <c r="K69" t="s">
+        <v>176</v>
+      </c>
+      <c r="L69" t="s">
+        <v>177</v>
+      </c>
+      <c r="M69" t="s">
+        <v>178</v>
+      </c>
+      <c r="N69" t="s">
+        <v>179</v>
+      </c>
+      <c r="O69" t="s">
+        <v>536</v>
+      </c>
+      <c r="P69" t="s">
+        <v>537</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>80</v>
+      </c>
+      <c r="R69" t="s">
+        <v>81</v>
+      </c>
+      <c r="S69" t="s">
+        <v>81</v>
+      </c>
+      <c r="T69" t="s">
+        <v>81</v>
+      </c>
+      <c r="X69" t="s">
+        <v>538</v>
+      </c>
+      <c r="Y69" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="70" spans="1:36">
+      <c r="A70">
+        <v>107152</v>
+      </c>
+      <c r="B70" s="1">
+        <v>46065</v>
+      </c>
+      <c r="C70" t="s">
+        <v>69</v>
+      </c>
+      <c r="D70" t="s">
+        <v>70</v>
+      </c>
+      <c r="H70" t="s">
+        <v>69</v>
+      </c>
+      <c r="I70" t="s">
+        <v>540</v>
+      </c>
+      <c r="J70" t="s">
+        <v>535</v>
+      </c>
+      <c r="K70" t="s">
+        <v>541</v>
+      </c>
+      <c r="L70" t="s">
+        <v>542</v>
+      </c>
+      <c r="M70" t="s">
+        <v>543</v>
+      </c>
+      <c r="N70" t="s">
+        <v>544</v>
+      </c>
+      <c r="O70" t="s">
+        <v>545</v>
+      </c>
+      <c r="P70" t="s">
+        <v>546</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>80</v>
+      </c>
+      <c r="R70" t="s">
+        <v>81</v>
+      </c>
+      <c r="S70" t="s">
+        <v>81</v>
+      </c>
+      <c r="T70" t="s">
+        <v>81</v>
+      </c>
+      <c r="X70" t="s">
+        <v>547</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="71" spans="1:36">
+      <c r="A71">
+        <v>107149</v>
+      </c>
+      <c r="B71" s="1">
+        <v>46065</v>
+      </c>
+      <c r="C71" t="s">
+        <v>69</v>
+      </c>
+      <c r="D71" t="s">
+        <v>70</v>
+      </c>
+      <c r="H71" t="s">
+        <v>69</v>
+      </c>
+      <c r="I71" t="s">
+        <v>549</v>
+      </c>
+      <c r="J71" t="s">
+        <v>535</v>
+      </c>
+      <c r="K71" t="s">
+        <v>550</v>
+      </c>
+      <c r="L71" t="s">
+        <v>551</v>
+      </c>
+      <c r="M71" t="s">
+        <v>552</v>
+      </c>
+      <c r="N71" t="s">
+        <v>544</v>
+      </c>
+      <c r="O71" t="s">
+        <v>553</v>
+      </c>
+      <c r="P71" t="s">
+        <v>554</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>80</v>
+      </c>
+      <c r="R71" t="s">
+        <v>81</v>
+      </c>
+      <c r="S71" t="s">
+        <v>81</v>
+      </c>
+      <c r="T71" t="s">
+        <v>81</v>
+      </c>
+      <c r="X71" t="s">
+        <v>555</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="72" spans="1:36">
+      <c r="A72">
+        <v>107135</v>
+      </c>
+      <c r="B72" s="1">
+        <v>46065</v>
+      </c>
+      <c r="C72" t="s">
+        <v>230</v>
+      </c>
+      <c r="D72" t="s">
+        <v>231</v>
+      </c>
+      <c r="H72" t="s">
+        <v>557</v>
+      </c>
+      <c r="I72" t="s">
+        <v>558</v>
+      </c>
+      <c r="J72" t="s">
+        <v>535</v>
+      </c>
+      <c r="K72" t="s">
+        <v>559</v>
+      </c>
+      <c r="L72" t="s">
+        <v>560</v>
+      </c>
+      <c r="M72" t="s">
+        <v>561</v>
+      </c>
+      <c r="N72" t="s">
+        <v>562</v>
+      </c>
+      <c r="O72" t="s">
+        <v>563</v>
+      </c>
+      <c r="P72" t="s">
+        <v>564</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>80</v>
+      </c>
+      <c r="R72" t="s">
+        <v>81</v>
+      </c>
+      <c r="S72" t="s">
+        <v>81</v>
+      </c>
+      <c r="T72" t="s">
+        <v>81</v>
+      </c>
+      <c r="X72" t="s">
+        <v>565</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>566</v>
+      </c>
+      <c r="Z72" t="s">
+        <v>567</v>
+      </c>
+      <c r="AA72" t="s">
+        <v>568</v>
+      </c>
+      <c r="AB72" t="s">
+        <v>569</v>
+      </c>
+      <c r="AC72" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD72" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE72" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF72" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ72" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="73" spans="1:36">
+      <c r="A73">
+        <v>107120</v>
+      </c>
+      <c r="B73" s="1">
+        <v>46064</v>
+      </c>
+      <c r="C73" t="s">
+        <v>571</v>
+      </c>
+      <c r="D73" t="s">
+        <v>572</v>
+      </c>
+      <c r="E73" t="s">
+        <v>571</v>
+      </c>
+      <c r="F73" t="s">
+        <v>573</v>
+      </c>
+      <c r="G73" t="s">
+        <v>574</v>
+      </c>
+      <c r="H73" t="s">
+        <v>114</v>
+      </c>
+      <c r="I73" t="s">
+        <v>575</v>
+      </c>
+      <c r="J73" t="s">
+        <v>576</v>
+      </c>
+      <c r="K73" t="s">
+        <v>577</v>
+      </c>
+      <c r="L73" t="s">
+        <v>578</v>
+      </c>
+      <c r="M73" t="s">
+        <v>579</v>
+      </c>
+      <c r="N73" t="s">
+        <v>580</v>
+      </c>
+      <c r="O73" t="s">
+        <v>581</v>
+      </c>
+      <c r="P73" t="s">
+        <v>582</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>80</v>
+      </c>
+      <c r="R73" t="s">
+        <v>81</v>
+      </c>
+      <c r="S73" t="s">
+        <v>81</v>
+      </c>
+      <c r="T73" t="s">
+        <v>81</v>
+      </c>
+      <c r="X73" t="s">
+        <v>583</v>
+      </c>
+      <c r="Y73" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="74" spans="1:36">
+      <c r="A74">
+        <v>107115</v>
+      </c>
+      <c r="B74" s="1">
+        <v>46064</v>
+      </c>
+      <c r="C74" t="s">
+        <v>112</v>
+      </c>
+      <c r="D74" t="s">
+        <v>113</v>
+      </c>
+      <c r="H74" t="s">
+        <v>114</v>
+      </c>
+      <c r="I74" t="s">
+        <v>585</v>
+      </c>
+      <c r="J74" t="s">
+        <v>576</v>
+      </c>
+      <c r="K74" t="s">
+        <v>117</v>
+      </c>
+      <c r="L74" t="s">
+        <v>118</v>
+      </c>
+      <c r="M74" t="s">
+        <v>119</v>
+      </c>
+      <c r="N74" t="s">
+        <v>120</v>
+      </c>
+      <c r="O74" t="s">
+        <v>586</v>
+      </c>
+      <c r="P74" t="s">
+        <v>587</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>80</v>
+      </c>
+      <c r="R74" t="s">
+        <v>81</v>
+      </c>
+      <c r="S74" t="s">
+        <v>81</v>
+      </c>
+      <c r="T74" t="s">
+        <v>80</v>
+      </c>
+      <c r="X74" t="s">
+        <v>588</v>
+      </c>
+      <c r="Y74" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="75" spans="1:36">
+      <c r="A75">
+        <v>107111</v>
+      </c>
+      <c r="B75" s="1">
+        <v>46064</v>
+      </c>
+      <c r="C75" t="s">
+        <v>69</v>
+      </c>
+      <c r="D75" t="s">
+        <v>70</v>
+      </c>
+      <c r="H75" t="s">
+        <v>103</v>
+      </c>
+      <c r="I75" t="s">
+        <v>590</v>
+      </c>
+      <c r="J75" t="s">
+        <v>576</v>
+      </c>
+      <c r="K75" t="s">
+        <v>591</v>
+      </c>
+      <c r="L75" t="s">
+        <v>592</v>
+      </c>
+      <c r="M75" t="s">
+        <v>593</v>
+      </c>
+      <c r="N75" t="s">
+        <v>594</v>
+      </c>
+      <c r="O75" t="s">
+        <v>595</v>
+      </c>
+      <c r="P75" t="s">
+        <v>596</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>80</v>
+      </c>
+      <c r="R75" t="s">
+        <v>81</v>
+      </c>
+      <c r="S75" t="s">
+        <v>81</v>
+      </c>
+      <c r="T75" t="s">
+        <v>81</v>
+      </c>
+      <c r="X75" t="s">
+        <v>597</v>
+      </c>
+      <c r="Y75" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="76" spans="1:36">
+      <c r="A76">
+        <v>107107</v>
+      </c>
+      <c r="B76" s="1">
+        <v>46064</v>
+      </c>
+      <c r="C76" t="s">
+        <v>69</v>
+      </c>
+      <c r="D76" t="s">
+        <v>70</v>
+      </c>
+      <c r="H76" t="s">
+        <v>103</v>
+      </c>
+      <c r="I76" t="s">
+        <v>599</v>
+      </c>
+      <c r="J76" t="s">
+        <v>576</v>
+      </c>
+      <c r="K76" t="s">
+        <v>600</v>
+      </c>
+      <c r="L76" t="s">
+        <v>601</v>
+      </c>
+      <c r="M76" t="s">
+        <v>602</v>
+      </c>
+      <c r="N76" t="s">
+        <v>603</v>
+      </c>
+      <c r="O76" t="s">
+        <v>604</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>81</v>
+      </c>
+      <c r="R76" t="s">
+        <v>81</v>
+      </c>
+      <c r="S76" t="s">
+        <v>81</v>
+      </c>
+      <c r="T76" t="s">
+        <v>81</v>
+      </c>
+      <c r="X76" t="s">
+        <v>605</v>
+      </c>
+      <c r="Y76" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="77" spans="1:36">
+      <c r="A77">
+        <v>107091</v>
+      </c>
+      <c r="B77" s="1">
+        <v>46064</v>
+      </c>
+      <c r="C77" t="s">
+        <v>69</v>
+      </c>
+      <c r="D77" t="s">
+        <v>70</v>
+      </c>
+      <c r="H77" t="s">
+        <v>103</v>
+      </c>
+      <c r="I77" t="s">
+        <v>607</v>
+      </c>
+      <c r="J77" t="s">
+        <v>576</v>
+      </c>
+      <c r="K77" t="s">
+        <v>608</v>
+      </c>
+      <c r="L77" t="s">
+        <v>609</v>
+      </c>
+      <c r="M77" t="s">
+        <v>610</v>
+      </c>
+      <c r="N77" t="s">
+        <v>611</v>
+      </c>
+      <c r="O77" t="s">
+        <v>612</v>
+      </c>
+      <c r="P77" t="s">
+        <v>613</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>80</v>
+      </c>
+      <c r="R77" t="s">
+        <v>81</v>
+      </c>
+      <c r="S77" t="s">
+        <v>81</v>
+      </c>
+      <c r="T77" t="s">
+        <v>81</v>
+      </c>
+      <c r="X77" t="s">
+        <v>614</v>
+      </c>
+      <c r="Y77" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="78" spans="1:36">
+      <c r="A78">
+        <v>107087</v>
+      </c>
+      <c r="B78" s="1">
+        <v>46064</v>
+      </c>
+      <c r="C78" t="s">
+        <v>112</v>
+      </c>
+      <c r="D78" t="s">
+        <v>113</v>
+      </c>
+      <c r="H78" t="s">
+        <v>353</v>
+      </c>
+      <c r="I78" t="s">
+        <v>616</v>
+      </c>
+      <c r="J78" t="s">
+        <v>617</v>
+      </c>
+      <c r="K78" t="s">
+        <v>355</v>
+      </c>
+      <c r="L78" t="s">
+        <v>356</v>
+      </c>
+      <c r="M78" t="s">
+        <v>357</v>
+      </c>
+      <c r="N78" t="s">
+        <v>358</v>
+      </c>
+      <c r="O78" t="s">
+        <v>618</v>
+      </c>
+      <c r="P78" t="s">
+        <v>619</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>80</v>
+      </c>
+      <c r="R78" t="s">
+        <v>81</v>
+      </c>
+      <c r="S78" t="s">
+        <v>81</v>
+      </c>
+      <c r="T78" t="s">
+        <v>80</v>
+      </c>
+      <c r="X78" t="s">
+        <v>620</v>
+      </c>
+      <c r="Y78" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="79" spans="1:36">
+      <c r="A79">
+        <v>107084</v>
+      </c>
+      <c r="B79" s="1">
+        <v>46064</v>
+      </c>
+      <c r="C79" t="s">
+        <v>438</v>
+      </c>
+      <c r="D79" t="s">
+        <v>439</v>
+      </c>
+      <c r="H79" t="s">
+        <v>209</v>
+      </c>
+      <c r="I79" t="s">
+        <v>622</v>
+      </c>
+      <c r="J79" t="s">
+        <v>576</v>
+      </c>
+      <c r="K79" t="s">
+        <v>623</v>
+      </c>
+      <c r="L79" t="s">
+        <v>624</v>
+      </c>
+      <c r="M79" t="s">
+        <v>625</v>
+      </c>
+      <c r="N79" t="s">
+        <v>445</v>
+      </c>
+      <c r="O79" t="s">
+        <v>626</v>
+      </c>
+      <c r="P79" t="s">
+        <v>627</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>80</v>
+      </c>
+      <c r="R79" t="s">
+        <v>81</v>
+      </c>
+      <c r="S79" t="s">
+        <v>81</v>
+      </c>
+      <c r="T79" t="s">
+        <v>81</v>
+      </c>
+      <c r="X79" t="s">
+        <v>628</v>
+      </c>
+      <c r="Y79" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="80" spans="1:36">
+      <c r="A80">
+        <v>107078</v>
+      </c>
+      <c r="B80" s="1">
+        <v>46063</v>
+      </c>
+      <c r="C80" t="s">
+        <v>148</v>
+      </c>
+      <c r="D80" t="s">
+        <v>149</v>
+      </c>
+      <c r="H80" t="s">
+        <v>150</v>
+      </c>
+      <c r="I80" t="s">
+        <v>630</v>
+      </c>
+      <c r="J80" t="s">
+        <v>617</v>
+      </c>
+      <c r="L80" t="s">
+        <v>152</v>
+      </c>
+      <c r="M80" t="s">
+        <v>153</v>
+      </c>
+      <c r="N80" t="s">
+        <v>154</v>
+      </c>
+      <c r="O80" t="s">
+        <v>631</v>
+      </c>
+      <c r="P80" t="s">
+        <v>632</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>80</v>
+      </c>
+      <c r="R80" t="s">
+        <v>81</v>
+      </c>
+      <c r="S80" t="s">
+        <v>81</v>
+      </c>
+      <c r="T80" t="s">
+        <v>81</v>
+      </c>
+      <c r="X80" t="s">
+        <v>630</v>
+      </c>
+      <c r="Y80" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="81" spans="1:25">
+      <c r="A81">
+        <v>107073</v>
+      </c>
+      <c r="B81" s="1">
+        <v>46063</v>
+      </c>
+      <c r="C81" t="s">
+        <v>148</v>
+      </c>
+      <c r="D81" t="s">
+        <v>149</v>
+      </c>
+      <c r="H81" t="s">
+        <v>150</v>
+      </c>
+      <c r="I81" t="s">
+        <v>634</v>
+      </c>
+      <c r="J81" t="s">
+        <v>617</v>
+      </c>
+      <c r="L81" t="s">
+        <v>152</v>
+      </c>
+      <c r="M81" t="s">
+        <v>153</v>
+      </c>
+      <c r="N81" t="s">
+        <v>154</v>
+      </c>
+      <c r="O81" t="s">
+        <v>635</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>80</v>
+      </c>
+      <c r="R81" t="s">
+        <v>81</v>
+      </c>
+      <c r="S81" t="s">
+        <v>81</v>
+      </c>
+      <c r="T81" t="s">
+        <v>81</v>
+      </c>
+      <c r="X81" t="s">
+        <v>634</v>
+      </c>
+      <c r="Y81" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="82" spans="1:25">
+      <c r="A82">
+        <v>107071</v>
+      </c>
+      <c r="B82" s="1">
+        <v>46063</v>
+      </c>
+      <c r="C82" t="s">
+        <v>69</v>
+      </c>
+      <c r="D82" t="s">
+        <v>70</v>
+      </c>
+      <c r="H82" t="s">
+        <v>103</v>
+      </c>
+      <c r="I82" t="s">
+        <v>637</v>
+      </c>
+      <c r="J82" t="s">
+        <v>617</v>
+      </c>
+      <c r="K82" t="s">
+        <v>591</v>
+      </c>
+      <c r="L82" t="s">
+        <v>592</v>
+      </c>
+      <c r="M82" t="s">
+        <v>593</v>
+      </c>
+      <c r="N82" t="s">
+        <v>594</v>
+      </c>
+      <c r="O82" t="s">
+        <v>638</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>80</v>
+      </c>
+      <c r="R82" t="s">
+        <v>81</v>
+      </c>
+      <c r="S82" t="s">
+        <v>81</v>
+      </c>
+      <c r="T82" t="s">
+        <v>81</v>
+      </c>
+      <c r="X82" t="s">
+        <v>639</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="83" spans="1:25">
+      <c r="A83">
+        <v>107069</v>
+      </c>
+      <c r="B83" s="1">
+        <v>46063</v>
+      </c>
+      <c r="C83" t="s">
+        <v>148</v>
+      </c>
+      <c r="D83" t="s">
+        <v>149</v>
+      </c>
+      <c r="H83" t="s">
+        <v>641</v>
+      </c>
+      <c r="I83" t="s">
+        <v>642</v>
+      </c>
+      <c r="J83" t="s">
+        <v>617</v>
+      </c>
+      <c r="O83" t="s">
+        <v>643</v>
+      </c>
+      <c r="P83" t="s">
+        <v>644</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>80</v>
+      </c>
+      <c r="R83" t="s">
+        <v>81</v>
+      </c>
+      <c r="S83" t="s">
+        <v>81</v>
+      </c>
+      <c r="T83" t="s">
+        <v>81</v>
+      </c>
+      <c r="X83" t="s">
+        <v>645</v>
+      </c>
+      <c r="Y83" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="84" spans="1:25">
+      <c r="A84">
+        <v>107068</v>
+      </c>
+      <c r="B84" s="1">
+        <v>46063</v>
+      </c>
+      <c r="C84" t="s">
+        <v>148</v>
+      </c>
+      <c r="D84" t="s">
+        <v>149</v>
+      </c>
+      <c r="H84" t="s">
+        <v>641</v>
+      </c>
+      <c r="I84" t="s">
+        <v>647</v>
+      </c>
+      <c r="J84" t="s">
+        <v>617</v>
+      </c>
+      <c r="L84" t="s">
+        <v>648</v>
+      </c>
+      <c r="M84" t="s">
+        <v>649</v>
+      </c>
+      <c r="N84" t="s">
+        <v>298</v>
+      </c>
+      <c r="O84" t="s">
+        <v>643</v>
+      </c>
+      <c r="P84" t="s">
+        <v>650</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>80</v>
+      </c>
+      <c r="R84" t="s">
+        <v>81</v>
+      </c>
+      <c r="S84" t="s">
+        <v>81</v>
+      </c>
+      <c r="T84" t="s">
+        <v>81</v>
+      </c>
+      <c r="X84" t="s">
+        <v>651</v>
+      </c>
+      <c r="Y84" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="85" spans="1:25">
+      <c r="A85">
+        <v>107063</v>
+      </c>
+      <c r="B85" s="1">
+        <v>46063</v>
+      </c>
+      <c r="C85" t="s">
+        <v>69</v>
+      </c>
+      <c r="D85" t="s">
+        <v>70</v>
+      </c>
+      <c r="H85" t="s">
+        <v>353</v>
+      </c>
+      <c r="I85" t="s">
+        <v>653</v>
+      </c>
+      <c r="J85" t="s">
+        <v>617</v>
+      </c>
+      <c r="K85" t="s">
+        <v>654</v>
+      </c>
+      <c r="L85" t="s">
+        <v>655</v>
+      </c>
+      <c r="M85" t="s">
+        <v>656</v>
+      </c>
+      <c r="N85" t="s">
+        <v>657</v>
+      </c>
+      <c r="O85" t="s">
+        <v>658</v>
+      </c>
+      <c r="P85" t="s">
+        <v>659</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>80</v>
+      </c>
+      <c r="R85" t="s">
+        <v>81</v>
+      </c>
+      <c r="S85" t="s">
+        <v>81</v>
+      </c>
+      <c r="T85" t="s">
+        <v>81</v>
+      </c>
+      <c r="X85" t="s">
+        <v>660</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="86" spans="1:25">
+      <c r="A86">
+        <v>107045</v>
+      </c>
+      <c r="B86" s="1">
+        <v>46062</v>
+      </c>
+      <c r="C86" t="s">
+        <v>173</v>
+      </c>
+      <c r="D86" t="s">
+        <v>174</v>
+      </c>
+      <c r="H86" t="s">
+        <v>114</v>
+      </c>
+      <c r="I86" t="s">
+        <v>662</v>
+      </c>
+      <c r="J86" t="s">
+        <v>663</v>
+      </c>
+      <c r="K86" t="s">
+        <v>176</v>
+      </c>
+      <c r="L86" t="s">
+        <v>177</v>
+      </c>
+      <c r="M86" t="s">
+        <v>178</v>
+      </c>
+      <c r="N86" t="s">
+        <v>179</v>
+      </c>
+      <c r="O86" t="s">
+        <v>664</v>
+      </c>
+      <c r="P86" t="s">
+        <v>665</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>80</v>
+      </c>
+      <c r="R86" t="s">
+        <v>81</v>
+      </c>
+      <c r="S86" t="s">
+        <v>81</v>
+      </c>
+      <c r="T86" t="s">
+        <v>81</v>
+      </c>
+      <c r="X86" t="s">
+        <v>666</v>
+      </c>
+      <c r="Y86" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="87" spans="1:25">
+      <c r="A87">
+        <v>107036</v>
+      </c>
+      <c r="B87" s="1">
+        <v>46062</v>
+      </c>
+      <c r="C87" t="s">
+        <v>69</v>
+      </c>
+      <c r="D87" t="s">
+        <v>70</v>
+      </c>
+      <c r="H87" t="s">
+        <v>114</v>
+      </c>
+      <c r="I87" t="s">
+        <v>668</v>
+      </c>
+      <c r="J87" t="s">
+        <v>663</v>
+      </c>
+      <c r="K87" t="s">
+        <v>217</v>
+      </c>
+      <c r="L87" t="s">
+        <v>218</v>
+      </c>
+      <c r="M87" t="s">
+        <v>219</v>
+      </c>
+      <c r="N87" t="s">
+        <v>220</v>
+      </c>
+      <c r="O87" t="s">
+        <v>669</v>
+      </c>
+      <c r="P87" t="s">
+        <v>670</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>80</v>
+      </c>
+      <c r="R87" t="s">
+        <v>81</v>
+      </c>
+      <c r="S87" t="s">
+        <v>81</v>
+      </c>
+      <c r="T87" t="s">
+        <v>81</v>
+      </c>
+      <c r="X87" t="s">
+        <v>671</v>
+      </c>
+      <c r="Y87" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="88" spans="1:25">
+      <c r="A88">
+        <v>107033</v>
+      </c>
+      <c r="B88" s="1">
+        <v>46062</v>
+      </c>
+      <c r="C88" t="s">
+        <v>69</v>
+      </c>
+      <c r="D88" t="s">
+        <v>70</v>
+      </c>
+      <c r="H88" t="s">
+        <v>114</v>
+      </c>
+      <c r="I88" t="s">
+        <v>673</v>
+      </c>
+      <c r="J88" t="s">
+        <v>663</v>
+      </c>
+      <c r="K88" t="s">
+        <v>217</v>
+      </c>
+      <c r="L88" t="s">
+        <v>218</v>
+      </c>
+      <c r="M88" t="s">
+        <v>219</v>
+      </c>
+      <c r="N88" t="s">
+        <v>220</v>
+      </c>
+      <c r="O88" t="s">
+        <v>674</v>
+      </c>
+      <c r="P88" t="s">
+        <v>675</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>80</v>
+      </c>
+      <c r="R88" t="s">
+        <v>81</v>
+      </c>
+      <c r="S88" t="s">
+        <v>81</v>
+      </c>
+      <c r="T88" t="s">
+        <v>81</v>
+      </c>
+      <c r="X88" t="s">
+        <v>676</v>
+      </c>
+      <c r="Y88" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="89" spans="1:25">
+      <c r="A89">
+        <v>107025</v>
+      </c>
+      <c r="B89" s="1">
+        <v>46062</v>
+      </c>
+      <c r="C89" t="s">
+        <v>69</v>
+      </c>
+      <c r="D89" t="s">
+        <v>70</v>
+      </c>
+      <c r="H89" t="s">
+        <v>114</v>
+      </c>
+      <c r="I89" t="s">
+        <v>678</v>
+      </c>
+      <c r="J89" t="s">
+        <v>663</v>
+      </c>
+      <c r="K89" t="s">
+        <v>217</v>
+      </c>
+      <c r="L89" t="s">
+        <v>218</v>
+      </c>
+      <c r="M89" t="s">
+        <v>219</v>
+      </c>
+      <c r="N89" t="s">
+        <v>220</v>
+      </c>
+      <c r="O89" t="s">
+        <v>679</v>
+      </c>
+      <c r="P89" t="s">
+        <v>680</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>80</v>
+      </c>
+      <c r="R89" t="s">
+        <v>81</v>
+      </c>
+      <c r="S89" t="s">
+        <v>81</v>
+      </c>
+      <c r="T89" t="s">
+        <v>81</v>
+      </c>
+      <c r="X89" t="s">
+        <v>681</v>
+      </c>
+      <c r="Y89" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="90" spans="1:25">
+      <c r="A90">
+        <v>107023</v>
+      </c>
+      <c r="B90" s="1">
+        <v>46062</v>
+      </c>
+      <c r="C90" t="s">
+        <v>571</v>
+      </c>
+      <c r="D90" t="s">
+        <v>572</v>
+      </c>
+      <c r="E90" t="s">
+        <v>571</v>
+      </c>
+      <c r="F90" t="s">
+        <v>573</v>
+      </c>
+      <c r="G90" t="s">
+        <v>574</v>
+      </c>
+      <c r="H90" t="s">
+        <v>114</v>
+      </c>
+      <c r="I90" t="s">
+        <v>683</v>
+      </c>
+      <c r="J90" t="s">
+        <v>663</v>
+      </c>
+      <c r="K90" t="s">
+        <v>577</v>
+      </c>
+      <c r="L90" t="s">
+        <v>578</v>
+      </c>
+      <c r="M90" t="s">
+        <v>579</v>
+      </c>
+      <c r="N90" t="s">
+        <v>580</v>
+      </c>
+      <c r="O90" t="s">
+        <v>684</v>
+      </c>
+      <c r="P90" t="s">
+        <v>685</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>80</v>
+      </c>
+      <c r="R90" t="s">
+        <v>81</v>
+      </c>
+      <c r="S90" t="s">
+        <v>81</v>
+      </c>
+      <c r="T90" t="s">
+        <v>81</v>
+      </c>
+      <c r="X90" t="s">
+        <v>686</v>
+      </c>
+      <c r="Y90" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="91" spans="1:25">
+      <c r="A91">
+        <v>107019</v>
+      </c>
+      <c r="B91" s="1">
+        <v>46062</v>
+      </c>
+      <c r="C91" t="s">
+        <v>148</v>
+      </c>
+      <c r="D91" t="s">
+        <v>149</v>
+      </c>
+      <c r="I91" t="s">
+        <v>688</v>
+      </c>
+      <c r="J91" t="s">
+        <v>663</v>
+      </c>
+      <c r="K91" t="s">
+        <v>257</v>
+      </c>
+      <c r="L91" t="s">
+        <v>689</v>
+      </c>
+      <c r="M91" t="s">
+        <v>259</v>
+      </c>
+      <c r="N91" t="s">
+        <v>154</v>
+      </c>
+      <c r="O91" t="s">
+        <v>690</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>80</v>
+      </c>
+      <c r="R91" t="s">
+        <v>80</v>
+      </c>
+      <c r="S91" t="s">
+        <v>81</v>
+      </c>
+      <c r="T91" t="s">
+        <v>81</v>
+      </c>
+      <c r="X91" t="s">
+        <v>688</v>
+      </c>
+      <c r="Y91" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="92" spans="1:25">
+      <c r="A92">
+        <v>107006</v>
+      </c>
+      <c r="B92" s="1">
+        <v>46059</v>
+      </c>
+      <c r="C92" t="s">
+        <v>148</v>
+      </c>
+      <c r="D92" t="s">
+        <v>149</v>
+      </c>
+      <c r="H92" t="s">
+        <v>150</v>
+      </c>
+      <c r="I92" t="s">
+        <v>692</v>
+      </c>
+      <c r="J92" t="s">
+        <v>693</v>
+      </c>
+      <c r="L92" t="s">
+        <v>152</v>
+      </c>
+      <c r="M92" t="s">
+        <v>153</v>
+      </c>
+      <c r="N92" t="s">
+        <v>154</v>
+      </c>
+      <c r="O92" t="s">
+        <v>694</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>81</v>
+      </c>
+      <c r="R92" t="s">
+        <v>81</v>
+      </c>
+      <c r="S92" t="s">
+        <v>81</v>
+      </c>
+      <c r="T92" t="s">
+        <v>81</v>
+      </c>
+      <c r="X92" t="s">
+        <v>692</v>
+      </c>
+      <c r="Y92" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="93" spans="1:25">
+      <c r="A93">
+        <v>107004</v>
+      </c>
+      <c r="B93" s="1">
+        <v>46059</v>
+      </c>
+      <c r="C93" t="s">
+        <v>148</v>
+      </c>
+      <c r="D93" t="s">
+        <v>149</v>
+      </c>
+      <c r="H93" t="s">
+        <v>150</v>
+      </c>
+      <c r="I93" t="s">
+        <v>696</v>
+      </c>
+      <c r="J93" t="s">
+        <v>693</v>
+      </c>
+      <c r="L93" t="s">
+        <v>152</v>
+      </c>
+      <c r="M93" t="s">
+        <v>153</v>
+      </c>
+      <c r="N93" t="s">
+        <v>154</v>
+      </c>
+      <c r="O93" t="s">
+        <v>697</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>80</v>
+      </c>
+      <c r="R93" t="s">
+        <v>81</v>
+      </c>
+      <c r="S93" t="s">
+        <v>81</v>
+      </c>
+      <c r="T93" t="s">
+        <v>81</v>
+      </c>
+      <c r="X93" t="s">
+        <v>696</v>
+      </c>
+      <c r="Y93" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="94" spans="1:25">
+      <c r="A94">
+        <v>107002</v>
+      </c>
+      <c r="B94" s="1">
+        <v>46059</v>
+      </c>
+      <c r="C94" t="s">
+        <v>148</v>
+      </c>
+      <c r="D94" t="s">
+        <v>149</v>
+      </c>
+      <c r="H94" t="s">
+        <v>209</v>
+      </c>
+      <c r="I94" t="s">
+        <v>699</v>
+      </c>
+      <c r="J94" t="s">
+        <v>693</v>
+      </c>
+      <c r="L94" t="s">
+        <v>211</v>
+      </c>
+      <c r="M94" t="s">
+        <v>212</v>
+      </c>
+      <c r="N94" t="s">
+        <v>154</v>
+      </c>
+      <c r="O94" t="s">
+        <v>480</v>
+      </c>
+      <c r="P94" t="s">
+        <v>700</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>80</v>
+      </c>
+      <c r="R94" t="s">
+        <v>81</v>
+      </c>
+      <c r="S94" t="s">
+        <v>81</v>
+      </c>
+      <c r="T94" t="s">
+        <v>81</v>
+      </c>
+      <c r="X94" t="s">
+        <v>699</v>
+      </c>
+      <c r="Y94" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="95" spans="1:25">
+      <c r="A95">
+        <v>106992</v>
+      </c>
+      <c r="B95" s="1">
+        <v>46059</v>
+      </c>
+      <c r="C95" t="s">
+        <v>69</v>
+      </c>
+      <c r="D95" t="s">
+        <v>70</v>
+      </c>
+      <c r="H95" t="s">
+        <v>114</v>
+      </c>
+      <c r="I95" t="s">
+        <v>702</v>
+      </c>
+      <c r="J95" t="s">
+        <v>693</v>
+      </c>
+      <c r="K95" t="s">
+        <v>703</v>
+      </c>
+      <c r="L95" t="s">
+        <v>704</v>
+      </c>
+      <c r="M95" t="s">
+        <v>705</v>
+      </c>
+      <c r="N95" t="s">
+        <v>706</v>
+      </c>
+      <c r="O95" t="s">
+        <v>707</v>
+      </c>
+      <c r="P95" t="s">
+        <v>708</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>80</v>
+      </c>
+      <c r="R95" t="s">
+        <v>81</v>
+      </c>
+      <c r="S95" t="s">
+        <v>81</v>
+      </c>
+      <c r="T95" t="s">
+        <v>81</v>
+      </c>
+      <c r="X95" t="s">
+        <v>709</v>
+      </c>
+      <c r="Y95" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="96" spans="1:25">
+      <c r="A96">
+        <v>106974</v>
+      </c>
+      <c r="B96" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C96" t="s">
+        <v>69</v>
+      </c>
+      <c r="D96" t="s">
+        <v>70</v>
+      </c>
+      <c r="H96" t="s">
+        <v>114</v>
+      </c>
+      <c r="I96" t="s">
+        <v>711</v>
+      </c>
+      <c r="J96" t="s">
+        <v>712</v>
+      </c>
+      <c r="K96" t="s">
+        <v>427</v>
+      </c>
+      <c r="L96" t="s">
+        <v>428</v>
+      </c>
+      <c r="M96" t="s">
+        <v>429</v>
+      </c>
+      <c r="N96" t="s">
+        <v>430</v>
+      </c>
+      <c r="O96" t="s">
+        <v>713</v>
+      </c>
+      <c r="P96" t="s">
+        <v>714</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>80</v>
+      </c>
+      <c r="R96" t="s">
+        <v>81</v>
+      </c>
+      <c r="S96" t="s">
+        <v>81</v>
+      </c>
+      <c r="T96" t="s">
+        <v>81</v>
+      </c>
+      <c r="X96" t="s">
+        <v>715</v>
+      </c>
+      <c r="Y96" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="97" spans="1:36">
+      <c r="A97">
+        <v>106970</v>
+      </c>
+      <c r="B97" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C97" t="s">
+        <v>69</v>
+      </c>
+      <c r="D97" t="s">
+        <v>70</v>
+      </c>
+      <c r="H97" t="s">
+        <v>114</v>
+      </c>
+      <c r="I97" t="s">
+        <v>717</v>
+      </c>
+      <c r="J97" t="s">
+        <v>712</v>
+      </c>
+      <c r="K97" t="s">
+        <v>718</v>
+      </c>
+      <c r="L97" t="s">
+        <v>428</v>
+      </c>
+      <c r="M97" t="s">
+        <v>719</v>
+      </c>
+      <c r="N97" t="s">
+        <v>430</v>
+      </c>
+      <c r="O97" t="s">
+        <v>720</v>
+      </c>
+      <c r="P97" t="s">
+        <v>721</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>80</v>
+      </c>
+      <c r="R97" t="s">
+        <v>80</v>
+      </c>
+      <c r="S97" t="s">
+        <v>81</v>
+      </c>
+      <c r="T97" t="s">
+        <v>81</v>
+      </c>
+      <c r="U97" t="s">
+        <v>722</v>
+      </c>
+      <c r="V97" t="s">
+        <v>723</v>
+      </c>
+      <c r="X97" t="s">
+        <v>724</v>
+      </c>
+      <c r="Y97" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="98" spans="1:36">
+      <c r="A98">
+        <v>106969</v>
+      </c>
+      <c r="B98" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C98" t="s">
+        <v>69</v>
+      </c>
+      <c r="D98" t="s">
+        <v>70</v>
+      </c>
+      <c r="H98" t="s">
+        <v>114</v>
+      </c>
+      <c r="I98" t="s">
+        <v>726</v>
+      </c>
+      <c r="J98" t="s">
+        <v>693</v>
+      </c>
+      <c r="K98" t="s">
+        <v>427</v>
+      </c>
+      <c r="L98" t="s">
+        <v>428</v>
+      </c>
+      <c r="M98" t="s">
+        <v>727</v>
+      </c>
+      <c r="N98" t="s">
+        <v>430</v>
+      </c>
+      <c r="O98" t="s">
+        <v>713</v>
+      </c>
+      <c r="P98" t="s">
+        <v>728</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>80</v>
+      </c>
+      <c r="R98" t="s">
+        <v>81</v>
+      </c>
+      <c r="S98" t="s">
+        <v>81</v>
+      </c>
+      <c r="T98" t="s">
+        <v>81</v>
+      </c>
+      <c r="X98" t="s">
+        <v>729</v>
+      </c>
+      <c r="Y98" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="99" spans="1:36">
+      <c r="A99">
+        <v>106968</v>
+      </c>
+      <c r="B99" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C99" t="s">
+        <v>69</v>
+      </c>
+      <c r="D99" t="s">
+        <v>70</v>
+      </c>
+      <c r="H99" t="s">
+        <v>114</v>
+      </c>
+      <c r="I99" t="s">
+        <v>726</v>
+      </c>
+      <c r="J99" t="s">
+        <v>693</v>
+      </c>
+      <c r="K99" t="s">
+        <v>427</v>
+      </c>
+      <c r="L99" t="s">
+        <v>428</v>
+      </c>
+      <c r="M99" t="s">
+        <v>727</v>
+      </c>
+      <c r="N99" t="s">
+        <v>430</v>
+      </c>
+      <c r="O99" t="s">
+        <v>713</v>
+      </c>
+      <c r="P99" t="s">
+        <v>731</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>80</v>
+      </c>
+      <c r="R99" t="s">
+        <v>81</v>
+      </c>
+      <c r="S99" t="s">
+        <v>81</v>
+      </c>
+      <c r="T99" t="s">
+        <v>81</v>
+      </c>
+      <c r="X99" t="s">
+        <v>732</v>
+      </c>
+      <c r="Y99" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="100" spans="1:36">
+      <c r="A100">
+        <v>106967</v>
+      </c>
+      <c r="B100" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C100" t="s">
+        <v>148</v>
+      </c>
+      <c r="D100" t="s">
+        <v>149</v>
+      </c>
+      <c r="H100" t="s">
+        <v>209</v>
+      </c>
+      <c r="I100" t="s">
+        <v>734</v>
+      </c>
+      <c r="J100" t="s">
+        <v>712</v>
+      </c>
+      <c r="L100" t="s">
+        <v>211</v>
+      </c>
+      <c r="M100" t="s">
+        <v>212</v>
+      </c>
+      <c r="N100" t="s">
+        <v>154</v>
+      </c>
+      <c r="O100" t="s">
+        <v>480</v>
+      </c>
+      <c r="P100" t="s">
+        <v>735</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>80</v>
+      </c>
+      <c r="R100" t="s">
+        <v>81</v>
+      </c>
+      <c r="S100" t="s">
+        <v>81</v>
+      </c>
+      <c r="T100" t="s">
+        <v>81</v>
+      </c>
+      <c r="X100" t="s">
+        <v>734</v>
+      </c>
+      <c r="Y100" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="101" spans="1:36">
+      <c r="A101">
+        <v>106966</v>
+      </c>
+      <c r="B101" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C101" t="s">
+        <v>148</v>
+      </c>
+      <c r="D101" t="s">
+        <v>149</v>
+      </c>
+      <c r="I101" t="s">
+        <v>737</v>
+      </c>
+      <c r="J101" t="s">
+        <v>712</v>
+      </c>
+      <c r="K101" t="s">
+        <v>204</v>
+      </c>
+      <c r="L101" t="s">
+        <v>205</v>
+      </c>
+      <c r="M101" t="s">
+        <v>206</v>
+      </c>
+      <c r="N101" t="s">
+        <v>154</v>
+      </c>
+      <c r="O101" t="s">
+        <v>738</v>
+      </c>
+      <c r="P101" t="s">
+        <v>739</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>80</v>
+      </c>
+      <c r="R101" t="s">
+        <v>81</v>
+      </c>
+      <c r="S101" t="s">
+        <v>81</v>
+      </c>
+      <c r="T101" t="s">
+        <v>81</v>
+      </c>
+      <c r="X101" t="s">
+        <v>737</v>
+      </c>
+      <c r="Y101" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="102" spans="1:36">
+      <c r="A102">
+        <v>106965</v>
+      </c>
+      <c r="B102" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C102" t="s">
+        <v>148</v>
+      </c>
+      <c r="D102" t="s">
+        <v>149</v>
+      </c>
+      <c r="H102" t="s">
+        <v>209</v>
+      </c>
+      <c r="I102" t="s">
+        <v>741</v>
+      </c>
+      <c r="J102" t="s">
+        <v>712</v>
+      </c>
+      <c r="L102" t="s">
+        <v>211</v>
+      </c>
+      <c r="M102" t="s">
+        <v>212</v>
+      </c>
+      <c r="N102" t="s">
+        <v>154</v>
+      </c>
+      <c r="O102" t="s">
+        <v>480</v>
+      </c>
+      <c r="P102" t="s">
+        <v>742</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>80</v>
+      </c>
+      <c r="R102" t="s">
+        <v>81</v>
+      </c>
+      <c r="S102" t="s">
+        <v>81</v>
+      </c>
+      <c r="T102" t="s">
+        <v>81</v>
+      </c>
+      <c r="X102" t="s">
+        <v>741</v>
+      </c>
+      <c r="Y102" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="103" spans="1:36">
+      <c r="A103">
+        <v>106964</v>
+      </c>
+      <c r="B103" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C103" t="s">
+        <v>69</v>
+      </c>
+      <c r="D103" t="s">
+        <v>70</v>
+      </c>
+      <c r="H103" t="s">
+        <v>114</v>
+      </c>
+      <c r="I103" t="s">
+        <v>711</v>
+      </c>
+      <c r="J103" t="s">
+        <v>693</v>
+      </c>
+      <c r="K103" t="s">
+        <v>427</v>
+      </c>
+      <c r="L103" t="s">
+        <v>428</v>
+      </c>
+      <c r="M103" t="s">
+        <v>727</v>
+      </c>
+      <c r="N103" t="s">
+        <v>430</v>
+      </c>
+      <c r="O103" t="s">
+        <v>713</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>81</v>
+      </c>
+      <c r="R103" t="s">
+        <v>81</v>
+      </c>
+      <c r="S103" t="s">
+        <v>81</v>
+      </c>
+      <c r="T103" t="s">
+        <v>81</v>
+      </c>
+      <c r="X103" t="s">
+        <v>715</v>
+      </c>
+      <c r="Y103" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="104" spans="1:36">
+      <c r="A104">
+        <v>106961</v>
+      </c>
+      <c r="B104" s="1">
+        <v>46058</v>
+      </c>
+      <c r="C104" t="s">
+        <v>69</v>
+      </c>
+      <c r="D104" t="s">
+        <v>70</v>
+      </c>
+      <c r="H104" t="s">
+        <v>103</v>
+      </c>
+      <c r="I104" t="s">
+        <v>744</v>
+      </c>
+      <c r="J104" t="s">
+        <v>712</v>
+      </c>
+      <c r="K104" t="s">
+        <v>745</v>
+      </c>
+      <c r="L104" t="s">
+        <v>746</v>
+      </c>
+      <c r="M104" t="s">
+        <v>747</v>
+      </c>
+      <c r="N104" t="s">
+        <v>748</v>
+      </c>
+      <c r="O104" t="s">
+        <v>749</v>
+      </c>
+      <c r="P104" t="s">
+        <v>750</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>80</v>
+      </c>
+      <c r="R104" t="s">
+        <v>81</v>
+      </c>
+      <c r="S104" t="s">
+        <v>81</v>
+      </c>
+      <c r="T104" t="s">
+        <v>81</v>
+      </c>
+      <c r="X104" t="s">
+        <v>751</v>
+      </c>
+      <c r="Z104" t="s">
+        <v>749</v>
+      </c>
+      <c r="AA104" t="s">
+        <v>752</v>
+      </c>
+      <c r="AB104" t="s">
+        <v>753</v>
+      </c>
+      <c r="AC104" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD104" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE104" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF104" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ104" t="s">
+        <v>754</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>