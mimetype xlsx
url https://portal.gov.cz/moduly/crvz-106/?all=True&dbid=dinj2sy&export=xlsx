--- v0 (2026-01-11)
+++ v1 (2026-03-23)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="26">
   <si>
     <t>ID záznamu</t>
   </si>
   <si>
     <t>ID DZ</t>
   </si>
   <si>
     <t>Povinný subjekt</t>
   </si>
   <si>
     <t>IČO</t>
   </si>
   <si>
     <t>ID DS</t>
   </si>
   <si>
     <t>Výroční zpráva za rok</t>
   </si>
   <si>
     <t>Zveřejněno</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
@@ -63,60 +63,66 @@
   <si>
     <t>Poslední změna</t>
   </si>
   <si>
     <t>Počet podaných žádostí o informace</t>
   </si>
   <si>
     <t>Počet odmítnutých žádostí o informace</t>
   </si>
   <si>
     <t>Počet podaných odvolání proti rozhodnutí</t>
   </si>
   <si>
     <t>Počet stížností podaných podle § 16a</t>
   </si>
   <si>
     <t>Počet poskytnutých výhradních licencí</t>
   </si>
   <si>
     <t>Obsahuje opis rozsudku</t>
   </si>
   <si>
     <t>Obsahuje další informace</t>
   </si>
   <si>
+    <t>1647169721</t>
+  </si>
+  <si>
+    <t>OBEC KOTOPEKY</t>
+  </si>
+  <si>
+    <t>00509698</t>
+  </si>
+  <si>
+    <t>dinj2sy</t>
+  </si>
+  <si>
+    <t>http://portal.gov.cz/moduly/crvz-106/dinj2sy-obec-kotopeky/2025</t>
+  </si>
+  <si>
     <t>1460636093</t>
-  </si>
-[...7 lines deleted...]
-    <t>dinj2sy</t>
   </si>
   <si>
     <t>http://portal.gov.cz/moduly/crvz-106/dinj2sy-obec-kotopeky/2024</t>
   </si>
   <si>
     <t>1294533414</t>
   </si>
   <si>
     <t>http://portal.gov.cz/moduly/crvz-106/dinj2sy-obec-kotopeky/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -433,56 +439,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/dinj2sy-obec-kotopeky/2024" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/dinj2sy-obec-kotopeky/2023" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/dinj2sy-obec-kotopeky/2025" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/dinj2sy-obec-kotopeky/2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/dinj2sy-obec-kotopeky/2023" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:Q3"/>
+  <dimension ref="A1:Q4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="12.7109375" customWidth="1"/>
     <col min="3" max="3" width="17.7109375" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" customWidth="1"/>
     <col min="6" max="6" width="23.7109375" customWidth="1"/>
     <col min="7" max="7" width="12.7109375" customWidth="1"/>
     <col min="8" max="8" width="65.7109375" customWidth="1"/>
     <col min="9" max="9" width="7.7109375" customWidth="1"/>
     <col min="10" max="10" width="16.7109375" customWidth="1"/>
     <col min="11" max="11" width="36.7109375" customWidth="1"/>
     <col min="12" max="12" width="39.7109375" customWidth="1"/>
     <col min="13" max="13" width="42.7109375" customWidth="1"/>
     <col min="14" max="14" width="38.7109375" customWidth="1"/>
     <col min="15" max="15" width="39.7109375" customWidth="1"/>
     <col min="16" max="16" width="24.7109375" customWidth="1"/>
     <col min="17" max="17" width="26.7109375" customWidth="1"/>
   </cols>
@@ -520,158 +526,212 @@
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2">
-        <v>103144</v>
+        <v>107020</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" s="1">
-        <v>45663</v>
+        <v>46062</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I2">
         <v>1</v>
       </c>
       <c r="J2" s="1">
-        <v>45663</v>
+        <v>46062</v>
       </c>
       <c r="K2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L2">
         <v>0</v>
       </c>
       <c r="M2">
         <v>0</v>
       </c>
       <c r="N2">
         <v>0</v>
       </c>
       <c r="O2">
         <v>0</v>
       </c>
       <c r="P2" t="b">
         <v>0</v>
       </c>
       <c r="Q2" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:17">
       <c r="A3">
-        <v>100511</v>
+        <v>103144</v>
       </c>
       <c r="B3" t="s">
         <v>22</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G3" s="1">
-        <v>45295</v>
+        <v>45663</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3">
         <v>1</v>
       </c>
       <c r="J3" s="1">
+        <v>45663</v>
+      </c>
+      <c r="K3">
+        <v>2</v>
+      </c>
+      <c r="L3">
+        <v>0</v>
+      </c>
+      <c r="M3">
+        <v>0</v>
+      </c>
+      <c r="N3">
+        <v>0</v>
+      </c>
+      <c r="O3">
+        <v>0</v>
+      </c>
+      <c r="P3" t="b">
+        <v>0</v>
+      </c>
+      <c r="Q3" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17">
+      <c r="A4">
+        <v>100511</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4">
+        <v>2023</v>
+      </c>
+      <c r="G4" s="1">
         <v>45295</v>
       </c>
-      <c r="K3">
-[...17 lines deleted...]
-      <c r="Q3" t="b">
+      <c r="H4" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="I4">
+        <v>1</v>
+      </c>
+      <c r="J4" s="1">
+        <v>45295</v>
+      </c>
+      <c r="K4">
+        <v>0</v>
+      </c>
+      <c r="L4">
+        <v>0</v>
+      </c>
+      <c r="M4">
+        <v>0</v>
+      </c>
+      <c r="N4">
+        <v>0</v>
+      </c>
+      <c r="O4">
+        <v>0</v>
+      </c>
+      <c r="P4" t="b">
+        <v>0</v>
+      </c>
+      <c r="Q4" t="b">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="H2" r:id="rId1"/>
     <hyperlink ref="H3" r:id="rId2"/>
+    <hyperlink ref="H4" r:id="rId3"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>