--- v0 (2025-11-04)
+++ v1 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="72">
   <si>
     <t>ID záznamu</t>
   </si>
   <si>
     <t>ID DZ</t>
   </si>
   <si>
     <t>Povinný subjekt</t>
   </si>
   <si>
     <t>IČO</t>
   </si>
   <si>
     <t>ID DS</t>
   </si>
   <si>
     <t>Výroční zpráva za rok</t>
   </si>
   <si>
     <t>Zveřejněno</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
@@ -63,60 +63,66 @@
   <si>
     <t>Poslední změna</t>
   </si>
   <si>
     <t>Počet podaných žádostí o informace</t>
   </si>
   <si>
     <t>Počet odmítnutých žádostí o informace</t>
   </si>
   <si>
     <t>Počet podaných odvolání proti rozhodnutí</t>
   </si>
   <si>
     <t>Počet stížností podaných podle § 16a</t>
   </si>
   <si>
     <t>Počet poskytnutých výhradních licencí</t>
   </si>
   <si>
     <t>Obsahuje opis rozsudku</t>
   </si>
   <si>
     <t>Obsahuje další informace</t>
   </si>
   <si>
+    <t>1655527616</t>
+  </si>
+  <si>
+    <t>Statutární město Ostrava</t>
+  </si>
+  <si>
+    <t>00845451</t>
+  </si>
+  <si>
+    <t>5zubv7w</t>
+  </si>
+  <si>
+    <t>http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2025</t>
+  </si>
+  <si>
     <t>1481866036</t>
-  </si>
-[...7 lines deleted...]
-    <t>5zubv7w</t>
   </si>
   <si>
     <t>http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2024</t>
   </si>
   <si>
     <t>1318568366</t>
   </si>
   <si>
     <t>http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2023</t>
   </si>
   <si>
     <t>1301175657</t>
   </si>
   <si>
     <t>http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2021</t>
   </si>
   <si>
     <t>1301177218</t>
   </si>
   <si>
     <t>http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2022</t>
   </si>
   <si>
     <t>1301170362</t>
   </si>
@@ -571,56 +577,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2024" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2023" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2021" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2022" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2018" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2019" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2020" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2017" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2016" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2015" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2012" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2013" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2009" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2010" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2011" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2008" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2006" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2007" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2005" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2004" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2002" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2003" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2000" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2001" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2025" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2023" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2021" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2022" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2018" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2019" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2020" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2017" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2014" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2015" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2012" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2013" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2009" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2010" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2011" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2008" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2006" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2007" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2005" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2004" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2002" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2003" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2000" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://portal.gov.cz/moduly/crvz-106/5zubv7w-statutarni-mesto-ostrava/2001" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:Q26"/>
+  <dimension ref="A1:Q27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="12.7109375" customWidth="1"/>
     <col min="3" max="3" width="26.7109375" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" customWidth="1"/>
     <col min="6" max="6" width="23.7109375" customWidth="1"/>
     <col min="7" max="7" width="12.7109375" customWidth="1"/>
     <col min="8" max="8" width="76.7109375" customWidth="1"/>
     <col min="9" max="9" width="7.7109375" customWidth="1"/>
     <col min="10" max="10" width="16.7109375" customWidth="1"/>
     <col min="11" max="11" width="36.7109375" customWidth="1"/>
     <col min="12" max="12" width="39.7109375" customWidth="1"/>
     <col min="13" max="13" width="42.7109375" customWidth="1"/>
     <col min="14" max="14" width="38.7109375" customWidth="1"/>
     <col min="15" max="15" width="39.7109375" customWidth="1"/>
     <col min="16" max="16" width="24.7109375" customWidth="1"/>
     <col min="17" max="17" width="26.7109375" customWidth="1"/>
   </cols>
@@ -658,1400 +664,1454 @@
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2">
-        <v>103898</v>
+        <v>107434</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" s="1">
-        <v>45706</v>
+        <v>46078</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I2">
         <v>1</v>
       </c>
       <c r="J2" s="1">
-        <v>45706</v>
+        <v>46078</v>
       </c>
       <c r="K2">
-        <v>233</v>
+        <v>209</v>
       </c>
       <c r="L2">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="M2">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="N2">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="O2">
         <v>0</v>
       </c>
       <c r="P2" t="b">
         <v>0</v>
       </c>
       <c r="Q2" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:17">
       <c r="A3">
-        <v>101188</v>
+        <v>103898</v>
       </c>
       <c r="B3" t="s">
         <v>22</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G3" s="1">
-        <v>45343</v>
+        <v>45706</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3">
         <v>1</v>
       </c>
       <c r="J3" s="1">
-        <v>45343</v>
+        <v>45706</v>
       </c>
       <c r="K3">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="L3">
         <v>27</v>
       </c>
       <c r="M3">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="N3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O3">
         <v>0</v>
       </c>
       <c r="P3" t="b">
         <v>0</v>
       </c>
       <c r="Q3" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4">
-        <v>100676</v>
+        <v>101188</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G4" s="1">
-        <v>45308</v>
+        <v>45343</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I4">
         <v>1</v>
       </c>
       <c r="J4" s="1">
-        <v>45308</v>
+        <v>45343</v>
       </c>
       <c r="K4">
-        <v>169</v>
+        <v>211</v>
       </c>
       <c r="L4">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="M4">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="N4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O4">
         <v>0</v>
       </c>
       <c r="P4" t="b">
         <v>0</v>
       </c>
       <c r="Q4" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5">
-        <v>100675</v>
+        <v>100676</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="G5" s="1">
         <v>45308</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I5">
         <v>1</v>
       </c>
       <c r="J5" s="1">
         <v>45308</v>
       </c>
       <c r="K5">
-        <v>156</v>
+        <v>169</v>
       </c>
       <c r="L5">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O5">
         <v>0</v>
       </c>
       <c r="P5" t="b">
         <v>0</v>
       </c>
       <c r="Q5" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6">
-        <v>100674</v>
+        <v>100675</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="G6" s="1">
         <v>45308</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I6">
         <v>1</v>
       </c>
       <c r="J6" s="1">
         <v>45308</v>
       </c>
       <c r="K6">
-        <v>271</v>
+        <v>156</v>
       </c>
       <c r="L6">
-        <v>79</v>
+        <v>35</v>
       </c>
       <c r="M6">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="N6">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="O6">
         <v>0</v>
       </c>
       <c r="P6" t="b">
         <v>0</v>
       </c>
       <c r="Q6" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7">
-        <v>100673</v>
+        <v>100674</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="G7" s="1">
         <v>45308</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I7">
         <v>1</v>
       </c>
       <c r="J7" s="1">
         <v>45308</v>
       </c>
       <c r="K7">
-        <v>170</v>
+        <v>271</v>
       </c>
       <c r="L7">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="M7">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="N7">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="O7">
         <v>0</v>
       </c>
       <c r="P7" t="b">
         <v>0</v>
       </c>
       <c r="Q7" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8">
-        <v>100672</v>
+        <v>100673</v>
       </c>
       <c r="B8" t="s">
         <v>32</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="G8" s="1">
         <v>45308</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I8">
         <v>1</v>
       </c>
       <c r="J8" s="1">
         <v>45308</v>
       </c>
       <c r="K8">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="L8">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="M8">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="N8">
         <v>6</v>
       </c>
       <c r="O8">
         <v>0</v>
       </c>
       <c r="P8" t="b">
         <v>0</v>
       </c>
       <c r="Q8" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9">
-        <v>100671</v>
+        <v>100672</v>
       </c>
       <c r="B9" t="s">
         <v>34</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="G9" s="1">
         <v>45308</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I9">
         <v>1</v>
       </c>
       <c r="J9" s="1">
         <v>45308</v>
       </c>
       <c r="K9">
-        <v>294</v>
+        <v>158</v>
       </c>
       <c r="L9">
-        <v>103</v>
+        <v>40</v>
       </c>
       <c r="M9">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="N9">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="O9">
         <v>0</v>
       </c>
       <c r="P9" t="b">
         <v>0</v>
       </c>
       <c r="Q9" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10">
-        <v>100657</v>
+        <v>100671</v>
       </c>
       <c r="B10" t="s">
         <v>36</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G10" s="1">
-        <v>45307</v>
+        <v>45308</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I10">
         <v>1</v>
       </c>
       <c r="J10" s="1">
-        <v>45307</v>
+        <v>45308</v>
       </c>
       <c r="K10">
-        <v>271</v>
+        <v>294</v>
       </c>
       <c r="L10">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="M10">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="N10">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="O10">
         <v>0</v>
       </c>
       <c r="P10" t="b">
         <v>0</v>
       </c>
       <c r="Q10" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>100656</v>
+        <v>100657</v>
       </c>
       <c r="B11" t="s">
         <v>38</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="G11" s="1">
         <v>45307</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I11">
         <v>1</v>
       </c>
       <c r="J11" s="1">
         <v>45307</v>
       </c>
       <c r="K11">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="L11">
-        <v>70</v>
+        <v>112</v>
       </c>
       <c r="M11">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="N11">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O11">
         <v>0</v>
       </c>
       <c r="P11" t="b">
         <v>0</v>
       </c>
       <c r="Q11" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>100655</v>
+        <v>100656</v>
       </c>
       <c r="B12" t="s">
         <v>40</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="G12" s="1">
         <v>45307</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I12">
         <v>1</v>
       </c>
       <c r="J12" s="1">
         <v>45307</v>
       </c>
       <c r="K12">
-        <v>244</v>
+        <v>261</v>
       </c>
       <c r="L12">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="M12">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="N12">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="O12">
         <v>0</v>
       </c>
       <c r="P12" t="b">
         <v>0</v>
       </c>
       <c r="Q12" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>100654</v>
+        <v>100655</v>
       </c>
       <c r="B13" t="s">
         <v>42</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="G13" s="1">
         <v>45307</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I13">
         <v>1</v>
       </c>
       <c r="J13" s="1">
         <v>45307</v>
       </c>
       <c r="K13">
-        <v>150</v>
+        <v>244</v>
       </c>
       <c r="L13">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="M13">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="N13">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="O13">
         <v>0</v>
       </c>
       <c r="P13" t="b">
         <v>0</v>
       </c>
       <c r="Q13" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>100653</v>
+        <v>100654</v>
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="G14" s="1">
         <v>45307</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I14">
         <v>1</v>
       </c>
       <c r="J14" s="1">
         <v>45307</v>
       </c>
       <c r="K14">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="L14">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="M14">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="N14">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="O14">
         <v>0</v>
       </c>
       <c r="P14" t="b">
         <v>0</v>
       </c>
       <c r="Q14" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>100650</v>
+        <v>100653</v>
       </c>
       <c r="B15" t="s">
         <v>46</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="G15" s="1">
         <v>45307</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I15">
         <v>1</v>
       </c>
       <c r="J15" s="1">
         <v>45307</v>
       </c>
       <c r="K15">
-        <v>69</v>
+        <v>180</v>
       </c>
       <c r="L15">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M15">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="N15">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="O15">
         <v>0</v>
       </c>
       <c r="P15" t="b">
         <v>0</v>
       </c>
       <c r="Q15" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>100649</v>
+        <v>100650</v>
       </c>
       <c r="B16" t="s">
         <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G16" s="1">
         <v>45307</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
       <c r="J16" s="1">
         <v>45307</v>
       </c>
       <c r="K16">
-        <v>100</v>
+        <v>69</v>
       </c>
       <c r="L16">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="M16">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="N16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O16">
         <v>0</v>
       </c>
       <c r="P16" t="b">
         <v>0</v>
       </c>
       <c r="Q16" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>100648</v>
+        <v>100649</v>
       </c>
       <c r="B17" t="s">
         <v>50</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="G17" s="1">
         <v>45307</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I17">
         <v>1</v>
       </c>
       <c r="J17" s="1">
         <v>45307</v>
       </c>
       <c r="K17">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="L17">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="M17">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="N17">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="O17">
         <v>0</v>
       </c>
       <c r="P17" t="b">
         <v>0</v>
       </c>
       <c r="Q17" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>100627</v>
+        <v>100648</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>19</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="G18" s="1">
         <v>45307</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I18">
         <v>1</v>
       </c>
       <c r="J18" s="1">
         <v>45307</v>
       </c>
       <c r="K18">
-        <v>30</v>
+        <v>137</v>
       </c>
       <c r="L18">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="M18">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="N18">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="O18">
         <v>0</v>
       </c>
       <c r="P18" t="b">
         <v>0</v>
       </c>
       <c r="Q18" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>100626</v>
+        <v>100627</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="G19" s="1">
         <v>45307</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I19">
         <v>1</v>
       </c>
       <c r="J19" s="1">
         <v>45307</v>
       </c>
       <c r="K19">
-        <v>92</v>
+        <v>30</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="N19">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="O19">
         <v>0</v>
       </c>
       <c r="P19" t="b">
         <v>0</v>
       </c>
       <c r="Q19" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>100625</v>
+        <v>100626</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
         <v>19</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="G20" s="1">
         <v>45307</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I20">
         <v>1</v>
       </c>
       <c r="J20" s="1">
         <v>45307</v>
       </c>
       <c r="K20">
-        <v>73</v>
+        <v>92</v>
       </c>
       <c r="L20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N20">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="O20">
         <v>0</v>
       </c>
       <c r="P20" t="b">
         <v>0</v>
       </c>
       <c r="Q20" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>100624</v>
+        <v>100625</v>
       </c>
       <c r="B21" t="s">
         <v>58</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="G21" s="1">
         <v>45307</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I21">
         <v>1</v>
       </c>
       <c r="J21" s="1">
         <v>45307</v>
       </c>
       <c r="K21">
-        <v>226</v>
+        <v>73</v>
       </c>
       <c r="L21">
         <v>5</v>
       </c>
       <c r="M21">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="N21">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="O21">
         <v>0</v>
       </c>
       <c r="P21" t="b">
         <v>0</v>
       </c>
       <c r="Q21" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>100623</v>
+        <v>100624</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
         <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="G22" s="1">
         <v>45307</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>61</v>
       </c>
       <c r="I22">
         <v>1</v>
       </c>
       <c r="J22" s="1">
         <v>45307</v>
       </c>
       <c r="K22">
-        <v>338</v>
+        <v>226</v>
       </c>
       <c r="L22">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="M22">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="N22">
         <v>0</v>
       </c>
       <c r="O22">
         <v>0</v>
       </c>
       <c r="P22" t="b">
         <v>0</v>
       </c>
       <c r="Q22" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>100615</v>
+        <v>100623</v>
       </c>
       <c r="B23" t="s">
         <v>62</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
         <v>19</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="G23" s="1">
-        <v>45306</v>
+        <v>45307</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>63</v>
       </c>
       <c r="I23">
         <v>1</v>
       </c>
       <c r="J23" s="1">
-        <v>45306</v>
+        <v>45307</v>
       </c>
       <c r="K23">
-        <v>429</v>
+        <v>338</v>
       </c>
       <c r="L23">
+        <v>11</v>
+      </c>
+      <c r="M23">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="N23">
         <v>0</v>
       </c>
       <c r="O23">
         <v>0</v>
       </c>
       <c r="P23" t="b">
         <v>0</v>
       </c>
       <c r="Q23" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>100613</v>
+        <v>100615</v>
       </c>
       <c r="B24" t="s">
         <v>64</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="G24" s="1">
         <v>45306</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>65</v>
       </c>
       <c r="I24">
         <v>1</v>
       </c>
       <c r="J24" s="1">
         <v>45306</v>
       </c>
       <c r="K24">
-        <v>613</v>
+        <v>429</v>
       </c>
       <c r="L24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M24">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="N24">
         <v>0</v>
       </c>
       <c r="O24">
         <v>0</v>
       </c>
       <c r="P24" t="b">
         <v>0</v>
       </c>
       <c r="Q24" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>100603</v>
+        <v>100613</v>
       </c>
       <c r="B25" t="s">
         <v>66</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="G25" s="1">
         <v>45306</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I25">
         <v>1</v>
       </c>
       <c r="J25" s="1">
         <v>45306</v>
       </c>
       <c r="K25">
-        <v>162</v>
+        <v>613</v>
       </c>
       <c r="L25">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="M25">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N25">
         <v>0</v>
       </c>
       <c r="O25">
         <v>0</v>
       </c>
       <c r="P25" t="b">
         <v>0</v>
       </c>
       <c r="Q25" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>100602</v>
+        <v>100603</v>
       </c>
       <c r="B26" t="s">
         <v>68</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
         <v>19</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="G26" s="1">
         <v>45306</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>69</v>
       </c>
       <c r="I26">
         <v>1</v>
       </c>
       <c r="J26" s="1">
         <v>45306</v>
       </c>
       <c r="K26">
+        <v>162</v>
+      </c>
+      <c r="L26">
+        <v>0</v>
+      </c>
+      <c r="M26">
+        <v>0</v>
+      </c>
+      <c r="N26">
+        <v>0</v>
+      </c>
+      <c r="O26">
+        <v>0</v>
+      </c>
+      <c r="P26" t="b">
+        <v>0</v>
+      </c>
+      <c r="Q26" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17">
+      <c r="A27">
+        <v>100602</v>
+      </c>
+      <c r="B27" t="s">
+        <v>70</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27">
+        <v>2001</v>
+      </c>
+      <c r="G27" s="1">
+        <v>45306</v>
+      </c>
+      <c r="H27" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="I27">
+        <v>1</v>
+      </c>
+      <c r="J27" s="1">
+        <v>45306</v>
+      </c>
+      <c r="K27">
         <v>330</v>
       </c>
-      <c r="L26">
-[...14 lines deleted...]
-      <c r="Q26" t="b">
+      <c r="L27">
+        <v>0</v>
+      </c>
+      <c r="M27">
+        <v>0</v>
+      </c>
+      <c r="N27">
+        <v>0</v>
+      </c>
+      <c r="O27">
+        <v>0</v>
+      </c>
+      <c r="P27" t="b">
+        <v>0</v>
+      </c>
+      <c r="Q27" t="b">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="H2" r:id="rId1"/>
     <hyperlink ref="H3" r:id="rId2"/>
     <hyperlink ref="H4" r:id="rId3"/>
     <hyperlink ref="H5" r:id="rId4"/>
     <hyperlink ref="H6" r:id="rId5"/>
     <hyperlink ref="H7" r:id="rId6"/>
     <hyperlink ref="H8" r:id="rId7"/>
     <hyperlink ref="H9" r:id="rId8"/>
     <hyperlink ref="H10" r:id="rId9"/>
     <hyperlink ref="H11" r:id="rId10"/>
     <hyperlink ref="H12" r:id="rId11"/>
     <hyperlink ref="H13" r:id="rId12"/>
     <hyperlink ref="H14" r:id="rId13"/>
     <hyperlink ref="H15" r:id="rId14"/>
     <hyperlink ref="H16" r:id="rId15"/>
     <hyperlink ref="H17" r:id="rId16"/>
     <hyperlink ref="H18" r:id="rId17"/>
     <hyperlink ref="H19" r:id="rId18"/>
     <hyperlink ref="H20" r:id="rId19"/>
     <hyperlink ref="H21" r:id="rId20"/>
     <hyperlink ref="H22" r:id="rId21"/>
     <hyperlink ref="H23" r:id="rId22"/>
     <hyperlink ref="H24" r:id="rId23"/>
     <hyperlink ref="H25" r:id="rId24"/>
     <hyperlink ref="H26" r:id="rId25"/>
+    <hyperlink ref="H27" r:id="rId26"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>